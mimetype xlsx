--- v0 (2025-10-10)
+++ v1 (2025-11-06)
@@ -55,51 +55,51 @@
     <t>DISTRIBUCIÓN GEOGRÁFICA DE LAS OBLIGACIONES RECONOCIDAS NETAS</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">CAPÍTULOS  </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">A FIN DE AGOSTO DE 2025</t>
+      <t xml:space="preserve">A FIN DE SEPTIEMBRE DE 2025</t>
     </r>
   </si>
   <si>
     <t>DISTRIBUCIÓN GEOGRÁFICA</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">1 
 </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
@@ -1460,51 +1460,51 @@
     <t xml:space="preserve">A partir del Ejercicio 2014, el epígrafe  'Pensiones' no incorpora las cantidades correspondientes a los Complementos a Mínimo de Pensiones Contributivas</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">PRESTACIONES CONTRIBUTIVAS. PENSIONES  </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">A FIN DE AGOSTO DE 2025</t>
+      <t xml:space="preserve">A FIN DE SEPTIEMBRE DE 2025</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">            INVALIDEZ</t>
   </si>
   <si>
     <t xml:space="preserve">      JUBILACIÓN</t>
   </si>
   <si>
     <t xml:space="preserve">       VIUDEDAD</t>
   </si>
   <si>
     <t xml:space="preserve">      ORFANDAD</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
@@ -1528,51 +1528,51 @@
     <t xml:space="preserve">                   TOTAL</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">PRESTACIONES CONTRIBUTIVAS. SUBSIDIOS Y OTRAS PRESTACIONES </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">A FIN DE AGOSTO DE 2025</t>
+      <t xml:space="preserve">A FIN DE SEPTIEMBRE DE 2025</t>
     </r>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">INCAPACIDAD
 </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
@@ -1791,51 +1791,51 @@
     <t xml:space="preserve">DISTRIBUCIÓN GEOGRÁFICA DE LOS DERECHOS RECONOCIDOS NETOS </t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">CAPÍTULOS </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">A FIN DE AGOSTO DE 2025</t>
+      <t xml:space="preserve">A FIN DE SEPTIEMBRE DE 2025</t>
     </r>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">1 
 </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
@@ -2048,1405 +2048,1405 @@
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">PASIVOS 
 </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">FINANCIEROS</t>
     </r>
   </si>
   <si>
-    <t>947.523.252,03</t>
-[...5 lines deleted...]
-    <t>10.305,33</t>
+    <t>1.104.868.406,22</t>
+  </si>
+  <si>
+    <t>15.888.809,07</t>
+  </si>
+  <si>
+    <t>12.034,44</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
-    <t>7.987,00</t>
-[...95 lines deleted...]
-    <t>9.988,58</t>
+    <t>15.124,00</t>
+  </si>
+  <si>
+    <t>1.120.784.373,73</t>
+  </si>
+  <si>
+    <t>57.199,05</t>
+  </si>
+  <si>
+    <t>1.120.841.572,78</t>
+  </si>
+  <si>
+    <t>1.646.949.484,78</t>
+  </si>
+  <si>
+    <t>23.268.202,53</t>
+  </si>
+  <si>
+    <t>552.532,22</t>
+  </si>
+  <si>
+    <t>16.150,63</t>
+  </si>
+  <si>
+    <t>1.670.786.370,16</t>
+  </si>
+  <si>
+    <t>95.309,73</t>
+  </si>
+  <si>
+    <t>1.670.881.679,89</t>
+  </si>
+  <si>
+    <t>1.059.460.577,94</t>
+  </si>
+  <si>
+    <t>14.327.540,32</t>
+  </si>
+  <si>
+    <t>39.834,06</t>
+  </si>
+  <si>
+    <t>1.073.827.952,32</t>
+  </si>
+  <si>
+    <t>69.272,29</t>
+  </si>
+  <si>
+    <t>1.073.897.224,61</t>
+  </si>
+  <si>
+    <t>1.321.001.934,27</t>
+  </si>
+  <si>
+    <t>17.174.365,11</t>
+  </si>
+  <si>
+    <t>42.922,84</t>
+  </si>
+  <si>
+    <t>1.338.219.222,22</t>
+  </si>
+  <si>
+    <t>65.140,52</t>
+  </si>
+  <si>
+    <t>1.338.284.362,74</t>
+  </si>
+  <si>
+    <t>810.920.895,63</t>
+  </si>
+  <si>
+    <t>9.749.595,46</t>
+  </si>
+  <si>
+    <t>290.760,87</t>
+  </si>
+  <si>
+    <t>7.159,86</t>
+  </si>
+  <si>
+    <t>820.968.411,82</t>
+  </si>
+  <si>
+    <t>41.837,03</t>
+  </si>
+  <si>
+    <t>821.010.248,85</t>
+  </si>
+  <si>
+    <t>785.566.279,14</t>
+  </si>
+  <si>
+    <t>7.796.751,77</t>
+  </si>
+  <si>
+    <t>11.704,84</t>
   </si>
   <si>
     <t>45.025,18</t>
   </si>
   <si>
-    <t>681.441.558,33</t>
-[...14 lines deleted...]
-    <t>123.260,58</t>
+    <t>793.419.760,93</t>
+  </si>
+  <si>
+    <t>54.858,69</t>
+  </si>
+  <si>
+    <t>793.474.619,62</t>
+  </si>
+  <si>
+    <t>2.768.076.565,52</t>
+  </si>
+  <si>
+    <t>44.780.951,32</t>
+  </si>
+  <si>
+    <t>143.395,51</t>
   </si>
   <si>
     <t>919.062,00</t>
   </si>
   <si>
-    <t>2.406.488.052,64</t>
-[...77 lines deleted...]
-    <t>6.558,46</t>
+    <t>2.813.919.974,35</t>
+  </si>
+  <si>
+    <t>130.733,10</t>
+  </si>
+  <si>
+    <t>2.814.050.707,45</t>
+  </si>
+  <si>
+    <t>3.167.650.619,12</t>
+  </si>
+  <si>
+    <t>36.059.478,70</t>
+  </si>
+  <si>
+    <t>1.056.422,52</t>
+  </si>
+  <si>
+    <t>3.204.766.520,34</t>
+  </si>
+  <si>
+    <t>114.843,18</t>
+  </si>
+  <si>
+    <t>3.204.881.363,52</t>
+  </si>
+  <si>
+    <t>12.664.494.762,62</t>
+  </si>
+  <si>
+    <t>169.045.694,28</t>
+  </si>
+  <si>
+    <t>2.149.607,30</t>
+  </si>
+  <si>
+    <t>68.335,67</t>
+  </si>
+  <si>
+    <t>934.186,00</t>
+  </si>
+  <si>
+    <t>12.836.692.585,87</t>
+  </si>
+  <si>
+    <t>629.193,59</t>
+  </si>
+  <si>
+    <t>12.837.321.779,46</t>
+  </si>
+  <si>
+    <t>410.746.400,50</t>
+  </si>
+  <si>
+    <t>3.171.207,92</t>
+  </si>
+  <si>
+    <t>5.584,74</t>
+  </si>
+  <si>
+    <t>47.313,28</t>
+  </si>
+  <si>
+    <t>284.833,00</t>
+  </si>
+  <si>
+    <t>414.255.339,44</t>
+  </si>
+  <si>
+    <t>12.268,24</t>
+  </si>
+  <si>
+    <t>414.267.607,68</t>
+  </si>
+  <si>
+    <t>216.042.332,65</t>
+  </si>
+  <si>
+    <t>1.827.413,23</t>
+  </si>
+  <si>
+    <t>7.720,46</t>
   </si>
   <si>
     <t>80.651,70</t>
   </si>
   <si>
-    <t>186.370.376,91</t>
-[...80 lines deleted...]
-    <t>117.891,02</t>
+    <t>217.958.118,04</t>
+  </si>
+  <si>
+    <t>12.162,90</t>
+  </si>
+  <si>
+    <t>217.970.280,94</t>
+  </si>
+  <si>
+    <t>1.949.238.007,86</t>
+  </si>
+  <si>
+    <t>22.153.894,63</t>
+  </si>
+  <si>
+    <t>300.697,63</t>
+  </si>
+  <si>
+    <t>10.937,53</t>
+  </si>
+  <si>
+    <t>1.971.703.537,65</t>
+  </si>
+  <si>
+    <t>50.637,95</t>
+  </si>
+  <si>
+    <t>1.971.754.175,60</t>
+  </si>
+  <si>
+    <t>2.576.026.741,01</t>
+  </si>
+  <si>
+    <t>27.152.515,78</t>
+  </si>
+  <si>
+    <t>314.002,83</t>
+  </si>
+  <si>
+    <t>138.902,51</t>
+  </si>
+  <si>
+    <t>2.603.916.995,13</t>
+  </si>
+  <si>
+    <t>75.069,09</t>
+  </si>
+  <si>
+    <t>2.603.992.064,22</t>
+  </si>
+  <si>
+    <t>1.683.608.242,57</t>
+  </si>
+  <si>
+    <t>14.825.576,66</t>
+  </si>
+  <si>
+    <t>1.177.716,29</t>
+  </si>
+  <si>
+    <t>98.882,89</t>
+  </si>
+  <si>
+    <t>1.699.710.418,41</t>
+  </si>
+  <si>
+    <t>39.217,63</t>
+  </si>
+  <si>
+    <t>1.699.749.636,04</t>
+  </si>
+  <si>
+    <t>2.451.834.124,30</t>
+  </si>
+  <si>
+    <t>32.931.497,22</t>
+  </si>
+  <si>
+    <t>114.184,49</t>
+  </si>
+  <si>
+    <t>122.942,07</t>
   </si>
   <si>
     <t>477,86</t>
   </si>
   <si>
-    <t>2.090.741.918,78</t>
-[...110 lines deleted...]
-    <t>200.155,92</t>
+    <t>2.485.003.225,94</t>
+  </si>
+  <si>
+    <t>65.214,84</t>
+  </si>
+  <si>
+    <t>2.485.068.440,78</t>
+  </si>
+  <si>
+    <t>1.941.796.581,25</t>
+  </si>
+  <si>
+    <t>39.468.224,34</t>
+  </si>
+  <si>
+    <t>129.925,83</t>
+  </si>
+  <si>
+    <t>1.981.394.731,42</t>
+  </si>
+  <si>
+    <t>105.822,37</t>
+  </si>
+  <si>
+    <t>1.981.500.553,79</t>
+  </si>
+  <si>
+    <t>1.707.665.972,61</t>
+  </si>
+  <si>
+    <t>24.503.124,69</t>
+  </si>
+  <si>
+    <t>98.746,77</t>
+  </si>
+  <si>
+    <t>82.000,00</t>
+  </si>
+  <si>
+    <t>1.732.349.844,07</t>
+  </si>
+  <si>
+    <t>53.920,68</t>
+  </si>
+  <si>
+    <t>1.732.403.764,75</t>
+  </si>
+  <si>
+    <t>3.649.462.553,86</t>
+  </si>
+  <si>
+    <t>63.971.349,03</t>
+  </si>
+  <si>
+    <t>228.672,60</t>
+  </si>
+  <si>
+    <t>3.713.744.575,49</t>
+  </si>
+  <si>
+    <t>159.743,05</t>
+  </si>
+  <si>
+    <t>3.713.904.318,54</t>
+  </si>
+  <si>
+    <t>958.163.973,54</t>
+  </si>
+  <si>
+    <t>9.154.656,07</t>
+  </si>
+  <si>
+    <t>118.137,85</t>
+  </si>
+  <si>
+    <t>44.879,66</t>
+  </si>
+  <si>
+    <t>967.481.647,12</t>
+  </si>
+  <si>
+    <t>28.727,10</t>
+  </si>
+  <si>
+    <t>967.510.374,22</t>
+  </si>
+  <si>
+    <t>571.743.054,63</t>
+  </si>
+  <si>
+    <t>7.584.242,58</t>
+  </si>
+  <si>
+    <t>13.736,18</t>
+  </si>
+  <si>
+    <t>92.360,16</t>
+  </si>
+  <si>
+    <t>579.433.393,55</t>
+  </si>
+  <si>
+    <t>29.879,52</t>
+  </si>
+  <si>
+    <t>579.463.273,07</t>
+  </si>
+  <si>
+    <t>663.393.481,15</t>
+  </si>
+  <si>
+    <t>6.770.760,85</t>
+  </si>
+  <si>
+    <t>233.179,25</t>
   </si>
   <si>
     <t>272.000,00</t>
   </si>
   <si>
-    <t>574.242.577,36</t>
-[...11 lines deleted...]
-    <t>2.390.697,73</t>
+    <t>670.669.421,25</t>
+  </si>
+  <si>
+    <t>10.859,13</t>
+  </si>
+  <si>
+    <t>670.680.280,38</t>
+  </si>
+  <si>
+    <t>269.873.872,22</t>
+  </si>
+  <si>
+    <t>2.928.453,18</t>
   </si>
   <si>
     <t>14,29</t>
   </si>
   <si>
-    <t>233.217.899,13</t>
-[...14 lines deleted...]
-    <t>24.281,09</t>
+    <t>272.802.339,69</t>
+  </si>
+  <si>
+    <t>6.434,36</t>
+  </si>
+  <si>
+    <t>272.808.774,05</t>
+  </si>
+  <si>
+    <t>449.051.096,71</t>
+  </si>
+  <si>
+    <t>5.491.739,98</t>
+  </si>
+  <si>
+    <t>28.499,40</t>
   </si>
   <si>
     <t>24.529,90</t>
   </si>
   <si>
-    <t>388.413.795,35</t>
-[...50 lines deleted...]
-    <t>1.446.916,40</t>
+    <t>454.595.865,99</t>
+  </si>
+  <si>
+    <t>34.427,61</t>
+  </si>
+  <si>
+    <t>454.630.293,60</t>
+  </si>
+  <si>
+    <t>1.030.757.023,61</t>
+  </si>
+  <si>
+    <t>8.947.714,17</t>
+  </si>
+  <si>
+    <t>155.633,07</t>
+  </si>
+  <si>
+    <t>1.039.860.370,85</t>
+  </si>
+  <si>
+    <t>27.575,04</t>
+  </si>
+  <si>
+    <t>1.039.887.945,89</t>
+  </si>
+  <si>
+    <t>2.984.818.528,32</t>
+  </si>
+  <si>
+    <t>31.722.910,76</t>
+  </si>
+  <si>
+    <t>431.062,19</t>
+  </si>
+  <si>
+    <t>116.890,06</t>
+  </si>
+  <si>
+    <t>3.017.361.391,33</t>
+  </si>
+  <si>
+    <t>109.175,66</t>
+  </si>
+  <si>
+    <t>3.017.470.566,99</t>
+  </si>
+  <si>
+    <t>202.690.442,85</t>
+  </si>
+  <si>
+    <t>1.754.593,94</t>
   </si>
   <si>
     <t>6.250,00</t>
   </si>
   <si>
-    <t>174.820.572,20</t>
-[...14 lines deleted...]
-    <t>217.199,87</t>
+    <t>204.451.286,79</t>
+  </si>
+  <si>
+    <t>2.925,60</t>
+  </si>
+  <si>
+    <t>204.454.212,39</t>
+  </si>
+  <si>
+    <t>667.482.294,97</t>
+  </si>
+  <si>
+    <t>4.458.386,89</t>
+  </si>
+  <si>
+    <t>254.069,23</t>
   </si>
   <si>
     <t>21.722,52</t>
   </si>
   <si>
-    <t>574.559.265,11</t>
-[...98 lines deleted...]
-    <t>135.250.204,80</t>
+    <t>672.216.473,61</t>
+  </si>
+  <si>
+    <t>9.294,70</t>
+  </si>
+  <si>
+    <t>672.225.768,31</t>
+  </si>
+  <si>
+    <t>657.926.672,24</t>
+  </si>
+  <si>
+    <t>5.567.174,53</t>
+  </si>
+  <si>
+    <t>35.526,52</t>
+  </si>
+  <si>
+    <t>663.529.373,29</t>
+  </si>
+  <si>
+    <t>23.460,55</t>
+  </si>
+  <si>
+    <t>663.552.833,84</t>
+  </si>
+  <si>
+    <t>263.628.414,93</t>
+  </si>
+  <si>
+    <t>1.654.822,71</t>
+  </si>
+  <si>
+    <t>164.237,30</t>
+  </si>
+  <si>
+    <t>79.088,86</t>
+  </si>
+  <si>
+    <t>265.526.563,80</t>
+  </si>
+  <si>
+    <t>7.714,90</t>
+  </si>
+  <si>
+    <t>265.534.278,70</t>
+  </si>
+  <si>
+    <t>481.136.839,97</t>
+  </si>
+  <si>
+    <t>4.997.964,63</t>
+  </si>
+  <si>
+    <t>35.243,55</t>
+  </si>
+  <si>
+    <t>4.726,53</t>
+  </si>
+  <si>
+    <t>486.174.774,68</t>
+  </si>
+  <si>
+    <t>24.535,37</t>
+  </si>
+  <si>
+    <t>486.199.310,05</t>
+  </si>
+  <si>
+    <t>238.991.684,72</t>
+  </si>
+  <si>
+    <t>2.168.675,98</t>
+  </si>
+  <si>
+    <t>8.765,92</t>
+  </si>
+  <si>
+    <t>3.847.640,00</t>
+  </si>
+  <si>
+    <t>245.016.766,62</t>
+  </si>
+  <si>
+    <t>7.825,00</t>
+  </si>
+  <si>
+    <t>245.024.591,62</t>
+  </si>
+  <si>
+    <t>156.138.959,81</t>
+  </si>
+  <si>
+    <t>1.794.427,48</t>
+  </si>
+  <si>
+    <t>17.372,89</t>
+  </si>
+  <si>
+    <t>157.950.760,18</t>
   </si>
   <si>
     <t>1.323,00</t>
   </si>
   <si>
-    <t>135.251.527,80</t>
-[...77 lines deleted...]
-    <t>278.235,35</t>
+    <t>157.952.083,18</t>
+  </si>
+  <si>
+    <t>951.309.020,05</t>
+  </si>
+  <si>
+    <t>9.160.515,46</t>
+  </si>
+  <si>
+    <t>842.359,12</t>
+  </si>
+  <si>
+    <t>88.657,39</t>
+  </si>
+  <si>
+    <t>961.400.552,02</t>
+  </si>
+  <si>
+    <t>29.949,00</t>
+  </si>
+  <si>
+    <t>961.430.501,02</t>
+  </si>
+  <si>
+    <t>214.190.027,45</t>
+  </si>
+  <si>
+    <t>1.608.034,66</t>
+  </si>
+  <si>
+    <t>12.826,11</t>
+  </si>
+  <si>
+    <t>31.826,69</t>
+  </si>
+  <si>
+    <t>215.842.714,91</t>
+  </si>
+  <si>
+    <t>8.227,72</t>
+  </si>
+  <si>
+    <t>215.850.942,63</t>
+  </si>
+  <si>
+    <t>3.833.494.356,99</t>
+  </si>
+  <si>
+    <t>33.164.596,28</t>
+  </si>
+  <si>
+    <t>1.344.261,83</t>
+  </si>
+  <si>
+    <t>252.160,80</t>
+  </si>
+  <si>
+    <t>3.853.890,00</t>
+  </si>
+  <si>
+    <t>3.872.109.265,90</t>
+  </si>
+  <si>
+    <t>115.255,84</t>
+  </si>
+  <si>
+    <t>3.872.224.521,74</t>
+  </si>
+  <si>
+    <t>13.826.880.078,96</t>
+  </si>
+  <si>
+    <t>178.783.047,51</t>
+  </si>
+  <si>
+    <t>3.813.492,05</t>
+  </si>
+  <si>
+    <t>310.173,81</t>
   </si>
   <si>
     <t>6.968,70</t>
   </si>
   <si>
-    <t>11.994.456.979,99</t>
-[...14 lines deleted...]
-    <t>22.495,27</t>
+    <t>14.009.793.761,03</t>
+  </si>
+  <si>
+    <t>184.912,77</t>
+  </si>
+  <si>
+    <t>14.009.978.673,80</t>
+  </si>
+  <si>
+    <t>1.501.438.945,21</t>
+  </si>
+  <si>
+    <t>16.363.208,54</t>
+  </si>
+  <si>
+    <t>26.251,14</t>
   </si>
   <si>
     <t>63.025,73</t>
   </si>
   <si>
-    <t>1.293.632.696,42</t>
-[...32 lines deleted...]
-    <t>179.747,15</t>
+    <t>1.517.891.430,62</t>
+  </si>
+  <si>
+    <t>35.799,03</t>
+  </si>
+  <si>
+    <t>1.517.927.229,65</t>
+  </si>
+  <si>
+    <t>816.876.287,13</t>
+  </si>
+  <si>
+    <t>6.656.016,76</t>
+  </si>
+  <si>
+    <t>32.630,90</t>
+  </si>
+  <si>
+    <t>823.564.934,79</t>
+  </si>
+  <si>
+    <t>16.479,13</t>
+  </si>
+  <si>
+    <t>823.581.413,92</t>
+  </si>
+  <si>
+    <t>1.500.254.883,70</t>
+  </si>
+  <si>
+    <t>15.388.565,99</t>
+  </si>
+  <si>
+    <t>210.391,14</t>
   </si>
   <si>
     <t>8.621,00</t>
   </si>
   <si>
-    <t>1.292.863.392,05</t>
-[...17 lines deleted...]
-    <t>341.261,08</t>
+    <t>1.515.862.461,83</t>
+  </si>
+  <si>
+    <t>25.785,31</t>
+  </si>
+  <si>
+    <t>1.515.888.247,14</t>
+  </si>
+  <si>
+    <t>17.645.450.195,00</t>
+  </si>
+  <si>
+    <t>217.190.838,80</t>
+  </si>
+  <si>
+    <t>4.082.765,23</t>
+  </si>
+  <si>
+    <t>373.199,54</t>
   </si>
   <si>
     <t>15.589,70</t>
   </si>
   <si>
-    <t>15.282.405.162,69</t>
-[...74 lines deleted...]
-    <t>37.538,34</t>
+    <t>17.867.112.588,27</t>
+  </si>
+  <si>
+    <t>262.976,24</t>
+  </si>
+  <si>
+    <t>17.867.375.564,51</t>
+  </si>
+  <si>
+    <t>890.852.790,95</t>
+  </si>
+  <si>
+    <t>11.979.331,46</t>
+  </si>
+  <si>
+    <t>29.124,47</t>
+  </si>
+  <si>
+    <t>10.358,26</t>
+  </si>
+  <si>
+    <t>902.871.605,14</t>
+  </si>
+  <si>
+    <t>38.444,50</t>
+  </si>
+  <si>
+    <t>902.910.049,64</t>
+  </si>
+  <si>
+    <t>522.499.846,44</t>
+  </si>
+  <si>
+    <t>4.283.361,23</t>
+  </si>
+  <si>
+    <t>29.614,47</t>
+  </si>
+  <si>
+    <t>526.812.822,14</t>
+  </si>
+  <si>
+    <t>30.608,94</t>
+  </si>
+  <si>
+    <t>526.843.431,08</t>
+  </si>
+  <si>
+    <t>1.413.352.637,39</t>
+  </si>
+  <si>
+    <t>16.262.692,69</t>
+  </si>
+  <si>
+    <t>58.738,94</t>
+  </si>
+  <si>
+    <t>1.429.684.427,28</t>
+  </si>
+  <si>
+    <t>69.053,44</t>
+  </si>
+  <si>
+    <t>1.429.753.480,72</t>
+  </si>
+  <si>
+    <t>1.959.693.484,33</t>
+  </si>
+  <si>
+    <t>19.193.318,80</t>
+  </si>
+  <si>
+    <t>315.993,17</t>
+  </si>
+  <si>
+    <t>37.784,10</t>
   </si>
   <si>
     <t>35.267,94</t>
   </si>
   <si>
-    <t>1.694.176.448,50</t>
-[...101 lines deleted...]
-    <t>486.334.011,45</t>
+    <t>1.979.275.848,34</t>
+  </si>
+  <si>
+    <t>98.980,74</t>
+  </si>
+  <si>
+    <t>1.979.374.829,08</t>
+  </si>
+  <si>
+    <t>460.606.484,72</t>
+  </si>
+  <si>
+    <t>4.379.920,18</t>
+  </si>
+  <si>
+    <t>152.546,59</t>
+  </si>
+  <si>
+    <t>465.138.951,49</t>
+  </si>
+  <si>
+    <t>34.784,27</t>
+  </si>
+  <si>
+    <t>465.173.735,76</t>
+  </si>
+  <si>
+    <t>405.502.982,87</t>
+  </si>
+  <si>
+    <t>4.921.791,25</t>
+  </si>
+  <si>
+    <t>34.278,13</t>
+  </si>
+  <si>
+    <t>410.459.052,25</t>
+  </si>
+  <si>
+    <t>32.045,58</t>
+  </si>
+  <si>
+    <t>410.491.097,83</t>
+  </si>
+  <si>
+    <t>1.500.222.000,12</t>
+  </si>
+  <si>
+    <t>14.152.575,93</t>
+  </si>
+  <si>
+    <t>34.867,21</t>
+  </si>
+  <si>
+    <t>67.779,88</t>
+  </si>
+  <si>
+    <t>1.514.477.223,14</t>
+  </si>
+  <si>
+    <t>98.781,65</t>
+  </si>
+  <si>
+    <t>1.514.576.004,79</t>
+  </si>
+  <si>
+    <t>4.326.024.952,04</t>
+  </si>
+  <si>
+    <t>42.647.606,16</t>
+  </si>
+  <si>
+    <t>537.685,10</t>
+  </si>
+  <si>
+    <t>105.563,98</t>
+  </si>
+  <si>
+    <t>4.369.351.075,22</t>
+  </si>
+  <si>
+    <t>264.592,24</t>
+  </si>
+  <si>
+    <t>4.369.615.667,46</t>
+  </si>
+  <si>
+    <t>559.423.228,69</t>
+  </si>
+  <si>
+    <t>5.707.805,65</t>
+  </si>
+  <si>
+    <t>9.284,20</t>
+  </si>
+  <si>
+    <t>565.140.318,54</t>
   </si>
   <si>
     <t>12.417,26</t>
   </si>
   <si>
-    <t>486.346.428,71</t>
-[...68 lines deleted...]
-    <t>71.978,09</t>
+    <t>565.152.735,80</t>
+  </si>
+  <si>
+    <t>18.195.161.155,87</t>
+  </si>
+  <si>
+    <t>254.507.665,81</t>
+  </si>
+  <si>
+    <t>15.591.487,64</t>
+  </si>
+  <si>
+    <t>18.465.260.309,32</t>
+  </si>
+  <si>
+    <t>150.118,32</t>
+  </si>
+  <si>
+    <t>18.465.410.427,64</t>
+  </si>
+  <si>
+    <t>2.412.287.853,14</t>
+  </si>
+  <si>
+    <t>25.365.483,78</t>
+  </si>
+  <si>
+    <t>388.101,48</t>
+  </si>
+  <si>
+    <t>5.072,48</t>
+  </si>
+  <si>
+    <t>2.438.046.510,88</t>
+  </si>
+  <si>
+    <t>83.976,37</t>
+  </si>
+  <si>
+    <t>2.438.130.487,25</t>
+  </si>
+  <si>
+    <t>1.470.968.086,70</t>
+  </si>
+  <si>
+    <t>10.992.143,79</t>
+  </si>
+  <si>
+    <t>352.227,58</t>
+  </si>
+  <si>
+    <t>20.663,29</t>
+  </si>
+  <si>
+    <t>1.482.333.121,36</t>
+  </si>
+  <si>
+    <t>16.473,63</t>
+  </si>
+  <si>
+    <t>1.482.349.594,99</t>
+  </si>
+  <si>
+    <t>2.799.043.347,78</t>
+  </si>
+  <si>
+    <t>37.299.001,30</t>
+  </si>
+  <si>
+    <t>83.576,02</t>
   </si>
   <si>
     <t>26.185,46</t>
   </si>
   <si>
-    <t>2.429.812.623,11</t>
-[...74 lines deleted...]
-    <t>576.948,01</t>
+    <t>2.836.452.110,56</t>
+  </si>
+  <si>
+    <t>109.074,64</t>
+  </si>
+  <si>
+    <t>2.836.561.185,20</t>
+  </si>
+  <si>
+    <t>1.043.590.245,69</t>
+  </si>
+  <si>
+    <t>10.767.868,78</t>
+  </si>
+  <si>
+    <t>113.782,46</t>
+  </si>
+  <si>
+    <t>1.054.471.896,93</t>
+  </si>
+  <si>
+    <t>25.783,44</t>
+  </si>
+  <si>
+    <t>1.054.497.680,37</t>
+  </si>
+  <si>
+    <t>5.003.833.807,79</t>
+  </si>
+  <si>
+    <t>68.073.285,73</t>
+  </si>
+  <si>
+    <t>892.077,17</t>
+  </si>
+  <si>
+    <t>4.183,96</t>
+  </si>
+  <si>
+    <t>5.072.803.354,65</t>
+  </si>
+  <si>
+    <t>106.410,86</t>
+  </si>
+  <si>
+    <t>5.072.909.765,51</t>
+  </si>
+  <si>
+    <t>8.846.467.401,26</t>
+  </si>
+  <si>
+    <t>116.140.155,81</t>
+  </si>
+  <si>
+    <t>1.089.435,65</t>
+  </si>
+  <si>
+    <t>30.369,42</t>
+  </si>
+  <si>
+    <t>8.963.727.362,14</t>
+  </si>
+  <si>
+    <t>241.268,94</t>
+  </si>
+  <si>
+    <t>8.963.968.631,08</t>
+  </si>
+  <si>
+    <t>872.206.455,43</t>
+  </si>
+  <si>
+    <t>8.070.844,74</t>
+  </si>
+  <si>
+    <t>669.618,47</t>
   </si>
   <si>
     <t>2.065.135,00</t>
   </si>
   <si>
-    <t>752.597.186,21</t>
-[...14 lines deleted...]
-    <t>516.145,64</t>
+    <t>883.012.053,64</t>
+  </si>
+  <si>
+    <t>13.705,74</t>
+  </si>
+  <si>
+    <t>883.025.759,38</t>
+  </si>
+  <si>
+    <t>1.725.499.942,76</t>
+  </si>
+  <si>
+    <t>9.544.868,02</t>
+  </si>
+  <si>
+    <t>602.687,96</t>
   </si>
   <si>
     <t>580,96</t>
   </si>
   <si>
-    <t>1.485.209.217,76</t>
-[...17 lines deleted...]
-    <t>30.251,52</t>
+    <t>1.735.648.079,70</t>
+  </si>
+  <si>
+    <t>17.721,90</t>
+  </si>
+  <si>
+    <t>1.735.665.801,60</t>
+  </si>
+  <si>
+    <t>2.590.924.756,46</t>
+  </si>
+  <si>
+    <t>22.660.100,95</t>
+  </si>
+  <si>
+    <t>376.120,37</t>
+  </si>
+  <si>
+    <t>30.813,41</t>
   </si>
   <si>
     <t>326.000,00</t>
   </si>
   <si>
-    <t>2.236.818.583,91</t>
-[...17 lines deleted...]
-    <t>30.832,48</t>
+    <t>2.614.317.791,19</t>
+  </si>
+  <si>
+    <t>39.929,18</t>
+  </si>
+  <si>
+    <t>2.614.357.720,37</t>
+  </si>
+  <si>
+    <t>5.188.631.154,65</t>
+  </si>
+  <si>
+    <t>40.275.813,71</t>
+  </si>
+  <si>
+    <t>1.648.426,80</t>
+  </si>
+  <si>
+    <t>31.394,37</t>
   </si>
   <si>
     <t>2.391.135,00</t>
   </si>
   <si>
-    <t>4.474.624.987,88</t>
-[...32 lines deleted...]
-    <t>6.432,32</t>
+    <t>5.232.977.924,53</t>
+  </si>
+  <si>
+    <t>71.356,82</t>
+  </si>
+  <si>
+    <t>5.233.049.281,35</t>
+  </si>
+  <si>
+    <t>109.535.823,62</t>
+  </si>
+  <si>
+    <t>1.540.861,10</t>
+  </si>
+  <si>
+    <t>9.053,00</t>
+  </si>
+  <si>
+    <t>111.085.737,72</t>
+  </si>
+  <si>
+    <t>50.078,13</t>
+  </si>
+  <si>
+    <t>111.135.815,85</t>
+  </si>
+  <si>
+    <t>103.711.825,36</t>
+  </si>
+  <si>
+    <t>2.502.812,49</t>
+  </si>
+  <si>
+    <t>7.432,32</t>
   </si>
   <si>
     <t>578,13</t>
   </si>
   <si>
-    <t>90.795.242,62</t>
-[...17 lines deleted...]
-    <t>262.345.220,02</t>
+    <t>106.222.648,30</t>
+  </si>
+  <si>
+    <t>119.253,62</t>
+  </si>
+  <si>
+    <t>106.341.901,92</t>
+  </si>
+  <si>
+    <t>-924.792.102,42</t>
+  </si>
+  <si>
+    <t>111.193.086,17</t>
+  </si>
+  <si>
+    <t>41.986.090.727,11</t>
+  </si>
+  <si>
+    <t>269.074.447,80</t>
   </si>
   <si>
     <t>6.832.394,99</t>
   </si>
   <si>
-    <t>224.224.707,77</t>
-[...32 lines deleted...]
-    <t>117.740.833.434,48</t>
+    <t>225.886.175,28</t>
+  </si>
+  <si>
+    <t>41.674.284.728,93</t>
+  </si>
+  <si>
+    <t>760.268,55</t>
+  </si>
+  <si>
+    <t>41.675.044.997,48</t>
+  </si>
+  <si>
+    <t>90.148.125.494,51</t>
+  </si>
+  <si>
+    <t>1.226.295.762,04</t>
+  </si>
+  <si>
+    <t>42.015.726.525,11</t>
+  </si>
+  <si>
+    <t>270.510.548,12</t>
+  </si>
+  <si>
+    <t>14.702.352,62</t>
+  </si>
+  <si>
+    <t>133.901.246.857,68</t>
+  </si>
+  <si>
+    <t>3.323.430,36</t>
+  </si>
+  <si>
+    <t>133.904.570.288,04</t>
   </si>
   <si>
     <t>No se incluyen los ingresos pendientes de aplicación</t>
   </si>
   <si>
     <t>DISTRIBUCIÓN GEOGRÁFICA DE LOS DERECHOS RECONOCIDOS NETOS</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">COTIZACIONES SOCIALES </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">A FIN DE AGOSTO DE 2025</t>
+      <t xml:space="preserve">A FIN DE SEPTIEMBRE DE 2025</t>
     </r>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">RÉGIMEN
 </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
@@ -4453,2821 +4453,2821 @@
         <v>9</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L11" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M11" s="7"/>
       <c r="N11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="O11" s="5" t="s">
         <v>13</v>
       </c>
       <c r="P11" s="6"/>
       <c r="Q11" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="9">
-        <v>10910405.33</v>
+        <v>12357415.66</v>
       </c>
       <c r="E12" s="10">
-        <v>1669181.01</v>
+        <v>1848973.24</v>
       </c>
       <c r="G12" s="11">
         <v>1364.02</v>
       </c>
       <c r="H12" s="11">
-        <v>1349962219.89</v>
+        <v>1506409396.34</v>
       </c>
       <c r="I12" s="11">
         <v>115680.81</v>
       </c>
       <c r="J12" s="11">
         <v>0</v>
       </c>
       <c r="K12" s="12">
-        <v>1362658851.06</v>
+        <v>1520732830.07</v>
       </c>
       <c r="L12" s="11">
-        <v>42121.92</v>
+        <v>51486.84</v>
       </c>
       <c r="N12" s="11">
         <v>0</v>
       </c>
       <c r="O12" s="12">
-        <v>42121.92</v>
+        <v>51486.84</v>
       </c>
       <c r="Q12" s="13">
-        <v>1362700972.98</v>
+        <v>1520784316.91</v>
       </c>
     </row>
     <row r="13" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B13" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="9">
-        <v>18655907.71</v>
+        <v>21101422.31</v>
       </c>
       <c r="E13" s="10">
-        <v>3766856.67</v>
+        <v>4259761.7</v>
       </c>
       <c r="G13" s="11">
         <v>6333.04</v>
       </c>
       <c r="H13" s="11">
-        <v>3098405854.75</v>
+        <v>3453037866.18</v>
       </c>
       <c r="I13" s="11">
-        <v>100733.46</v>
+        <v>121860.49</v>
       </c>
       <c r="J13" s="11">
         <v>0</v>
       </c>
       <c r="K13" s="12">
-        <v>3120935685.63</v>
+        <v>3478527243.72</v>
       </c>
       <c r="L13" s="11">
-        <v>61314.02</v>
+        <v>73572.5</v>
       </c>
       <c r="N13" s="11">
         <v>0</v>
       </c>
       <c r="O13" s="12">
-        <v>61314.02</v>
+        <v>73572.5</v>
       </c>
       <c r="Q13" s="13">
-        <v>3120996999.65</v>
+        <v>3478600816.22</v>
       </c>
     </row>
     <row r="14" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B14" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="9">
-        <v>16326947.85</v>
+        <v>18543738.48</v>
       </c>
       <c r="E14" s="10">
-        <v>2249476.13</v>
+        <v>2496788.64</v>
       </c>
       <c r="G14" s="11">
         <v>570.42</v>
       </c>
       <c r="H14" s="11">
-        <v>2011397088.29</v>
+        <v>2243773000.09</v>
       </c>
       <c r="I14" s="11">
-        <v>127565.72</v>
+        <v>131001.76</v>
       </c>
       <c r="J14" s="11">
         <v>0</v>
       </c>
       <c r="K14" s="12">
-        <v>2030101648.41</v>
+        <v>2264945099.39</v>
       </c>
       <c r="L14" s="11">
-        <v>42708.96</v>
+        <v>48222.96</v>
       </c>
       <c r="N14" s="11">
         <v>0</v>
       </c>
       <c r="O14" s="12">
-        <v>42708.96</v>
+        <v>48222.96</v>
       </c>
       <c r="Q14" s="13">
-        <v>2030144357.37</v>
+        <v>2264993322.35</v>
       </c>
     </row>
     <row r="15" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B15" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="9">
-        <v>14728104.57</v>
+        <v>16690373.96</v>
       </c>
       <c r="E15" s="10">
-        <v>1881918.2</v>
+        <v>2114693.28</v>
       </c>
       <c r="G15" s="11">
         <v>240</v>
       </c>
       <c r="H15" s="11">
-        <v>2294672117.74</v>
+        <v>2558463727.35</v>
       </c>
       <c r="I15" s="11">
         <v>21218.2</v>
       </c>
       <c r="J15" s="11">
         <v>0</v>
       </c>
       <c r="K15" s="12">
-        <v>2311303598.71</v>
+        <v>2577290252.79</v>
       </c>
       <c r="L15" s="11">
-        <v>51489.33</v>
+        <v>57489.57</v>
       </c>
       <c r="N15" s="11">
         <v>0</v>
       </c>
       <c r="O15" s="12">
-        <v>51489.33</v>
+        <v>57489.57</v>
       </c>
       <c r="Q15" s="13">
-        <v>2311355088.04</v>
+        <v>2577347742.36</v>
       </c>
     </row>
     <row r="16" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B16" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="9">
-        <v>9569399.27</v>
+        <v>10839718.64</v>
       </c>
       <c r="E16" s="10">
-        <v>2425101.26</v>
+        <v>2797273.91</v>
       </c>
       <c r="G16" s="11">
         <v>21.2</v>
       </c>
       <c r="H16" s="11">
-        <v>1287317825.28</v>
+        <v>1435343335.02</v>
       </c>
       <c r="I16" s="11">
-        <v>63382.4</v>
+        <v>89152.27</v>
       </c>
       <c r="J16" s="11">
         <v>0</v>
       </c>
       <c r="K16" s="12">
-        <v>1299375729.41</v>
+        <v>1449069501.04</v>
       </c>
       <c r="L16" s="11">
-        <v>35078.48</v>
+        <v>38678.48</v>
       </c>
       <c r="N16" s="11">
         <v>0</v>
       </c>
       <c r="O16" s="12">
-        <v>35078.48</v>
+        <v>38678.48</v>
       </c>
       <c r="Q16" s="13">
-        <v>1299410807.89</v>
+        <v>1449108179.52</v>
       </c>
     </row>
     <row r="17" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B17" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="9">
-        <v>11831766.76</v>
+        <v>13402445.02</v>
       </c>
       <c r="E17" s="10">
-        <v>1420543.86</v>
+        <v>1630590.92</v>
       </c>
       <c r="G17" s="11">
         <v>0.47</v>
       </c>
       <c r="H17" s="11">
-        <v>1633406761.91</v>
+        <v>1821084388.65</v>
       </c>
       <c r="I17" s="11">
         <v>55377.1</v>
       </c>
       <c r="J17" s="11">
         <v>0</v>
       </c>
       <c r="K17" s="12">
-        <v>1646714450.1</v>
+        <v>1836172802.16</v>
       </c>
       <c r="L17" s="11">
-        <v>35786.41</v>
+        <v>45231.49</v>
       </c>
       <c r="N17" s="11">
         <v>0</v>
       </c>
       <c r="O17" s="12">
-        <v>35786.41</v>
+        <v>45231.49</v>
       </c>
       <c r="Q17" s="13">
-        <v>1646750236.51</v>
+        <v>1836218033.65</v>
       </c>
     </row>
     <row r="18" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B18" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="9">
-        <v>22001487.14</v>
+        <v>24875416.04</v>
       </c>
       <c r="E18" s="10">
-        <v>2963179.27</v>
+        <v>3380757.41</v>
       </c>
       <c r="G18" s="11">
-        <v>4848.88</v>
+        <v>5050.31</v>
       </c>
       <c r="H18" s="11">
-        <v>3541811405.99</v>
+        <v>3944459347.27</v>
       </c>
       <c r="I18" s="11">
-        <v>478897.78</v>
+        <v>489307.92</v>
       </c>
       <c r="J18" s="11">
         <v>0</v>
       </c>
       <c r="K18" s="12">
-        <v>3567259819.06</v>
+        <v>3973209878.95</v>
       </c>
       <c r="L18" s="11">
-        <v>89676.34</v>
+        <v>98364.34</v>
       </c>
       <c r="N18" s="11">
         <v>0</v>
       </c>
       <c r="O18" s="12">
-        <v>89676.34</v>
+        <v>98364.34</v>
       </c>
       <c r="Q18" s="13">
-        <v>3567349495.4</v>
+        <v>3973308243.29</v>
       </c>
     </row>
     <row r="19" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B19" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="9">
-        <v>25071677.35</v>
+        <v>28292087.4</v>
       </c>
       <c r="E19" s="10">
-        <v>3403074.19</v>
+        <v>4018693.29</v>
       </c>
       <c r="G19" s="11">
-        <v>15346.9</v>
+        <v>16400.74</v>
       </c>
       <c r="H19" s="11">
-        <v>5002248936.02</v>
+        <v>5578728182.9</v>
       </c>
       <c r="I19" s="11">
-        <v>270876.67</v>
+        <v>295578.49</v>
       </c>
       <c r="J19" s="11">
         <v>0</v>
       </c>
       <c r="K19" s="12">
-        <v>5031009911.13</v>
+        <v>5611350942.82</v>
       </c>
       <c r="L19" s="11">
-        <v>105391.5</v>
+        <v>117679.74</v>
       </c>
       <c r="N19" s="11">
         <v>0</v>
       </c>
       <c r="O19" s="12">
-        <v>105391.5</v>
+        <v>117679.74</v>
       </c>
       <c r="Q19" s="13">
-        <v>5031115302.63</v>
+        <v>5611468622.56</v>
       </c>
     </row>
     <row r="20" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B20" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="15">
-        <v>129095695.98</v>
+        <v>146102617.51</v>
       </c>
       <c r="E20" s="16">
-        <v>19779330.59</v>
+        <v>22547532.39</v>
       </c>
       <c r="G20" s="17">
-        <v>28724.93</v>
+        <v>29980.2</v>
       </c>
       <c r="H20" s="17">
-        <v>20219222209.87</v>
+        <v>22541299243.8</v>
       </c>
       <c r="I20" s="17">
-        <v>1233732.14</v>
+        <v>1319177.04</v>
       </c>
       <c r="J20" s="17">
         <v>0</v>
       </c>
       <c r="K20" s="18">
-        <v>20369359693.51</v>
+        <v>22711298550.94</v>
       </c>
       <c r="L20" s="17">
-        <v>463566.96</v>
+        <v>530725.92</v>
       </c>
       <c r="N20" s="17">
         <v>0</v>
       </c>
       <c r="O20" s="18">
-        <v>463566.96</v>
+        <v>530725.92</v>
       </c>
       <c r="Q20" s="19">
-        <v>20369823260.47</v>
+        <v>22711829276.86</v>
       </c>
     </row>
     <row r="21" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B21" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="20">
-        <v>4057941.58</v>
+        <v>4570077.61</v>
       </c>
       <c r="E21" s="21">
-        <v>683694.8</v>
+        <v>756713.5</v>
       </c>
       <c r="G21" s="22">
         <v>0</v>
       </c>
       <c r="H21" s="22">
-        <v>668414678.09</v>
+        <v>744540224.29</v>
       </c>
       <c r="I21" s="22">
         <v>0</v>
       </c>
       <c r="J21" s="22">
         <v>0</v>
       </c>
       <c r="K21" s="23">
-        <v>673156314.47</v>
+        <v>749867015.4</v>
       </c>
       <c r="L21" s="22">
-        <v>7503.84</v>
+        <v>11233.44</v>
       </c>
       <c r="N21" s="22">
         <v>0</v>
       </c>
       <c r="O21" s="23">
-        <v>7503.84</v>
+        <v>11233.44</v>
       </c>
       <c r="Q21" s="24">
-        <v>673163818.31</v>
+        <v>749878248.84</v>
       </c>
     </row>
     <row r="22" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B22" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C22" s="20">
-        <v>3056492.67</v>
+        <v>3468899.74</v>
       </c>
       <c r="E22" s="21">
-        <v>449849.97</v>
+        <v>479522.52</v>
       </c>
       <c r="G22" s="22">
         <v>0</v>
       </c>
       <c r="H22" s="22">
-        <v>440110630.03</v>
+        <v>490381625.83</v>
       </c>
       <c r="I22" s="22">
         <v>8288.5</v>
       </c>
       <c r="J22" s="22">
         <v>0</v>
       </c>
       <c r="K22" s="23">
-        <v>443625261.17</v>
+        <v>494338336.59</v>
       </c>
       <c r="L22" s="22">
-        <v>9705.36</v>
+        <v>13201.92</v>
       </c>
       <c r="N22" s="22">
         <v>0</v>
       </c>
       <c r="O22" s="23">
-        <v>9705.36</v>
+        <v>13201.92</v>
       </c>
       <c r="Q22" s="24">
-        <v>443634966.53</v>
+        <v>494351538.51</v>
       </c>
     </row>
     <row r="23" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B23" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="20">
-        <v>13999024.2</v>
+        <v>15849724.51</v>
       </c>
       <c r="E23" s="21">
-        <v>2367446.84</v>
+        <v>2608778.39</v>
       </c>
       <c r="G23" s="22">
         <v>246.15</v>
       </c>
       <c r="H23" s="22">
-        <v>3096496167.73</v>
+        <v>3458614651.26</v>
       </c>
       <c r="I23" s="22">
-        <v>13635.43</v>
+        <v>25229.18</v>
       </c>
       <c r="J23" s="22">
         <v>0</v>
       </c>
       <c r="K23" s="23">
-        <v>3112876520.35</v>
+        <v>3477098629.49</v>
       </c>
       <c r="L23" s="22">
         <v>49094.53</v>
       </c>
       <c r="N23" s="22">
         <v>0</v>
       </c>
       <c r="O23" s="23">
         <v>49094.53</v>
       </c>
       <c r="Q23" s="24">
-        <v>3112925614.88</v>
+        <v>3477147724.02</v>
       </c>
     </row>
     <row r="24" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B24" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="15">
-        <v>21113458.45</v>
+        <v>23888701.86</v>
       </c>
       <c r="E24" s="16">
-        <v>3500991.61</v>
+        <v>3845014.41</v>
       </c>
       <c r="G24" s="17">
         <v>246.15</v>
       </c>
       <c r="H24" s="17">
-        <v>4205021475.85</v>
+        <v>4693536501.38</v>
       </c>
       <c r="I24" s="17">
-        <v>21923.93</v>
+        <v>33517.68</v>
       </c>
       <c r="J24" s="17">
         <v>0</v>
       </c>
       <c r="K24" s="18">
-        <v>4229658095.99</v>
+        <v>4721303981.48</v>
       </c>
       <c r="L24" s="17">
-        <v>66303.73</v>
+        <v>73529.89</v>
       </c>
       <c r="N24" s="17">
         <v>0</v>
       </c>
       <c r="O24" s="18">
-        <v>66303.73</v>
+        <v>73529.89</v>
       </c>
       <c r="Q24" s="19">
-        <v>4229724399.72</v>
+        <v>4721377511.37</v>
       </c>
     </row>
     <row r="25" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B25" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="20">
-        <v>18781293.29</v>
+        <v>21230778.94</v>
       </c>
       <c r="E25" s="21">
-        <v>4079294.32</v>
+        <v>4503161.67</v>
       </c>
       <c r="G25" s="22">
         <v>0</v>
       </c>
       <c r="H25" s="22">
-        <v>4400935571.88</v>
+        <v>4898739560.76</v>
       </c>
       <c r="I25" s="22">
-        <v>71878.75</v>
+        <v>136454.99</v>
       </c>
       <c r="J25" s="22">
         <v>0</v>
       </c>
       <c r="K25" s="23">
-        <v>4423868038.24</v>
+        <v>4924609956.36</v>
       </c>
       <c r="L25" s="22">
-        <v>23664</v>
+        <v>30163.92</v>
       </c>
       <c r="N25" s="22">
         <v>0</v>
       </c>
       <c r="O25" s="23">
-        <v>23664</v>
+        <v>30163.92</v>
       </c>
       <c r="Q25" s="24">
-        <v>4423891702.24</v>
+        <v>4924640120.28</v>
       </c>
     </row>
     <row r="26" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B26" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C26" s="15">
-        <v>18781293.29</v>
+        <v>21230778.94</v>
       </c>
       <c r="E26" s="16">
-        <v>4079294.32</v>
+        <v>4503161.67</v>
       </c>
       <c r="G26" s="17">
         <v>0</v>
       </c>
       <c r="H26" s="17">
-        <v>4400935571.88</v>
+        <v>4898739560.76</v>
       </c>
       <c r="I26" s="17">
-        <v>71878.75</v>
+        <v>136454.99</v>
       </c>
       <c r="J26" s="17">
         <v>0</v>
       </c>
       <c r="K26" s="18">
-        <v>4423868038.24</v>
+        <v>4924609956.36</v>
       </c>
       <c r="L26" s="17">
-        <v>23664</v>
+        <v>30163.92</v>
       </c>
       <c r="N26" s="17">
         <v>0</v>
       </c>
       <c r="O26" s="18">
-        <v>23664</v>
+        <v>30163.92</v>
       </c>
       <c r="Q26" s="19">
-        <v>4423891702.24</v>
+        <v>4924640120.28</v>
       </c>
     </row>
     <row r="27" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B27" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C27" s="20">
-        <v>15020072.22</v>
+        <v>17012211.97</v>
       </c>
       <c r="E27" s="21">
-        <v>2199447.64</v>
+        <v>2539058.55</v>
       </c>
       <c r="G27" s="22">
         <v>0</v>
       </c>
       <c r="H27" s="22">
-        <v>2535748733.77</v>
+        <v>2825324555.01</v>
       </c>
       <c r="I27" s="22">
         <v>55837.06</v>
       </c>
       <c r="J27" s="22">
         <v>0</v>
       </c>
       <c r="K27" s="23">
-        <v>2553024090.69</v>
+        <v>2844931662.59</v>
       </c>
       <c r="L27" s="22">
-        <v>43480.52</v>
+        <v>50783.24</v>
       </c>
       <c r="N27" s="22">
         <v>0</v>
       </c>
       <c r="O27" s="23">
-        <v>43480.52</v>
+        <v>50783.24</v>
       </c>
       <c r="Q27" s="24">
-        <v>2553067571.21</v>
+        <v>2844982445.83</v>
       </c>
     </row>
     <row r="28" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B28" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="15">
-        <v>15020072.22</v>
+        <v>17012211.97</v>
       </c>
       <c r="E28" s="16">
-        <v>2199447.64</v>
+        <v>2539058.55</v>
       </c>
       <c r="G28" s="17">
         <v>0</v>
       </c>
       <c r="H28" s="17">
-        <v>2535748733.77</v>
+        <v>2825324555.01</v>
       </c>
       <c r="I28" s="17">
         <v>55837.06</v>
       </c>
       <c r="J28" s="17">
         <v>0</v>
       </c>
       <c r="K28" s="18">
-        <v>2553024090.69</v>
+        <v>2844931662.59</v>
       </c>
       <c r="L28" s="17">
-        <v>43480.52</v>
+        <v>50783.24</v>
       </c>
       <c r="N28" s="17">
         <v>0</v>
       </c>
       <c r="O28" s="18">
-        <v>43480.52</v>
+        <v>50783.24</v>
       </c>
       <c r="Q28" s="19">
-        <v>2553067571.21</v>
+        <v>2844982445.83</v>
       </c>
     </row>
     <row r="29" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B29" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C29" s="20">
-        <v>19777847.58</v>
+        <v>22320809.56</v>
       </c>
       <c r="E29" s="21">
-        <v>3662349.88</v>
+        <v>3977567.81</v>
       </c>
       <c r="G29" s="22">
-        <v>61733.43</v>
+        <v>73946.36</v>
       </c>
       <c r="H29" s="22">
-        <v>2494483828.55</v>
+        <v>2780909310.27</v>
       </c>
       <c r="I29" s="22">
-        <v>207931.76</v>
+        <v>223864.06</v>
       </c>
       <c r="J29" s="22">
         <v>0</v>
       </c>
       <c r="K29" s="23">
-        <v>2518193691.2</v>
+        <v>2807505498.06</v>
       </c>
       <c r="L29" s="22">
-        <v>90991</v>
+        <v>98419.12</v>
       </c>
       <c r="N29" s="22">
         <v>0</v>
       </c>
       <c r="O29" s="23">
-        <v>90991</v>
+        <v>98419.12</v>
       </c>
       <c r="Q29" s="24">
-        <v>2518284682.2</v>
+        <v>2807603917.18</v>
       </c>
     </row>
     <row r="30" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B30" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="20">
-        <v>13690836.34</v>
+        <v>15447581.47</v>
       </c>
       <c r="E30" s="21">
-        <v>2235663.91</v>
+        <v>2498603.49</v>
       </c>
       <c r="G30" s="22">
         <v>0</v>
       </c>
       <c r="H30" s="22">
-        <v>2140850663.68</v>
+        <v>2388020113.05</v>
       </c>
       <c r="I30" s="22">
-        <v>34211.44</v>
+        <v>134697.21</v>
       </c>
       <c r="J30" s="22">
         <v>0</v>
       </c>
       <c r="K30" s="23">
-        <v>2156811375.37</v>
+        <v>2406100995.22</v>
       </c>
       <c r="L30" s="22">
-        <v>28353.76</v>
+        <v>32399.44</v>
       </c>
       <c r="N30" s="22">
         <v>0</v>
       </c>
       <c r="O30" s="23">
-        <v>28353.76</v>
+        <v>32399.44</v>
       </c>
       <c r="Q30" s="24">
-        <v>2156839729.13</v>
+        <v>2406133394.66</v>
       </c>
     </row>
     <row r="31" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B31" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="15">
-        <v>33468683.92</v>
+        <v>37768391.03</v>
       </c>
       <c r="E31" s="16">
-        <v>5898013.79</v>
+        <v>6476171.3</v>
       </c>
       <c r="G31" s="17">
-        <v>61733.43</v>
+        <v>73946.36</v>
       </c>
       <c r="H31" s="17">
-        <v>4635334492.23</v>
+        <v>5168929423.32</v>
       </c>
       <c r="I31" s="17">
-        <v>242143.2</v>
+        <v>358561.27</v>
       </c>
       <c r="J31" s="17">
         <v>0</v>
       </c>
       <c r="K31" s="18">
-        <v>4675005066.57</v>
+        <v>5213606493.28</v>
       </c>
       <c r="L31" s="17">
-        <v>119344.76</v>
+        <v>130818.56</v>
       </c>
       <c r="N31" s="17">
         <v>0</v>
       </c>
       <c r="O31" s="18">
-        <v>119344.76</v>
+        <v>130818.56</v>
       </c>
       <c r="Q31" s="19">
-        <v>4675124411.33</v>
+        <v>5213737311.84</v>
       </c>
     </row>
     <row r="32" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B32" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="20">
-        <v>12939177.17</v>
+        <v>14610864.4</v>
       </c>
       <c r="E32" s="21">
-        <v>3021353.46</v>
+        <v>3211427.67</v>
       </c>
       <c r="G32" s="22">
         <v>0</v>
       </c>
       <c r="H32" s="22">
-        <v>1972330775.61</v>
+        <v>2197176478.47</v>
       </c>
       <c r="I32" s="22">
-        <v>129795.44</v>
+        <v>132493.66</v>
       </c>
       <c r="J32" s="22">
         <v>0</v>
       </c>
       <c r="K32" s="23">
-        <v>1988421101.68</v>
+        <v>2215131264.2</v>
       </c>
       <c r="L32" s="22">
-        <v>35013.84</v>
+        <v>40913.76</v>
       </c>
       <c r="N32" s="22">
         <v>0</v>
       </c>
       <c r="O32" s="23">
-        <v>35013.84</v>
+        <v>40913.76</v>
       </c>
       <c r="Q32" s="24">
-        <v>1988456115.52</v>
+        <v>2215172177.96</v>
       </c>
     </row>
     <row r="33" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B33" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C33" s="15">
-        <v>12939177.17</v>
+        <v>14610864.4</v>
       </c>
       <c r="E33" s="16">
-        <v>3021353.46</v>
+        <v>3211427.67</v>
       </c>
       <c r="G33" s="17">
         <v>0</v>
       </c>
       <c r="H33" s="17">
-        <v>1972330775.61</v>
+        <v>2197176478.47</v>
       </c>
       <c r="I33" s="17">
-        <v>129795.44</v>
+        <v>132493.66</v>
       </c>
       <c r="J33" s="17">
         <v>0</v>
       </c>
       <c r="K33" s="18">
-        <v>1988421101.68</v>
+        <v>2215131264.2</v>
       </c>
       <c r="L33" s="17">
-        <v>35013.84</v>
+        <v>40913.76</v>
       </c>
       <c r="N33" s="17">
         <v>0</v>
       </c>
       <c r="O33" s="18">
-        <v>35013.84</v>
+        <v>40913.76</v>
       </c>
       <c r="Q33" s="19">
-        <v>1988456115.52</v>
+        <v>2215172177.96</v>
       </c>
     </row>
     <row r="34" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B34" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C34" s="20">
-        <v>8442772.65</v>
+        <v>9539859.78</v>
       </c>
       <c r="E34" s="21">
-        <v>1401922.29</v>
+        <v>1588570.1</v>
       </c>
       <c r="G34" s="22">
         <v>813.76</v>
       </c>
       <c r="H34" s="22">
-        <v>898630567.49</v>
+        <v>1002070656.77</v>
       </c>
       <c r="I34" s="22">
         <v>45249.96</v>
       </c>
       <c r="J34" s="22">
         <v>0</v>
       </c>
       <c r="K34" s="23">
-        <v>908521326.15</v>
+        <v>1013245150.37</v>
       </c>
       <c r="L34" s="22">
-        <v>14225.04</v>
+        <v>20647.44</v>
       </c>
       <c r="N34" s="22">
         <v>0</v>
       </c>
       <c r="O34" s="23">
-        <v>14225.04</v>
+        <v>20647.44</v>
       </c>
       <c r="Q34" s="24">
-        <v>908535551.19</v>
+        <v>1013265797.81</v>
       </c>
     </row>
     <row r="35" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B35" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C35" s="20">
-        <v>6953336.65</v>
+        <v>7851592.17</v>
       </c>
       <c r="E35" s="21">
-        <v>1150722.31</v>
+        <v>1300506.31</v>
       </c>
       <c r="G35" s="22">
-        <v>0</v>
+        <v>14.88</v>
       </c>
       <c r="H35" s="22">
-        <v>1257653314.95</v>
+        <v>1402816200.79</v>
       </c>
       <c r="I35" s="22">
         <v>248654.63</v>
       </c>
       <c r="J35" s="22">
         <v>0</v>
       </c>
       <c r="K35" s="23">
-        <v>1266006028.54</v>
+        <v>1412216968.78</v>
       </c>
       <c r="L35" s="22">
         <v>4296</v>
       </c>
       <c r="N35" s="22">
         <v>0</v>
       </c>
       <c r="O35" s="23">
         <v>4296</v>
       </c>
       <c r="Q35" s="24">
-        <v>1266010324.54</v>
+        <v>1412221264.78</v>
       </c>
     </row>
     <row r="36" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B36" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C36" s="20">
-        <v>3128420.26</v>
+        <v>3540877.22</v>
       </c>
       <c r="E36" s="21">
-        <v>491813.6</v>
+        <v>544138.79</v>
       </c>
       <c r="G36" s="22">
         <v>0</v>
       </c>
       <c r="H36" s="22">
-        <v>495567077.82</v>
+        <v>552663037.81</v>
       </c>
       <c r="I36" s="22">
         <v>43976.96</v>
       </c>
       <c r="J36" s="22">
         <v>0</v>
       </c>
       <c r="K36" s="23">
-        <v>499231288.64</v>
+        <v>556792030.78</v>
       </c>
       <c r="L36" s="22">
-        <v>5198.25</v>
+        <v>9677.73</v>
       </c>
       <c r="N36" s="22">
         <v>0</v>
       </c>
       <c r="O36" s="23">
-        <v>5198.25</v>
+        <v>9677.73</v>
       </c>
       <c r="Q36" s="24">
-        <v>499236486.89</v>
+        <v>556801708.51</v>
       </c>
     </row>
     <row r="37" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B37" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C37" s="20">
-        <v>7633789.8</v>
+        <v>8672946.27</v>
       </c>
       <c r="E37" s="21">
-        <v>961900.76</v>
+        <v>1132744.87</v>
       </c>
       <c r="G37" s="22">
         <v>0</v>
       </c>
       <c r="H37" s="22">
-        <v>625046765.63</v>
+        <v>696699079.39</v>
       </c>
       <c r="I37" s="22">
         <v>65589.81</v>
       </c>
       <c r="J37" s="22">
         <v>0</v>
       </c>
       <c r="K37" s="23">
-        <v>633708046</v>
+        <v>706570360.34</v>
       </c>
       <c r="L37" s="22">
-        <v>0</v>
+        <v>6376.8</v>
       </c>
       <c r="N37" s="22">
         <v>0</v>
       </c>
       <c r="O37" s="23">
-        <v>0</v>
+        <v>6376.8</v>
       </c>
       <c r="Q37" s="24">
-        <v>633708046</v>
+        <v>706576737.14</v>
       </c>
     </row>
     <row r="38" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B38" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C38" s="20">
-        <v>8132338.82</v>
+        <v>9190552.02</v>
       </c>
       <c r="E38" s="21">
-        <v>1118003.02</v>
+        <v>1338272.96</v>
       </c>
       <c r="G38" s="22">
         <v>19.5</v>
       </c>
       <c r="H38" s="22">
-        <v>1521972030.11</v>
+        <v>1696530437.93</v>
       </c>
       <c r="I38" s="22">
         <v>27835.76</v>
       </c>
       <c r="J38" s="22">
         <v>0</v>
       </c>
       <c r="K38" s="23">
-        <v>1531250227.21</v>
+        <v>1707087118.17</v>
       </c>
       <c r="L38" s="22">
-        <v>12330.9</v>
+        <v>19734.9</v>
       </c>
       <c r="N38" s="22">
         <v>0</v>
       </c>
       <c r="O38" s="23">
-        <v>12330.9</v>
+        <v>19734.9</v>
       </c>
       <c r="Q38" s="24">
-        <v>1531262558.11</v>
+        <v>1707106853.07</v>
       </c>
     </row>
     <row r="39" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B39" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C39" s="15">
-        <v>34290658.18</v>
+        <v>38795827.46</v>
       </c>
       <c r="E39" s="16">
-        <v>5124361.98</v>
+        <v>5904233.03</v>
       </c>
       <c r="G39" s="17">
-        <v>833.26</v>
+        <v>848.14</v>
       </c>
       <c r="H39" s="17">
-        <v>4798869756</v>
+        <v>5350779412.69</v>
       </c>
       <c r="I39" s="17">
         <v>431307.12</v>
       </c>
       <c r="J39" s="17">
         <v>0</v>
       </c>
       <c r="K39" s="18">
-        <v>4838716916.54</v>
+        <v>5395911628.44</v>
       </c>
       <c r="L39" s="17">
-        <v>36050.19</v>
+        <v>60732.87</v>
       </c>
       <c r="N39" s="17">
         <v>0</v>
       </c>
       <c r="O39" s="18">
-        <v>36050.19</v>
+        <v>60732.87</v>
       </c>
       <c r="Q39" s="19">
-        <v>4838752966.73</v>
+        <v>5395972361.31</v>
       </c>
     </row>
     <row r="40" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B40" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C40" s="20">
-        <v>3420744.76</v>
+        <v>3872667.97</v>
       </c>
       <c r="E40" s="21">
-        <v>493063.86</v>
+        <v>524529.19</v>
       </c>
       <c r="G40" s="22">
         <v>0</v>
       </c>
       <c r="H40" s="22">
-        <v>442491810.79</v>
+        <v>492847810.61</v>
       </c>
       <c r="I40" s="22">
         <v>0</v>
       </c>
       <c r="J40" s="22">
         <v>0</v>
       </c>
       <c r="K40" s="23">
-        <v>446405619.41</v>
+        <v>497245007.77</v>
       </c>
       <c r="L40" s="22">
         <v>7704</v>
       </c>
       <c r="N40" s="22">
         <v>0</v>
       </c>
       <c r="O40" s="23">
         <v>7704</v>
       </c>
       <c r="Q40" s="24">
-        <v>446413323.41</v>
+        <v>497252711.77</v>
       </c>
     </row>
     <row r="41" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B41" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C41" s="20">
-        <v>7409147.93</v>
+        <v>8404210.19</v>
       </c>
       <c r="E41" s="21">
-        <v>2668338.63</v>
+        <v>2918112.48</v>
       </c>
       <c r="G41" s="22">
         <v>0</v>
       </c>
       <c r="H41" s="22">
-        <v>1261211734.94</v>
+        <v>1404006077.65</v>
       </c>
       <c r="I41" s="22">
-        <v>133711.99</v>
+        <v>137953.62</v>
       </c>
       <c r="J41" s="22">
         <v>0</v>
       </c>
       <c r="K41" s="23">
-        <v>1271422933.49</v>
+        <v>1415466353.94</v>
       </c>
       <c r="L41" s="22">
         <v>2715.75</v>
       </c>
       <c r="N41" s="22">
         <v>0</v>
       </c>
       <c r="O41" s="23">
         <v>2715.75</v>
       </c>
       <c r="Q41" s="24">
-        <v>1271425649.24</v>
+        <v>1415469069.69</v>
       </c>
     </row>
     <row r="42" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B42" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="20">
-        <v>12565420.78</v>
+        <v>14238438.24</v>
       </c>
       <c r="E42" s="21">
-        <v>2296523.38</v>
+        <v>2601791.32</v>
       </c>
       <c r="G42" s="22">
         <v>498.07</v>
       </c>
       <c r="H42" s="22">
-        <v>1744870929.85</v>
+        <v>1942525150.58</v>
       </c>
       <c r="I42" s="22">
-        <v>104031.36</v>
+        <v>247832.56</v>
       </c>
       <c r="J42" s="22">
         <v>0</v>
       </c>
       <c r="K42" s="23">
-        <v>1759837403.44</v>
+        <v>1959613710.77</v>
       </c>
       <c r="L42" s="22">
-        <v>13195.58</v>
+        <v>16948.18</v>
       </c>
       <c r="N42" s="22">
         <v>0</v>
       </c>
       <c r="O42" s="23">
-        <v>13195.58</v>
+        <v>16948.18</v>
       </c>
       <c r="Q42" s="24">
-        <v>1759850599.02</v>
+        <v>1959630658.95</v>
       </c>
     </row>
     <row r="43" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B43" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="20">
-        <v>3456673.3</v>
+        <v>3912501.33</v>
       </c>
       <c r="E43" s="21">
-        <v>642486.73</v>
+        <v>689591.34</v>
       </c>
       <c r="G43" s="22">
         <v>51.85</v>
       </c>
       <c r="H43" s="22">
-        <v>565738950.06</v>
+        <v>630140236.35</v>
       </c>
       <c r="I43" s="22">
         <v>55073.15</v>
       </c>
       <c r="J43" s="22">
         <v>0</v>
       </c>
       <c r="K43" s="23">
-        <v>569893235.09</v>
+        <v>634797454.02</v>
       </c>
       <c r="L43" s="22">
         <v>6186.72</v>
       </c>
       <c r="N43" s="22">
         <v>0</v>
       </c>
       <c r="O43" s="23">
         <v>6186.72</v>
       </c>
       <c r="Q43" s="24">
-        <v>569899421.81</v>
+        <v>634803640.74</v>
       </c>
     </row>
     <row r="44" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B44" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C44" s="20">
-        <v>8964777.53</v>
+        <v>10146831.06</v>
       </c>
       <c r="E44" s="21">
-        <v>4656219.63</v>
+        <v>5216114.47</v>
       </c>
       <c r="G44" s="22">
         <v>380.57</v>
       </c>
       <c r="H44" s="22">
-        <v>975182084.49</v>
+        <v>1085868054.35</v>
       </c>
       <c r="I44" s="22">
         <v>52595.93</v>
       </c>
       <c r="J44" s="22">
         <v>0</v>
       </c>
       <c r="K44" s="23">
-        <v>988856058.15</v>
+        <v>1101283976.38</v>
       </c>
       <c r="L44" s="22">
         <v>12624.24</v>
       </c>
       <c r="N44" s="22">
         <v>0</v>
       </c>
       <c r="O44" s="23">
         <v>12624.24</v>
       </c>
       <c r="Q44" s="24">
-        <v>988868682.39</v>
+        <v>1101296600.62</v>
       </c>
     </row>
     <row r="45" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B45" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C45" s="20">
-        <v>3324616.38</v>
+        <v>3767971.94</v>
       </c>
       <c r="E45" s="21">
-        <v>487054.95</v>
+        <v>527740.98</v>
       </c>
       <c r="G45" s="22">
         <v>0</v>
       </c>
       <c r="H45" s="22">
-        <v>425911027.56</v>
+        <v>474384374.03</v>
       </c>
       <c r="I45" s="22">
         <v>27981.25</v>
       </c>
       <c r="J45" s="22">
         <v>0</v>
       </c>
       <c r="K45" s="23">
-        <v>429750680.14</v>
+        <v>478708068.2</v>
       </c>
       <c r="L45" s="22">
-        <v>1400</v>
+        <v>5432</v>
       </c>
       <c r="N45" s="22">
         <v>0</v>
       </c>
       <c r="O45" s="23">
-        <v>1400</v>
+        <v>5432</v>
       </c>
       <c r="Q45" s="24">
-        <v>429752080.14</v>
+        <v>478713500.2</v>
       </c>
     </row>
     <row r="46" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B46" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C46" s="20">
-        <v>3457862.83</v>
+        <v>3903422.7</v>
       </c>
       <c r="E46" s="21">
-        <v>349692.8</v>
+        <v>395657.84</v>
       </c>
       <c r="G46" s="22">
         <v>0</v>
       </c>
       <c r="H46" s="22">
-        <v>276345298.94</v>
+        <v>307677108.93</v>
       </c>
       <c r="I46" s="22">
         <v>10763.16</v>
       </c>
       <c r="J46" s="22">
         <v>0</v>
       </c>
       <c r="K46" s="23">
-        <v>280163617.73</v>
+        <v>311986952.63</v>
       </c>
       <c r="L46" s="22">
         <v>0</v>
       </c>
       <c r="N46" s="22">
         <v>0</v>
       </c>
       <c r="O46" s="23">
         <v>0</v>
       </c>
       <c r="Q46" s="24">
-        <v>280163617.73</v>
+        <v>311986952.63</v>
       </c>
     </row>
     <row r="47" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B47" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C47" s="20">
-        <v>8167267.23</v>
+        <v>9214401.97</v>
       </c>
       <c r="E47" s="21">
-        <v>1757316.34</v>
+        <v>1908402.58</v>
       </c>
       <c r="G47" s="22">
         <v>0</v>
       </c>
       <c r="H47" s="22">
-        <v>1696862022.27</v>
+        <v>1889071562.56</v>
       </c>
       <c r="I47" s="22">
         <v>0</v>
       </c>
       <c r="J47" s="22">
         <v>0</v>
       </c>
       <c r="K47" s="23">
-        <v>1706786605.84</v>
+        <v>1900194367.11</v>
       </c>
       <c r="L47" s="22">
         <v>23990</v>
       </c>
       <c r="N47" s="22">
         <v>0</v>
       </c>
       <c r="O47" s="23">
         <v>23990</v>
       </c>
       <c r="Q47" s="24">
-        <v>1706810595.84</v>
+        <v>1900218357.11</v>
       </c>
     </row>
     <row r="48" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B48" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C48" s="20">
-        <v>3820843.94</v>
+        <v>4343127.41</v>
       </c>
       <c r="E48" s="21">
-        <v>370317.54</v>
+        <v>420834.88</v>
       </c>
       <c r="G48" s="22">
         <v>7.73</v>
       </c>
       <c r="H48" s="22">
-        <v>512977773.07</v>
+        <v>570975100.11</v>
       </c>
       <c r="I48" s="22">
         <v>0</v>
       </c>
       <c r="J48" s="22">
         <v>0</v>
       </c>
       <c r="K48" s="23">
-        <v>517168942.28</v>
+        <v>575739070.13</v>
       </c>
       <c r="L48" s="22">
         <v>1233.15</v>
       </c>
       <c r="N48" s="22">
         <v>0</v>
       </c>
       <c r="O48" s="23">
         <v>1233.15</v>
       </c>
       <c r="Q48" s="24">
-        <v>517170175.43</v>
+        <v>575740303.28</v>
       </c>
     </row>
     <row r="49" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B49" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C49" s="15">
-        <v>54587354.68</v>
+        <v>61803572.81</v>
       </c>
       <c r="E49" s="16">
-        <v>13721013.86</v>
+        <v>15202775.08</v>
       </c>
       <c r="G49" s="17">
         <v>938.22</v>
       </c>
       <c r="H49" s="17">
-        <v>7901591631.97</v>
+        <v>8797495475.17</v>
       </c>
       <c r="I49" s="17">
-        <v>384156.84</v>
+        <v>532199.67</v>
       </c>
       <c r="J49" s="17">
         <v>0</v>
       </c>
       <c r="K49" s="18">
-        <v>7970285095.57</v>
+        <v>8875034960.95</v>
       </c>
       <c r="L49" s="17">
-        <v>69049.44</v>
+        <v>76834.04</v>
       </c>
       <c r="N49" s="17">
         <v>0</v>
       </c>
       <c r="O49" s="18">
-        <v>69049.44</v>
+        <v>76834.04</v>
       </c>
       <c r="Q49" s="19">
-        <v>7970354145.01</v>
+        <v>8875111794.99</v>
       </c>
     </row>
     <row r="50" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B50" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C50" s="20">
-        <v>53031943.78</v>
+        <v>59791908.92</v>
       </c>
       <c r="E50" s="21">
-        <v>11020119.1</v>
+        <v>12178457.39</v>
       </c>
       <c r="G50" s="22">
         <v>15.56</v>
       </c>
       <c r="H50" s="22">
-        <v>18309241249.74</v>
+        <v>20380159922.5</v>
       </c>
       <c r="I50" s="22">
-        <v>701351.86</v>
+        <v>784035.14</v>
       </c>
       <c r="J50" s="22">
         <v>0</v>
       </c>
       <c r="K50" s="23">
-        <v>18373994680.04</v>
+        <v>20452914339.51</v>
       </c>
       <c r="L50" s="22">
-        <v>139294.76</v>
+        <v>153894.7</v>
       </c>
       <c r="N50" s="22">
         <v>0</v>
       </c>
       <c r="O50" s="23">
-        <v>139294.76</v>
+        <v>153894.7</v>
       </c>
       <c r="Q50" s="24">
-        <v>18374133974.8</v>
+        <v>20453068234.21</v>
       </c>
     </row>
     <row r="51" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B51" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C51" s="20">
-        <v>8140481.94</v>
+        <v>9167154.57</v>
       </c>
       <c r="E51" s="21">
-        <v>1707908.22</v>
+        <v>1942970.8</v>
       </c>
       <c r="G51" s="22">
-        <v>795.91</v>
+        <v>1007.14</v>
       </c>
       <c r="H51" s="22">
-        <v>2029055845.15</v>
+        <v>2260142485.31</v>
       </c>
       <c r="I51" s="22">
         <v>4358.18</v>
       </c>
       <c r="J51" s="22">
         <v>0</v>
       </c>
       <c r="K51" s="23">
-        <v>2038909389.4</v>
+        <v>2271257976</v>
       </c>
       <c r="L51" s="22">
         <v>32526</v>
       </c>
       <c r="N51" s="22">
         <v>0</v>
       </c>
       <c r="O51" s="23">
         <v>32526</v>
       </c>
       <c r="Q51" s="24">
-        <v>2038941915.4</v>
+        <v>2271290502</v>
       </c>
     </row>
     <row r="52" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B52" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C52" s="20">
-        <v>6102594.74</v>
+        <v>6891420.54</v>
       </c>
       <c r="E52" s="21">
-        <v>968580.96</v>
+        <v>1052554.24</v>
       </c>
       <c r="G52" s="22">
-        <v>0</v>
+        <v>1007.74</v>
       </c>
       <c r="H52" s="22">
-        <v>1189615613.44</v>
+        <v>1324366890.88</v>
       </c>
       <c r="I52" s="22">
         <v>143166.85</v>
       </c>
       <c r="J52" s="22">
         <v>0</v>
       </c>
       <c r="K52" s="23">
-        <v>1196829955.99</v>
+        <v>1332455040.25</v>
       </c>
       <c r="L52" s="22">
         <v>12309.98</v>
       </c>
       <c r="N52" s="22">
         <v>0</v>
       </c>
       <c r="O52" s="23">
         <v>12309.98</v>
       </c>
       <c r="Q52" s="24">
-        <v>1196842265.97</v>
+        <v>1332467350.23</v>
       </c>
     </row>
     <row r="53" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B53" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C53" s="20">
-        <v>9767894.81</v>
+        <v>11049142.67</v>
       </c>
       <c r="E53" s="21">
-        <v>1535785.92</v>
+        <v>1684386.48</v>
       </c>
       <c r="G53" s="22">
         <v>0</v>
       </c>
       <c r="H53" s="22">
-        <v>2304083094.3</v>
+        <v>2569113859.54</v>
       </c>
       <c r="I53" s="22">
-        <v>116185.26</v>
+        <v>120339.27</v>
       </c>
       <c r="J53" s="22">
         <v>0</v>
       </c>
       <c r="K53" s="23">
-        <v>2315502960.29</v>
+        <v>2581967727.96</v>
       </c>
       <c r="L53" s="22">
-        <v>8679.84</v>
+        <v>12783.84</v>
       </c>
       <c r="N53" s="22">
         <v>0</v>
       </c>
       <c r="O53" s="23">
-        <v>8679.84</v>
+        <v>12783.84</v>
       </c>
       <c r="Q53" s="24">
-        <v>2315511640.13</v>
+        <v>2581980511.8</v>
       </c>
     </row>
     <row r="54" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B54" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C54" s="15">
-        <v>77042915.27</v>
+        <v>86899626.7</v>
       </c>
       <c r="E54" s="16">
-        <v>15232394.2</v>
+        <v>16858368.91</v>
       </c>
       <c r="G54" s="17">
-        <v>811.47</v>
+        <v>2030.44</v>
       </c>
       <c r="H54" s="17">
-        <v>23831995802.63</v>
+        <v>26533783158.23</v>
       </c>
       <c r="I54" s="17">
-        <v>965062.15</v>
+        <v>1051899.44</v>
       </c>
       <c r="J54" s="17">
         <v>0</v>
       </c>
       <c r="K54" s="18">
-        <v>23925236985.72</v>
+        <v>26638595083.72</v>
       </c>
       <c r="L54" s="17">
-        <v>192810.58</v>
+        <v>211514.52</v>
       </c>
       <c r="N54" s="17">
         <v>0</v>
       </c>
       <c r="O54" s="18">
-        <v>192810.58</v>
+        <v>211514.52</v>
       </c>
       <c r="Q54" s="19">
-        <v>23925429796.3</v>
+        <v>26638806598.24</v>
       </c>
     </row>
     <row r="55" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B55" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C55" s="20">
-        <v>10065415.85</v>
+        <v>11370688.94</v>
       </c>
       <c r="E55" s="21">
-        <v>1815591.84</v>
+        <v>1955241.26</v>
       </c>
       <c r="G55" s="22">
         <v>402.6</v>
       </c>
       <c r="H55" s="22">
-        <v>1605896644.48</v>
+        <v>1790865763.71</v>
       </c>
       <c r="I55" s="22">
-        <v>4077.7</v>
+        <v>14907.2</v>
       </c>
       <c r="J55" s="22">
         <v>0</v>
       </c>
       <c r="K55" s="23">
-        <v>1617782132.47</v>
+        <v>1804207003.71</v>
       </c>
       <c r="L55" s="22">
-        <v>17808</v>
+        <v>24504</v>
       </c>
       <c r="N55" s="22">
         <v>0</v>
       </c>
       <c r="O55" s="23">
-        <v>17808</v>
+        <v>24504</v>
       </c>
       <c r="Q55" s="24">
-        <v>1617799940.47</v>
+        <v>1804231507.71</v>
       </c>
     </row>
     <row r="56" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B56" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C56" s="20">
-        <v>10927269.66</v>
+        <v>12441499.05</v>
       </c>
       <c r="E56" s="21">
-        <v>1736657.06</v>
+        <v>1959499.79</v>
       </c>
       <c r="G56" s="22">
         <v>0</v>
       </c>
       <c r="H56" s="22">
-        <v>1078496075.02</v>
+        <v>1201566604.61</v>
       </c>
       <c r="I56" s="22">
-        <v>9154.8</v>
+        <v>50963.49</v>
       </c>
       <c r="J56" s="22">
         <v>0</v>
       </c>
       <c r="K56" s="23">
-        <v>1091169156.54</v>
+        <v>1216018566.94</v>
       </c>
       <c r="L56" s="22">
         <v>12732</v>
       </c>
       <c r="N56" s="22">
         <v>0</v>
       </c>
       <c r="O56" s="23">
         <v>12732</v>
       </c>
       <c r="Q56" s="24">
-        <v>1091181888.54</v>
+        <v>1216031298.94</v>
       </c>
     </row>
     <row r="57" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B57" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C57" s="15">
-        <v>20992685.51</v>
+        <v>23812187.99</v>
       </c>
       <c r="E57" s="16">
-        <v>3552248.9</v>
+        <v>3914741.05</v>
       </c>
       <c r="G57" s="17">
         <v>402.6</v>
       </c>
       <c r="H57" s="17">
-        <v>2684392719.5</v>
+        <v>2992432368.32</v>
       </c>
       <c r="I57" s="17">
-        <v>13232.5</v>
+        <v>65870.69</v>
       </c>
       <c r="J57" s="17">
         <v>0</v>
       </c>
       <c r="K57" s="18">
-        <v>2708951289.01</v>
+        <v>3020225570.65</v>
       </c>
       <c r="L57" s="17">
-        <v>30540</v>
+        <v>37236</v>
       </c>
       <c r="N57" s="17">
         <v>0</v>
       </c>
       <c r="O57" s="18">
-        <v>30540</v>
+        <v>37236</v>
       </c>
       <c r="Q57" s="19">
-        <v>2708981829.01</v>
+        <v>3020262806.65</v>
       </c>
     </row>
     <row r="58" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B58" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C58" s="20">
-        <v>27036564.85</v>
+        <v>30682171.02</v>
       </c>
       <c r="E58" s="21">
-        <v>5830660</v>
+        <v>6231374.15</v>
       </c>
       <c r="G58" s="22">
         <v>0</v>
       </c>
       <c r="H58" s="22">
-        <v>3486939516.06</v>
+        <v>3883889807.86</v>
       </c>
       <c r="I58" s="22">
-        <v>311650.96</v>
+        <v>364976.44</v>
       </c>
       <c r="J58" s="22">
         <v>0</v>
       </c>
       <c r="K58" s="23">
-        <v>3520118391.87</v>
+        <v>3921168329.47</v>
       </c>
       <c r="L58" s="22">
-        <v>61285.95</v>
+        <v>65365.95</v>
       </c>
       <c r="N58" s="22">
         <v>0</v>
       </c>
       <c r="O58" s="23">
-        <v>61285.95</v>
+        <v>65365.95</v>
       </c>
       <c r="Q58" s="24">
-        <v>3520179677.82</v>
+        <v>3921233695.42</v>
       </c>
     </row>
     <row r="59" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B59" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C59" s="20">
-        <v>8106547.97</v>
+        <v>9165694.43</v>
       </c>
       <c r="E59" s="21">
-        <v>1346091.88</v>
+        <v>1539242.72</v>
       </c>
       <c r="G59" s="22">
         <v>1547.52</v>
       </c>
       <c r="H59" s="22">
-        <v>1112636283.84</v>
+        <v>1238837324.04</v>
       </c>
       <c r="I59" s="22">
         <v>3957.11</v>
       </c>
       <c r="J59" s="22">
         <v>0</v>
       </c>
       <c r="K59" s="23">
-        <v>1122094428.32</v>
+        <v>1249547765.82</v>
       </c>
       <c r="L59" s="22">
-        <v>29311.31</v>
+        <v>33301.31</v>
       </c>
       <c r="N59" s="22">
         <v>0</v>
       </c>
       <c r="O59" s="23">
-        <v>29311.31</v>
+        <v>33301.31</v>
       </c>
       <c r="Q59" s="24">
-        <v>1122123739.63</v>
+        <v>1249581067.13</v>
       </c>
     </row>
     <row r="60" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B60" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C60" s="20">
-        <v>7910383.68</v>
+        <v>8976618.9</v>
       </c>
       <c r="E60" s="21">
-        <v>980741.51</v>
+        <v>1066652.39</v>
       </c>
       <c r="G60" s="22">
         <v>0</v>
       </c>
       <c r="H60" s="22">
-        <v>1022060957.15</v>
+        <v>1138357859.75</v>
       </c>
       <c r="I60" s="22">
         <v>14529.69</v>
       </c>
       <c r="J60" s="22">
         <v>0</v>
       </c>
       <c r="K60" s="23">
-        <v>1030966612.03</v>
+        <v>1148415660.73</v>
       </c>
       <c r="L60" s="22">
         <v>25796.94</v>
       </c>
       <c r="N60" s="22">
         <v>0</v>
       </c>
       <c r="O60" s="23">
         <v>25796.94</v>
       </c>
       <c r="Q60" s="24">
-        <v>1030992408.97</v>
+        <v>1148441457.67</v>
       </c>
     </row>
     <row r="61" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B61" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C61" s="20">
-        <v>21137144.85</v>
+        <v>23897683.81</v>
       </c>
       <c r="E61" s="21">
-        <v>5115200.77</v>
+        <v>5868499.92</v>
       </c>
       <c r="G61" s="22">
         <v>29.09</v>
       </c>
       <c r="H61" s="22">
-        <v>2957754185.97</v>
+        <v>3293752281.8</v>
       </c>
       <c r="I61" s="22">
-        <v>338706.49</v>
+        <v>419915.99</v>
       </c>
       <c r="J61" s="22">
         <v>0</v>
       </c>
       <c r="K61" s="23">
-        <v>2984345267.17</v>
+        <v>3323938410.61</v>
       </c>
       <c r="L61" s="22">
-        <v>88695.46</v>
+        <v>101078.74</v>
       </c>
       <c r="N61" s="22">
         <v>0</v>
       </c>
       <c r="O61" s="23">
-        <v>88695.46</v>
+        <v>101078.74</v>
       </c>
       <c r="Q61" s="24">
-        <v>2984433962.63</v>
+        <v>3324039489.35</v>
       </c>
     </row>
     <row r="62" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B62" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C62" s="15">
-        <v>64190641.35</v>
+        <v>72722168.16</v>
       </c>
       <c r="E62" s="16">
-        <v>13272694.16</v>
+        <v>14705769.18</v>
       </c>
       <c r="G62" s="17">
         <v>1576.61</v>
       </c>
       <c r="H62" s="17">
-        <v>8579390943.02</v>
+        <v>9554837273.45</v>
       </c>
       <c r="I62" s="17">
-        <v>668844.25</v>
+        <v>803379.23</v>
       </c>
       <c r="J62" s="17">
         <v>0</v>
       </c>
       <c r="K62" s="18">
-        <v>8657524699.39</v>
+        <v>9643070166.63</v>
       </c>
       <c r="L62" s="17">
-        <v>205089.66</v>
+        <v>225542.94</v>
       </c>
       <c r="N62" s="17">
         <v>0</v>
       </c>
       <c r="O62" s="18">
-        <v>205089.66</v>
+        <v>225542.94</v>
       </c>
       <c r="Q62" s="19">
-        <v>8657729789.05</v>
+        <v>9643295709.57</v>
       </c>
     </row>
     <row r="63" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B63" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C63" s="20">
-        <v>6285783.97</v>
+        <v>7118727.29</v>
       </c>
       <c r="E63" s="21">
-        <v>1315821.11</v>
+        <v>1499471.98</v>
       </c>
       <c r="G63" s="22">
         <v>35.85</v>
       </c>
       <c r="H63" s="22">
-        <v>931261940.31</v>
+        <v>1037108254.75</v>
       </c>
       <c r="I63" s="22">
-        <v>17420.92</v>
+        <v>44707.03</v>
       </c>
       <c r="J63" s="22">
         <v>0</v>
       </c>
       <c r="K63" s="23">
-        <v>938881002.16</v>
+        <v>1045771196.9</v>
       </c>
       <c r="L63" s="22">
         <v>5793.06</v>
       </c>
       <c r="N63" s="22">
         <v>0</v>
       </c>
       <c r="O63" s="23">
         <v>5793.06</v>
       </c>
       <c r="Q63" s="24">
-        <v>938886795.22</v>
+        <v>1045776989.96</v>
       </c>
     </row>
     <row r="64" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B64" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C64" s="15">
-        <v>6285783.97</v>
+        <v>7118727.29</v>
       </c>
       <c r="E64" s="16">
-        <v>1315821.11</v>
+        <v>1499471.98</v>
       </c>
       <c r="G64" s="17">
         <v>35.85</v>
       </c>
       <c r="H64" s="17">
-        <v>931261940.31</v>
+        <v>1037108254.75</v>
       </c>
       <c r="I64" s="17">
-        <v>17420.92</v>
+        <v>44707.03</v>
       </c>
       <c r="J64" s="17">
         <v>0</v>
       </c>
       <c r="K64" s="18">
-        <v>938881002.16</v>
+        <v>1045771196.9</v>
       </c>
       <c r="L64" s="17">
         <v>5793.06</v>
       </c>
       <c r="N64" s="17">
         <v>0</v>
       </c>
       <c r="O64" s="18">
         <v>5793.06</v>
       </c>
       <c r="Q64" s="19">
-        <v>938886795.22</v>
+        <v>1045776989.96</v>
       </c>
     </row>
     <row r="65" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B65" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C65" s="20">
-        <v>56139747.14</v>
+        <v>63315257.75</v>
       </c>
       <c r="E65" s="21">
-        <v>9510833.83</v>
+        <v>10804245.27</v>
       </c>
       <c r="G65" s="22">
         <v>60.18</v>
       </c>
       <c r="H65" s="22">
-        <v>18908861532.97</v>
+        <v>21049093696.83</v>
       </c>
       <c r="I65" s="22">
-        <v>191264.87</v>
+        <v>231225.12</v>
       </c>
       <c r="J65" s="22">
         <v>0</v>
       </c>
       <c r="K65" s="23">
-        <v>18974703438.99</v>
+        <v>21123444485.15</v>
       </c>
       <c r="L65" s="22">
-        <v>127927</v>
+        <v>152119</v>
       </c>
       <c r="N65" s="22">
         <v>0</v>
       </c>
       <c r="O65" s="23">
-        <v>127927</v>
+        <v>152119</v>
       </c>
       <c r="Q65" s="24">
-        <v>18974831365.99</v>
+        <v>21123596604.15</v>
       </c>
     </row>
     <row r="66" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B66" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C66" s="15">
-        <v>56139747.14</v>
+        <v>63315257.75</v>
       </c>
       <c r="E66" s="16">
-        <v>9510833.83</v>
+        <v>10804245.27</v>
       </c>
       <c r="G66" s="17">
         <v>60.18</v>
       </c>
       <c r="H66" s="17">
-        <v>18908861532.97</v>
+        <v>21049093696.83</v>
       </c>
       <c r="I66" s="17">
-        <v>191264.87</v>
+        <v>231225.12</v>
       </c>
       <c r="J66" s="17">
         <v>0</v>
       </c>
       <c r="K66" s="18">
-        <v>18974703438.99</v>
+        <v>21123444485.15</v>
       </c>
       <c r="L66" s="17">
-        <v>127927</v>
+        <v>152119</v>
       </c>
       <c r="N66" s="17">
         <v>0</v>
       </c>
       <c r="O66" s="18">
-        <v>127927</v>
+        <v>152119</v>
       </c>
       <c r="Q66" s="19">
-        <v>18974831365.99</v>
+        <v>21123596604.15</v>
       </c>
     </row>
     <row r="67" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B67" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C67" s="20">
-        <v>19411500.13</v>
+        <v>21947222.67</v>
       </c>
       <c r="E67" s="21">
-        <v>3342064.66</v>
+        <v>3607183.3</v>
       </c>
       <c r="G67" s="22">
         <v>104.32</v>
       </c>
       <c r="H67" s="22">
-        <v>3232916995.81</v>
+        <v>3603245174.19</v>
       </c>
       <c r="I67" s="22">
-        <v>760930</v>
+        <v>782231.35</v>
       </c>
       <c r="J67" s="22">
         <v>0</v>
       </c>
       <c r="K67" s="23">
-        <v>3256431594.92</v>
+        <v>3629581915.83</v>
       </c>
       <c r="L67" s="22">
-        <v>63621.76</v>
+        <v>76772.96</v>
       </c>
       <c r="N67" s="22">
         <v>0</v>
       </c>
       <c r="O67" s="23">
-        <v>63621.76</v>
+        <v>76772.96</v>
       </c>
       <c r="Q67" s="24">
-        <v>3256495216.68</v>
+        <v>3629658688.79</v>
       </c>
     </row>
     <row r="68" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B68" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C68" s="15">
-        <v>19411500.13</v>
+        <v>21947222.67</v>
       </c>
       <c r="E68" s="16">
-        <v>3342064.66</v>
+        <v>3607183.3</v>
       </c>
       <c r="G68" s="17">
         <v>104.32</v>
       </c>
       <c r="H68" s="17">
-        <v>3232916995.81</v>
+        <v>3603245174.19</v>
       </c>
       <c r="I68" s="17">
-        <v>760930</v>
+        <v>782231.35</v>
       </c>
       <c r="J68" s="17">
         <v>0</v>
       </c>
       <c r="K68" s="18">
-        <v>3256431594.92</v>
+        <v>3629581915.83</v>
       </c>
       <c r="L68" s="17">
-        <v>63621.76</v>
+        <v>76772.96</v>
       </c>
       <c r="N68" s="17">
         <v>0</v>
       </c>
       <c r="O68" s="18">
-        <v>63621.76</v>
+        <v>76772.96</v>
       </c>
       <c r="Q68" s="19">
-        <v>3256495216.68</v>
+        <v>3629658688.79</v>
       </c>
     </row>
     <row r="69" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B69" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C69" s="20">
-        <v>7427517.88</v>
+        <v>8411105.26</v>
       </c>
       <c r="E69" s="21">
-        <v>1499234.35</v>
+        <v>1657167.98</v>
       </c>
       <c r="G69" s="22">
         <v>1457.7</v>
       </c>
       <c r="H69" s="22">
-        <v>2111304787.62</v>
+        <v>2353368472.05</v>
       </c>
       <c r="I69" s="22">
         <v>11579.06</v>
       </c>
       <c r="J69" s="22">
         <v>0</v>
       </c>
       <c r="K69" s="23">
-        <v>2120244576.61</v>
+        <v>2363449782.05</v>
       </c>
       <c r="L69" s="22">
-        <v>2000.16</v>
+        <v>6375.36</v>
       </c>
       <c r="N69" s="22">
         <v>0</v>
       </c>
       <c r="O69" s="23">
-        <v>2000.16</v>
+        <v>6375.36</v>
       </c>
       <c r="Q69" s="24">
-        <v>2120246576.77</v>
+        <v>2363456157.41</v>
       </c>
     </row>
     <row r="70" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B70" s="14" t="s">
         <v>73</v>
       </c>
       <c r="C70" s="15">
-        <v>7427517.88</v>
+        <v>8411105.26</v>
       </c>
       <c r="E70" s="16">
-        <v>1499234.35</v>
+        <v>1657167.98</v>
       </c>
       <c r="G70" s="17">
         <v>1457.7</v>
       </c>
       <c r="H70" s="17">
-        <v>2111304787.62</v>
+        <v>2353368472.05</v>
       </c>
       <c r="I70" s="17">
         <v>11579.06</v>
       </c>
       <c r="J70" s="17">
         <v>0</v>
       </c>
       <c r="K70" s="18">
-        <v>2120244576.61</v>
+        <v>2363449782.05</v>
       </c>
       <c r="L70" s="17">
-        <v>2000.16</v>
+        <v>6375.36</v>
       </c>
       <c r="N70" s="17">
         <v>0</v>
       </c>
       <c r="O70" s="18">
-        <v>2000.16</v>
+        <v>6375.36</v>
       </c>
       <c r="Q70" s="19">
-        <v>2120246576.77</v>
+        <v>2363456157.41</v>
       </c>
     </row>
     <row r="71" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B71" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C71" s="20">
-        <v>21799501.07</v>
+        <v>24613293.07</v>
       </c>
       <c r="E71" s="21">
-        <v>3460814.38</v>
+        <v>3889200.85</v>
       </c>
       <c r="G71" s="22">
         <v>2082.31</v>
       </c>
       <c r="H71" s="22">
-        <v>3931462329.69</v>
+        <v>4382142729.41</v>
       </c>
       <c r="I71" s="22">
-        <v>131007.02</v>
+        <v>136626.83</v>
       </c>
       <c r="J71" s="22">
         <v>0</v>
       </c>
       <c r="K71" s="23">
-        <v>3956855734.47</v>
+        <v>4410783932.47</v>
       </c>
       <c r="L71" s="22">
-        <v>76342.89</v>
+        <v>82268.31</v>
       </c>
       <c r="N71" s="22">
         <v>0</v>
       </c>
       <c r="O71" s="23">
-        <v>76342.89</v>
+        <v>82268.31</v>
       </c>
       <c r="Q71" s="24">
-        <v>3956932077.36</v>
+        <v>4410866200.78</v>
       </c>
     </row>
     <row r="72" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B72" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C72" s="20">
-        <v>7860942.13</v>
+        <v>8896592.49</v>
       </c>
       <c r="E72" s="21">
-        <v>1491980.84</v>
+        <v>1683319.97</v>
       </c>
       <c r="G72" s="22">
         <v>3242</v>
       </c>
       <c r="H72" s="22">
-        <v>1610684427</v>
+        <v>1794491651.21</v>
       </c>
       <c r="I72" s="22">
-        <v>25008.38</v>
+        <v>31435.9</v>
       </c>
       <c r="J72" s="22">
         <v>0</v>
       </c>
       <c r="K72" s="23">
-        <v>1620065600.35</v>
+        <v>1805106241.57</v>
       </c>
       <c r="L72" s="22">
         <v>17361.64</v>
       </c>
       <c r="N72" s="22">
         <v>0</v>
       </c>
       <c r="O72" s="23">
         <v>17361.64</v>
       </c>
       <c r="Q72" s="24">
-        <v>1620082961.99</v>
+        <v>1805123603.21</v>
       </c>
     </row>
     <row r="73" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B73" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C73" s="20">
-        <v>36786661.15</v>
+        <v>41432715.27</v>
       </c>
       <c r="E73" s="21">
-        <v>7791118.13</v>
+        <v>8739592.58</v>
       </c>
       <c r="G73" s="22">
         <v>0</v>
       </c>
       <c r="H73" s="22">
-        <v>7108770113.17</v>
+        <v>7918261474.08</v>
       </c>
       <c r="I73" s="22">
-        <v>777575.79</v>
+        <v>862919.23</v>
       </c>
       <c r="J73" s="22">
         <v>0</v>
       </c>
       <c r="K73" s="23">
-        <v>7154125468.24</v>
+        <v>7969296701.16</v>
       </c>
       <c r="L73" s="22">
-        <v>93830.22</v>
+        <v>97330.38</v>
       </c>
       <c r="N73" s="22">
         <v>0</v>
       </c>
       <c r="O73" s="23">
-        <v>93830.22</v>
+        <v>97330.38</v>
       </c>
       <c r="Q73" s="24">
-        <v>7154219298.46</v>
+        <v>7969394031.54</v>
       </c>
     </row>
     <row r="74" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B74" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C74" s="15">
-        <v>66447104.35</v>
+        <v>74942600.83</v>
       </c>
       <c r="E74" s="16">
-        <v>12743913.35</v>
+        <v>14312113.4</v>
       </c>
       <c r="G74" s="17">
         <v>5324.31</v>
       </c>
       <c r="H74" s="17">
-        <v>12650916869.86</v>
+        <v>14094895854.7</v>
       </c>
       <c r="I74" s="17">
-        <v>933591.19</v>
+        <v>1030981.96</v>
       </c>
       <c r="J74" s="17">
         <v>0</v>
       </c>
       <c r="K74" s="18">
-        <v>12731046803.06</v>
+        <v>14185186875.2</v>
       </c>
       <c r="L74" s="17">
-        <v>187534.75</v>
+        <v>196960.33</v>
       </c>
       <c r="N74" s="17">
         <v>0</v>
       </c>
       <c r="O74" s="18">
-        <v>187534.75</v>
+        <v>196960.33</v>
       </c>
       <c r="Q74" s="19">
-        <v>12731234337.81</v>
+        <v>14185383835.53</v>
       </c>
     </row>
     <row r="75" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B75" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C75" s="20">
-        <v>5157322.27</v>
+        <v>5836805.89</v>
       </c>
       <c r="E75" s="21">
-        <v>1094679.33</v>
+        <v>1184677.62</v>
       </c>
       <c r="G75" s="22">
         <v>0</v>
       </c>
       <c r="H75" s="22">
-        <v>1323284077.07</v>
+        <v>1475397118.01</v>
       </c>
       <c r="I75" s="22">
         <v>38949.9</v>
       </c>
       <c r="J75" s="22">
         <v>0</v>
       </c>
       <c r="K75" s="23">
-        <v>1329575028.57</v>
+        <v>1482457551.42</v>
       </c>
       <c r="L75" s="22">
-        <v>3951.36</v>
+        <v>8779.68</v>
       </c>
       <c r="N75" s="22">
         <v>0</v>
       </c>
       <c r="O75" s="23">
-        <v>3951.36</v>
+        <v>8779.68</v>
       </c>
       <c r="Q75" s="24">
-        <v>1329578979.93</v>
+        <v>1482466331.1</v>
       </c>
     </row>
     <row r="76" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B76" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C76" s="20">
-        <v>9036098.94</v>
+        <v>10235773.47</v>
       </c>
       <c r="E76" s="21">
-        <v>2049320.76</v>
+        <v>2247697.33</v>
       </c>
       <c r="G76" s="22">
         <v>0</v>
       </c>
       <c r="H76" s="22">
-        <v>2999472498.49</v>
+        <v>3340022766.45</v>
       </c>
       <c r="I76" s="22">
         <v>75275.55</v>
       </c>
       <c r="J76" s="22">
         <v>0</v>
       </c>
       <c r="K76" s="23">
-        <v>3010633193.74</v>
+        <v>3352581512.8</v>
       </c>
       <c r="L76" s="22">
-        <v>7767.92</v>
+        <v>19123.76</v>
       </c>
       <c r="N76" s="22">
         <v>0</v>
       </c>
       <c r="O76" s="23">
-        <v>7767.92</v>
+        <v>19123.76</v>
       </c>
       <c r="Q76" s="24">
-        <v>3010640961.66</v>
+        <v>3352600636.56</v>
       </c>
     </row>
     <row r="77" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B77" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C77" s="20">
-        <v>17538466.8</v>
+        <v>19888114.74</v>
       </c>
       <c r="E77" s="21">
-        <v>3139203.82</v>
+        <v>3463350.74</v>
       </c>
       <c r="G77" s="22">
         <v>0</v>
       </c>
       <c r="H77" s="22">
-        <v>4742971130.93</v>
+        <v>5295549873.4</v>
       </c>
       <c r="I77" s="22">
-        <v>618434.21</v>
+        <v>696118.24</v>
       </c>
       <c r="J77" s="22">
         <v>0</v>
       </c>
       <c r="K77" s="23">
-        <v>4764267235.76</v>
+        <v>5319597457.12</v>
       </c>
       <c r="L77" s="22">
-        <v>5100</v>
+        <v>8962.32</v>
       </c>
       <c r="N77" s="22">
         <v>0</v>
       </c>
       <c r="O77" s="23">
-        <v>5100</v>
+        <v>8962.32</v>
       </c>
       <c r="Q77" s="24">
-        <v>4764272335.76</v>
+        <v>5319606419.44</v>
       </c>
     </row>
     <row r="78" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B78" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C78" s="15">
-        <v>31731888.01</v>
+        <v>35960694.1</v>
       </c>
       <c r="E78" s="16">
-        <v>6283203.91</v>
+        <v>6895725.69</v>
       </c>
       <c r="G78" s="17">
         <v>0</v>
       </c>
       <c r="H78" s="17">
-        <v>9065727706.49</v>
+        <v>10110969757.86</v>
       </c>
       <c r="I78" s="17">
-        <v>732659.66</v>
+        <v>810343.69</v>
       </c>
       <c r="J78" s="17">
         <v>0</v>
       </c>
       <c r="K78" s="18">
-        <v>9104475458.07</v>
+        <v>10154636521.34</v>
       </c>
       <c r="L78" s="17">
-        <v>16819.28</v>
+        <v>36865.76</v>
       </c>
       <c r="N78" s="17">
         <v>0</v>
       </c>
       <c r="O78" s="18">
-        <v>16819.28</v>
+        <v>36865.76</v>
       </c>
       <c r="Q78" s="19">
-        <v>9104492277.35</v>
+        <v>10154673387.1</v>
       </c>
     </row>
     <row r="79" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B79" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C79" s="20">
-        <v>61056675.17</v>
+        <v>68712205.71</v>
       </c>
       <c r="E79" s="21">
-        <v>29665138.88</v>
+        <v>33670216.17</v>
       </c>
       <c r="G79" s="22">
         <v>1785.23</v>
       </c>
       <c r="H79" s="22">
-        <v>158183590.46</v>
+        <v>176945942.36</v>
       </c>
       <c r="I79" s="22">
-        <v>821118.45</v>
+        <v>1127413.32</v>
       </c>
       <c r="J79" s="22">
         <v>0</v>
       </c>
       <c r="K79" s="23">
-        <v>249728308.19</v>
+        <v>280457562.79</v>
       </c>
       <c r="L79" s="22">
-        <v>32396.32</v>
+        <v>36986.32</v>
       </c>
       <c r="N79" s="22">
         <v>0</v>
       </c>
       <c r="O79" s="23">
-        <v>32396.32</v>
+        <v>36986.32</v>
       </c>
       <c r="Q79" s="24">
-        <v>249760704.51</v>
+        <v>280494549.11</v>
       </c>
     </row>
     <row r="80" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B80" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C80" s="15">
-        <v>61056675.17</v>
+        <v>68712205.71</v>
       </c>
       <c r="E80" s="16">
-        <v>29665138.88</v>
+        <v>33670216.17</v>
       </c>
       <c r="G80" s="17">
         <v>1785.23</v>
       </c>
       <c r="H80" s="17">
-        <v>158183590.46</v>
+        <v>176945942.36</v>
       </c>
       <c r="I80" s="17">
-        <v>821118.45</v>
+        <v>1127413.32</v>
       </c>
       <c r="J80" s="17">
         <v>0</v>
       </c>
       <c r="K80" s="18">
-        <v>249728308.19</v>
+        <v>280457562.79</v>
       </c>
       <c r="L80" s="17">
-        <v>32396.32</v>
+        <v>36986.32</v>
       </c>
       <c r="N80" s="17">
         <v>0</v>
       </c>
       <c r="O80" s="18">
-        <v>32396.32</v>
+        <v>36986.32</v>
       </c>
       <c r="Q80" s="19">
-        <v>249760704.51</v>
+        <v>280494549.11</v>
       </c>
     </row>
     <row r="81" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B81" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C81" s="20">
-        <v>67890339.25</v>
+        <v>76560078.68</v>
       </c>
       <c r="E81" s="21">
-        <v>32289876.12</v>
+        <v>35626312.67</v>
       </c>
       <c r="G81" s="22">
         <v>9020.89</v>
       </c>
       <c r="H81" s="22">
-        <v>157066170.13</v>
+        <v>175776094.1</v>
       </c>
       <c r="I81" s="22">
-        <v>692534.9</v>
+        <v>717181.81</v>
       </c>
       <c r="J81" s="22">
         <v>0</v>
       </c>
       <c r="K81" s="23">
-        <v>257947941.29</v>
+        <v>288688688.15</v>
       </c>
       <c r="L81" s="22">
         <v>14979.28</v>
       </c>
       <c r="N81" s="22">
         <v>0</v>
       </c>
       <c r="O81" s="23">
         <v>14979.28</v>
       </c>
       <c r="Q81" s="24">
-        <v>257962920.57</v>
+        <v>288703667.43</v>
       </c>
     </row>
     <row r="82" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B82" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C82" s="15">
-        <v>67890339.25</v>
+        <v>76560078.68</v>
       </c>
       <c r="E82" s="16">
-        <v>32289876.12</v>
+        <v>35626312.67</v>
       </c>
       <c r="G82" s="17">
         <v>9020.89</v>
       </c>
       <c r="H82" s="17">
-        <v>157066170.13</v>
+        <v>175776094.1</v>
       </c>
       <c r="I82" s="17">
-        <v>692534.9</v>
+        <v>717181.81</v>
       </c>
       <c r="J82" s="17">
         <v>0</v>
       </c>
       <c r="K82" s="18">
-        <v>257947941.29</v>
+        <v>288688688.15</v>
       </c>
       <c r="L82" s="17">
         <v>14979.28</v>
       </c>
       <c r="N82" s="17">
         <v>0</v>
       </c>
       <c r="O82" s="18">
         <v>14979.28</v>
       </c>
       <c r="Q82" s="19">
-        <v>257962920.57</v>
+        <v>288703667.43</v>
       </c>
     </row>
     <row r="83" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B83" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C83" s="15">
-        <v>197495216.81</v>
+        <v>222567326.33</v>
       </c>
       <c r="E83" s="16">
-        <v>283624650.79</v>
+        <v>309766747.6</v>
       </c>
       <c r="G83" s="17">
-        <v>130281.17</v>
+        <v>147519.5</v>
       </c>
       <c r="H83" s="17">
-        <v>4784049656.32</v>
+        <v>5488381845.86</v>
       </c>
       <c r="I83" s="17">
-        <v>132976531.82</v>
+        <v>153031282.53</v>
       </c>
       <c r="J83" s="17">
         <v>1338473.1</v>
       </c>
       <c r="K83" s="18">
-        <v>5399614810.01</v>
+        <v>6175233194.92</v>
       </c>
       <c r="L83" s="17">
-        <v>815745.14</v>
+        <v>879371.07</v>
       </c>
       <c r="N83" s="17">
         <v>0</v>
       </c>
       <c r="O83" s="18">
-        <v>815745.14</v>
+        <v>879371.07</v>
       </c>
       <c r="Q83" s="19">
-        <v>5400430555.15</v>
+        <v>6176112565.99</v>
       </c>
     </row>
     <row r="84" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B84" s="25" t="s">
         <v>87</v>
       </c>
       <c r="C84" s="26">
-        <v>995408408.73</v>
+        <v>1124182167.45</v>
       </c>
       <c r="D84" s="27"/>
       <c r="E84" s="28">
-        <v>469655881.51</v>
+        <v>517547437.3</v>
       </c>
       <c r="F84" s="27"/>
       <c r="G84" s="29">
-        <v>243336.32</v>
+        <v>275276.7</v>
       </c>
       <c r="H84" s="29">
-        <v>137765123362.3</v>
+        <v>153644118543.3</v>
       </c>
       <c r="I84" s="29">
-        <v>141355544.25</v>
+        <v>162707643.72</v>
       </c>
       <c r="J84" s="29">
         <v>1338473.1</v>
       </c>
       <c r="K84" s="29">
-        <v>139373125006.21</v>
+        <v>155450169541.57</v>
       </c>
       <c r="L84" s="29">
-        <v>2551730.43</v>
+        <v>2875018.8</v>
       </c>
       <c r="M84" s="27"/>
       <c r="N84" s="29">
         <v>0</v>
       </c>
       <c r="O84" s="29">
-        <v>2551730.43</v>
+        <v>2875018.8</v>
       </c>
       <c r="P84" s="27"/>
       <c r="Q84" s="30">
-        <v>139375676736.64</v>
+        <v>155453044560.37</v>
       </c>
     </row>
     <row r="85" ht="1.05" customHeight="1" s="1" customFormat="1"/>
     <row r="86" ht="16.05" customHeight="1" s="1" customFormat="1">
       <c r="B86" s="31" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="87" ht="5.45" customHeight="1" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:C5"/>
     <mergeCell ref="F3:L3"/>
     <mergeCell ref="F5:L6"/>
     <mergeCell ref="F8:L8"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="O12:P12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="O13:P13"/>
     <mergeCell ref="C14:D14"/>
@@ -7547,1724 +7547,1724 @@
         <v>90</v>
       </c>
       <c r="D10" s="6"/>
       <c r="E10" s="32" t="s">
         <v>91</v>
       </c>
       <c r="F10" s="32" t="s">
         <v>92</v>
       </c>
       <c r="G10" s="32" t="s">
         <v>93</v>
       </c>
       <c r="H10" s="32" t="s">
         <v>94</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="32" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="11" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B11" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="9">
-        <v>107977780.21</v>
+        <v>120666266.6</v>
       </c>
       <c r="E11" s="9">
-        <v>740930854.31</v>
+        <v>824954543.19</v>
       </c>
       <c r="F11" s="9">
-        <v>169703519.82</v>
+        <v>188944376.09</v>
       </c>
       <c r="G11" s="9">
-        <v>17370495.89</v>
+        <v>19355733.61</v>
       </c>
       <c r="H11" s="9">
-        <v>3067551.27</v>
+        <v>3418793.03</v>
       </c>
       <c r="J11" s="33">
-        <v>1039050201.5</v>
+        <v>1157339712.52</v>
       </c>
     </row>
     <row r="12" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B12" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="9">
-        <v>374518387.46</v>
+        <v>417804995.12</v>
       </c>
       <c r="E12" s="9">
-        <v>1693157628.39</v>
+        <v>1884154113.51</v>
       </c>
       <c r="F12" s="9">
-        <v>419283822.21</v>
+        <v>466402882.94</v>
       </c>
       <c r="G12" s="9">
-        <v>41443478.87</v>
+        <v>46085225.91</v>
       </c>
       <c r="H12" s="9">
-        <v>18898786.96</v>
+        <v>21035866.66</v>
       </c>
       <c r="J12" s="33">
-        <v>2547302103.89</v>
+        <v>2835483084.14</v>
       </c>
     </row>
     <row r="13" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B13" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="9">
-        <v>153208028.77</v>
+        <v>170983952.41</v>
       </c>
       <c r="E13" s="9">
-        <v>1197598813.24</v>
+        <v>1332980859.08</v>
       </c>
       <c r="F13" s="9">
-        <v>262667919.1</v>
+        <v>292026645.5</v>
       </c>
       <c r="G13" s="9">
-        <v>24809566.63</v>
+        <v>27582479.37</v>
       </c>
       <c r="H13" s="9">
-        <v>8450782.62</v>
+        <v>9386610.04</v>
       </c>
       <c r="J13" s="33">
-        <v>1646735110.36</v>
+        <v>1832960546.4</v>
       </c>
     </row>
     <row r="14" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B14" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="9">
-        <v>230246388.74</v>
+        <v>256825980.49</v>
       </c>
       <c r="E14" s="9">
-        <v>1328938837.83</v>
+        <v>1479196595.32</v>
       </c>
       <c r="F14" s="9">
-        <v>269469776.82</v>
+        <v>299695923.68</v>
       </c>
       <c r="G14" s="9">
-        <v>26564675.52</v>
+        <v>29549640.18</v>
       </c>
       <c r="H14" s="9">
-        <v>8718809.19</v>
+        <v>9695135.3</v>
       </c>
       <c r="J14" s="33">
-        <v>1863938488.1</v>
+        <v>2074963274.97</v>
       </c>
     </row>
     <row r="15" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B15" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="9">
-        <v>122836029.25</v>
+        <v>137014416.64</v>
       </c>
       <c r="E15" s="9">
-        <v>728918066.67</v>
+        <v>811056366.34</v>
       </c>
       <c r="F15" s="9">
-        <v>172146345.42</v>
+        <v>191401653.48</v>
       </c>
       <c r="G15" s="9">
-        <v>16138840.04</v>
+        <v>17963923.92</v>
       </c>
       <c r="H15" s="9">
-        <v>5280449.34</v>
+        <v>5886381.53</v>
       </c>
       <c r="J15" s="33">
-        <v>1045319730.72</v>
+        <v>1163322741.91</v>
       </c>
     </row>
     <row r="16" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B16" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="9">
-        <v>199168489.56</v>
+        <v>222151076.42</v>
       </c>
       <c r="E16" s="9">
-        <v>885620246.92</v>
+        <v>985610224.31</v>
       </c>
       <c r="F16" s="9">
-        <v>212524566.83</v>
+        <v>236354047.52</v>
       </c>
       <c r="G16" s="9">
-        <v>18329053.94</v>
+        <v>20406285.89</v>
       </c>
       <c r="H16" s="9">
-        <v>4654496.2</v>
+        <v>5179207.93</v>
       </c>
       <c r="J16" s="33">
-        <v>1320296853.45</v>
+        <v>1469700842.07</v>
       </c>
     </row>
     <row r="17" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B17" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="9">
-        <v>328816662.94</v>
+        <v>366253070.83</v>
       </c>
       <c r="E17" s="9">
-        <v>2096245422.49</v>
+        <v>2332658474.68</v>
       </c>
       <c r="F17" s="9">
-        <v>449057608.15</v>
+        <v>499372801.41</v>
       </c>
       <c r="G17" s="9">
-        <v>46303880.18</v>
+        <v>51577542.49</v>
       </c>
       <c r="H17" s="9">
-        <v>10626136.38</v>
+        <v>11786562.68</v>
       </c>
       <c r="J17" s="33">
-        <v>2931049710.14</v>
+        <v>3261648452.09</v>
       </c>
     </row>
     <row r="18" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B18" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="9">
-        <v>580737772.72</v>
+        <v>647994548.86</v>
       </c>
       <c r="E18" s="9">
-        <v>2804820161.07</v>
+        <v>3121379350.45</v>
       </c>
       <c r="F18" s="9">
-        <v>644679822.92</v>
+        <v>717079799.45</v>
       </c>
       <c r="G18" s="9">
-        <v>62132745.53</v>
+        <v>69196494.45</v>
       </c>
       <c r="H18" s="9">
-        <v>18607232.15</v>
+        <v>20721477.9</v>
       </c>
       <c r="J18" s="33">
-        <v>4110977734.39</v>
+        <v>4576371671.11</v>
       </c>
     </row>
     <row r="19" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B19" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="15">
-        <v>2097509539.65</v>
+        <v>2339694307.37</v>
       </c>
       <c r="E19" s="15">
-        <v>11476230030.92</v>
+        <v>12771990526.88</v>
       </c>
       <c r="F19" s="15">
-        <v>2599533381.27</v>
+        <v>2891278130.07</v>
       </c>
       <c r="G19" s="15">
-        <v>253092736.6</v>
+        <v>281717325.82</v>
       </c>
       <c r="H19" s="15">
-        <v>78304244.11</v>
+        <v>87110035.07</v>
       </c>
       <c r="J19" s="34">
-        <v>16504669932.55</v>
+        <v>18371790325.21</v>
       </c>
     </row>
     <row r="20" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B20" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="20">
-        <v>50535561.98</v>
+        <v>56260113.8</v>
       </c>
       <c r="E20" s="20">
-        <v>438486531.67</v>
+        <v>487875976.04</v>
       </c>
       <c r="F20" s="20">
-        <v>89711400.47</v>
+        <v>99775407.47</v>
       </c>
       <c r="G20" s="20">
-        <v>6422137.16</v>
+        <v>7149863.18</v>
       </c>
       <c r="H20" s="20">
-        <v>512732.77</v>
+        <v>567393.87</v>
       </c>
       <c r="J20" s="35">
-        <v>585668364.05</v>
+        <v>651628754.36</v>
       </c>
     </row>
     <row r="21" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B21" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="20">
-        <v>35953409.2</v>
+        <v>40124272.28</v>
       </c>
       <c r="E21" s="20">
-        <v>292950342.47</v>
+        <v>326055099.76</v>
       </c>
       <c r="F21" s="20">
-        <v>56901523.72</v>
+        <v>63271051.28</v>
       </c>
       <c r="G21" s="20">
-        <v>3966315.8</v>
+        <v>4389270.9</v>
       </c>
       <c r="H21" s="20">
-        <v>683375.44</v>
+        <v>759661.35</v>
       </c>
       <c r="J21" s="35">
-        <v>390454966.63</v>
+        <v>434599355.57</v>
       </c>
     </row>
     <row r="22" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B22" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="20">
-        <v>163761908.94</v>
+        <v>182538874.26</v>
       </c>
       <c r="E22" s="20">
-        <v>2140723645.32</v>
+        <v>2382240608.06</v>
       </c>
       <c r="F22" s="20">
-        <v>431887003.79</v>
+        <v>480325086.23</v>
       </c>
       <c r="G22" s="20">
-        <v>29565394.89</v>
+        <v>32889327.35</v>
       </c>
       <c r="H22" s="20">
-        <v>4611163.57</v>
+        <v>5114461.31</v>
       </c>
       <c r="J22" s="35">
-        <v>2770549116.51</v>
+        <v>3083108357.21</v>
       </c>
     </row>
     <row r="23" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B23" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="15">
-        <v>250250880.12</v>
+        <v>278923260.34</v>
       </c>
       <c r="E23" s="15">
-        <v>2872160519.46</v>
+        <v>3196171683.86</v>
       </c>
       <c r="F23" s="15">
-        <v>578499927.98</v>
+        <v>643371544.98</v>
       </c>
       <c r="G23" s="15">
-        <v>39953847.85</v>
+        <v>44428461.43</v>
       </c>
       <c r="H23" s="15">
-        <v>5807271.78</v>
+        <v>6441516.53</v>
       </c>
       <c r="J23" s="34">
-        <v>3746672447.19</v>
+        <v>4169336467.14</v>
       </c>
     </row>
     <row r="24" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B24" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="20">
-        <v>334277766.73</v>
+        <v>372662532.61</v>
       </c>
       <c r="E24" s="20">
-        <v>2903308981.28</v>
+        <v>3228268513.61</v>
       </c>
       <c r="F24" s="20">
-        <v>689375769.47</v>
+        <v>766531868.24</v>
       </c>
       <c r="G24" s="20">
-        <v>44969808.39</v>
+        <v>50024156.32</v>
       </c>
       <c r="H24" s="20">
-        <v>18435276.83</v>
+        <v>20485708.61</v>
       </c>
       <c r="J24" s="35">
-        <v>3990367602.7</v>
+        <v>4437972779.39</v>
       </c>
     </row>
     <row r="25" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B25" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="15">
-        <v>334277766.73</v>
+        <v>372662532.61</v>
       </c>
       <c r="E25" s="15">
-        <v>2903308981.28</v>
+        <v>3228268513.61</v>
       </c>
       <c r="F25" s="15">
-        <v>689375769.47</v>
+        <v>766531868.24</v>
       </c>
       <c r="G25" s="15">
-        <v>44969808.39</v>
+        <v>50024156.32</v>
       </c>
       <c r="H25" s="15">
-        <v>18435276.83</v>
+        <v>20485708.61</v>
       </c>
       <c r="J25" s="34">
-        <v>3990367602.7</v>
+        <v>4437972779.39</v>
       </c>
     </row>
     <row r="26" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B26" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C26" s="20">
-        <v>191570593.08</v>
+        <v>213333395.38</v>
       </c>
       <c r="E26" s="20">
-        <v>1703915776.06</v>
+        <v>1895888423.78</v>
       </c>
       <c r="F26" s="20">
-        <v>314909776.37</v>
+        <v>350323561.52</v>
       </c>
       <c r="G26" s="20">
-        <v>21934383.98</v>
+        <v>24471536.25</v>
       </c>
       <c r="H26" s="20">
-        <v>735942.43</v>
+        <v>818159.97</v>
       </c>
       <c r="J26" s="35">
-        <v>2233066471.92</v>
+        <v>2484835076.9</v>
       </c>
     </row>
     <row r="27" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B27" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="15">
-        <v>191570593.08</v>
+        <v>213333395.38</v>
       </c>
       <c r="E27" s="15">
-        <v>1703915776.06</v>
+        <v>1895888423.78</v>
       </c>
       <c r="F27" s="15">
-        <v>314909776.37</v>
+        <v>350323561.52</v>
       </c>
       <c r="G27" s="15">
-        <v>21934383.98</v>
+        <v>24471536.25</v>
       </c>
       <c r="H27" s="15">
-        <v>735942.43</v>
+        <v>818159.97</v>
       </c>
       <c r="J27" s="34">
-        <v>2233066471.92</v>
+        <v>2484835076.9</v>
       </c>
     </row>
     <row r="28" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B28" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="20">
-        <v>355914251.27</v>
+        <v>396803155.89</v>
       </c>
       <c r="E28" s="20">
-        <v>1315798677.55</v>
+        <v>1464234539.92</v>
       </c>
       <c r="F28" s="20">
-        <v>291582834.33</v>
+        <v>324189286.12</v>
       </c>
       <c r="G28" s="20">
-        <v>34793935.79</v>
+        <v>38723185.13</v>
       </c>
       <c r="H28" s="20">
-        <v>11071326.53</v>
+        <v>12330981.18</v>
       </c>
       <c r="J28" s="35">
-        <v>2009161025.47</v>
+        <v>2236281148.24</v>
       </c>
     </row>
     <row r="29" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B29" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="20">
-        <v>236328057.39</v>
+        <v>263927130.49</v>
       </c>
       <c r="E29" s="20">
-        <v>1168657458.55</v>
+        <v>1300695000.46</v>
       </c>
       <c r="F29" s="20">
-        <v>256227187.4</v>
+        <v>284981634.89</v>
       </c>
       <c r="G29" s="20">
-        <v>25507852.35</v>
+        <v>28381323.94</v>
       </c>
       <c r="H29" s="20">
-        <v>5406212.92</v>
+        <v>6007599.23</v>
       </c>
       <c r="J29" s="35">
-        <v>1692126768.61</v>
+        <v>1883992689.01</v>
       </c>
     </row>
     <row r="30" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B30" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C30" s="15">
-        <v>592242308.66</v>
+        <v>660730286.38</v>
       </c>
       <c r="E30" s="15">
-        <v>2484456136.1</v>
+        <v>2764929540.38</v>
       </c>
       <c r="F30" s="15">
-        <v>547810021.73</v>
+        <v>609170921.01</v>
       </c>
       <c r="G30" s="15">
-        <v>60301788.14</v>
+        <v>67104509.07</v>
       </c>
       <c r="H30" s="15">
-        <v>16477539.45</v>
+        <v>18338580.41</v>
       </c>
       <c r="J30" s="34">
-        <v>3701287794.08</v>
+        <v>4120273837.25</v>
       </c>
     </row>
     <row r="31" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B31" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="20">
-        <v>154168747.22</v>
+        <v>171852726.67</v>
       </c>
       <c r="E31" s="20">
-        <v>1290850865</v>
+        <v>1435792527.02</v>
       </c>
       <c r="F31" s="20">
-        <v>283727526.13</v>
+        <v>315541636.7</v>
       </c>
       <c r="G31" s="20">
-        <v>21053788.48</v>
+        <v>23429550.19</v>
       </c>
       <c r="H31" s="20">
-        <v>10103897.27</v>
+        <v>11247914.56</v>
       </c>
       <c r="J31" s="35">
-        <v>1759904824.1</v>
+        <v>1957864355.14</v>
       </c>
     </row>
     <row r="32" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B32" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="15">
-        <v>154168747.22</v>
+        <v>171852726.67</v>
       </c>
       <c r="E32" s="15">
-        <v>1290850865</v>
+        <v>1435792527.02</v>
       </c>
       <c r="F32" s="15">
-        <v>283727526.13</v>
+        <v>315541636.7</v>
       </c>
       <c r="G32" s="15">
-        <v>21053788.48</v>
+        <v>23429550.19</v>
       </c>
       <c r="H32" s="15">
-        <v>10103897.27</v>
+        <v>11247914.56</v>
       </c>
       <c r="J32" s="34">
-        <v>1759904824.1</v>
+        <v>1957864355.14</v>
       </c>
     </row>
     <row r="33" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B33" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="20">
-        <v>67828757.52</v>
+        <v>75577309.27</v>
       </c>
       <c r="E33" s="20">
-        <v>533362030.83</v>
+        <v>593886545.63</v>
       </c>
       <c r="F33" s="20">
-        <v>114154776.55</v>
+        <v>127038972.31</v>
       </c>
       <c r="G33" s="20">
-        <v>10580508.52</v>
+        <v>11808153.82</v>
       </c>
       <c r="H33" s="20">
-        <v>3943894.9</v>
+        <v>4389208.55</v>
       </c>
       <c r="J33" s="35">
-        <v>729869968.32</v>
+        <v>812700189.58</v>
       </c>
     </row>
     <row r="34" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B34" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C34" s="20">
-        <v>153163861.89</v>
+        <v>171054561.97</v>
       </c>
       <c r="E34" s="20">
-        <v>689707878.17</v>
+        <v>767682388.06</v>
       </c>
       <c r="F34" s="20">
-        <v>178000805.72</v>
+        <v>197994612.58</v>
       </c>
       <c r="G34" s="20">
-        <v>15313295.46</v>
+        <v>17041369.17</v>
       </c>
       <c r="H34" s="20">
-        <v>5414434.4</v>
+        <v>6019554.35</v>
       </c>
       <c r="J34" s="35">
-        <v>1041600275.64</v>
+        <v>1159792486.13</v>
       </c>
     </row>
     <row r="35" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B35" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="20">
-        <v>59237540.02</v>
+        <v>65999533.64</v>
       </c>
       <c r="E35" s="20">
-        <v>277552778.23</v>
+        <v>308837239.77</v>
       </c>
       <c r="F35" s="20">
-        <v>63350330.86</v>
+        <v>70424321.9</v>
       </c>
       <c r="G35" s="20">
-        <v>5786522.34</v>
+        <v>6425027.25</v>
       </c>
       <c r="H35" s="20">
-        <v>1633884.44</v>
+        <v>1815866.26</v>
       </c>
       <c r="J35" s="35">
-        <v>407561055.89</v>
+        <v>453501988.82</v>
       </c>
     </row>
     <row r="36" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B36" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C36" s="20">
-        <v>64854966.65</v>
+        <v>72306176.51</v>
       </c>
       <c r="E36" s="20">
-        <v>405188520.28</v>
+        <v>451127355.36</v>
       </c>
       <c r="F36" s="20">
-        <v>75252345.11</v>
+        <v>83738563.64</v>
       </c>
       <c r="G36" s="20">
-        <v>6298848.03</v>
+        <v>7010262.3</v>
       </c>
       <c r="H36" s="20">
-        <v>706336.73</v>
+        <v>784745.87</v>
       </c>
       <c r="J36" s="35">
-        <v>552301016.8</v>
+        <v>614967103.68</v>
       </c>
     </row>
     <row r="37" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B37" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C37" s="20">
-        <v>113133348.68</v>
+        <v>126207753.77</v>
       </c>
       <c r="E37" s="20">
-        <v>936627073.71</v>
+        <v>1042413369.68</v>
       </c>
       <c r="F37" s="20">
-        <v>198123861.28</v>
+        <v>220371062.73</v>
       </c>
       <c r="G37" s="20">
-        <v>16342617.4</v>
+        <v>18192960.86</v>
       </c>
       <c r="H37" s="20">
-        <v>3198321.01</v>
+        <v>3554847.77</v>
       </c>
       <c r="J37" s="35">
-        <v>1267425222.08</v>
+        <v>1410739994.81</v>
       </c>
     </row>
     <row r="38" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B38" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="15">
-        <v>458218474.76</v>
+        <v>511145335.16</v>
       </c>
       <c r="E38" s="15">
-        <v>2842438281.22</v>
+        <v>3163946898.5</v>
       </c>
       <c r="F38" s="15">
-        <v>628882119.52</v>
+        <v>699567533.16</v>
       </c>
       <c r="G38" s="15">
-        <v>54321791.75</v>
+        <v>60477773.4</v>
       </c>
       <c r="H38" s="15">
-        <v>14896871.48</v>
+        <v>16564222.8</v>
       </c>
       <c r="J38" s="34">
-        <v>3998757538.73</v>
+        <v>4451701763.02</v>
       </c>
     </row>
     <row r="39" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B39" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="20">
-        <v>31088070.49</v>
+        <v>34705219.38</v>
       </c>
       <c r="E39" s="20">
-        <v>279020819.07</v>
+        <v>310386531.7</v>
       </c>
       <c r="F39" s="20">
-        <v>57394782.41</v>
+        <v>63811783.47</v>
       </c>
       <c r="G39" s="20">
-        <v>4873476.68</v>
+        <v>5425039.89</v>
       </c>
       <c r="H39" s="20">
-        <v>1411360.8</v>
+        <v>1562738.3</v>
       </c>
       <c r="J39" s="35">
-        <v>373788509.45</v>
+        <v>415891312.74</v>
       </c>
     </row>
     <row r="40" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B40" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C40" s="20">
-        <v>61898895.66</v>
+        <v>69001651.34</v>
       </c>
       <c r="E40" s="20">
-        <v>902342700.78</v>
+        <v>1003673711.18</v>
       </c>
       <c r="F40" s="20">
-        <v>160216617.63</v>
+        <v>178190957.67</v>
       </c>
       <c r="G40" s="20">
-        <v>11779928.29</v>
+        <v>13124298.33</v>
       </c>
       <c r="H40" s="20">
-        <v>2182039.88</v>
+        <v>2433399.4</v>
       </c>
       <c r="J40" s="35">
-        <v>1138420182.24</v>
+        <v>1266424017.92</v>
       </c>
     </row>
     <row r="41" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B41" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C41" s="20">
-        <v>155862505.69</v>
+        <v>173676765.47</v>
       </c>
       <c r="E41" s="20">
-        <v>1133736918.41</v>
+        <v>1261001467.76</v>
       </c>
       <c r="F41" s="20">
-        <v>249305480.41</v>
+        <v>277251589</v>
       </c>
       <c r="G41" s="20">
-        <v>17822105.26</v>
+        <v>19816971.06</v>
       </c>
       <c r="H41" s="20">
-        <v>8123478.94</v>
+        <v>9031422.1</v>
       </c>
       <c r="J41" s="35">
-        <v>1564850488.71</v>
+        <v>1740778215.39</v>
       </c>
     </row>
     <row r="42" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B42" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C42" s="20">
-        <v>41375228.25</v>
+        <v>46170694.13</v>
       </c>
       <c r="E42" s="20">
-        <v>375403763.88</v>
+        <v>417650940.97</v>
       </c>
       <c r="F42" s="20">
-        <v>75261453.96</v>
+        <v>83700210.2</v>
       </c>
       <c r="G42" s="20">
-        <v>5882294.57</v>
+        <v>6548219.81</v>
       </c>
       <c r="H42" s="20">
-        <v>1910856.73</v>
+        <v>2124756.35</v>
       </c>
       <c r="J42" s="35">
-        <v>499833597.39</v>
+        <v>556194821.46</v>
       </c>
     </row>
     <row r="43" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B43" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C43" s="20">
-        <v>56139107.97</v>
+        <v>62611107.45</v>
       </c>
       <c r="E43" s="20">
-        <v>635267712.37</v>
+        <v>707070223.83</v>
       </c>
       <c r="F43" s="20">
-        <v>128564658.92</v>
+        <v>142979211.51</v>
       </c>
       <c r="G43" s="20">
-        <v>9927858.52</v>
+        <v>11035984.8</v>
       </c>
       <c r="H43" s="20">
-        <v>3859542.43</v>
+        <v>4297337</v>
       </c>
       <c r="J43" s="35">
-        <v>833758880.21</v>
+        <v>927993864.59</v>
       </c>
     </row>
     <row r="44" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B44" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C44" s="20">
-        <v>25554109.71</v>
+        <v>28578429.38</v>
       </c>
       <c r="E44" s="20">
-        <v>287024164.5</v>
+        <v>319472607.51</v>
       </c>
       <c r="F44" s="20">
-        <v>55550128.91</v>
+        <v>61765526.93</v>
       </c>
       <c r="G44" s="20">
-        <v>4128117.88</v>
+        <v>4607878.65</v>
       </c>
       <c r="H44" s="20">
-        <v>800816.47</v>
+        <v>891256.52</v>
       </c>
       <c r="J44" s="35">
-        <v>373057337.47</v>
+        <v>415315698.99</v>
       </c>
     </row>
     <row r="45" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B45" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C45" s="20">
-        <v>13284331.39</v>
+        <v>14804602.53</v>
       </c>
       <c r="E45" s="20">
-        <v>195330178.55</v>
+        <v>217312501.56</v>
       </c>
       <c r="F45" s="20">
-        <v>33704345.19</v>
+        <v>37476318.73</v>
       </c>
       <c r="G45" s="20">
-        <v>2817602.79</v>
+        <v>3124388.2</v>
       </c>
       <c r="H45" s="20">
-        <v>436295.73</v>
+        <v>483971.44</v>
       </c>
       <c r="J45" s="35">
-        <v>245572753.65</v>
+        <v>273201782.46</v>
       </c>
     </row>
     <row r="46" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B46" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C46" s="20">
-        <v>110751193.63</v>
+        <v>123591074.03</v>
       </c>
       <c r="E46" s="20">
-        <v>1147175426.68</v>
+        <v>1276011743.39</v>
       </c>
       <c r="F46" s="20">
-        <v>235756939.7</v>
+        <v>262293886.86</v>
       </c>
       <c r="G46" s="20">
-        <v>15791414.93</v>
+        <v>17506382.07</v>
       </c>
       <c r="H46" s="20">
-        <v>4732875.56</v>
+        <v>5255465.04</v>
       </c>
       <c r="J46" s="35">
-        <v>1514207850.5</v>
+        <v>1684658551.39</v>
       </c>
     </row>
     <row r="47" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B47" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C47" s="20">
-        <v>21275256.79</v>
+        <v>23651051</v>
       </c>
       <c r="E47" s="20">
-        <v>327754075.92</v>
+        <v>364561079.4</v>
       </c>
       <c r="F47" s="20">
-        <v>71835902.18</v>
+        <v>79862958.54</v>
       </c>
       <c r="G47" s="20">
-        <v>5710487.59</v>
+        <v>6347896.29</v>
       </c>
       <c r="H47" s="20">
-        <v>2139132.81</v>
+        <v>2378156.72</v>
       </c>
       <c r="J47" s="35">
-        <v>428714855.29</v>
+        <v>476801141.95</v>
       </c>
     </row>
     <row r="48" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B48" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="15">
-        <v>517228699.58</v>
+        <v>576790594.71</v>
       </c>
       <c r="E48" s="15">
-        <v>5283055760.16</v>
+        <v>5877140807.3</v>
       </c>
       <c r="F48" s="15">
-        <v>1067590309.31</v>
+        <v>1187332442.91</v>
       </c>
       <c r="G48" s="15">
-        <v>78733286.51</v>
+        <v>87537059.1</v>
       </c>
       <c r="H48" s="15">
-        <v>25596399.35</v>
+        <v>28458502.87</v>
       </c>
       <c r="J48" s="34">
-        <v>6972204454.91</v>
+        <v>7757259406.89</v>
       </c>
     </row>
     <row r="49" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B49" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C49" s="20">
-        <v>1502337871.46</v>
+        <v>1672727579.86</v>
       </c>
       <c r="E49" s="20">
-        <v>12339086464.57</v>
+        <v>13723567800.34</v>
       </c>
       <c r="F49" s="20">
-        <v>2407745932.93</v>
+        <v>2677191393.41</v>
       </c>
       <c r="G49" s="20">
-        <v>166035320.23</v>
+        <v>184746370.1</v>
       </c>
       <c r="H49" s="20">
-        <v>8377850.67</v>
+        <v>9314328.25</v>
       </c>
       <c r="J49" s="35">
-        <v>16423583439.86</v>
+        <v>18267547471.96</v>
       </c>
     </row>
     <row r="50" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B50" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C50" s="20">
-        <v>146562205.67</v>
+        <v>163331961.05</v>
       </c>
       <c r="E50" s="20">
-        <v>1376637763.47</v>
+        <v>1532062112.86</v>
       </c>
       <c r="F50" s="20">
-        <v>252040685.33</v>
+        <v>280324352.1</v>
       </c>
       <c r="G50" s="20">
-        <v>16721812.93</v>
+        <v>18637845.63</v>
       </c>
       <c r="H50" s="20">
-        <v>437512.91</v>
+        <v>483365.57</v>
       </c>
       <c r="J50" s="35">
-        <v>1792399980.31</v>
+        <v>1994839637.21</v>
       </c>
     </row>
     <row r="51" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B51" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C51" s="20">
-        <v>116755134.51</v>
+        <v>130080531.96</v>
       </c>
       <c r="E51" s="20">
-        <v>759147350.34</v>
+        <v>844626814.99</v>
       </c>
       <c r="F51" s="20">
-        <v>153853100.22</v>
+        <v>171019573.93</v>
       </c>
       <c r="G51" s="20">
-        <v>11627863.61</v>
+        <v>12913858.04</v>
       </c>
       <c r="H51" s="20">
-        <v>426812.52</v>
+        <v>473018.36</v>
       </c>
       <c r="J51" s="35">
-        <v>1041810261.2</v>
+        <v>1159113797.28</v>
       </c>
     </row>
     <row r="52" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B52" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C52" s="20">
-        <v>202368275.65</v>
+        <v>225864890.83</v>
       </c>
       <c r="E52" s="20">
-        <v>1495924952.91</v>
+        <v>1664735528.11</v>
       </c>
       <c r="F52" s="20">
-        <v>298506593.01</v>
+        <v>332040828.92</v>
       </c>
       <c r="G52" s="20">
-        <v>21489234.91</v>
+        <v>23880048.99</v>
       </c>
       <c r="H52" s="20">
-        <v>1096825.54</v>
+        <v>1222465.63</v>
       </c>
       <c r="J52" s="35">
-        <v>2019385882.02</v>
+        <v>2247743762.48</v>
       </c>
     </row>
     <row r="53" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B53" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C53" s="15">
-        <v>1968023487.29</v>
+        <v>2192004963.7</v>
       </c>
       <c r="E53" s="15">
-        <v>15970796531.29</v>
+        <v>17764992256.3</v>
       </c>
       <c r="F53" s="15">
-        <v>3112146311.49</v>
+        <v>3460576148.36</v>
       </c>
       <c r="G53" s="15">
-        <v>215874231.68</v>
+        <v>240178122.76</v>
       </c>
       <c r="H53" s="15">
-        <v>10339001.64</v>
+        <v>11493177.81</v>
       </c>
       <c r="J53" s="34">
-        <v>21277179563.39</v>
+        <v>23669244668.93</v>
       </c>
     </row>
     <row r="54" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B54" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C54" s="20">
-        <v>169764598.93</v>
+        <v>189566174.63</v>
       </c>
       <c r="E54" s="20">
-        <v>853067580.62</v>
+        <v>949586688.85</v>
       </c>
       <c r="F54" s="20">
-        <v>208742680.32</v>
+        <v>232178874.24</v>
       </c>
       <c r="G54" s="20">
-        <v>20692313.73</v>
+        <v>23028736.25</v>
       </c>
       <c r="H54" s="20">
-        <v>8534390.41</v>
+        <v>9511698.82</v>
       </c>
       <c r="J54" s="35">
-        <v>1260801564.01</v>
+        <v>1403872172.79</v>
       </c>
     </row>
     <row r="55" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B55" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C55" s="20">
-        <v>94460239.65</v>
+        <v>105291505.92</v>
       </c>
       <c r="E55" s="20">
-        <v>633072485.46</v>
+        <v>704681720.24</v>
       </c>
       <c r="F55" s="20">
-        <v>138409351.94</v>
+        <v>153875114.89</v>
       </c>
       <c r="G55" s="20">
-        <v>11377411.74</v>
+        <v>12652083.68</v>
       </c>
       <c r="H55" s="20">
-        <v>3472023.01</v>
+        <v>3856237.04</v>
       </c>
       <c r="J55" s="35">
-        <v>880791511.8</v>
+        <v>980356661.77</v>
       </c>
     </row>
     <row r="56" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B56" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C56" s="15">
-        <v>264224838.58</v>
+        <v>294857680.55</v>
       </c>
       <c r="E56" s="15">
-        <v>1486140066.08</v>
+        <v>1654268409.09</v>
       </c>
       <c r="F56" s="15">
-        <v>347152032.26</v>
+        <v>386053989.13</v>
       </c>
       <c r="G56" s="15">
-        <v>32069725.47</v>
+        <v>35680819.93</v>
       </c>
       <c r="H56" s="15">
-        <v>12006413.42</v>
+        <v>13367935.86</v>
       </c>
       <c r="J56" s="34">
-        <v>2141593075.81</v>
+        <v>2384228834.56</v>
       </c>
     </row>
     <row r="57" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B57" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C57" s="20">
-        <v>295059872.97</v>
+        <v>328609382.72</v>
       </c>
       <c r="E57" s="20">
-        <v>2160671934.89</v>
+        <v>2403766068.57</v>
       </c>
       <c r="F57" s="20">
-        <v>472096599.96</v>
+        <v>525033414.81</v>
       </c>
       <c r="G57" s="20">
-        <v>35830955.32</v>
+        <v>39864545.53</v>
       </c>
       <c r="H57" s="20">
-        <v>13987511.44</v>
+        <v>15583503.26</v>
       </c>
       <c r="J57" s="35">
-        <v>2977646874.58</v>
+        <v>3312856914.89</v>
       </c>
     </row>
     <row r="58" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B58" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C58" s="20">
-        <v>111911798.93</v>
+        <v>124924774.76</v>
       </c>
       <c r="E58" s="20">
-        <v>679239190.95</v>
+        <v>755482104.62</v>
       </c>
       <c r="F58" s="20">
-        <v>146030946.72</v>
+        <v>162329726.87</v>
       </c>
       <c r="G58" s="20">
-        <v>10560872.16</v>
+        <v>11737774.95</v>
       </c>
       <c r="H58" s="20">
-        <v>5188200.54</v>
+        <v>5751533.52</v>
       </c>
       <c r="J58" s="35">
-        <v>952931009.3</v>
+        <v>1060225914.72</v>
       </c>
     </row>
     <row r="59" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B59" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C59" s="20">
-        <v>122342980.31</v>
+        <v>136477884.87</v>
       </c>
       <c r="E59" s="20">
-        <v>587822629.87</v>
+        <v>653790514.46</v>
       </c>
       <c r="F59" s="20">
-        <v>127177778.39</v>
+        <v>141443884.39</v>
       </c>
       <c r="G59" s="20">
-        <v>9593534.29</v>
+        <v>10673230.35</v>
       </c>
       <c r="H59" s="20">
-        <v>5474479.18</v>
+        <v>6085508.65</v>
       </c>
       <c r="J59" s="35">
-        <v>852411402.04</v>
+        <v>948471022.72</v>
       </c>
     </row>
     <row r="60" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B60" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C60" s="20">
-        <v>247214742.69</v>
+        <v>276231625.28</v>
       </c>
       <c r="E60" s="20">
-        <v>1861950019.2</v>
+        <v>2070397924.35</v>
       </c>
       <c r="F60" s="20">
-        <v>394989312.3</v>
+        <v>439166836.81</v>
       </c>
       <c r="G60" s="20">
-        <v>33081612.26</v>
+        <v>36835042.79</v>
       </c>
       <c r="H60" s="20">
-        <v>13087993.96</v>
+        <v>14571796.52</v>
       </c>
       <c r="J60" s="35">
-        <v>2550323680.41</v>
+        <v>2837203225.75</v>
       </c>
     </row>
     <row r="61" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B61" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C61" s="15">
-        <v>776529394.9</v>
+        <v>866243667.63</v>
       </c>
       <c r="E61" s="15">
-        <v>5289683774.91</v>
+        <v>5883436612</v>
       </c>
       <c r="F61" s="15">
-        <v>1140294637.37</v>
+        <v>1267973862.88</v>
       </c>
       <c r="G61" s="15">
-        <v>89066974.03</v>
+        <v>99110593.62</v>
       </c>
       <c r="H61" s="15">
-        <v>37738185.12</v>
+        <v>41992341.95</v>
       </c>
       <c r="J61" s="34">
-        <v>7333312966.33</v>
+        <v>8158757078.08</v>
       </c>
     </row>
     <row r="62" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B62" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C62" s="20">
-        <v>54775957.08</v>
+        <v>61124848.13</v>
       </c>
       <c r="E62" s="20">
-        <v>642551974.69</v>
+        <v>714926277.29</v>
       </c>
       <c r="F62" s="20">
-        <v>117944365.28</v>
+        <v>131196064.6</v>
       </c>
       <c r="G62" s="20">
-        <v>7723967.31</v>
+        <v>8588111.79</v>
       </c>
       <c r="H62" s="20">
-        <v>1100429.05</v>
+        <v>1219984.55</v>
       </c>
       <c r="J62" s="35">
-        <v>824096693.41</v>
+        <v>917055286.36</v>
       </c>
     </row>
     <row r="63" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B63" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C63" s="15">
-        <v>54775957.08</v>
+        <v>61124848.13</v>
       </c>
       <c r="E63" s="15">
-        <v>642551974.69</v>
+        <v>714926277.29</v>
       </c>
       <c r="F63" s="15">
-        <v>117944365.28</v>
+        <v>131196064.6</v>
       </c>
       <c r="G63" s="15">
-        <v>7723967.31</v>
+        <v>8588111.79</v>
       </c>
       <c r="H63" s="15">
-        <v>1100429.05</v>
+        <v>1219984.55</v>
       </c>
       <c r="J63" s="34">
-        <v>824096693.41</v>
+        <v>917055286.36</v>
       </c>
     </row>
     <row r="64" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B64" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C64" s="20">
-        <v>1111040441.59</v>
+        <v>1237178364.11</v>
       </c>
       <c r="E64" s="20">
-        <v>13040736305.02</v>
+        <v>14506811715.42</v>
       </c>
       <c r="F64" s="20">
-        <v>2432999787.23</v>
+        <v>2705327598.48</v>
       </c>
       <c r="G64" s="20">
-        <v>166309698</v>
+        <v>184764195.06</v>
       </c>
       <c r="H64" s="20">
-        <v>21006499.72</v>
+        <v>23316563.1</v>
       </c>
       <c r="J64" s="35">
-        <v>16772092731.56</v>
+        <v>18657398436.17</v>
       </c>
     </row>
     <row r="65" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B65" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C65" s="15">
-        <v>1111040441.59</v>
+        <v>1237178364.11</v>
       </c>
       <c r="E65" s="15">
-        <v>13040736305.02</v>
+        <v>14506811715.42</v>
       </c>
       <c r="F65" s="15">
-        <v>2432999787.23</v>
+        <v>2705327598.48</v>
       </c>
       <c r="G65" s="15">
-        <v>166309698</v>
+        <v>184764195.06</v>
       </c>
       <c r="H65" s="15">
-        <v>21006499.72</v>
+        <v>23316563.1</v>
       </c>
       <c r="J65" s="34">
-        <v>16772092731.56</v>
+        <v>18657398436.17</v>
       </c>
     </row>
     <row r="66" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B66" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C66" s="20">
-        <v>299388526.1</v>
+        <v>333781028.77</v>
       </c>
       <c r="E66" s="20">
-        <v>1814751444.28</v>
+        <v>2019568790.03</v>
       </c>
       <c r="F66" s="20">
-        <v>408217271.04</v>
+        <v>453951416.73</v>
       </c>
       <c r="G66" s="20">
-        <v>42600388.98</v>
+        <v>47452294.34</v>
       </c>
       <c r="H66" s="20">
-        <v>9575713.84</v>
+        <v>10643774.59</v>
       </c>
       <c r="J66" s="35">
-        <v>2574533344.24</v>
+        <v>2865397304.46</v>
       </c>
     </row>
     <row r="67" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B67" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C67" s="15">
-        <v>299388526.1</v>
+        <v>333781028.77</v>
       </c>
       <c r="E67" s="15">
-        <v>1814751444.28</v>
+        <v>2019568790.03</v>
       </c>
       <c r="F67" s="15">
-        <v>408217271.04</v>
+        <v>453951416.73</v>
       </c>
       <c r="G67" s="15">
-        <v>42600388.98</v>
+        <v>47452294.34</v>
       </c>
       <c r="H67" s="15">
-        <v>9575713.84</v>
+        <v>10643774.59</v>
       </c>
       <c r="J67" s="34">
-        <v>2574533344.24</v>
+        <v>2865397304.46</v>
       </c>
     </row>
     <row r="68" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B68" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C68" s="20">
-        <v>134327380.7</v>
+        <v>149790469.72</v>
       </c>
       <c r="E68" s="20">
-        <v>1494755541.38</v>
+        <v>1663683990.54</v>
       </c>
       <c r="F68" s="20">
-        <v>255474552.51</v>
+        <v>284254204.17</v>
       </c>
       <c r="G68" s="20">
-        <v>18901902.54</v>
+        <v>21070930.4</v>
       </c>
       <c r="H68" s="20">
-        <v>2612837.47</v>
+        <v>2897107.98</v>
       </c>
       <c r="J68" s="35">
-        <v>1906072214.6</v>
+        <v>2121696702.81</v>
       </c>
     </row>
     <row r="69" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B69" s="14" t="s">
         <v>73</v>
       </c>
       <c r="C69" s="15">
-        <v>134327380.7</v>
+        <v>149790469.72</v>
       </c>
       <c r="E69" s="15">
-        <v>1494755541.38</v>
+        <v>1663683990.54</v>
       </c>
       <c r="F69" s="15">
-        <v>255474552.51</v>
+        <v>284254204.17</v>
       </c>
       <c r="G69" s="15">
-        <v>18901902.54</v>
+        <v>21070930.4</v>
       </c>
       <c r="H69" s="15">
-        <v>2612837.47</v>
+        <v>2897107.98</v>
       </c>
       <c r="J69" s="34">
-        <v>1906072214.6</v>
+        <v>2121696702.81</v>
       </c>
     </row>
     <row r="70" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B70" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C70" s="20">
-        <v>241549367.44</v>
+        <v>269560809.6</v>
       </c>
       <c r="E70" s="20">
-        <v>2439100502.74</v>
+        <v>2715388844.65</v>
       </c>
       <c r="F70" s="20">
-        <v>535989851.49</v>
+        <v>596187761.48</v>
       </c>
       <c r="G70" s="20">
-        <v>42470638.79</v>
+        <v>47245970.73</v>
       </c>
       <c r="H70" s="20">
-        <v>7727633.14</v>
+        <v>8607140.12</v>
       </c>
       <c r="J70" s="35">
-        <v>3266837993.6</v>
+        <v>3636990526.58</v>
       </c>
     </row>
     <row r="71" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B71" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C71" s="20">
-        <v>149008632.93</v>
+        <v>166412331.01</v>
       </c>
       <c r="E71" s="20">
-        <v>1024901891.68</v>
+        <v>1140298774.33</v>
       </c>
       <c r="F71" s="20">
-        <v>210569847.53</v>
+        <v>234229445.56</v>
       </c>
       <c r="G71" s="20">
-        <v>17164230.26</v>
+        <v>19065995.42</v>
       </c>
       <c r="H71" s="20">
-        <v>1433970.98</v>
+        <v>1593040.39</v>
       </c>
       <c r="J71" s="35">
-        <v>1403078573.38</v>
+        <v>1561599586.71</v>
       </c>
     </row>
     <row r="72" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B72" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C72" s="20">
-        <v>617244826.58</v>
+        <v>688540406.87</v>
       </c>
       <c r="E72" s="20">
-        <v>4465101119.39</v>
+        <v>4968126203.02</v>
       </c>
       <c r="F72" s="20">
-        <v>940522876.25</v>
+        <v>1045891470.48</v>
       </c>
       <c r="G72" s="20">
-        <v>80997751.83</v>
+        <v>90177138.28</v>
       </c>
       <c r="H72" s="20">
-        <v>7319142.72</v>
+        <v>8123689.01</v>
       </c>
       <c r="J72" s="35">
-        <v>6111185716.77</v>
+        <v>6800858907.66</v>
       </c>
     </row>
     <row r="73" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B73" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C73" s="15">
-        <v>1007802826.95</v>
+        <v>1124513547.48</v>
       </c>
       <c r="E73" s="15">
-        <v>7929103513.81</v>
+        <v>8823813822</v>
       </c>
       <c r="F73" s="15">
-        <v>1687082575.27</v>
+        <v>1876308677.52</v>
       </c>
       <c r="G73" s="15">
-        <v>140632620.88</v>
+        <v>156489104.43</v>
       </c>
       <c r="H73" s="15">
-        <v>16480746.84</v>
+        <v>18323869.52</v>
       </c>
       <c r="J73" s="34">
-        <v>10781102283.75</v>
+        <v>11999449020.95</v>
       </c>
     </row>
     <row r="74" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B74" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C74" s="20">
-        <v>88905463.9</v>
+        <v>99215803.96</v>
       </c>
       <c r="E74" s="20">
-        <v>935561445.57</v>
+        <v>1041125035.16</v>
       </c>
       <c r="F74" s="20">
-        <v>165479017.26</v>
+        <v>184073574.19</v>
       </c>
       <c r="G74" s="20">
-        <v>10225639.66</v>
+        <v>11416570.47</v>
       </c>
       <c r="H74" s="20">
-        <v>1254345.21</v>
+        <v>1399842.96</v>
       </c>
       <c r="J74" s="35">
-        <v>1201425911.6</v>
+        <v>1337230826.74</v>
       </c>
     </row>
     <row r="75" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B75" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C75" s="20">
-        <v>179409199.81</v>
+        <v>200113924.79</v>
       </c>
       <c r="E75" s="20">
-        <v>2110006122.38</v>
+        <v>2346907683.12</v>
       </c>
       <c r="F75" s="20">
-        <v>407871407.49</v>
+        <v>453530157.41</v>
       </c>
       <c r="G75" s="20">
-        <v>25311130.18</v>
+        <v>28071218.4</v>
       </c>
       <c r="H75" s="20">
-        <v>4456512.49</v>
+        <v>4939432.44</v>
       </c>
       <c r="J75" s="35">
-        <v>2727054372.35</v>
+        <v>3033562416.16</v>
       </c>
     </row>
     <row r="76" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B76" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C76" s="20">
-        <v>305010458.95</v>
+        <v>340585026.42</v>
       </c>
       <c r="E76" s="20">
-        <v>3241659046.98</v>
+        <v>3607641492.64</v>
       </c>
       <c r="F76" s="20">
-        <v>708975742.52</v>
+        <v>788393349.42</v>
       </c>
       <c r="G76" s="20">
-        <v>49307016.05</v>
+        <v>54968541.78</v>
       </c>
       <c r="H76" s="20">
-        <v>13773358.14</v>
+        <v>15378291.92</v>
       </c>
       <c r="J76" s="35">
-        <v>4318725622.64</v>
+        <v>4806966702.18</v>
       </c>
     </row>
     <row r="77" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B77" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C77" s="15">
-        <v>573325122.66</v>
+        <v>639914755.17</v>
       </c>
       <c r="E77" s="15">
-        <v>6287226614.93</v>
+        <v>6995674210.92</v>
       </c>
       <c r="F77" s="15">
-        <v>1282326167.27</v>
+        <v>1425997081.02</v>
       </c>
       <c r="G77" s="15">
-        <v>84843785.89</v>
+        <v>94456330.65</v>
       </c>
       <c r="H77" s="15">
-        <v>19484215.84</v>
+        <v>21717567.32</v>
       </c>
       <c r="J77" s="34">
-        <v>8247205906.59</v>
+        <v>9177759945.08</v>
       </c>
     </row>
     <row r="78" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B78" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C78" s="20">
-        <v>12910922.01</v>
+        <v>14395112.61</v>
       </c>
       <c r="E78" s="20">
-        <v>68929419.93</v>
+        <v>76800683.64</v>
       </c>
       <c r="F78" s="20">
-        <v>20285653.61</v>
+        <v>22609301.74</v>
       </c>
       <c r="G78" s="20">
-        <v>2531595.28</v>
+        <v>2814665.34</v>
       </c>
       <c r="H78" s="20">
-        <v>355801.92</v>
+        <v>395082.24</v>
       </c>
       <c r="J78" s="35">
-        <v>105013392.75</v>
+        <v>117014845.57</v>
       </c>
     </row>
     <row r="79" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B79" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C79" s="15">
-        <v>12910922.01</v>
+        <v>14395112.61</v>
       </c>
       <c r="E79" s="15">
-        <v>68929419.93</v>
+        <v>76800683.64</v>
       </c>
       <c r="F79" s="15">
-        <v>20285653.61</v>
+        <v>22609301.74</v>
       </c>
       <c r="G79" s="15">
-        <v>2531595.28</v>
+        <v>2814665.34</v>
       </c>
       <c r="H79" s="15">
-        <v>355801.92</v>
+        <v>395082.24</v>
       </c>
       <c r="J79" s="34">
-        <v>105013392.75</v>
+        <v>117014845.57</v>
       </c>
     </row>
     <row r="80" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B80" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C80" s="20">
-        <v>15385343.55</v>
+        <v>17179124.99</v>
       </c>
       <c r="E80" s="20">
-        <v>62292009.97</v>
+        <v>69367063.82</v>
       </c>
       <c r="F80" s="20">
-        <v>16204229.73</v>
+        <v>18070309.13</v>
       </c>
       <c r="G80" s="20">
-        <v>2109340.05</v>
+        <v>2353000.83</v>
       </c>
       <c r="H80" s="20">
-        <v>143224.67</v>
+        <v>159196.22</v>
       </c>
       <c r="J80" s="35">
-        <v>96134147.97</v>
+        <v>107128694.99</v>
       </c>
     </row>
     <row r="81" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B81" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C81" s="15">
-        <v>15385343.55</v>
+        <v>17179124.99</v>
       </c>
       <c r="E81" s="15">
-        <v>62292009.97</v>
+        <v>69367063.82</v>
       </c>
       <c r="F81" s="15">
-        <v>16204229.73</v>
+        <v>18070309.13</v>
       </c>
       <c r="G81" s="15">
-        <v>2109340.05</v>
+        <v>2353000.83</v>
       </c>
       <c r="H81" s="15">
-        <v>143224.67</v>
+        <v>159196.22</v>
       </c>
       <c r="J81" s="34">
-        <v>96134147.97</v>
+        <v>107128694.99</v>
       </c>
     </row>
     <row r="82" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B82" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C82" s="15">
         <v>0</v>
       </c>
       <c r="E82" s="15">
         <v>0</v>
       </c>
       <c r="F82" s="15">
         <v>0</v>
       </c>
       <c r="G82" s="15">
         <v>0</v>
       </c>
       <c r="H82" s="15">
         <v>0</v>
       </c>
       <c r="J82" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="83" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B83" s="25" t="s">
         <v>87</v>
       </c>
       <c r="C83" s="26">
-        <v>10813201251.21</v>
+        <v>12056116001.48</v>
       </c>
       <c r="D83" s="27"/>
       <c r="E83" s="26">
-        <v>84943383546.49</v>
+        <v>94507472752.38</v>
       </c>
       <c r="F83" s="26">
-        <v>17530456414.84</v>
+        <v>19495436292.35</v>
       </c>
       <c r="G83" s="26">
-        <v>1377025661.81</v>
+        <v>1532148540.73</v>
       </c>
       <c r="H83" s="26">
-        <v>301200512.23</v>
+        <v>334991241.96</v>
       </c>
       <c r="I83" s="27"/>
       <c r="J83" s="36">
-        <v>114965267386.58</v>
+        <v>127926164828.9</v>
       </c>
     </row>
     <row r="84" ht="0.05" customHeight="1" s="1" customFormat="1"/>
     <row r="85" ht="3.95" customHeight="1" s="1" customFormat="1"/>
     <row r="86" ht="16.05" customHeight="1" s="1" customFormat="1">
       <c r="B86" s="31" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="87" ht="20.2" customHeight="1" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B4"/>
     <mergeCell ref="D2:H2"/>
     <mergeCell ref="D4:H5"/>
     <mergeCell ref="D7:H7"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="H11:I11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="C14:D14"/>
@@ -9482,2381 +9482,2381 @@
       <c r="G10" s="5" t="s">
         <v>100</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>101</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>102</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>103</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>104</v>
       </c>
       <c r="L10" s="6"/>
       <c r="M10" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B11" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="9">
-        <v>46685734.82</v>
+        <v>53523840.69</v>
       </c>
       <c r="E11" s="9">
-        <v>770743.88</v>
+        <v>875567.86</v>
       </c>
       <c r="F11" s="9">
-        <v>45127491.51</v>
+        <v>50590174.99</v>
       </c>
       <c r="G11" s="9">
-        <v>417161.53</v>
+        <v>474504.71</v>
       </c>
       <c r="H11" s="9">
         <v>0</v>
       </c>
       <c r="I11" s="9">
         <v>103.48</v>
       </c>
       <c r="J11" s="9">
         <v>0</v>
       </c>
       <c r="K11" s="9">
         <v>0</v>
       </c>
       <c r="M11" s="33">
-        <v>93001235.22</v>
+        <v>105464191.73</v>
       </c>
     </row>
     <row r="12" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B12" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="9">
-        <v>67294490.93</v>
+        <v>76571296.44</v>
       </c>
       <c r="E12" s="9">
-        <v>1879899.71</v>
+        <v>2095431.86</v>
       </c>
       <c r="F12" s="9">
-        <v>50453985.3</v>
+        <v>57041724.09</v>
       </c>
       <c r="G12" s="9">
-        <v>1081386.18</v>
+        <v>1172267.57</v>
       </c>
       <c r="H12" s="9">
-        <v>3865739.37</v>
+        <v>4112573.69</v>
       </c>
       <c r="I12" s="9">
         <v>0</v>
       </c>
       <c r="J12" s="9">
         <v>0</v>
       </c>
       <c r="K12" s="9">
         <v>0</v>
       </c>
       <c r="M12" s="33">
-        <v>124575501.49</v>
+        <v>140993293.65</v>
       </c>
     </row>
     <row r="13" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B13" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="9">
-        <v>46432654.65</v>
+        <v>53132602.46</v>
       </c>
       <c r="E13" s="9">
-        <v>729025.09</v>
+        <v>835108.41</v>
       </c>
       <c r="F13" s="9">
-        <v>38871481.03</v>
+        <v>43577850.04</v>
       </c>
       <c r="G13" s="9">
-        <v>540260.41</v>
+        <v>600581.92</v>
       </c>
       <c r="H13" s="9">
         <v>0</v>
       </c>
       <c r="I13" s="9">
         <v>0</v>
       </c>
       <c r="J13" s="9">
         <v>0</v>
       </c>
       <c r="K13" s="9">
         <v>0</v>
       </c>
       <c r="M13" s="33">
-        <v>86573421.18</v>
+        <v>98146142.83</v>
       </c>
     </row>
     <row r="14" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B14" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="9">
-        <v>58877762.58</v>
+        <v>66757730.57</v>
       </c>
       <c r="E14" s="9">
-        <v>979402.21</v>
+        <v>1107134.65</v>
       </c>
       <c r="F14" s="9">
-        <v>44248542.69</v>
+        <v>49746241.07</v>
       </c>
       <c r="G14" s="9">
-        <v>978444.3</v>
+        <v>1043177.97</v>
       </c>
       <c r="H14" s="9">
         <v>0</v>
       </c>
       <c r="I14" s="9">
         <v>440</v>
       </c>
       <c r="J14" s="9">
         <v>0</v>
       </c>
       <c r="K14" s="9">
         <v>0</v>
       </c>
       <c r="M14" s="33">
-        <v>105084591.78</v>
+        <v>118654724.26</v>
       </c>
     </row>
     <row r="15" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B15" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="9">
-        <v>55526947.11</v>
+        <v>63737532.16</v>
       </c>
       <c r="E15" s="9">
-        <v>917772.64</v>
+        <v>1001887.06</v>
       </c>
       <c r="F15" s="9">
-        <v>28595971.82</v>
+        <v>32403535.8</v>
       </c>
       <c r="G15" s="9">
-        <v>275134.59</v>
+        <v>303069.86</v>
       </c>
       <c r="H15" s="9">
         <v>0</v>
       </c>
       <c r="I15" s="9">
         <v>213.13</v>
       </c>
       <c r="J15" s="9">
         <v>0</v>
       </c>
       <c r="K15" s="9">
         <v>0</v>
       </c>
       <c r="M15" s="33">
-        <v>85316039.29</v>
+        <v>97446238.01</v>
       </c>
     </row>
     <row r="16" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B16" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="9">
-        <v>35514506.67</v>
+        <v>40261617.64</v>
       </c>
       <c r="E16" s="9">
-        <v>1027170.32</v>
+        <v>1177130.64</v>
       </c>
       <c r="F16" s="9">
-        <v>28331430.84</v>
+        <v>31974541.44</v>
       </c>
       <c r="G16" s="9">
-        <v>451688.74</v>
+        <v>481550.9</v>
       </c>
       <c r="H16" s="9">
         <v>0</v>
       </c>
       <c r="I16" s="9">
-        <v>3106.64</v>
+        <v>3442.29</v>
       </c>
       <c r="J16" s="9">
         <v>0</v>
       </c>
       <c r="K16" s="9">
         <v>0</v>
       </c>
       <c r="M16" s="33">
-        <v>65327903.21</v>
+        <v>73898282.91</v>
       </c>
     </row>
     <row r="17" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B17" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="9">
-        <v>84019605.74</v>
+        <v>95161616.24</v>
       </c>
       <c r="E17" s="9">
-        <v>1997993.65</v>
+        <v>2241309.96</v>
       </c>
       <c r="F17" s="9">
-        <v>79657608.44</v>
+        <v>89266980.09</v>
       </c>
       <c r="G17" s="9">
-        <v>935308.87</v>
+        <v>1019838.36</v>
       </c>
       <c r="H17" s="9">
         <v>0</v>
       </c>
       <c r="I17" s="9">
         <v>0</v>
       </c>
       <c r="J17" s="9">
         <v>0</v>
       </c>
       <c r="K17" s="9">
         <v>0</v>
       </c>
       <c r="M17" s="33">
-        <v>166610516.7</v>
+        <v>187689744.65</v>
       </c>
     </row>
     <row r="18" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B18" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="9">
-        <v>152868821.45</v>
+        <v>172594881.11</v>
       </c>
       <c r="E18" s="9">
-        <v>2388678.52</v>
+        <v>2747300.27</v>
       </c>
       <c r="F18" s="9">
-        <v>109738081.34</v>
+        <v>123768685.75</v>
       </c>
       <c r="G18" s="9">
-        <v>2966075.1</v>
+        <v>3216950.8</v>
       </c>
       <c r="H18" s="9">
-        <v>63247.28</v>
+        <v>67875.13</v>
       </c>
       <c r="I18" s="9">
         <v>2724.48</v>
       </c>
       <c r="J18" s="9">
         <v>0</v>
       </c>
       <c r="K18" s="9">
         <v>0</v>
       </c>
       <c r="M18" s="33">
-        <v>268027628.17</v>
+        <v>302398417.54</v>
       </c>
     </row>
     <row r="19" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B19" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="15">
-        <v>547220523.95</v>
+        <v>621741117.31</v>
       </c>
       <c r="E19" s="15">
-        <v>10690686.02</v>
+        <v>12080870.71</v>
       </c>
       <c r="F19" s="15">
-        <v>425024592.97</v>
+        <v>478369733.27</v>
       </c>
       <c r="G19" s="15">
-        <v>7645459.72</v>
+        <v>8311942.09</v>
       </c>
       <c r="H19" s="15">
-        <v>3928986.65</v>
+        <v>4180448.82</v>
       </c>
       <c r="I19" s="15">
-        <v>6587.73</v>
+        <v>6923.38</v>
       </c>
       <c r="J19" s="15">
         <v>0</v>
       </c>
       <c r="K19" s="15">
         <v>0</v>
       </c>
       <c r="M19" s="34">
-        <v>994516837.04</v>
+        <v>1124691035.58</v>
       </c>
     </row>
     <row r="20" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B20" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="20">
-        <v>14364849.44</v>
+        <v>16347585.99</v>
       </c>
       <c r="E20" s="20">
-        <v>286605.53</v>
+        <v>344411.53</v>
       </c>
       <c r="F20" s="20">
-        <v>13194419.67</v>
+        <v>14825818.97</v>
       </c>
       <c r="G20" s="20">
-        <v>153750.74</v>
+        <v>186461.56</v>
       </c>
       <c r="H20" s="20">
         <v>0</v>
       </c>
       <c r="I20" s="20">
         <v>26.3</v>
       </c>
       <c r="J20" s="20">
         <v>0</v>
       </c>
       <c r="K20" s="20">
         <v>0</v>
       </c>
       <c r="M20" s="35">
-        <v>27999651.68</v>
+        <v>31704304.35</v>
       </c>
     </row>
     <row r="21" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B21" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="20">
-        <v>7901142.39</v>
+        <v>9010057.6</v>
       </c>
       <c r="E21" s="20">
-        <v>226606.92</v>
+        <v>254247.56</v>
       </c>
       <c r="F21" s="20">
-        <v>6855235.63</v>
+        <v>7811800.65</v>
       </c>
       <c r="G21" s="20">
-        <v>195686.59</v>
+        <v>212249.36</v>
       </c>
       <c r="H21" s="20">
         <v>0</v>
       </c>
       <c r="I21" s="20">
         <v>443.56</v>
       </c>
       <c r="J21" s="20">
         <v>0</v>
       </c>
       <c r="K21" s="20">
         <v>0</v>
       </c>
       <c r="M21" s="35">
-        <v>15179115.09</v>
+        <v>17288798.73</v>
       </c>
     </row>
     <row r="22" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B22" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="20">
-        <v>57447943.41</v>
+        <v>74461066.76</v>
       </c>
       <c r="E22" s="20">
-        <v>1553299.93</v>
+        <v>1844066.28</v>
       </c>
       <c r="F22" s="20">
-        <v>53255501.01</v>
+        <v>60269462.62</v>
       </c>
       <c r="G22" s="20">
-        <v>835216.17</v>
+        <v>946852.08</v>
       </c>
       <c r="H22" s="20">
         <v>0</v>
       </c>
       <c r="I22" s="20">
         <v>770</v>
       </c>
       <c r="J22" s="20">
         <v>0</v>
       </c>
       <c r="K22" s="20">
         <v>0</v>
       </c>
       <c r="M22" s="35">
-        <v>113092730.52</v>
+        <v>137522217.74</v>
       </c>
     </row>
     <row r="23" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B23" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="15">
-        <v>79713935.24</v>
+        <v>99818710.35</v>
       </c>
       <c r="E23" s="15">
-        <v>2066512.38</v>
+        <v>2442725.37</v>
       </c>
       <c r="F23" s="15">
-        <v>73305156.31</v>
+        <v>82907082.24</v>
       </c>
       <c r="G23" s="15">
-        <v>1184653.5</v>
+        <v>1345563</v>
       </c>
       <c r="H23" s="15">
         <v>0</v>
       </c>
       <c r="I23" s="15">
         <v>1239.86</v>
       </c>
       <c r="J23" s="15">
         <v>0</v>
       </c>
       <c r="K23" s="15">
         <v>0</v>
       </c>
       <c r="M23" s="34">
-        <v>156271497.29</v>
+        <v>186515320.82</v>
       </c>
     </row>
     <row r="24" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B24" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="20">
-        <v>102931748.09</v>
+        <v>116774657.47</v>
       </c>
       <c r="E24" s="20">
-        <v>2771655.06</v>
+        <v>3143322.32</v>
       </c>
       <c r="F24" s="20">
-        <v>37206853.66</v>
+        <v>41720575.37</v>
       </c>
       <c r="G24" s="20">
-        <v>1625225.94</v>
+        <v>1742254.94</v>
       </c>
       <c r="H24" s="20">
-        <v>632634.02</v>
+        <v>676458.91</v>
       </c>
       <c r="I24" s="20">
-        <v>634.16</v>
+        <v>865.49</v>
       </c>
       <c r="J24" s="20">
         <v>0</v>
       </c>
       <c r="K24" s="20">
         <v>0</v>
       </c>
       <c r="M24" s="35">
-        <v>145168750.93</v>
+        <v>164058134.5</v>
       </c>
     </row>
     <row r="25" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B25" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="15">
-        <v>102931748.09</v>
+        <v>116774657.47</v>
       </c>
       <c r="E25" s="15">
-        <v>2771655.06</v>
+        <v>3143322.32</v>
       </c>
       <c r="F25" s="15">
-        <v>37206853.66</v>
+        <v>41720575.37</v>
       </c>
       <c r="G25" s="15">
-        <v>1625225.94</v>
+        <v>1742254.94</v>
       </c>
       <c r="H25" s="15">
-        <v>632634.02</v>
+        <v>676458.91</v>
       </c>
       <c r="I25" s="15">
-        <v>634.16</v>
+        <v>865.49</v>
       </c>
       <c r="J25" s="15">
         <v>0</v>
       </c>
       <c r="K25" s="15">
         <v>0</v>
       </c>
       <c r="M25" s="34">
-        <v>145168750.93</v>
+        <v>164058134.5</v>
       </c>
     </row>
     <row r="26" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B26" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C26" s="20">
-        <v>62327784.17</v>
+        <v>71353680.9</v>
       </c>
       <c r="E26" s="20">
-        <v>737533.42</v>
+        <v>826501.41</v>
       </c>
       <c r="F26" s="20">
-        <v>68359562.73</v>
+        <v>77481066.75</v>
       </c>
       <c r="G26" s="20">
-        <v>1027989.99</v>
+        <v>1076003.12</v>
       </c>
       <c r="H26" s="20">
         <v>0</v>
       </c>
       <c r="I26" s="20">
         <v>0</v>
       </c>
       <c r="J26" s="20">
         <v>0</v>
       </c>
       <c r="K26" s="20">
         <v>0</v>
       </c>
       <c r="M26" s="35">
-        <v>132452870.31</v>
+        <v>150737252.18</v>
       </c>
     </row>
     <row r="27" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B27" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="15">
-        <v>62327784.17</v>
+        <v>71353680.9</v>
       </c>
       <c r="E27" s="15">
-        <v>737533.42</v>
+        <v>826501.41</v>
       </c>
       <c r="F27" s="15">
-        <v>68359562.73</v>
+        <v>77481066.75</v>
       </c>
       <c r="G27" s="15">
-        <v>1027989.99</v>
+        <v>1076003.12</v>
       </c>
       <c r="H27" s="15">
         <v>0</v>
       </c>
       <c r="I27" s="15">
         <v>0</v>
       </c>
       <c r="J27" s="15">
         <v>0</v>
       </c>
       <c r="K27" s="15">
         <v>0</v>
       </c>
       <c r="M27" s="34">
-        <v>132452870.31</v>
+        <v>150737252.18</v>
       </c>
     </row>
     <row r="28" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B28" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="20">
-        <v>183316137.57</v>
+        <v>207937034.14</v>
       </c>
       <c r="E28" s="20">
-        <v>1433574.28</v>
+        <v>1578382.82</v>
       </c>
       <c r="F28" s="20">
-        <v>42636441.03</v>
+        <v>47811208.77</v>
       </c>
       <c r="G28" s="20">
-        <v>314145.23</v>
+        <v>346448.67</v>
       </c>
       <c r="H28" s="20">
         <v>0</v>
       </c>
       <c r="I28" s="20">
         <v>0</v>
       </c>
       <c r="J28" s="20">
         <v>0</v>
       </c>
       <c r="K28" s="20">
         <v>0</v>
       </c>
       <c r="M28" s="35">
-        <v>227700298.11</v>
+        <v>257673074.4</v>
       </c>
     </row>
     <row r="29" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B29" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="20">
-        <v>130102514.85</v>
+        <v>147926262.55</v>
       </c>
       <c r="E29" s="20">
-        <v>465712.42</v>
+        <v>553102.16</v>
       </c>
       <c r="F29" s="20">
-        <v>36939362.67</v>
+        <v>41328669.98</v>
       </c>
       <c r="G29" s="20">
-        <v>623184.83</v>
+        <v>741331.85</v>
       </c>
       <c r="H29" s="20">
         <v>0</v>
       </c>
       <c r="I29" s="20">
-        <v>9884.1</v>
+        <v>10684.49</v>
       </c>
       <c r="J29" s="20">
         <v>0</v>
       </c>
       <c r="K29" s="20">
         <v>0</v>
       </c>
       <c r="M29" s="35">
-        <v>168140658.87</v>
+        <v>190560051.03</v>
       </c>
     </row>
     <row r="30" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B30" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C30" s="15">
-        <v>313418652.42</v>
+        <v>355863296.69</v>
       </c>
       <c r="E30" s="15">
-        <v>1899286.7</v>
+        <v>2131484.98</v>
       </c>
       <c r="F30" s="15">
-        <v>79575803.7</v>
+        <v>89139878.75</v>
       </c>
       <c r="G30" s="15">
-        <v>937330.06</v>
+        <v>1087780.52</v>
       </c>
       <c r="H30" s="15">
         <v>0</v>
       </c>
       <c r="I30" s="15">
-        <v>9884.1</v>
+        <v>10684.49</v>
       </c>
       <c r="J30" s="15">
         <v>0</v>
       </c>
       <c r="K30" s="15">
         <v>0</v>
       </c>
       <c r="M30" s="34">
-        <v>395840956.98</v>
+        <v>448233125.43</v>
       </c>
     </row>
     <row r="31" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B31" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="20">
-        <v>52863577.39</v>
+        <v>60236742.37</v>
       </c>
       <c r="E31" s="20">
-        <v>1082831.88</v>
+        <v>1212059.5</v>
       </c>
       <c r="F31" s="20">
-        <v>24444989.56</v>
+        <v>27563520.52</v>
       </c>
       <c r="G31" s="20">
-        <v>671359.75</v>
+        <v>728699.83</v>
       </c>
       <c r="H31" s="20">
-        <v>13343.85</v>
+        <v>14826.5</v>
       </c>
       <c r="I31" s="20">
         <v>3667</v>
       </c>
       <c r="J31" s="20">
         <v>0</v>
       </c>
       <c r="K31" s="20">
         <v>0</v>
       </c>
       <c r="M31" s="35">
-        <v>79079769.43</v>
+        <v>89759515.72</v>
       </c>
     </row>
     <row r="32" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B32" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="15">
-        <v>52863577.39</v>
+        <v>60236742.37</v>
       </c>
       <c r="E32" s="15">
-        <v>1082831.88</v>
+        <v>1212059.5</v>
       </c>
       <c r="F32" s="15">
-        <v>24444989.56</v>
+        <v>27563520.52</v>
       </c>
       <c r="G32" s="15">
-        <v>671359.75</v>
+        <v>728699.83</v>
       </c>
       <c r="H32" s="15">
-        <v>13343.85</v>
+        <v>14826.5</v>
       </c>
       <c r="I32" s="15">
         <v>3667</v>
       </c>
       <c r="J32" s="15">
         <v>0</v>
       </c>
       <c r="K32" s="15">
         <v>0</v>
       </c>
       <c r="M32" s="34">
-        <v>79079769.43</v>
+        <v>89759515.72</v>
       </c>
     </row>
     <row r="33" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B33" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="20">
-        <v>24970197.57</v>
+        <v>28471128.45</v>
       </c>
       <c r="E33" s="20">
-        <v>712722.5</v>
+        <v>848597.46</v>
       </c>
       <c r="F33" s="20">
-        <v>17993735.09</v>
+        <v>20359971.99</v>
       </c>
       <c r="G33" s="20">
-        <v>233177.6</v>
+        <v>251184.67</v>
       </c>
       <c r="H33" s="20">
         <v>0</v>
       </c>
       <c r="I33" s="20">
         <v>38.48</v>
       </c>
       <c r="J33" s="20">
         <v>0</v>
       </c>
       <c r="K33" s="20">
         <v>0</v>
       </c>
       <c r="M33" s="35">
-        <v>43909871.24</v>
+        <v>49930921.05</v>
       </c>
     </row>
     <row r="34" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B34" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C34" s="20">
-        <v>33156723.99</v>
+        <v>37585746.83</v>
       </c>
       <c r="E34" s="20">
-        <v>827722.92</v>
+        <v>918082.22</v>
       </c>
       <c r="F34" s="20">
-        <v>21300937.14</v>
+        <v>23943824.26</v>
       </c>
       <c r="G34" s="20">
-        <v>427424.01</v>
+        <v>452254.26</v>
       </c>
       <c r="H34" s="20">
         <v>0</v>
       </c>
       <c r="I34" s="20">
-        <v>16.57</v>
+        <v>90.29</v>
       </c>
       <c r="J34" s="20">
         <v>0</v>
       </c>
       <c r="K34" s="20">
         <v>0</v>
       </c>
       <c r="M34" s="35">
-        <v>55712824.63</v>
+        <v>62899997.86</v>
       </c>
     </row>
     <row r="35" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B35" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="20">
-        <v>8955117.43</v>
+        <v>10289422.44</v>
       </c>
       <c r="E35" s="20">
-        <v>180308.76</v>
+        <v>207786.18</v>
       </c>
       <c r="F35" s="20">
-        <v>8668736.84</v>
+        <v>9920823.12</v>
       </c>
       <c r="G35" s="20">
-        <v>118822.59</v>
+        <v>127421.21</v>
       </c>
       <c r="H35" s="20">
         <v>0</v>
       </c>
       <c r="I35" s="20">
-        <v>39.9</v>
+        <v>55.48</v>
       </c>
       <c r="J35" s="20">
         <v>0</v>
       </c>
       <c r="K35" s="20">
         <v>0</v>
       </c>
       <c r="M35" s="35">
-        <v>17923025.52</v>
+        <v>20545508.43</v>
       </c>
     </row>
     <row r="36" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B36" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C36" s="20">
-        <v>11542798.23</v>
+        <v>13172206.97</v>
       </c>
       <c r="E36" s="20">
-        <v>406191.9</v>
+        <v>474121.58</v>
       </c>
       <c r="F36" s="20">
-        <v>15945167.97</v>
+        <v>18110386.25</v>
       </c>
       <c r="G36" s="20">
-        <v>170997.36</v>
+        <v>180850.67</v>
       </c>
       <c r="H36" s="20">
         <v>0</v>
       </c>
       <c r="I36" s="20">
         <v>0</v>
       </c>
       <c r="J36" s="20">
         <v>0</v>
       </c>
       <c r="K36" s="20">
         <v>0</v>
       </c>
       <c r="M36" s="35">
-        <v>28065155.46</v>
+        <v>31937565.47</v>
       </c>
     </row>
     <row r="37" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B37" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C37" s="20">
-        <v>34295995.23</v>
+        <v>39268701.42</v>
       </c>
       <c r="E37" s="20">
-        <v>980355</v>
+        <v>1098019.54</v>
       </c>
       <c r="F37" s="20">
-        <v>35560617.55</v>
+        <v>39948171.33</v>
       </c>
       <c r="G37" s="20">
-        <v>298379.31</v>
+        <v>374439.05</v>
       </c>
       <c r="H37" s="20">
         <v>0</v>
       </c>
       <c r="I37" s="20">
         <v>0</v>
       </c>
       <c r="J37" s="20">
         <v>0</v>
       </c>
       <c r="K37" s="20">
         <v>0</v>
       </c>
       <c r="M37" s="35">
-        <v>71135347.09</v>
+        <v>80689331.34</v>
       </c>
     </row>
     <row r="38" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B38" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="15">
-        <v>112920832.45</v>
+        <v>128787206.11</v>
       </c>
       <c r="E38" s="15">
-        <v>3107301.08</v>
+        <v>3546606.98</v>
       </c>
       <c r="F38" s="15">
-        <v>99469194.59</v>
+        <v>112283176.95</v>
       </c>
       <c r="G38" s="15">
-        <v>1248800.87</v>
+        <v>1386149.86</v>
       </c>
       <c r="H38" s="15">
         <v>0</v>
       </c>
       <c r="I38" s="15">
-        <v>94.95</v>
+        <v>184.25</v>
       </c>
       <c r="J38" s="15">
         <v>0</v>
       </c>
       <c r="K38" s="15">
         <v>0</v>
       </c>
       <c r="M38" s="34">
-        <v>216746223.94</v>
+        <v>246003324.15</v>
       </c>
     </row>
     <row r="39" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B39" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="20">
-        <v>5427555</v>
+        <v>6085317.46</v>
       </c>
       <c r="E39" s="20">
-        <v>146097.62</v>
+        <v>165672.03</v>
       </c>
       <c r="F39" s="20">
-        <v>5431992.93</v>
+        <v>6275017.79</v>
       </c>
       <c r="G39" s="20">
-        <v>183590.95</v>
+        <v>203684.69</v>
       </c>
       <c r="H39" s="20">
         <v>0</v>
       </c>
       <c r="I39" s="20">
-        <v>3956.8</v>
+        <v>4888.52</v>
       </c>
       <c r="J39" s="20">
         <v>0</v>
       </c>
       <c r="K39" s="20">
         <v>0</v>
       </c>
       <c r="M39" s="35">
-        <v>11193193.3</v>
+        <v>12734580.49</v>
       </c>
     </row>
     <row r="40" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B40" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C40" s="20">
-        <v>18483343.31</v>
+        <v>20792571.17</v>
       </c>
       <c r="E40" s="20">
-        <v>789475.06</v>
+        <v>912013.52</v>
       </c>
       <c r="F40" s="20">
-        <v>18041569.3</v>
+        <v>20466347.32</v>
       </c>
       <c r="G40" s="20">
-        <v>424939.67</v>
+        <v>454900.75</v>
       </c>
       <c r="H40" s="20">
         <v>0</v>
       </c>
       <c r="I40" s="20">
         <v>0</v>
       </c>
       <c r="J40" s="20">
         <v>0</v>
       </c>
       <c r="K40" s="20">
         <v>0</v>
       </c>
       <c r="M40" s="35">
-        <v>37739327.34</v>
+        <v>42625832.76</v>
       </c>
     </row>
     <row r="41" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B41" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C41" s="20">
-        <v>29594893.65</v>
+        <v>33536049.31</v>
       </c>
       <c r="E41" s="20">
-        <v>945307.9</v>
+        <v>1089986.66</v>
       </c>
       <c r="F41" s="20">
-        <v>15037430.43</v>
+        <v>17017672.88</v>
       </c>
       <c r="G41" s="20">
-        <v>974299.94</v>
+        <v>1079026.49</v>
       </c>
       <c r="H41" s="20">
         <v>0</v>
       </c>
       <c r="I41" s="20">
         <v>0</v>
       </c>
       <c r="J41" s="20">
         <v>0</v>
       </c>
       <c r="K41" s="20">
         <v>0</v>
       </c>
       <c r="M41" s="35">
-        <v>46551931.92</v>
+        <v>52722735.34</v>
       </c>
     </row>
     <row r="42" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B42" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C42" s="20">
-        <v>10413483.62</v>
+        <v>11746682.98</v>
       </c>
       <c r="E42" s="20">
-        <v>293550.05</v>
+        <v>315511.12</v>
       </c>
       <c r="F42" s="20">
-        <v>6672686.96</v>
+        <v>7479067.7</v>
       </c>
       <c r="G42" s="20">
-        <v>257107.05</v>
+        <v>217031.37</v>
       </c>
       <c r="H42" s="20">
         <v>0</v>
       </c>
       <c r="I42" s="20">
         <v>0</v>
       </c>
       <c r="J42" s="20">
         <v>0</v>
       </c>
       <c r="K42" s="20">
         <v>0</v>
       </c>
       <c r="M42" s="35">
-        <v>17636827.68</v>
+        <v>19758293.17</v>
       </c>
     </row>
     <row r="43" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B43" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C43" s="20">
-        <v>16205980.99</v>
+        <v>18285043.6</v>
       </c>
       <c r="E43" s="20">
-        <v>278706.41</v>
+        <v>308902.11</v>
       </c>
       <c r="F43" s="20">
-        <v>11835743.78</v>
+        <v>13198004.14</v>
       </c>
       <c r="G43" s="20">
-        <v>529947.92</v>
+        <v>586011.25</v>
       </c>
       <c r="H43" s="20">
         <v>0</v>
       </c>
       <c r="I43" s="20">
         <v>0</v>
       </c>
       <c r="J43" s="20">
         <v>0</v>
       </c>
       <c r="K43" s="20">
         <v>0</v>
       </c>
       <c r="M43" s="35">
-        <v>28850379.1</v>
+        <v>32377961.1</v>
       </c>
     </row>
     <row r="44" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B44" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C44" s="20">
-        <v>4911953.73</v>
+        <v>5551823.5</v>
       </c>
       <c r="E44" s="20">
-        <v>207039.63</v>
+        <v>226593.98</v>
       </c>
       <c r="F44" s="20">
-        <v>7370152.43</v>
+        <v>8371167.12</v>
       </c>
       <c r="G44" s="20">
-        <v>320588.12</v>
+        <v>338854.5</v>
       </c>
       <c r="H44" s="20">
         <v>0</v>
       </c>
       <c r="I44" s="20">
         <v>0</v>
       </c>
       <c r="J44" s="20">
         <v>0</v>
       </c>
       <c r="K44" s="20">
         <v>0</v>
       </c>
       <c r="M44" s="35">
-        <v>12809733.91</v>
+        <v>14488439.1</v>
       </c>
     </row>
     <row r="45" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B45" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C45" s="20">
-        <v>4218670.12</v>
+        <v>4809745.41</v>
       </c>
       <c r="E45" s="20">
-        <v>142306.07</v>
+        <v>157925.82</v>
       </c>
       <c r="F45" s="20">
-        <v>4492265.13</v>
+        <v>5038113.63</v>
       </c>
       <c r="G45" s="20">
-        <v>143485.32</v>
+        <v>156785.51</v>
       </c>
       <c r="H45" s="20">
         <v>0</v>
       </c>
       <c r="I45" s="20">
         <v>0</v>
       </c>
       <c r="J45" s="20">
         <v>0</v>
       </c>
       <c r="K45" s="20">
         <v>0</v>
       </c>
       <c r="M45" s="35">
-        <v>8996726.64</v>
+        <v>10162570.37</v>
       </c>
     </row>
     <row r="46" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B46" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C46" s="20">
-        <v>26797625.46</v>
+        <v>30246529.93</v>
       </c>
       <c r="E46" s="20">
-        <v>619010.82</v>
+        <v>753426.71</v>
       </c>
       <c r="F46" s="20">
-        <v>26525560.6</v>
+        <v>29706712.25</v>
       </c>
       <c r="G46" s="20">
-        <v>548243.85</v>
+        <v>585351.75</v>
       </c>
       <c r="H46" s="20">
         <v>0</v>
       </c>
       <c r="I46" s="20">
         <v>0</v>
       </c>
       <c r="J46" s="20">
         <v>0</v>
       </c>
       <c r="K46" s="20">
         <v>0</v>
       </c>
       <c r="M46" s="35">
-        <v>54490440.73</v>
+        <v>61292020.64</v>
       </c>
     </row>
     <row r="47" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B47" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C47" s="20">
-        <v>6433542.45</v>
+        <v>7329381.1</v>
       </c>
       <c r="E47" s="20">
-        <v>219467.93</v>
+        <v>254355.68</v>
       </c>
       <c r="F47" s="20">
-        <v>4942525.02</v>
+        <v>5631266.83</v>
       </c>
       <c r="G47" s="20">
-        <v>156919.93</v>
+        <v>177245.23</v>
       </c>
       <c r="H47" s="20">
         <v>0</v>
       </c>
       <c r="I47" s="20">
         <v>0</v>
       </c>
       <c r="J47" s="20">
         <v>0</v>
       </c>
       <c r="K47" s="20">
         <v>0</v>
       </c>
       <c r="M47" s="35">
-        <v>11752455.33</v>
+        <v>13392248.84</v>
       </c>
     </row>
     <row r="48" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B48" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="15">
-        <v>122487048.33</v>
+        <v>138383144.46</v>
       </c>
       <c r="E48" s="15">
-        <v>3640961.49</v>
+        <v>4184387.63</v>
       </c>
       <c r="F48" s="15">
-        <v>100349926.58</v>
+        <v>113183369.66</v>
       </c>
       <c r="G48" s="15">
-        <v>3539122.75</v>
+        <v>3798891.54</v>
       </c>
       <c r="H48" s="15">
         <v>0</v>
       </c>
       <c r="I48" s="15">
-        <v>3956.8</v>
+        <v>4888.52</v>
       </c>
       <c r="J48" s="15">
         <v>0</v>
       </c>
       <c r="K48" s="15">
         <v>0</v>
       </c>
       <c r="M48" s="34">
-        <v>230021015.95</v>
+        <v>259554681.81</v>
       </c>
     </row>
     <row r="49" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B49" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C49" s="20">
-        <v>501930427.56</v>
+        <v>572254645.84</v>
       </c>
       <c r="E49" s="20">
-        <v>11432536.2</v>
+        <v>12772680.95</v>
       </c>
       <c r="F49" s="20">
-        <v>374591974.89</v>
+        <v>420162253.49</v>
       </c>
       <c r="G49" s="20">
-        <v>6071105.29</v>
+        <v>6475168.27</v>
       </c>
       <c r="H49" s="20">
         <v>0</v>
       </c>
       <c r="I49" s="20">
         <v>24.32</v>
       </c>
       <c r="J49" s="20">
         <v>0</v>
       </c>
       <c r="K49" s="20">
         <v>0</v>
       </c>
       <c r="M49" s="35">
-        <v>894026068.26</v>
+        <v>1011664772.87</v>
       </c>
     </row>
     <row r="50" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B50" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C50" s="20">
-        <v>42942822.04</v>
+        <v>48633080.47</v>
       </c>
       <c r="E50" s="20">
-        <v>1049345.46</v>
+        <v>1152787.56</v>
       </c>
       <c r="F50" s="20">
-        <v>44924511.96</v>
+        <v>50627113.16</v>
       </c>
       <c r="G50" s="20">
-        <v>463459.34</v>
+        <v>503380.58</v>
       </c>
       <c r="H50" s="20">
         <v>0</v>
       </c>
       <c r="I50" s="20">
         <v>0</v>
       </c>
       <c r="J50" s="20">
         <v>0</v>
       </c>
       <c r="K50" s="20">
         <v>0</v>
       </c>
       <c r="M50" s="35">
-        <v>89380138.8</v>
+        <v>100916361.77</v>
       </c>
     </row>
     <row r="51" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B51" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C51" s="20">
-        <v>19167189.68</v>
+        <v>21655134.12</v>
       </c>
       <c r="E51" s="20">
-        <v>784007.38</v>
+        <v>980744.23</v>
       </c>
       <c r="F51" s="20">
-        <v>26890456.14</v>
+        <v>30070079.79</v>
       </c>
       <c r="G51" s="20">
-        <v>244286.7</v>
+        <v>261768.43</v>
       </c>
       <c r="H51" s="20">
         <v>0</v>
       </c>
       <c r="I51" s="20">
         <v>0</v>
       </c>
       <c r="J51" s="20">
         <v>0</v>
       </c>
       <c r="K51" s="20">
         <v>0</v>
       </c>
       <c r="M51" s="35">
-        <v>47085939.9</v>
+        <v>52967726.57</v>
       </c>
     </row>
     <row r="52" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B52" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C52" s="20">
-        <v>54386154.28</v>
+        <v>63520881.35</v>
       </c>
       <c r="E52" s="20">
-        <v>1456903.14</v>
+        <v>1645397.64</v>
       </c>
       <c r="F52" s="20">
-        <v>42668680.44</v>
+        <v>48190067.65</v>
       </c>
       <c r="G52" s="20">
-        <v>851581.26</v>
+        <v>923313.9</v>
       </c>
       <c r="H52" s="20">
         <v>0</v>
       </c>
       <c r="I52" s="20">
         <v>0</v>
       </c>
       <c r="J52" s="20">
         <v>0</v>
       </c>
       <c r="K52" s="20">
         <v>0</v>
       </c>
       <c r="M52" s="35">
-        <v>99363319.12</v>
+        <v>114279660.54</v>
       </c>
     </row>
     <row r="53" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B53" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C53" s="15">
-        <v>618426593.56</v>
+        <v>706063741.78</v>
       </c>
       <c r="E53" s="15">
-        <v>14722792.18</v>
+        <v>16551610.38</v>
       </c>
       <c r="F53" s="15">
-        <v>489075623.43</v>
+        <v>549049514.09</v>
       </c>
       <c r="G53" s="15">
-        <v>7630432.59</v>
+        <v>8163631.18</v>
       </c>
       <c r="H53" s="15">
         <v>0</v>
       </c>
       <c r="I53" s="15">
         <v>24.32</v>
       </c>
       <c r="J53" s="15">
         <v>0</v>
       </c>
       <c r="K53" s="15">
         <v>0</v>
       </c>
       <c r="M53" s="34">
-        <v>1129855466.08</v>
+        <v>1279828521.75</v>
       </c>
     </row>
     <row r="54" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B54" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C54" s="20">
-        <v>52647729.44</v>
+        <v>59918627.16</v>
       </c>
       <c r="E54" s="20">
-        <v>608895.99</v>
+        <v>675524.91</v>
       </c>
       <c r="F54" s="20">
-        <v>28400939.03</v>
+        <v>31969306.73</v>
       </c>
       <c r="G54" s="20">
-        <v>872185.92</v>
+        <v>998991.81</v>
       </c>
       <c r="H54" s="20">
         <v>0</v>
       </c>
       <c r="I54" s="20">
-        <v>15908.76</v>
+        <v>21540.9</v>
       </c>
       <c r="J54" s="20">
         <v>0</v>
       </c>
       <c r="K54" s="20">
         <v>0</v>
       </c>
       <c r="M54" s="35">
-        <v>82545659.14</v>
+        <v>93583991.51</v>
       </c>
     </row>
     <row r="55" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B55" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C55" s="20">
-        <v>26846056.68</v>
+        <v>30655466.53</v>
       </c>
       <c r="E55" s="20">
-        <v>515770.54</v>
+        <v>566834.29</v>
       </c>
       <c r="F55" s="20">
-        <v>14855047.13</v>
+        <v>16636340.37</v>
       </c>
       <c r="G55" s="20">
-        <v>490987.25</v>
+        <v>543819.94</v>
       </c>
       <c r="H55" s="20">
         <v>0</v>
       </c>
       <c r="I55" s="20">
         <v>405.84</v>
       </c>
       <c r="J55" s="20">
         <v>0</v>
       </c>
       <c r="K55" s="20">
         <v>0</v>
       </c>
       <c r="M55" s="35">
-        <v>42708267.44</v>
+        <v>48402866.97</v>
       </c>
     </row>
     <row r="56" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B56" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C56" s="15">
-        <v>79493786.12</v>
+        <v>90574093.69</v>
       </c>
       <c r="E56" s="15">
-        <v>1124666.53</v>
+        <v>1242359.2</v>
       </c>
       <c r="F56" s="15">
-        <v>43255986.16</v>
+        <v>48605647.1</v>
       </c>
       <c r="G56" s="15">
-        <v>1363173.17</v>
+        <v>1542811.75</v>
       </c>
       <c r="H56" s="15">
         <v>0</v>
       </c>
       <c r="I56" s="15">
-        <v>16314.6</v>
+        <v>21946.74</v>
       </c>
       <c r="J56" s="15">
         <v>0</v>
       </c>
       <c r="K56" s="15">
         <v>0</v>
       </c>
       <c r="M56" s="34">
-        <v>125253926.58</v>
+        <v>141986858.48</v>
       </c>
     </row>
     <row r="57" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B57" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C57" s="20">
-        <v>112207539.8</v>
+        <v>127678074.22</v>
       </c>
       <c r="E57" s="20">
-        <v>2131843.62</v>
+        <v>2357441.23</v>
       </c>
       <c r="F57" s="20">
-        <v>50833225.55</v>
+        <v>57275590.86</v>
       </c>
       <c r="G57" s="20">
-        <v>1064036.92</v>
+        <v>1135786.49</v>
       </c>
       <c r="H57" s="20">
-        <v>4886111.78</v>
+        <v>5245386.42</v>
       </c>
       <c r="I57" s="20">
         <v>248.99</v>
       </c>
       <c r="J57" s="20">
         <v>0</v>
       </c>
       <c r="K57" s="20">
         <v>0</v>
       </c>
       <c r="M57" s="35">
-        <v>171123006.66</v>
+        <v>193692528.21</v>
       </c>
     </row>
     <row r="58" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B58" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C58" s="20">
-        <v>28626534.36</v>
+        <v>32341186.73</v>
       </c>
       <c r="E58" s="20">
-        <v>572067.02</v>
+        <v>636694.37</v>
       </c>
       <c r="F58" s="20">
-        <v>11965853.04</v>
+        <v>13418895.69</v>
       </c>
       <c r="G58" s="20">
-        <v>315290</v>
+        <v>343500.64</v>
       </c>
       <c r="H58" s="20">
         <v>0</v>
       </c>
       <c r="I58" s="20">
         <v>0</v>
       </c>
       <c r="J58" s="20">
         <v>0</v>
       </c>
       <c r="K58" s="20">
         <v>0</v>
       </c>
       <c r="M58" s="35">
-        <v>41479744.42</v>
+        <v>46740277.43</v>
       </c>
     </row>
     <row r="59" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B59" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C59" s="20">
-        <v>28228949.72</v>
+        <v>32048487.77</v>
       </c>
       <c r="E59" s="20">
-        <v>440615.75</v>
+        <v>493573.41</v>
       </c>
       <c r="F59" s="20">
-        <v>8875416.14</v>
+        <v>10081134.15</v>
       </c>
       <c r="G59" s="20">
-        <v>355566.97</v>
+        <v>392496.74</v>
       </c>
       <c r="H59" s="20">
         <v>0</v>
       </c>
       <c r="I59" s="20">
         <v>200068.92</v>
       </c>
       <c r="J59" s="20">
         <v>0</v>
       </c>
       <c r="K59" s="20">
         <v>0</v>
       </c>
       <c r="M59" s="35">
-        <v>38100617.5</v>
+        <v>43215760.99</v>
       </c>
     </row>
     <row r="60" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B60" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C60" s="20">
-        <v>96396279.7</v>
+        <v>109342146.2</v>
       </c>
       <c r="E60" s="20">
-        <v>1673946.67</v>
+        <v>1948914.79</v>
       </c>
       <c r="F60" s="20">
-        <v>37617896.9</v>
+        <v>42434203.28</v>
       </c>
       <c r="G60" s="20">
-        <v>634917.18</v>
+        <v>707793.26</v>
       </c>
       <c r="H60" s="20">
         <v>0</v>
       </c>
       <c r="I60" s="20">
-        <v>773.26</v>
+        <v>853.26</v>
       </c>
       <c r="J60" s="20">
         <v>0</v>
       </c>
       <c r="K60" s="20">
         <v>0</v>
       </c>
       <c r="M60" s="35">
-        <v>136323813.71</v>
+        <v>154433910.79</v>
       </c>
     </row>
     <row r="61" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B61" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C61" s="15">
-        <v>265459303.58</v>
+        <v>301409894.92</v>
       </c>
       <c r="E61" s="15">
-        <v>4818473.06</v>
+        <v>5436623.8</v>
       </c>
       <c r="F61" s="15">
-        <v>109292391.63</v>
+        <v>123209823.98</v>
       </c>
       <c r="G61" s="15">
-        <v>2369811.07</v>
+        <v>2579577.13</v>
       </c>
       <c r="H61" s="15">
-        <v>4886111.78</v>
+        <v>5245386.42</v>
       </c>
       <c r="I61" s="15">
-        <v>201091.17</v>
+        <v>201171.17</v>
       </c>
       <c r="J61" s="15">
         <v>0</v>
       </c>
       <c r="K61" s="15">
         <v>0</v>
       </c>
       <c r="M61" s="34">
-        <v>387027182.29</v>
+        <v>438082477.42</v>
       </c>
     </row>
     <row r="62" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B62" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C62" s="20">
-        <v>11327739.17</v>
+        <v>12882238.05</v>
       </c>
       <c r="E62" s="20">
-        <v>646882.38</v>
+        <v>713092.11</v>
       </c>
       <c r="F62" s="20">
-        <v>16162330.58</v>
+        <v>18185483.07</v>
       </c>
       <c r="G62" s="20">
-        <v>216928.67</v>
+        <v>236643.56</v>
       </c>
       <c r="H62" s="20">
         <v>0</v>
       </c>
       <c r="I62" s="20">
-        <v>115.96</v>
+        <v>170.04</v>
       </c>
       <c r="J62" s="20">
         <v>0</v>
       </c>
       <c r="K62" s="20">
         <v>0</v>
       </c>
       <c r="M62" s="35">
-        <v>28353996.76</v>
+        <v>32017626.83</v>
       </c>
     </row>
     <row r="63" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B63" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C63" s="15">
-        <v>11327739.17</v>
+        <v>12882238.05</v>
       </c>
       <c r="E63" s="15">
-        <v>646882.38</v>
+        <v>713092.11</v>
       </c>
       <c r="F63" s="15">
-        <v>16162330.58</v>
+        <v>18185483.07</v>
       </c>
       <c r="G63" s="15">
-        <v>216928.67</v>
+        <v>236643.56</v>
       </c>
       <c r="H63" s="15">
         <v>0</v>
       </c>
       <c r="I63" s="15">
-        <v>115.96</v>
+        <v>170.04</v>
       </c>
       <c r="J63" s="15">
         <v>0</v>
       </c>
       <c r="K63" s="15">
         <v>0</v>
       </c>
       <c r="M63" s="34">
-        <v>28353996.76</v>
+        <v>32017626.83</v>
       </c>
     </row>
     <row r="64" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B64" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C64" s="20">
-        <v>443694353.65</v>
+        <v>505197551.56</v>
       </c>
       <c r="E64" s="20">
-        <v>4583385.66</v>
+        <v>5125000.61</v>
       </c>
       <c r="F64" s="20">
-        <v>504786147.61</v>
+        <v>567532550.47</v>
       </c>
       <c r="G64" s="20">
-        <v>10216109.18</v>
+        <v>11903758.56</v>
       </c>
       <c r="H64" s="20">
-        <v>325800.07</v>
+        <v>344325.4</v>
       </c>
       <c r="I64" s="20">
         <v>1107.95</v>
       </c>
       <c r="J64" s="20">
         <v>0</v>
       </c>
       <c r="K64" s="20">
         <v>0</v>
       </c>
       <c r="M64" s="35">
-        <v>963606904.12</v>
+        <v>1090104294.55</v>
       </c>
     </row>
     <row r="65" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B65" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C65" s="15">
-        <v>443694353.65</v>
+        <v>505197551.56</v>
       </c>
       <c r="E65" s="15">
-        <v>4583385.66</v>
+        <v>5125000.61</v>
       </c>
       <c r="F65" s="15">
-        <v>504786147.61</v>
+        <v>567532550.47</v>
       </c>
       <c r="G65" s="15">
-        <v>10216109.18</v>
+        <v>11903758.56</v>
       </c>
       <c r="H65" s="15">
-        <v>325800.07</v>
+        <v>344325.4</v>
       </c>
       <c r="I65" s="15">
         <v>1107.95</v>
       </c>
       <c r="J65" s="15">
         <v>0</v>
       </c>
       <c r="K65" s="15">
         <v>0</v>
       </c>
       <c r="M65" s="34">
-        <v>963606904.12</v>
+        <v>1090104294.55</v>
       </c>
     </row>
     <row r="66" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B66" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C66" s="20">
-        <v>149554121.55</v>
+        <v>170499763.12</v>
       </c>
       <c r="E66" s="20">
-        <v>1939853.24</v>
+        <v>2116364.78</v>
       </c>
       <c r="F66" s="20">
-        <v>85690918.93</v>
+        <v>96318136</v>
       </c>
       <c r="G66" s="20">
-        <v>1093257.28</v>
+        <v>1162389.5</v>
       </c>
       <c r="H66" s="20">
-        <v>2620344.97</v>
+        <v>2732816.06</v>
       </c>
       <c r="I66" s="20">
         <v>579.98</v>
       </c>
       <c r="J66" s="20">
         <v>0</v>
       </c>
       <c r="K66" s="20">
         <v>0</v>
       </c>
       <c r="M66" s="35">
-        <v>240899075.95</v>
+        <v>272830049.44</v>
       </c>
     </row>
     <row r="67" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B67" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C67" s="15">
-        <v>149554121.55</v>
+        <v>170499763.12</v>
       </c>
       <c r="E67" s="15">
-        <v>1939853.24</v>
+        <v>2116364.78</v>
       </c>
       <c r="F67" s="15">
-        <v>85690918.93</v>
+        <v>96318136</v>
       </c>
       <c r="G67" s="15">
-        <v>1093257.28</v>
+        <v>1162389.5</v>
       </c>
       <c r="H67" s="15">
-        <v>2620344.97</v>
+        <v>2732816.06</v>
       </c>
       <c r="I67" s="15">
         <v>579.98</v>
       </c>
       <c r="J67" s="15">
         <v>0</v>
       </c>
       <c r="K67" s="15">
         <v>0</v>
       </c>
       <c r="M67" s="34">
-        <v>240899075.95</v>
+        <v>272830049.44</v>
       </c>
     </row>
     <row r="68" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B68" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C68" s="20">
-        <v>66335594.4</v>
+        <v>75404398.37</v>
       </c>
       <c r="E68" s="20">
-        <v>1307766.75</v>
+        <v>1449374.53</v>
       </c>
       <c r="F68" s="20">
-        <v>40858044.5</v>
+        <v>46870515.76</v>
       </c>
       <c r="G68" s="20">
-        <v>600323.25</v>
+        <v>803894.29</v>
       </c>
       <c r="H68" s="20">
         <v>0</v>
       </c>
       <c r="I68" s="20">
         <v>41.15</v>
       </c>
       <c r="J68" s="20">
         <v>0</v>
       </c>
       <c r="K68" s="20">
         <v>0</v>
       </c>
       <c r="M68" s="35">
-        <v>109101770.05</v>
+        <v>124528224.1</v>
       </c>
     </row>
     <row r="69" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B69" s="14" t="s">
         <v>73</v>
       </c>
       <c r="C69" s="15">
-        <v>66335594.4</v>
+        <v>75404398.37</v>
       </c>
       <c r="E69" s="15">
-        <v>1307766.75</v>
+        <v>1449374.53</v>
       </c>
       <c r="F69" s="15">
-        <v>40858044.5</v>
+        <v>46870515.76</v>
       </c>
       <c r="G69" s="15">
-        <v>600323.25</v>
+        <v>803894.29</v>
       </c>
       <c r="H69" s="15">
         <v>0</v>
       </c>
       <c r="I69" s="15">
         <v>41.15</v>
       </c>
       <c r="J69" s="15">
         <v>0</v>
       </c>
       <c r="K69" s="15">
         <v>0</v>
       </c>
       <c r="M69" s="34">
-        <v>109101770.05</v>
+        <v>124528224.1</v>
       </c>
     </row>
     <row r="70" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B70" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C70" s="20">
-        <v>82983149.69</v>
+        <v>94614388.58</v>
       </c>
       <c r="E70" s="20">
-        <v>1452713.55</v>
+        <v>1645424.77</v>
       </c>
       <c r="F70" s="20">
-        <v>77449793.77</v>
+        <v>87538435.06</v>
       </c>
       <c r="G70" s="20">
-        <v>858442.07</v>
+        <v>927855.45</v>
       </c>
       <c r="H70" s="20">
         <v>0</v>
       </c>
       <c r="I70" s="20">
-        <v>231.18</v>
+        <v>276.02</v>
       </c>
       <c r="J70" s="20">
         <v>0</v>
       </c>
       <c r="K70" s="20">
         <v>0</v>
       </c>
       <c r="M70" s="35">
-        <v>162744330.26</v>
+        <v>184726379.88</v>
       </c>
     </row>
     <row r="71" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B71" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C71" s="20">
-        <v>25227099.46</v>
+        <v>28750353.2</v>
       </c>
       <c r="E71" s="20">
-        <v>548250.25</v>
+        <v>647172.02</v>
       </c>
       <c r="F71" s="20">
-        <v>28595131.05</v>
+        <v>31989394.3</v>
       </c>
       <c r="G71" s="20">
-        <v>410242.22</v>
+        <v>445533.92</v>
       </c>
       <c r="H71" s="20">
         <v>0</v>
       </c>
       <c r="I71" s="20">
         <v>0</v>
       </c>
       <c r="J71" s="20">
         <v>0</v>
       </c>
       <c r="K71" s="20">
         <v>0</v>
       </c>
       <c r="M71" s="35">
-        <v>54780722.98</v>
+        <v>61832453.44</v>
       </c>
     </row>
     <row r="72" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B72" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C72" s="20">
-        <v>188920604.23</v>
+        <v>215246644.7</v>
       </c>
       <c r="E72" s="20">
-        <v>3517682.8</v>
+        <v>3951607.24</v>
       </c>
       <c r="F72" s="20">
-        <v>137475151.35</v>
+        <v>154683416.18</v>
       </c>
       <c r="G72" s="20">
-        <v>1739285.46</v>
+        <v>1917144.26</v>
       </c>
       <c r="H72" s="20">
-        <v>104162.47</v>
+        <v>315438.6</v>
       </c>
       <c r="I72" s="20">
         <v>0</v>
       </c>
       <c r="J72" s="20">
         <v>0</v>
       </c>
       <c r="K72" s="20">
         <v>0</v>
       </c>
       <c r="M72" s="35">
-        <v>331756886.31</v>
+        <v>376114250.98</v>
       </c>
     </row>
     <row r="73" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B73" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C73" s="15">
-        <v>297130853.38</v>
+        <v>338611386.48</v>
       </c>
       <c r="E73" s="15">
-        <v>5518646.6</v>
+        <v>6244204.03</v>
       </c>
       <c r="F73" s="15">
-        <v>243520076.17</v>
+        <v>274211245.54</v>
       </c>
       <c r="G73" s="15">
-        <v>3007969.75</v>
+        <v>3290533.63</v>
       </c>
       <c r="H73" s="15">
-        <v>104162.47</v>
+        <v>315438.6</v>
       </c>
       <c r="I73" s="15">
-        <v>231.18</v>
+        <v>276.02</v>
       </c>
       <c r="J73" s="15">
         <v>0</v>
       </c>
       <c r="K73" s="15">
         <v>0</v>
       </c>
       <c r="M73" s="34">
-        <v>549281939.55</v>
+        <v>622673084.3</v>
       </c>
     </row>
     <row r="74" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B74" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C74" s="20">
-        <v>59442905.18</v>
+        <v>67956138.58</v>
       </c>
       <c r="E74" s="20">
-        <v>1109657.86</v>
+        <v>1300173.76</v>
       </c>
       <c r="F74" s="20">
-        <v>19518886.59</v>
+        <v>22016936.31</v>
       </c>
       <c r="G74" s="20">
-        <v>474491.02</v>
+        <v>496037.32</v>
       </c>
       <c r="H74" s="20">
         <v>0</v>
       </c>
       <c r="I74" s="20">
         <v>0</v>
       </c>
       <c r="J74" s="20">
         <v>0</v>
       </c>
       <c r="K74" s="20">
         <v>0</v>
       </c>
       <c r="M74" s="35">
-        <v>80545940.65</v>
+        <v>91769285.97</v>
       </c>
     </row>
     <row r="75" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B75" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C75" s="20">
-        <v>117352727.87</v>
+        <v>133503420.93</v>
       </c>
       <c r="E75" s="20">
-        <v>1927629.58</v>
+        <v>2208809.55</v>
       </c>
       <c r="F75" s="20">
-        <v>48373017.45</v>
+        <v>54975505.26</v>
       </c>
       <c r="G75" s="20">
-        <v>605878.8</v>
+        <v>675006.78</v>
       </c>
       <c r="H75" s="20">
-        <v>32063.09</v>
+        <v>34697.9</v>
       </c>
       <c r="I75" s="20">
         <v>0</v>
       </c>
       <c r="J75" s="20">
         <v>0</v>
       </c>
       <c r="K75" s="20">
         <v>0</v>
       </c>
       <c r="M75" s="35">
-        <v>168291316.79</v>
+        <v>191397440.42</v>
       </c>
     </row>
     <row r="76" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B76" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C76" s="20">
-        <v>193841108.19</v>
+        <v>223251462.81</v>
       </c>
       <c r="E76" s="20">
-        <v>2764105.76</v>
+        <v>3142321.42</v>
       </c>
       <c r="F76" s="20">
-        <v>59777288.75</v>
+        <v>75762194.32</v>
       </c>
       <c r="G76" s="20">
-        <v>1161100.76</v>
+        <v>1248733.14</v>
       </c>
       <c r="H76" s="20">
-        <v>73208.69</v>
+        <v>75400.69</v>
       </c>
       <c r="I76" s="20">
         <v>12279.86</v>
       </c>
       <c r="J76" s="20">
         <v>0</v>
       </c>
       <c r="K76" s="20">
         <v>0</v>
       </c>
       <c r="M76" s="35">
-        <v>257629092.01</v>
+        <v>303492392.24</v>
       </c>
     </row>
     <row r="77" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B77" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C77" s="15">
-        <v>370636741.24</v>
+        <v>424711022.32</v>
       </c>
       <c r="E77" s="15">
-        <v>5801393.2</v>
+        <v>6651304.73</v>
       </c>
       <c r="F77" s="15">
-        <v>127669192.79</v>
+        <v>152754635.89</v>
       </c>
       <c r="G77" s="15">
-        <v>2241470.58</v>
+        <v>2419777.24</v>
       </c>
       <c r="H77" s="15">
-        <v>105271.78</v>
+        <v>110098.59</v>
       </c>
       <c r="I77" s="15">
         <v>12279.86</v>
       </c>
       <c r="J77" s="15">
         <v>0</v>
       </c>
       <c r="K77" s="15">
         <v>0</v>
       </c>
       <c r="M77" s="34">
-        <v>506466349.45</v>
+        <v>586659118.63</v>
       </c>
     </row>
     <row r="78" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B78" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C78" s="20">
-        <v>8468387.23</v>
+        <v>9637942.33</v>
       </c>
       <c r="E78" s="20">
-        <v>69398.16</v>
+        <v>77405.55</v>
       </c>
       <c r="F78" s="20">
-        <v>3072891.31</v>
+        <v>3434985.91</v>
       </c>
       <c r="G78" s="20">
-        <v>66073.59</v>
+        <v>73658.81</v>
       </c>
       <c r="H78" s="20">
         <v>0</v>
       </c>
       <c r="I78" s="20">
         <v>0</v>
       </c>
       <c r="J78" s="20">
         <v>0</v>
       </c>
       <c r="K78" s="20">
         <v>0</v>
       </c>
       <c r="M78" s="35">
-        <v>11676750.29</v>
+        <v>13223992.6</v>
       </c>
     </row>
     <row r="79" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B79" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C79" s="15">
-        <v>8468387.23</v>
+        <v>9637942.33</v>
       </c>
       <c r="E79" s="15">
-        <v>69398.16</v>
+        <v>77405.55</v>
       </c>
       <c r="F79" s="15">
-        <v>3072891.31</v>
+        <v>3434985.91</v>
       </c>
       <c r="G79" s="15">
-        <v>66073.59</v>
+        <v>73658.81</v>
       </c>
       <c r="H79" s="15">
         <v>0</v>
       </c>
       <c r="I79" s="15">
         <v>0</v>
       </c>
       <c r="J79" s="15">
         <v>0</v>
       </c>
       <c r="K79" s="15">
         <v>0</v>
       </c>
       <c r="M79" s="34">
-        <v>11676750.29</v>
+        <v>13223992.6</v>
       </c>
     </row>
     <row r="80" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B80" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C80" s="20">
-        <v>8981115.92</v>
+        <v>10360544.28</v>
       </c>
       <c r="E80" s="20">
-        <v>53069.68</v>
+        <v>71759.08</v>
       </c>
       <c r="F80" s="20">
-        <v>3718679.23</v>
+        <v>4133631.1</v>
       </c>
       <c r="G80" s="20">
-        <v>54904.78</v>
+        <v>59663.66</v>
       </c>
       <c r="H80" s="20">
         <v>0</v>
       </c>
       <c r="I80" s="20">
         <v>0</v>
       </c>
       <c r="J80" s="20">
         <v>0</v>
       </c>
       <c r="K80" s="20">
         <v>0</v>
       </c>
       <c r="M80" s="35">
-        <v>12807769.61</v>
+        <v>14625598.12</v>
       </c>
     </row>
     <row r="81" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B81" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C81" s="15">
-        <v>8981115.92</v>
+        <v>10360544.28</v>
       </c>
       <c r="E81" s="15">
-        <v>53069.68</v>
+        <v>71759.08</v>
       </c>
       <c r="F81" s="15">
-        <v>3718679.23</v>
+        <v>4133631.1</v>
       </c>
       <c r="G81" s="15">
-        <v>54904.78</v>
+        <v>59663.66</v>
       </c>
       <c r="H81" s="15">
         <v>0</v>
       </c>
       <c r="I81" s="15">
         <v>0</v>
       </c>
       <c r="J81" s="15">
         <v>0</v>
       </c>
       <c r="K81" s="15">
         <v>0</v>
       </c>
       <c r="M81" s="34">
-        <v>12807769.61</v>
+        <v>14625598.12</v>
       </c>
     </row>
     <row r="82" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B82" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C82" s="15">
         <v>0</v>
       </c>
       <c r="E82" s="15">
         <v>0</v>
       </c>
       <c r="F82" s="15">
         <v>0</v>
       </c>
       <c r="G82" s="15">
         <v>158562.52</v>
       </c>
       <c r="H82" s="15">
         <v>0</v>
       </c>
       <c r="I82" s="15">
         <v>0</v>
       </c>
       <c r="J82" s="15">
         <v>0</v>
       </c>
       <c r="K82" s="15">
         <v>0</v>
       </c>
       <c r="M82" s="34">
         <v>158562.52</v>
       </c>
     </row>
     <row r="83" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B83" s="25" t="s">
         <v>87</v>
       </c>
       <c r="C83" s="26">
-        <v>3713392691.84</v>
+        <v>4238311132.56</v>
       </c>
       <c r="D83" s="27"/>
       <c r="E83" s="26">
-        <v>66583095.47</v>
+        <v>75247057.7</v>
       </c>
       <c r="F83" s="26">
-        <v>2574838362.44</v>
+        <v>2906954572.42</v>
       </c>
       <c r="G83" s="26">
-        <v>46898959.01</v>
+        <v>51872186.73</v>
       </c>
       <c r="H83" s="26">
-        <v>12616655.59</v>
+        <v>13619799.3</v>
       </c>
       <c r="I83" s="26">
-        <v>257850.77</v>
+        <v>266050.22</v>
       </c>
       <c r="J83" s="26">
         <v>0</v>
       </c>
       <c r="K83" s="26">
         <v>0</v>
       </c>
       <c r="L83" s="27"/>
       <c r="M83" s="36">
-        <v>6414587615.12</v>
+        <v>7286270798.93</v>
       </c>
     </row>
     <row r="84" ht="38.3" customHeight="1" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C4"/>
     <mergeCell ref="E2:K2"/>
     <mergeCell ref="E4:K5"/>
     <mergeCell ref="E7:K7"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="K14:L14"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="K15:L15"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="K16:L16"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="K17:L17"/>
@@ -12433,1609 +12433,1609 @@
       </c>
       <c r="P19" s="39" t="s">
         <v>174</v>
       </c>
       <c r="Q19" s="40" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="20" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B20" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="41" t="s">
         <v>176</v>
       </c>
       <c r="E20" s="41" t="s">
         <v>177</v>
       </c>
       <c r="G20" s="41" t="s">
         <v>178</v>
       </c>
       <c r="I20" s="41" t="s">
         <v>179</v>
       </c>
       <c r="J20" s="41" t="s">
-        <v>117</v>
+        <v>180</v>
       </c>
       <c r="K20" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L20" s="41" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="M20" s="41" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="N20" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P20" s="41" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="Q20" s="42" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="21" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B21" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="41" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E21" s="41" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G21" s="41" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I21" s="41" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J21" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K21" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L21" s="41" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M21" s="41" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="N21" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P21" s="41" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="Q21" s="42" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="22" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B22" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="41" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E22" s="41" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="G22" s="41" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I22" s="41" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="J22" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K22" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L22" s="41" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="M22" s="41" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="N22" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P22" s="41" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="Q22" s="42" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="23" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B23" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="39" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E23" s="39" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="G23" s="39" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I23" s="39" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="J23" s="39" t="s">
-        <v>117</v>
+        <v>180</v>
       </c>
       <c r="K23" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L23" s="39" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M23" s="39" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="N23" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P23" s="39" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="Q23" s="40" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="24" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B24" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="41" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E24" s="41" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G24" s="41" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I24" s="41" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J24" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K24" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L24" s="41" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="M24" s="41" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N24" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P24" s="41" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="Q24" s="42" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="25" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B25" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="39" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E25" s="39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G25" s="39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I25" s="39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J25" s="39" t="s">
         <v>117</v>
       </c>
       <c r="K25" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L25" s="39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="M25" s="39" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N25" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P25" s="39" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="Q25" s="40" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="26" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B26" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C26" s="41" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E26" s="41" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G26" s="41" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="I26" s="41" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="J26" s="41" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K26" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L26" s="41" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M26" s="41" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N26" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P26" s="41" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="Q26" s="42" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="27" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B27" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="39" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E27" s="39" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G27" s="39" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="I27" s="39" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="J27" s="39" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K27" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L27" s="39" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M27" s="39" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N27" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P27" s="39" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="Q27" s="40" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="28" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B28" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="41" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E28" s="41" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G28" s="41" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I28" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J28" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K28" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L28" s="41" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="M28" s="41" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="N28" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P28" s="41" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="Q28" s="42" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="29" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B29" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="41" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E29" s="41" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="G29" s="41" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="I29" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J29" s="41" t="s">
-        <v>117</v>
+        <v>229</v>
       </c>
       <c r="K29" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L29" s="41" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="M29" s="41" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="N29" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P29" s="41" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="Q29" s="42" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="30" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B30" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C30" s="39" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E30" s="39" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="G30" s="39" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="I30" s="39" t="s">
         <v>117</v>
       </c>
       <c r="J30" s="39" t="s">
-        <v>117</v>
+        <v>229</v>
       </c>
       <c r="K30" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L30" s="39" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="M30" s="39" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="N30" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P30" s="39" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="Q30" s="40" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="31" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B31" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="41" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E31" s="41" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="G31" s="41" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="I31" s="41" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="J31" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K31" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L31" s="41" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="M31" s="41" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="N31" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P31" s="41" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="Q31" s="42" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="32" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B32" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="39" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E32" s="39" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="G32" s="39" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="I32" s="39" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="J32" s="39" t="s">
         <v>117</v>
       </c>
       <c r="K32" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L32" s="39" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="M32" s="39" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="N32" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P32" s="39" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="Q32" s="40" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="33" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B33" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="41" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="E33" s="41" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="G33" s="41" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="I33" s="41" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J33" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K33" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L33" s="41" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="M33" s="41" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="N33" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P33" s="41" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="Q33" s="42" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="34" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B34" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C34" s="41" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="E34" s="41" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="G34" s="41" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="I34" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J34" s="41" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="K34" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L34" s="41" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="M34" s="41" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="N34" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P34" s="41" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="Q34" s="42" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="35" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B35" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="41" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E35" s="41" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="G35" s="41" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I35" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J35" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K35" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L35" s="41" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="M35" s="41" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="N35" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P35" s="41" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="Q35" s="42" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="36" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B36" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C36" s="41" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="E36" s="41" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="G36" s="41" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="I36" s="41" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="J36" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K36" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L36" s="41" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="M36" s="41" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="N36" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P36" s="41" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="Q36" s="42" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
     </row>
     <row r="37" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B37" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C37" s="41" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="E37" s="41" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="G37" s="41" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I37" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J37" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K37" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L37" s="41" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="M37" s="41" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="N37" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P37" s="41" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="Q37" s="42" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="38" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B38" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="39" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="E38" s="39" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="G38" s="39" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="I38" s="39" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="J38" s="39" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="K38" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L38" s="39" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="M38" s="39" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="N38" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P38" s="39" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="Q38" s="40" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="39" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B39" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="41" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="E39" s="41" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="G39" s="41" t="s">
         <v>117</v>
       </c>
       <c r="I39" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J39" s="41" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K39" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L39" s="41" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="M39" s="41" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="N39" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P39" s="41" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="Q39" s="42" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="40" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B40" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C40" s="41" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="E40" s="41" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="G40" s="41" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="I40" s="41" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="J40" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K40" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L40" s="41" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="M40" s="41" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="N40" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P40" s="41" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="Q40" s="42" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="41" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B41" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C41" s="41" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="E41" s="41" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="G41" s="41" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="I41" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J41" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K41" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L41" s="41" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="M41" s="41" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="N41" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P41" s="41" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="Q41" s="42" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="42" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B42" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C42" s="41" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="E42" s="41" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="G42" s="41" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="I42" s="41" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="J42" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K42" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L42" s="41" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="M42" s="41" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="N42" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P42" s="41" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="Q42" s="42" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="43" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B43" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C43" s="41" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="E43" s="41" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="G43" s="41" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="I43" s="41" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="J43" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K43" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L43" s="41" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="M43" s="41" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="N43" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P43" s="41" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="Q43" s="42" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="44" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B44" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C44" s="41" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="E44" s="41" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="G44" s="41" t="s">
         <v>117</v>
       </c>
       <c r="I44" s="41" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="J44" s="41" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="K44" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L44" s="41" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="M44" s="41" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="N44" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P44" s="41" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="Q44" s="42" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="45" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B45" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C45" s="41" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="E45" s="41" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="G45" s="41" t="s">
         <v>117</v>
       </c>
       <c r="I45" s="41" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="J45" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K45" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L45" s="41" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="M45" s="41" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="N45" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P45" s="41" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="Q45" s="42" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="46" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B46" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C46" s="41" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="E46" s="41" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="G46" s="41" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="I46" s="41" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="J46" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K46" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L46" s="41" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="M46" s="41" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="N46" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P46" s="41" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="Q46" s="42" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="47" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B47" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C47" s="41" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="E47" s="41" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="G47" s="41" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="I47" s="41" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="J47" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K47" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L47" s="41" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="M47" s="41" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="N47" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P47" s="41" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="Q47" s="42" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="48" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B48" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="39" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="E48" s="39" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="G48" s="39" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I48" s="39" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J48" s="39" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="K48" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L48" s="39" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="M48" s="39" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="N48" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P48" s="39" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="Q48" s="40" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="49" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B49" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C49" s="41" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="E49" s="41" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="G49" s="41" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="I49" s="41" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="J49" s="41" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="K49" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L49" s="41" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="M49" s="41" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="N49" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P49" s="41" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="Q49" s="42" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
     </row>
     <row r="50" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B50" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C50" s="41" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="E50" s="41" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="G50" s="41" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="I50" s="41" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="J50" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K50" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L50" s="41" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="M50" s="41" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="N50" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P50" s="41" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="Q50" s="42" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="51" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B51" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C51" s="41" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="E51" s="41" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="G51" s="41" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="I51" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J51" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K51" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L51" s="41" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="M51" s="41" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="N51" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P51" s="41" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="Q51" s="42" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="52" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B52" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C52" s="41" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="E52" s="41" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="G52" s="41" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I52" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J52" s="41" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="K52" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L52" s="41" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="M52" s="41" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="N52" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P52" s="41" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="Q52" s="42" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="53" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B53" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C53" s="39" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="E53" s="39" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="G53" s="39" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="I53" s="39" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="J53" s="39" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="K53" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L53" s="39" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="M53" s="39" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="N53" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P53" s="39" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="Q53" s="40" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="54" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B54" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C54" s="41" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="E54" s="41" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="G54" s="41" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="I54" s="41" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="J54" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K54" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L54" s="41" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="M54" s="41" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="N54" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P54" s="41" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="Q54" s="42" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="55" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B55" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C55" s="41" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="E55" s="41" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="G55" s="41" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="I55" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J55" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K55" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L55" s="41" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="M55" s="41" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="N55" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P55" s="41" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="Q55" s="42" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="56" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B56" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C56" s="39" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="E56" s="39" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="G56" s="39" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="I56" s="39" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="J56" s="39" t="s">
         <v>117</v>
       </c>
       <c r="K56" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L56" s="39" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="M56" s="39" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="N56" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P56" s="39" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="Q56" s="40" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
     </row>
     <row r="57" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B57" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C57" s="41" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="E57" s="41" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="G57" s="41" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="I57" s="41" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="J57" s="41" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="K57" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L57" s="41" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="M57" s="41" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="N57" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P57" s="41" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="Q57" s="42" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="58" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B58" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C58" s="41" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="E58" s="41" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="G58" s="41" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="I58" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J58" s="41" t="s">
-        <v>418</v>
+        <v>117</v>
       </c>
       <c r="K58" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L58" s="41" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="M58" s="41" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="N58" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P58" s="41" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="Q58" s="42" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="59" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B59" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C59" s="41" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="E59" s="41" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="G59" s="41" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="I59" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J59" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K59" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L59" s="41" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="M59" s="41" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="N59" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P59" s="41" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="Q59" s="42" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="60" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B60" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C60" s="41" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E60" s="41" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="G60" s="41" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="I60" s="41" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="J60" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K60" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L60" s="41" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="M60" s="41" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="N60" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P60" s="41" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="Q60" s="42" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="61" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B61" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C61" s="39" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="E61" s="39" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G61" s="39" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="I61" s="39" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="J61" s="39" t="s">
-        <v>439</v>
+        <v>413</v>
       </c>
       <c r="K61" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L61" s="39" t="s">
         <v>440</v>
       </c>
       <c r="M61" s="39" t="s">
         <v>441</v>
       </c>
       <c r="N61" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P61" s="39" t="s">
         <v>441</v>
       </c>
       <c r="Q61" s="40" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="62" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B62" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C62" s="41" t="s">
@@ -15270,2821 +15270,2821 @@
       <c r="K11" s="5" t="s">
         <v>564</v>
       </c>
       <c r="L11" s="5" t="s">
         <v>565</v>
       </c>
       <c r="M11" s="7"/>
       <c r="N11" s="5" t="s">
         <v>566</v>
       </c>
       <c r="O11" s="5" t="s">
         <v>567</v>
       </c>
       <c r="P11" s="5" t="s">
         <v>568</v>
       </c>
       <c r="Q11" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="9">
-        <v>740399345.21</v>
+        <v>862418863.65</v>
       </c>
       <c r="E12" s="9">
-        <v>97168941.55</v>
+        <v>112711230.06</v>
       </c>
       <c r="F12" s="9">
-        <v>36645.54</v>
+        <v>36997.77</v>
       </c>
       <c r="I12" s="9">
-        <v>1978633.04</v>
+        <v>2371294.14</v>
       </c>
       <c r="J12" s="9">
         <v>0</v>
       </c>
       <c r="K12" s="9">
-        <v>2713.49</v>
+        <v>2718.26</v>
       </c>
       <c r="L12" s="9">
-        <v>6492998.09</v>
+        <v>7617574.7</v>
       </c>
       <c r="N12" s="9">
         <v>0</v>
       </c>
       <c r="O12" s="9">
-        <v>72108345.52</v>
+        <v>85379832.01</v>
       </c>
       <c r="P12" s="9">
-        <v>29335629.59</v>
+        <v>34329895.63</v>
       </c>
       <c r="Q12" s="33">
-        <v>947523252.03</v>
+        <v>1104868406.22</v>
       </c>
     </row>
     <row r="13" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B13" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="9">
-        <v>1085502982.48</v>
+        <v>1273479760.8</v>
       </c>
       <c r="E13" s="9">
-        <v>105624685.09</v>
+        <v>123182295.05</v>
       </c>
       <c r="F13" s="9">
-        <v>9222.69</v>
+        <v>10180.2</v>
       </c>
       <c r="I13" s="9">
-        <v>24233463.22</v>
+        <v>28546658.39</v>
       </c>
       <c r="J13" s="9">
         <v>26728.76</v>
       </c>
       <c r="K13" s="9">
-        <v>233.17</v>
+        <v>277.87</v>
       </c>
       <c r="L13" s="9">
-        <v>10394894.26</v>
+        <v>12222291.36</v>
       </c>
       <c r="N13" s="9">
         <v>0</v>
       </c>
       <c r="O13" s="9">
-        <v>140855387.19</v>
+        <v>160752618.44</v>
       </c>
       <c r="P13" s="9">
-        <v>41387322.53</v>
+        <v>48728673.91</v>
       </c>
       <c r="Q13" s="33">
-        <v>1408034919.39</v>
+        <v>1646949484.78</v>
       </c>
     </row>
     <row r="14" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B14" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="9">
-        <v>698096181.23</v>
+        <v>815357656.4</v>
       </c>
       <c r="E14" s="9">
-        <v>86342863.13</v>
+        <v>100655366.58</v>
       </c>
       <c r="F14" s="9">
-        <v>19986.11</v>
+        <v>19867.44</v>
       </c>
       <c r="I14" s="9">
-        <v>2103.89</v>
+        <v>2705.85</v>
       </c>
       <c r="J14" s="9">
-        <v>18391.35</v>
+        <v>20287.83</v>
       </c>
       <c r="K14" s="9">
         <v>115.48</v>
       </c>
       <c r="L14" s="9">
-        <v>6968838.43</v>
+        <v>8189185.29</v>
       </c>
       <c r="N14" s="9">
         <v>0</v>
       </c>
       <c r="O14" s="9">
-        <v>88294277.42</v>
+        <v>102838433.29</v>
       </c>
       <c r="P14" s="9">
-        <v>27623532.5</v>
+        <v>32376959.78</v>
       </c>
       <c r="Q14" s="33">
-        <v>907366289.54</v>
+        <v>1059460577.94</v>
       </c>
     </row>
     <row r="15" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B15" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="9">
-        <v>874716917.67</v>
+        <v>1022726725.22</v>
       </c>
       <c r="E15" s="9">
-        <v>108243930.3</v>
+        <v>126115918.92</v>
       </c>
       <c r="F15" s="9">
-        <v>24199.33</v>
+        <v>24900</v>
       </c>
       <c r="I15" s="9">
-        <v>488419.39</v>
+        <v>587446.55</v>
       </c>
       <c r="J15" s="9">
         <v>8544.45</v>
       </c>
       <c r="K15" s="9">
-        <v>253.75</v>
+        <v>208.5</v>
       </c>
       <c r="L15" s="9">
-        <v>9692176.95</v>
+        <v>11382444.36</v>
       </c>
       <c r="N15" s="9">
         <v>0</v>
       </c>
       <c r="O15" s="9">
-        <v>104023446.67</v>
+        <v>120367869.47</v>
       </c>
       <c r="P15" s="9">
-        <v>33866529.29</v>
+        <v>39787876.8</v>
       </c>
       <c r="Q15" s="33">
-        <v>1131064417.8</v>
+        <v>1321001934.27</v>
       </c>
     </row>
     <row r="16" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B16" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="9">
-        <v>557294858.12</v>
+        <v>650561286.46</v>
       </c>
       <c r="E16" s="9">
-        <v>47434097.97</v>
+        <v>55334716.78</v>
       </c>
       <c r="F16" s="9">
-        <v>52871.35</v>
+        <v>52251.85</v>
       </c>
       <c r="I16" s="9">
-        <v>4642347.83</v>
+        <v>5483151.59</v>
       </c>
       <c r="J16" s="9">
         <v>0</v>
       </c>
       <c r="K16" s="9">
-        <v>-260.63</v>
+        <v>-270.86</v>
       </c>
       <c r="L16" s="9">
-        <v>5248249.33</v>
+        <v>6176362.81</v>
       </c>
       <c r="N16" s="9">
         <v>0</v>
       </c>
       <c r="O16" s="9">
-        <v>58308454.62</v>
+        <v>66858430.78</v>
       </c>
       <c r="P16" s="9">
-        <v>22670782.31</v>
+        <v>26454966.22</v>
       </c>
       <c r="Q16" s="33">
-        <v>695651400.9</v>
+        <v>810920895.63</v>
       </c>
     </row>
     <row r="17" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B17" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="9">
-        <v>515442816.45</v>
+        <v>599745426.51</v>
       </c>
       <c r="E17" s="9">
-        <v>65614334.47</v>
+        <v>76550766</v>
       </c>
       <c r="F17" s="9">
-        <v>20377.42</v>
+        <v>21537.75</v>
       </c>
       <c r="I17" s="9">
         <v>0</v>
       </c>
       <c r="J17" s="9">
-        <v>16889.48</v>
+        <v>18208.97</v>
       </c>
       <c r="K17" s="9">
         <v>-401.55</v>
       </c>
       <c r="L17" s="9">
-        <v>5791158.87</v>
+        <v>6769561.45</v>
       </c>
       <c r="N17" s="9">
         <v>0</v>
       </c>
       <c r="O17" s="9">
-        <v>66669979.5</v>
+        <v>78001182.23</v>
       </c>
       <c r="P17" s="9">
-        <v>20954329.96</v>
+        <v>24459997.78</v>
       </c>
       <c r="Q17" s="33">
-        <v>674509484.6</v>
+        <v>785566279.14</v>
       </c>
     </row>
     <row r="18" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B18" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="9">
-        <v>1867408953.78</v>
+        <v>2191685455.31</v>
       </c>
       <c r="E18" s="9">
-        <v>218904664.82</v>
+        <v>255509535.01</v>
       </c>
       <c r="F18" s="9">
-        <v>382.03</v>
+        <v>332.94</v>
       </c>
       <c r="I18" s="9">
-        <v>2952041.41</v>
+        <v>3595734.86</v>
       </c>
       <c r="J18" s="9">
-        <v>3863.84</v>
+        <v>4346.82</v>
       </c>
       <c r="K18" s="9">
-        <v>1126.25</v>
+        <v>1322.6</v>
       </c>
       <c r="L18" s="9">
-        <v>12537711.62</v>
+        <v>14723449.25</v>
       </c>
       <c r="N18" s="9">
         <v>0</v>
       </c>
       <c r="O18" s="9">
-        <v>193968651.27</v>
+        <v>220667888.26</v>
       </c>
       <c r="P18" s="9">
-        <v>69482764.32</v>
+        <v>81888500.47</v>
       </c>
       <c r="Q18" s="33">
-        <v>2365260159.34</v>
+        <v>2768076565.52</v>
       </c>
     </row>
     <row r="19" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B19" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="9">
-        <v>2197700714.05</v>
+        <v>2568631575.55</v>
       </c>
       <c r="E19" s="9">
-        <v>193112278.2</v>
+        <v>225215084.05</v>
       </c>
       <c r="F19" s="9">
-        <v>43737.63</v>
+        <v>43312.25</v>
       </c>
       <c r="I19" s="9">
-        <v>1381437.88</v>
+        <v>1616932.81</v>
       </c>
       <c r="J19" s="9">
         <v>5023.59</v>
       </c>
       <c r="K19" s="9">
-        <v>1744.91</v>
+        <v>1708.73</v>
       </c>
       <c r="L19" s="9">
-        <v>18500108.55</v>
+        <v>21641633.28</v>
       </c>
       <c r="N19" s="9">
         <v>0</v>
       </c>
       <c r="O19" s="9">
-        <v>219427196.84</v>
+        <v>254429130.81</v>
       </c>
       <c r="P19" s="9">
-        <v>81587491.2</v>
+        <v>96066218.05</v>
       </c>
       <c r="Q19" s="33">
-        <v>2711759732.85</v>
+        <v>3167650619.12</v>
       </c>
     </row>
     <row r="20" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B20" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="15">
-        <v>8536562768.99</v>
+        <v>9984606749.9</v>
       </c>
       <c r="E20" s="15">
-        <v>922445795.53</v>
+        <v>1075274912.45</v>
       </c>
       <c r="F20" s="15">
-        <v>207422.1</v>
+        <v>209380.2</v>
       </c>
       <c r="I20" s="15">
-        <v>35678446.66</v>
+        <v>42203924.19</v>
       </c>
       <c r="J20" s="15">
-        <v>79441.47</v>
+        <v>83140.42</v>
       </c>
       <c r="K20" s="15">
-        <v>5524.87</v>
+        <v>5679.03</v>
       </c>
       <c r="L20" s="15">
-        <v>75626136.1</v>
+        <v>88722502.5</v>
       </c>
       <c r="N20" s="15">
         <v>0</v>
       </c>
       <c r="O20" s="15">
-        <v>943655739.03</v>
+        <v>1089295385.29</v>
       </c>
       <c r="P20" s="15">
-        <v>326908381.7</v>
+        <v>384093088.64</v>
       </c>
       <c r="Q20" s="34">
-        <v>10841169656.45</v>
+        <v>12664494762.62</v>
       </c>
     </row>
     <row r="21" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B21" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="20">
-        <v>282668982.94</v>
+        <v>332773738.84</v>
       </c>
       <c r="E21" s="20">
-        <v>37121806.11</v>
+        <v>43279033.29</v>
       </c>
       <c r="F21" s="20">
-        <v>535.3</v>
+        <v>535.57</v>
       </c>
       <c r="I21" s="20">
         <v>0</v>
       </c>
       <c r="J21" s="20">
         <v>91.78</v>
       </c>
       <c r="K21" s="20">
         <v>0</v>
       </c>
       <c r="L21" s="20">
-        <v>132259.03</v>
+        <v>153526.3</v>
       </c>
       <c r="N21" s="20">
         <v>0</v>
       </c>
       <c r="O21" s="20">
-        <v>19562028.04</v>
+        <v>22390920.55</v>
       </c>
       <c r="P21" s="20">
-        <v>10253132.47</v>
+        <v>12148554.17</v>
       </c>
       <c r="Q21" s="35">
-        <v>349738835.67</v>
+        <v>410746400.5</v>
       </c>
     </row>
     <row r="22" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B22" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C22" s="20">
-        <v>148175685.23</v>
+        <v>173642723.87</v>
       </c>
       <c r="E22" s="20">
-        <v>20164667.85</v>
+        <v>23543931.18</v>
       </c>
       <c r="F22" s="20">
-        <v>-60.42</v>
+        <v>-90.58</v>
       </c>
       <c r="I22" s="20">
         <v>0</v>
       </c>
       <c r="J22" s="20">
-        <v>156467.97</v>
+        <v>191287.03</v>
       </c>
       <c r="K22" s="20">
         <v>-50.62</v>
       </c>
       <c r="L22" s="20">
-        <v>94595.97</v>
+        <v>108826.38</v>
       </c>
       <c r="N22" s="20">
         <v>0</v>
       </c>
       <c r="O22" s="20">
-        <v>10508645.93</v>
+        <v>11975435</v>
       </c>
       <c r="P22" s="20">
-        <v>5593366.83</v>
+        <v>6580270.39</v>
       </c>
       <c r="Q22" s="35">
-        <v>184693318.74</v>
+        <v>216042332.65</v>
       </c>
     </row>
     <row r="23" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B23" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="20">
-        <v>1402887614.13</v>
+        <v>1644276446.3</v>
       </c>
       <c r="E23" s="20">
-        <v>117087738.77</v>
+        <v>136641957.96</v>
       </c>
       <c r="F23" s="20">
-        <v>1347.21</v>
+        <v>1346.81</v>
       </c>
       <c r="I23" s="20">
-        <v>14230.21</v>
+        <v>16963.18</v>
       </c>
       <c r="J23" s="20">
-        <v>7248.08</v>
+        <v>7914.84</v>
       </c>
       <c r="K23" s="20">
-        <v>1658.25</v>
+        <v>1658.46</v>
       </c>
       <c r="L23" s="20">
-        <v>957883.81</v>
+        <v>1075708.64</v>
       </c>
       <c r="N23" s="20">
         <v>0</v>
       </c>
       <c r="O23" s="20">
-        <v>94962284.71</v>
+        <v>109772710.78</v>
       </c>
       <c r="P23" s="20">
-        <v>48664531.69</v>
+        <v>57443300.89</v>
       </c>
       <c r="Q23" s="35">
-        <v>1664584536.86</v>
+        <v>1949238007.86</v>
       </c>
     </row>
     <row r="24" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B24" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="15">
-        <v>1833732282.3</v>
+        <v>2150692909.01</v>
       </c>
       <c r="E24" s="15">
-        <v>174374212.73</v>
+        <v>203464922.43</v>
       </c>
       <c r="F24" s="15">
-        <v>1822.09</v>
+        <v>1791.8</v>
       </c>
       <c r="I24" s="15">
-        <v>14230.21</v>
+        <v>16963.18</v>
       </c>
       <c r="J24" s="15">
-        <v>163807.83</v>
+        <v>199293.65</v>
       </c>
       <c r="K24" s="15">
-        <v>1607.63</v>
+        <v>1607.84</v>
       </c>
       <c r="L24" s="15">
-        <v>1184738.81</v>
+        <v>1338061.32</v>
       </c>
       <c r="N24" s="15">
         <v>0</v>
       </c>
       <c r="O24" s="15">
-        <v>125032958.68</v>
+        <v>144139066.33</v>
       </c>
       <c r="P24" s="15">
-        <v>64511030.99</v>
+        <v>76172125.45</v>
       </c>
       <c r="Q24" s="34">
-        <v>2199016691.27</v>
+        <v>2576026741.01</v>
       </c>
     </row>
     <row r="25" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B25" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="20">
-        <v>1140887456.73</v>
+        <v>1335940386.77</v>
       </c>
       <c r="E25" s="20">
-        <v>127309848.5</v>
+        <v>149076215.87</v>
       </c>
       <c r="F25" s="20">
-        <v>91.22</v>
+        <v>69</v>
       </c>
       <c r="I25" s="20">
-        <v>4824625.19</v>
+        <v>5579113.67</v>
       </c>
       <c r="J25" s="20">
-        <v>23193809.01</v>
+        <v>26511686.7</v>
       </c>
       <c r="K25" s="20">
-        <v>1877.99</v>
+        <v>1878.5</v>
       </c>
       <c r="L25" s="20">
-        <v>2313214.04</v>
+        <v>2667697.59</v>
       </c>
       <c r="N25" s="20">
         <v>0</v>
       </c>
       <c r="O25" s="20">
-        <v>99279246.73</v>
+        <v>114094567.28</v>
       </c>
       <c r="P25" s="20">
-        <v>42344926.48</v>
+        <v>49736627.19</v>
       </c>
       <c r="Q25" s="35">
-        <v>1440155095.89</v>
+        <v>1683608242.57</v>
       </c>
     </row>
     <row r="26" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B26" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C26" s="15">
-        <v>1140887456.73</v>
+        <v>1335940386.77</v>
       </c>
       <c r="E26" s="15">
-        <v>127309848.5</v>
+        <v>149076215.87</v>
       </c>
       <c r="F26" s="15">
-        <v>91.22</v>
+        <v>69</v>
       </c>
       <c r="I26" s="15">
-        <v>4824625.19</v>
+        <v>5579113.67</v>
       </c>
       <c r="J26" s="15">
-        <v>23193809.01</v>
+        <v>26511686.7</v>
       </c>
       <c r="K26" s="15">
-        <v>1877.99</v>
+        <v>1878.5</v>
       </c>
       <c r="L26" s="15">
-        <v>2313214.04</v>
+        <v>2667697.59</v>
       </c>
       <c r="N26" s="15">
         <v>0</v>
       </c>
       <c r="O26" s="15">
-        <v>99279246.73</v>
+        <v>114094567.28</v>
       </c>
       <c r="P26" s="15">
-        <v>42344926.48</v>
+        <v>49736627.19</v>
       </c>
       <c r="Q26" s="34">
-        <v>1440155095.89</v>
+        <v>1683608242.57</v>
       </c>
     </row>
     <row r="27" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B27" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C27" s="20">
-        <v>1598926308.1</v>
+        <v>1932971172.25</v>
       </c>
       <c r="E27" s="20">
-        <v>175589733.13</v>
+        <v>205049836.93</v>
       </c>
       <c r="F27" s="20">
-        <v>2246.83</v>
+        <v>1770.06</v>
       </c>
       <c r="I27" s="20">
-        <v>6412209.08</v>
+        <v>8156633.9</v>
       </c>
       <c r="J27" s="20">
-        <v>14628.13</v>
+        <v>15813.56</v>
       </c>
       <c r="K27" s="20">
-        <v>3144.9</v>
+        <v>3376.31</v>
       </c>
       <c r="L27" s="20">
-        <v>1067569.11</v>
+        <v>1227145.53</v>
       </c>
       <c r="N27" s="20">
         <v>0</v>
       </c>
       <c r="O27" s="20">
-        <v>217973935.07</v>
+        <v>230798123.85</v>
       </c>
       <c r="P27" s="20">
-        <v>61641174.79</v>
+        <v>73610251.91</v>
       </c>
       <c r="Q27" s="35">
-        <v>2061630949.14</v>
+        <v>2451834124.3</v>
       </c>
     </row>
     <row r="28" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B28" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="15">
-        <v>1598926308.1</v>
+        <v>1932971172.25</v>
       </c>
       <c r="E28" s="15">
-        <v>175589733.13</v>
+        <v>205049836.93</v>
       </c>
       <c r="F28" s="15">
-        <v>2246.83</v>
+        <v>1770.06</v>
       </c>
       <c r="I28" s="15">
-        <v>6412209.08</v>
+        <v>8156633.9</v>
       </c>
       <c r="J28" s="15">
-        <v>14628.13</v>
+        <v>15813.56</v>
       </c>
       <c r="K28" s="15">
-        <v>3144.9</v>
+        <v>3376.31</v>
       </c>
       <c r="L28" s="15">
-        <v>1067569.11</v>
+        <v>1227145.53</v>
       </c>
       <c r="N28" s="15">
         <v>0</v>
       </c>
       <c r="O28" s="15">
-        <v>217973935.07</v>
+        <v>230798123.85</v>
       </c>
       <c r="P28" s="15">
-        <v>61641174.79</v>
+        <v>73610251.91</v>
       </c>
       <c r="Q28" s="34">
-        <v>2061630949.14</v>
+        <v>2451834124.3</v>
       </c>
     </row>
     <row r="29" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B29" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C29" s="20">
-        <v>1376418565.09</v>
+        <v>1604574209.41</v>
       </c>
       <c r="E29" s="20">
-        <v>115561997.34</v>
+        <v>134702939.6</v>
       </c>
       <c r="F29" s="20">
-        <v>37307.35</v>
+        <v>37449.68</v>
       </c>
       <c r="I29" s="20">
-        <v>12125442.3</v>
+        <v>14071887.24</v>
       </c>
       <c r="J29" s="20">
         <v>0</v>
       </c>
       <c r="K29" s="20">
-        <v>4868.82</v>
+        <v>4968.64</v>
       </c>
       <c r="L29" s="20">
-        <v>1004839.85</v>
+        <v>1106628.86</v>
       </c>
       <c r="N29" s="20">
         <v>0</v>
       </c>
       <c r="O29" s="20">
-        <v>111859395.66</v>
+        <v>130490388.46</v>
       </c>
       <c r="P29" s="20">
-        <v>48438009.95</v>
+        <v>56808109.36</v>
       </c>
       <c r="Q29" s="35">
-        <v>1665450426.36</v>
+        <v>1941796581.25</v>
       </c>
     </row>
     <row r="30" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B30" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="20">
-        <v>1203864653.33</v>
+        <v>1403899855.01</v>
       </c>
       <c r="E30" s="20">
-        <v>110345426.01</v>
+        <v>128795577.48</v>
       </c>
       <c r="F30" s="20">
-        <v>10595.52</v>
+        <v>9011.04</v>
       </c>
       <c r="I30" s="20">
-        <v>4487572.3</v>
+        <v>5294643.78</v>
       </c>
       <c r="J30" s="20">
         <v>0</v>
       </c>
       <c r="K30" s="20">
-        <v>251.42</v>
+        <v>201.52</v>
       </c>
       <c r="L30" s="20">
-        <v>788807.82</v>
+        <v>874369.17</v>
       </c>
       <c r="N30" s="20">
         <v>0</v>
       </c>
       <c r="O30" s="20">
-        <v>101921294.28</v>
+        <v>118860280.27</v>
       </c>
       <c r="P30" s="20">
-        <v>42497848.67</v>
+        <v>49932034.34</v>
       </c>
       <c r="Q30" s="35">
-        <v>1463916449.35</v>
+        <v>1707665972.61</v>
       </c>
     </row>
     <row r="31" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B31" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="15">
-        <v>2580283218.42</v>
+        <v>3008474064.42</v>
       </c>
       <c r="E31" s="15">
-        <v>225907423.35</v>
+        <v>263498517.08</v>
       </c>
       <c r="F31" s="15">
-        <v>47902.87</v>
+        <v>46460.72</v>
       </c>
       <c r="I31" s="15">
-        <v>16613014.6</v>
+        <v>19366531.02</v>
       </c>
       <c r="J31" s="15">
         <v>0</v>
       </c>
       <c r="K31" s="15">
-        <v>5120.24</v>
+        <v>5170.16</v>
       </c>
       <c r="L31" s="15">
-        <v>1793647.67</v>
+        <v>1980998.03</v>
       </c>
       <c r="N31" s="15">
         <v>0</v>
       </c>
       <c r="O31" s="15">
-        <v>213780689.94</v>
+        <v>249350668.73</v>
       </c>
       <c r="P31" s="15">
-        <v>90935858.62</v>
+        <v>106740143.7</v>
       </c>
       <c r="Q31" s="34">
-        <v>3129366875.71</v>
+        <v>3649462553.86</v>
       </c>
     </row>
     <row r="32" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B32" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="20">
-        <v>665220635.15</v>
+        <v>779009365.39</v>
       </c>
       <c r="E32" s="20">
-        <v>71766080.04</v>
+        <v>83811972.1</v>
       </c>
       <c r="F32" s="20">
         <v>64.22</v>
       </c>
       <c r="I32" s="20">
-        <v>3149701.48</v>
+        <v>3756538.15</v>
       </c>
       <c r="J32" s="20">
         <v>20147.84</v>
       </c>
       <c r="K32" s="20">
         <v>0</v>
       </c>
       <c r="L32" s="20">
-        <v>764072.86</v>
+        <v>863354.68</v>
       </c>
       <c r="N32" s="20">
         <v>0</v>
       </c>
       <c r="O32" s="20">
-        <v>54317023.26</v>
+        <v>62523580.15</v>
       </c>
       <c r="P32" s="20">
-        <v>23863123.66</v>
+        <v>28178951.01</v>
       </c>
       <c r="Q32" s="35">
-        <v>819100848.51</v>
+        <v>958163973.54</v>
       </c>
     </row>
     <row r="33" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B33" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C33" s="15">
-        <v>665220635.15</v>
+        <v>779009365.39</v>
       </c>
       <c r="E33" s="15">
-        <v>71766080.04</v>
+        <v>83811972.1</v>
       </c>
       <c r="F33" s="15">
         <v>64.22</v>
       </c>
       <c r="I33" s="15">
-        <v>3149701.48</v>
+        <v>3756538.15</v>
       </c>
       <c r="J33" s="15">
         <v>20147.84</v>
       </c>
       <c r="K33" s="15">
         <v>0</v>
       </c>
       <c r="L33" s="15">
-        <v>764072.86</v>
+        <v>863354.68</v>
       </c>
       <c r="N33" s="15">
         <v>0</v>
       </c>
       <c r="O33" s="15">
-        <v>54317023.26</v>
+        <v>62523580.15</v>
       </c>
       <c r="P33" s="15">
-        <v>23863123.66</v>
+        <v>28178951.01</v>
       </c>
       <c r="Q33" s="34">
-        <v>819100848.51</v>
+        <v>958163973.54</v>
       </c>
     </row>
     <row r="34" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B34" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C34" s="20">
-        <v>384160532.31</v>
+        <v>450739909.82</v>
       </c>
       <c r="E34" s="20">
-        <v>48165027.71</v>
+        <v>56130264.32</v>
       </c>
       <c r="F34" s="20">
-        <v>10147.45</v>
+        <v>11035.16</v>
       </c>
       <c r="I34" s="20">
-        <v>5032.01</v>
+        <v>5876.09</v>
       </c>
       <c r="J34" s="20">
         <v>0</v>
       </c>
       <c r="K34" s="20">
-        <v>617.74</v>
+        <v>724.87</v>
       </c>
       <c r="L34" s="20">
-        <v>330520.96</v>
+        <v>395095.78</v>
       </c>
       <c r="N34" s="20">
         <v>0</v>
       </c>
       <c r="O34" s="20">
-        <v>41202150.91</v>
+        <v>47422444.79</v>
       </c>
       <c r="P34" s="20">
-        <v>14470802.47</v>
+        <v>17037703.8</v>
       </c>
       <c r="Q34" s="35">
-        <v>488344831.56</v>
+        <v>571743054.63</v>
       </c>
     </row>
     <row r="35" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B35" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C35" s="20">
-        <v>451629330.55</v>
+        <v>528285361.84</v>
       </c>
       <c r="E35" s="20">
-        <v>55627902.13</v>
+        <v>64941838.19</v>
       </c>
       <c r="F35" s="20">
-        <v>2579.24</v>
+        <v>1980.51</v>
       </c>
       <c r="I35" s="20">
         <v>0</v>
       </c>
       <c r="J35" s="20">
         <v>1418.41</v>
       </c>
       <c r="K35" s="20">
-        <v>1189.23</v>
+        <v>2168.04</v>
       </c>
       <c r="L35" s="20">
-        <v>292963.06</v>
+        <v>336539.95</v>
       </c>
       <c r="N35" s="20">
         <v>0</v>
       </c>
       <c r="O35" s="20">
-        <v>43436648.66</v>
+        <v>50096780.96</v>
       </c>
       <c r="P35" s="20">
-        <v>16777596.51</v>
+        <v>19727393.25</v>
       </c>
       <c r="Q35" s="35">
-        <v>567769627.79</v>
+        <v>663393481.15</v>
       </c>
     </row>
     <row r="36" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B36" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C36" s="20">
-        <v>179462703.45</v>
+        <v>210052395.94</v>
       </c>
       <c r="E36" s="20">
-        <v>26888835.28</v>
+        <v>31417569.59</v>
       </c>
       <c r="F36" s="20">
-        <v>-3502.19</v>
+        <v>-3517.31</v>
       </c>
       <c r="I36" s="20">
         <v>0</v>
       </c>
       <c r="J36" s="20">
         <v>0</v>
       </c>
       <c r="K36" s="20">
-        <v>461.89</v>
+        <v>462.07</v>
       </c>
       <c r="L36" s="20">
-        <v>184000.05</v>
+        <v>214143.21</v>
       </c>
       <c r="N36" s="20">
         <v>0</v>
       </c>
       <c r="O36" s="20">
-        <v>17183491.27</v>
+        <v>19832930.06</v>
       </c>
       <c r="P36" s="20">
-        <v>7111197.36</v>
+        <v>8359888.66</v>
       </c>
       <c r="Q36" s="35">
-        <v>230827187.11</v>
+        <v>269873872.22</v>
       </c>
     </row>
     <row r="37" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B37" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C37" s="20">
-        <v>318046817.27</v>
+        <v>372739752.27</v>
       </c>
       <c r="E37" s="20">
-        <v>25240049.34</v>
+        <v>29489923.08</v>
       </c>
       <c r="F37" s="20">
         <v>0</v>
       </c>
       <c r="I37" s="20">
         <v>0</v>
       </c>
       <c r="J37" s="20">
         <v>0</v>
       </c>
       <c r="K37" s="20">
         <v>0</v>
       </c>
       <c r="L37" s="20">
-        <v>207437.93</v>
+        <v>236008.31</v>
       </c>
       <c r="N37" s="20">
         <v>0</v>
       </c>
       <c r="O37" s="20">
-        <v>28945526.5</v>
+        <v>33368467.28</v>
       </c>
       <c r="P37" s="20">
-        <v>11236355.13</v>
+        <v>13216945.77</v>
       </c>
       <c r="Q37" s="35">
-        <v>383676186.17</v>
+        <v>449051096.71</v>
       </c>
     </row>
     <row r="38" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B38" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C38" s="20">
-        <v>707386900.43</v>
+        <v>828276697.15</v>
       </c>
       <c r="E38" s="20">
-        <v>80714133.14</v>
+        <v>94268064.02</v>
       </c>
       <c r="F38" s="20">
-        <v>4660.52</v>
+        <v>4856.58</v>
       </c>
       <c r="I38" s="20">
         <v>0</v>
       </c>
       <c r="J38" s="20">
         <v>2010.64</v>
       </c>
       <c r="K38" s="20">
-        <v>3810.97</v>
+        <v>3811.73</v>
       </c>
       <c r="L38" s="20">
-        <v>36608.5</v>
+        <v>82310.7</v>
       </c>
       <c r="N38" s="20">
         <v>0</v>
       </c>
       <c r="O38" s="20">
-        <v>67242934.25</v>
+        <v>77813982.35</v>
       </c>
       <c r="P38" s="20">
-        <v>25776610.69</v>
+        <v>30305290.44</v>
       </c>
       <c r="Q38" s="35">
-        <v>881167669.14</v>
+        <v>1030757023.61</v>
       </c>
     </row>
     <row r="39" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B39" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C39" s="15">
-        <v>2040686284.01</v>
+        <v>2390094117.02</v>
       </c>
       <c r="E39" s="15">
-        <v>236635947.6</v>
+        <v>276247659.2</v>
       </c>
       <c r="F39" s="15">
-        <v>13885.02</v>
+        <v>14354.94</v>
       </c>
       <c r="I39" s="15">
-        <v>5032.01</v>
+        <v>5876.09</v>
       </c>
       <c r="J39" s="15">
         <v>3429.05</v>
       </c>
       <c r="K39" s="15">
-        <v>6079.83</v>
+        <v>7166.71</v>
       </c>
       <c r="L39" s="15">
-        <v>1051530.5</v>
+        <v>1264097.95</v>
       </c>
       <c r="N39" s="15">
         <v>0</v>
       </c>
       <c r="O39" s="15">
-        <v>198010751.59</v>
+        <v>228534605.44</v>
       </c>
       <c r="P39" s="15">
-        <v>75372562.16</v>
+        <v>88647221.92</v>
       </c>
       <c r="Q39" s="34">
-        <v>2551785501.77</v>
+        <v>2984818528.32</v>
       </c>
     </row>
     <row r="40" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B40" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C40" s="20">
-        <v>133070408.85</v>
+        <v>155834314.78</v>
       </c>
       <c r="E40" s="20">
-        <v>21118620.37</v>
+        <v>24629079.9</v>
       </c>
       <c r="F40" s="20">
         <v>16.25</v>
       </c>
       <c r="I40" s="20">
-        <v>1793.2</v>
+        <v>2094.18</v>
       </c>
       <c r="J40" s="20">
         <v>313.16</v>
       </c>
       <c r="K40" s="20">
         <v>0</v>
       </c>
       <c r="L40" s="20">
-        <v>976076.44</v>
+        <v>1140461</v>
       </c>
       <c r="N40" s="20">
         <v>0</v>
       </c>
       <c r="O40" s="20">
-        <v>13110179.89</v>
+        <v>15108373.71</v>
       </c>
       <c r="P40" s="20">
-        <v>5089997.64</v>
+        <v>5975789.87</v>
       </c>
       <c r="Q40" s="35">
-        <v>173367405.8</v>
+        <v>202690442.85</v>
       </c>
     </row>
     <row r="41" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B41" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C41" s="20">
-        <v>473694385.4</v>
+        <v>554837844.22</v>
       </c>
       <c r="E41" s="20">
-        <v>44887909.36</v>
+        <v>52402108.04</v>
       </c>
       <c r="F41" s="20">
         <v>22.03</v>
       </c>
       <c r="I41" s="20">
-        <v>1793.2</v>
+        <v>2094.18</v>
       </c>
       <c r="J41" s="20">
-        <v>21168.62</v>
+        <v>22287.16</v>
       </c>
       <c r="K41" s="20">
         <v>0</v>
       </c>
       <c r="L41" s="20">
-        <v>2227342.22</v>
+        <v>2597668.54</v>
       </c>
       <c r="N41" s="20">
         <v>0</v>
       </c>
       <c r="O41" s="20">
-        <v>32908590.5</v>
+        <v>37918818.92</v>
       </c>
       <c r="P41" s="20">
-        <v>16755760.8</v>
+        <v>19701451.88</v>
       </c>
       <c r="Q41" s="35">
-        <v>570496972.13</v>
+        <v>667482294.97</v>
       </c>
     </row>
     <row r="42" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B42" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="20">
-        <v>441119898</v>
+        <v>515673359.72</v>
       </c>
       <c r="E42" s="20">
-        <v>57881481.06</v>
+        <v>67869615.15</v>
       </c>
       <c r="F42" s="20">
-        <v>-1483.44</v>
+        <v>-988.82</v>
       </c>
       <c r="I42" s="20">
-        <v>13165.5</v>
+        <v>15374.47</v>
       </c>
       <c r="J42" s="20">
-        <v>3066041.22</v>
+        <v>3086834.89</v>
       </c>
       <c r="K42" s="20">
-        <v>1666.01</v>
+        <v>1758</v>
       </c>
       <c r="L42" s="20">
-        <v>3514357.86</v>
+        <v>4062707.93</v>
       </c>
       <c r="N42" s="20">
         <v>0</v>
       </c>
       <c r="O42" s="20">
-        <v>41820922.87</v>
+        <v>48048909.62</v>
       </c>
       <c r="P42" s="20">
-        <v>16334508.51</v>
+        <v>19169101.28</v>
       </c>
       <c r="Q42" s="35">
-        <v>563750557.59</v>
+        <v>657926672.24</v>
       </c>
     </row>
     <row r="43" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B43" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="20">
-        <v>184815255.99</v>
+        <v>215943180.08</v>
       </c>
       <c r="E43" s="20">
-        <v>20368002.85</v>
+        <v>23702202.19</v>
       </c>
       <c r="F43" s="20">
-        <v>2066.25</v>
+        <v>2066.65</v>
       </c>
       <c r="I43" s="20">
         <v>0</v>
       </c>
       <c r="J43" s="20">
-        <v>451988.57</v>
+        <v>516027.99</v>
       </c>
       <c r="K43" s="20">
         <v>0</v>
       </c>
       <c r="L43" s="20">
-        <v>982759.11</v>
+        <v>1131628.6</v>
       </c>
       <c r="N43" s="20">
         <v>0</v>
       </c>
       <c r="O43" s="20">
-        <v>12679935.74</v>
+        <v>14617255.14</v>
       </c>
       <c r="P43" s="20">
-        <v>6580292.26</v>
+        <v>7716054.28</v>
       </c>
       <c r="Q43" s="35">
-        <v>225880300.77</v>
+        <v>263628414.93</v>
       </c>
     </row>
     <row r="44" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B44" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C44" s="20">
-        <v>328994543.62</v>
+        <v>385015169.56</v>
       </c>
       <c r="E44" s="20">
-        <v>40481470.59</v>
+        <v>47119744.82</v>
       </c>
       <c r="F44" s="20">
         <v>60.87</v>
       </c>
       <c r="I44" s="20">
-        <v>1793.2</v>
+        <v>2094.18</v>
       </c>
       <c r="J44" s="20">
         <v>0</v>
       </c>
       <c r="K44" s="20">
-        <v>400.91</v>
+        <v>343.39</v>
       </c>
       <c r="L44" s="20">
-        <v>2369813.22</v>
+        <v>2757507.67</v>
       </c>
       <c r="N44" s="20">
         <v>0</v>
       </c>
       <c r="O44" s="20">
-        <v>27884288.34</v>
+        <v>32093164</v>
       </c>
       <c r="P44" s="20">
-        <v>12059644.89</v>
+        <v>14148755.48</v>
       </c>
       <c r="Q44" s="35">
-        <v>411792015.64</v>
+        <v>481136839.97</v>
       </c>
     </row>
     <row r="45" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B45" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C45" s="20">
-        <v>162807652.06</v>
+        <v>191001940.69</v>
       </c>
       <c r="E45" s="20">
-        <v>23037119.32</v>
+        <v>26881650.19</v>
       </c>
       <c r="F45" s="20">
-        <v>-118.88</v>
+        <v>-157.83</v>
       </c>
       <c r="I45" s="20">
-        <v>2189.1</v>
+        <v>2556.53</v>
       </c>
       <c r="J45" s="20">
         <v>0</v>
       </c>
       <c r="K45" s="20">
         <v>0</v>
       </c>
       <c r="L45" s="20">
-        <v>922930.32</v>
+        <v>1076187.44</v>
       </c>
       <c r="N45" s="20">
         <v>0</v>
       </c>
       <c r="O45" s="20">
-        <v>11278014.69</v>
+        <v>12968340.81</v>
       </c>
       <c r="P45" s="20">
-        <v>5997220.5</v>
+        <v>7061166.89</v>
       </c>
       <c r="Q45" s="35">
-        <v>204045007.11</v>
+        <v>238991684.72</v>
       </c>
     </row>
     <row r="46" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B46" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C46" s="20">
-        <v>110079066.48</v>
+        <v>128770396.62</v>
       </c>
       <c r="E46" s="20">
-        <v>12239643.22</v>
+        <v>14312773.61</v>
       </c>
       <c r="F46" s="20">
         <v>0</v>
       </c>
       <c r="I46" s="20">
         <v>0</v>
       </c>
       <c r="J46" s="20">
         <v>0</v>
       </c>
       <c r="K46" s="20">
         <v>0</v>
       </c>
       <c r="L46" s="20">
-        <v>678209.4</v>
+        <v>792894.52</v>
       </c>
       <c r="N46" s="20">
         <v>0</v>
       </c>
       <c r="O46" s="20">
-        <v>6532247.59</v>
+        <v>7504249.55</v>
       </c>
       <c r="P46" s="20">
-        <v>4053432.85</v>
+        <v>4758645.51</v>
       </c>
       <c r="Q46" s="35">
-        <v>133582599.54</v>
+        <v>156138959.81</v>
       </c>
     </row>
     <row r="47" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B47" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C47" s="20">
-        <v>683267121.16</v>
+        <v>798881668.65</v>
       </c>
       <c r="E47" s="20">
-        <v>59327213.18</v>
+        <v>68987001.77</v>
       </c>
       <c r="F47" s="20">
-        <v>1614.92</v>
+        <v>1346.83</v>
       </c>
       <c r="I47" s="20">
-        <v>6676.69</v>
+        <v>7796.65</v>
       </c>
       <c r="J47" s="20">
-        <v>5200</v>
+        <v>5850</v>
       </c>
       <c r="K47" s="20">
-        <v>1613.65</v>
+        <v>1614.49</v>
       </c>
       <c r="L47" s="20">
-        <v>3709065.53</v>
+        <v>4320854.56</v>
       </c>
       <c r="N47" s="20">
         <v>0</v>
       </c>
       <c r="O47" s="20">
-        <v>44037453.65</v>
+        <v>50926288.27</v>
       </c>
       <c r="P47" s="20">
-        <v>23965031.86</v>
+        <v>28176598.83</v>
       </c>
       <c r="Q47" s="35">
-        <v>814320990.64</v>
+        <v>951309020.05</v>
       </c>
     </row>
     <row r="48" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B48" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C48" s="20">
-        <v>138788885.21</v>
+        <v>162587689.35</v>
       </c>
       <c r="E48" s="20">
-        <v>23991274.47</v>
+        <v>27957104.21</v>
       </c>
       <c r="F48" s="20">
-        <v>1164.2</v>
+        <v>1601.26</v>
       </c>
       <c r="I48" s="20">
         <v>0</v>
       </c>
       <c r="J48" s="20">
-        <v>6459.3</v>
+        <v>7177</v>
       </c>
       <c r="K48" s="20">
         <v>0</v>
       </c>
       <c r="L48" s="20">
-        <v>1077194.7</v>
+        <v>1260549.38</v>
       </c>
       <c r="N48" s="20">
         <v>0</v>
       </c>
       <c r="O48" s="20">
-        <v>13963439.91</v>
+        <v>16045878.41</v>
       </c>
       <c r="P48" s="20">
-        <v>5393489.98</v>
+        <v>6330027.84</v>
       </c>
       <c r="Q48" s="35">
-        <v>183221907.77</v>
+        <v>214190027.45</v>
       </c>
     </row>
     <row r="49" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B49" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C49" s="15">
-        <v>2656637216.77</v>
+        <v>3108545563.67</v>
       </c>
       <c r="E49" s="15">
-        <v>303332734.42</v>
+        <v>353861279.88</v>
       </c>
       <c r="F49" s="15">
-        <v>3342.2</v>
+        <v>3967.24</v>
       </c>
       <c r="I49" s="15">
-        <v>27410.89</v>
+        <v>32010.19</v>
       </c>
       <c r="J49" s="15">
-        <v>3551170.87</v>
+        <v>3638490.2</v>
       </c>
       <c r="K49" s="15">
-        <v>3680.57</v>
+        <v>3715.88</v>
       </c>
       <c r="L49" s="15">
-        <v>16457748.8</v>
+        <v>19140459.64</v>
       </c>
       <c r="N49" s="15">
         <v>0</v>
       </c>
       <c r="O49" s="15">
-        <v>204215073.18</v>
+        <v>235231278.43</v>
       </c>
       <c r="P49" s="15">
-        <v>96229379.29</v>
+        <v>113037591.86</v>
       </c>
       <c r="Q49" s="34">
-        <v>3280457756.99</v>
+        <v>3833494356.99</v>
       </c>
     </row>
     <row r="50" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B50" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C50" s="20">
-        <v>10098113407.61</v>
+        <v>11799383402.56</v>
       </c>
       <c r="E50" s="20">
-        <v>741357052.97</v>
+        <v>864686164.2</v>
       </c>
       <c r="F50" s="20">
-        <v>705.35</v>
+        <v>656.83</v>
       </c>
       <c r="I50" s="20">
-        <v>19390615.09</v>
+        <v>22829496.41</v>
       </c>
       <c r="J50" s="20">
         <v>38757.12</v>
       </c>
       <c r="K50" s="20">
-        <v>-8582.74</v>
+        <v>-8487.08</v>
       </c>
       <c r="L50" s="20">
-        <v>5882089.24</v>
+        <v>6427965.42</v>
       </c>
       <c r="N50" s="20">
         <v>0</v>
       </c>
       <c r="O50" s="20">
-        <v>606386140.52</v>
+        <v>702569001.73</v>
       </c>
       <c r="P50" s="20">
-        <v>364956628.9</v>
+        <v>430953121.77</v>
       </c>
       <c r="Q50" s="35">
-        <v>11836116814.06</v>
+        <v>13826880078.96</v>
       </c>
     </row>
     <row r="51" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B51" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C51" s="20">
-        <v>1041831759.33</v>
+        <v>1227591240.44</v>
       </c>
       <c r="E51" s="20">
-        <v>112555052.07</v>
+        <v>131308649.95</v>
       </c>
       <c r="F51" s="20">
-        <v>821.43</v>
+        <v>838.04</v>
       </c>
       <c r="I51" s="20">
-        <v>2428884.2</v>
+        <v>3029800.86</v>
       </c>
       <c r="J51" s="20">
         <v>0</v>
       </c>
       <c r="K51" s="20">
         <v>-187.95</v>
       </c>
       <c r="L51" s="20">
-        <v>437185.49</v>
+        <v>500345.81</v>
       </c>
       <c r="N51" s="20">
         <v>0</v>
       </c>
       <c r="O51" s="20">
-        <v>84382256.6</v>
+        <v>95045186.99</v>
       </c>
       <c r="P51" s="20">
-        <v>37200351.97</v>
+        <v>43963071.07</v>
       </c>
       <c r="Q51" s="35">
-        <v>1278836123.14</v>
+        <v>1501438945.21</v>
       </c>
     </row>
     <row r="52" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B52" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C52" s="20">
-        <v>574788158.34</v>
+        <v>676656658.91</v>
       </c>
       <c r="E52" s="20">
-        <v>61884604.88</v>
+        <v>72010419.48</v>
       </c>
       <c r="F52" s="20">
-        <v>3967.62</v>
+        <v>4040.94</v>
       </c>
       <c r="I52" s="20">
-        <v>-5151.24</v>
+        <v>-6308.82</v>
       </c>
       <c r="J52" s="20">
-        <v>54120.81</v>
+        <v>62398.46</v>
       </c>
       <c r="K52" s="20">
         <v>-6.01</v>
       </c>
       <c r="L52" s="20">
-        <v>202678.41</v>
+        <v>243867.45</v>
       </c>
       <c r="N52" s="20">
         <v>0</v>
       </c>
       <c r="O52" s="20">
-        <v>38460990.97</v>
+        <v>43964250.4</v>
       </c>
       <c r="P52" s="20">
-        <v>20260698.57</v>
+        <v>23940966.32</v>
       </c>
       <c r="Q52" s="35">
-        <v>695650062.35</v>
+        <v>816876287.13</v>
       </c>
     </row>
     <row r="53" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B53" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C53" s="20">
-        <v>1046690543.68</v>
+        <v>1232344956.06</v>
       </c>
       <c r="E53" s="20">
-        <v>92852003.13</v>
+        <v>108275897.79</v>
       </c>
       <c r="F53" s="20">
-        <v>1891.01</v>
+        <v>1525.24</v>
       </c>
       <c r="I53" s="20">
-        <v>6221900.05</v>
+        <v>7343718.75</v>
       </c>
       <c r="J53" s="20">
         <v>4184.62</v>
       </c>
       <c r="K53" s="20">
-        <v>880.54</v>
+        <v>1252.92</v>
       </c>
       <c r="L53" s="20">
-        <v>652189.67</v>
+        <v>748404.2</v>
       </c>
       <c r="N53" s="20">
         <v>0</v>
       </c>
       <c r="O53" s="20">
-        <v>94507097.03</v>
+        <v>107161448.3</v>
       </c>
       <c r="P53" s="20">
-        <v>37541729.86</v>
+        <v>44373495.82</v>
       </c>
       <c r="Q53" s="35">
-        <v>1278472419.59</v>
+        <v>1500254883.7</v>
       </c>
     </row>
     <row r="54" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B54" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C54" s="15">
-        <v>12761423868.96</v>
+        <v>14935976257.97</v>
       </c>
       <c r="E54" s="15">
-        <v>1008648713.05</v>
+        <v>1176281131.42</v>
       </c>
       <c r="F54" s="15">
-        <v>7385.41</v>
+        <v>7061.05</v>
       </c>
       <c r="I54" s="15">
-        <v>28036248.1</v>
+        <v>33196707.2</v>
       </c>
       <c r="J54" s="15">
-        <v>97062.55</v>
+        <v>105340.2</v>
       </c>
       <c r="K54" s="15">
-        <v>-7896.16</v>
+        <v>-7428.12</v>
       </c>
       <c r="L54" s="15">
-        <v>7174142.81</v>
+        <v>7920582.88</v>
       </c>
       <c r="N54" s="15">
         <v>0</v>
       </c>
       <c r="O54" s="15">
-        <v>823736485.12</v>
+        <v>948739887.42</v>
       </c>
       <c r="P54" s="15">
-        <v>459959409.3</v>
+        <v>543230654.98</v>
       </c>
       <c r="Q54" s="34">
-        <v>15089075419.14</v>
+        <v>17645450195</v>
       </c>
     </row>
     <row r="55" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B55" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C55" s="20">
-        <v>583830413.81</v>
+        <v>684156344.07</v>
       </c>
       <c r="E55" s="20">
-        <v>73964628.46</v>
+        <v>86119334.83</v>
       </c>
       <c r="F55" s="20">
-        <v>15705.54</v>
+        <v>16246.69</v>
       </c>
       <c r="I55" s="20">
         <v>0</v>
       </c>
       <c r="J55" s="20">
-        <v>18206.8</v>
+        <v>20482.65</v>
       </c>
       <c r="K55" s="20">
         <v>231.02</v>
       </c>
       <c r="L55" s="20">
-        <v>4199411.73</v>
+        <v>4883308.07</v>
       </c>
       <c r="N55" s="20">
         <v>0</v>
       </c>
       <c r="O55" s="20">
-        <v>76831907.97</v>
+        <v>88544550.05</v>
       </c>
       <c r="P55" s="20">
-        <v>23063073.49</v>
+        <v>27112293.57</v>
       </c>
       <c r="Q55" s="35">
-        <v>761923578.82</v>
+        <v>890852790.95</v>
       </c>
     </row>
     <row r="56" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B56" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C56" s="20">
-        <v>337643324.21</v>
+        <v>396589567.27</v>
       </c>
       <c r="E56" s="20">
-        <v>45306851.36</v>
+        <v>52964687.28</v>
       </c>
       <c r="F56" s="20">
-        <v>11186.38</v>
+        <v>10540.45</v>
       </c>
       <c r="I56" s="20">
-        <v>2125.45</v>
+        <v>2492.88</v>
       </c>
       <c r="J56" s="20">
         <v>0</v>
       </c>
       <c r="K56" s="20">
         <v>0</v>
       </c>
       <c r="L56" s="20">
-        <v>2589187.91</v>
+        <v>3020071.1</v>
       </c>
       <c r="N56" s="20">
         <v>0</v>
       </c>
       <c r="O56" s="20">
-        <v>46877266.81</v>
+        <v>53861144.77</v>
       </c>
       <c r="P56" s="20">
-        <v>13654509.7</v>
+        <v>16051342.69</v>
       </c>
       <c r="Q56" s="35">
-        <v>446084451.82</v>
+        <v>522499846.44</v>
       </c>
     </row>
     <row r="57" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B57" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C57" s="15">
-        <v>921473738.02</v>
+        <v>1080745911.34</v>
       </c>
       <c r="E57" s="15">
-        <v>119271479.82</v>
+        <v>139084022.11</v>
       </c>
       <c r="F57" s="15">
-        <v>26891.92</v>
+        <v>26787.14</v>
       </c>
       <c r="I57" s="15">
-        <v>2125.45</v>
+        <v>2492.88</v>
       </c>
       <c r="J57" s="15">
-        <v>18206.8</v>
+        <v>20482.65</v>
       </c>
       <c r="K57" s="15">
         <v>231.02</v>
       </c>
       <c r="L57" s="15">
-        <v>6788599.64</v>
+        <v>7903379.17</v>
       </c>
       <c r="N57" s="15">
         <v>0</v>
       </c>
       <c r="O57" s="15">
-        <v>123709174.78</v>
+        <v>142405694.82</v>
       </c>
       <c r="P57" s="15">
-        <v>36717583.19</v>
+        <v>43163636.26</v>
       </c>
       <c r="Q57" s="34">
-        <v>1208008030.64</v>
+        <v>1413352637.39</v>
       </c>
     </row>
     <row r="58" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B58" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C58" s="20">
-        <v>1355277485.93</v>
+        <v>1585597178.79</v>
       </c>
       <c r="E58" s="20">
-        <v>150100663.11</v>
+        <v>175368237.54</v>
       </c>
       <c r="F58" s="20">
         <v>-108.05</v>
       </c>
       <c r="I58" s="20">
-        <v>15316095.97</v>
+        <v>17934961.34</v>
       </c>
       <c r="J58" s="20">
-        <v>4628.01</v>
+        <v>6146.49</v>
       </c>
       <c r="K58" s="20">
         <v>138.27</v>
       </c>
       <c r="L58" s="20">
-        <v>9702427.22</v>
+        <v>11323818.15</v>
       </c>
       <c r="N58" s="20">
         <v>0</v>
       </c>
       <c r="O58" s="20">
-        <v>95993551.29</v>
+        <v>110544039.27</v>
       </c>
       <c r="P58" s="20">
-        <v>50177432.07</v>
+        <v>58919072.53</v>
       </c>
       <c r="Q58" s="35">
-        <v>1676572313.82</v>
+        <v>1959693484.33</v>
       </c>
     </row>
     <row r="59" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B59" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C59" s="20">
-        <v>300161749.92</v>
+        <v>351718173.35</v>
       </c>
       <c r="E59" s="20">
-        <v>52107387.91</v>
+        <v>60931053.21</v>
       </c>
       <c r="F59" s="20">
-        <v>3804.64</v>
+        <v>3813.85</v>
       </c>
       <c r="I59" s="20">
-        <v>4011841.83</v>
+        <v>4671494.04</v>
       </c>
       <c r="J59" s="20">
-        <v>12361.2</v>
+        <v>13906.35</v>
       </c>
       <c r="K59" s="20">
         <v>0</v>
       </c>
       <c r="L59" s="20">
-        <v>2225906</v>
+        <v>2596612.42</v>
       </c>
       <c r="N59" s="20">
         <v>0</v>
       </c>
       <c r="O59" s="20">
-        <v>23606403.94</v>
+        <v>27047697.17</v>
       </c>
       <c r="P59" s="20">
-        <v>11608216.44</v>
+        <v>13623734.33</v>
       </c>
       <c r="Q59" s="35">
-        <v>393737671.88</v>
+        <v>460606484.72</v>
       </c>
     </row>
     <row r="60" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B60" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C60" s="20">
-        <v>273618129.51</v>
+        <v>319775138.7</v>
       </c>
       <c r="E60" s="20">
-        <v>38318774.77</v>
+        <v>44719243.65</v>
       </c>
       <c r="F60" s="20">
         <v>68.5</v>
       </c>
       <c r="I60" s="20">
         <v>0</v>
       </c>
       <c r="J60" s="20">
-        <v>23580.8</v>
+        <v>26528.4</v>
       </c>
       <c r="K60" s="20">
         <v>0</v>
       </c>
       <c r="L60" s="20">
-        <v>2046229.24</v>
+        <v>2330361.33</v>
       </c>
       <c r="N60" s="20">
         <v>0</v>
       </c>
       <c r="O60" s="20">
-        <v>23409732.25</v>
+        <v>26812914.96</v>
       </c>
       <c r="P60" s="20">
-        <v>10115725.12</v>
+        <v>11838727.33</v>
       </c>
       <c r="Q60" s="35">
-        <v>347532240.19</v>
+        <v>405502982.87</v>
       </c>
     </row>
     <row r="61" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B61" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C61" s="20">
-        <v>1000381211</v>
+        <v>1172760433.82</v>
       </c>
       <c r="E61" s="20">
-        <v>119010731.76</v>
+        <v>139207014.74</v>
       </c>
       <c r="F61" s="20">
-        <v>3899.3</v>
+        <v>3900.21</v>
       </c>
       <c r="I61" s="20">
-        <v>24938106.45</v>
+        <v>30517063.12</v>
       </c>
       <c r="J61" s="20">
         <v>0</v>
       </c>
       <c r="K61" s="20">
-        <v>221.95</v>
+        <v>221.99</v>
       </c>
       <c r="L61" s="20">
-        <v>7337134.74</v>
+        <v>8547817.01</v>
       </c>
       <c r="N61" s="20">
         <v>0</v>
       </c>
       <c r="O61" s="20">
-        <v>91186267.9</v>
+        <v>104886548.12</v>
       </c>
       <c r="P61" s="20">
-        <v>37530508.3</v>
+        <v>44299001.11</v>
       </c>
       <c r="Q61" s="35">
-        <v>1280388081.4</v>
+        <v>1500222000.12</v>
       </c>
     </row>
     <row r="62" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B62" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C62" s="15">
-        <v>2929438576.36</v>
+        <v>3429850924.66</v>
       </c>
       <c r="E62" s="15">
-        <v>359537557.55</v>
+        <v>420225549.14</v>
       </c>
       <c r="F62" s="15">
-        <v>7664.39</v>
+        <v>7674.51</v>
       </c>
       <c r="I62" s="15">
-        <v>44266044.25</v>
+        <v>53123518.5</v>
       </c>
       <c r="J62" s="15">
-        <v>40570.01</v>
+        <v>46581.24</v>
       </c>
       <c r="K62" s="15">
-        <v>360.22</v>
+        <v>360.26</v>
       </c>
       <c r="L62" s="15">
-        <v>21311697.2</v>
+        <v>24798608.91</v>
       </c>
       <c r="N62" s="15">
         <v>0</v>
       </c>
       <c r="O62" s="15">
-        <v>234195955.38</v>
+        <v>269291199.52</v>
       </c>
       <c r="P62" s="15">
-        <v>109431881.93</v>
+        <v>128680535.3</v>
       </c>
       <c r="Q62" s="34">
-        <v>3698230307.29</v>
+        <v>4326024952.04</v>
       </c>
     </row>
     <row r="63" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B63" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C63" s="20">
-        <v>393707322.57</v>
+        <v>460774503</v>
       </c>
       <c r="E63" s="20">
-        <v>42455986.74</v>
+        <v>49562566.64</v>
       </c>
       <c r="F63" s="20">
-        <v>1042.1</v>
+        <v>681.24</v>
       </c>
       <c r="I63" s="20">
-        <v>22218.59</v>
+        <v>26577.15</v>
       </c>
       <c r="J63" s="20">
         <v>5638.5</v>
       </c>
       <c r="K63" s="20">
         <v>0</v>
       </c>
       <c r="L63" s="20">
-        <v>292024.57</v>
+        <v>350484.94</v>
       </c>
       <c r="N63" s="20">
         <v>0</v>
       </c>
       <c r="O63" s="20">
-        <v>27735262.28</v>
+        <v>32128698.65</v>
       </c>
       <c r="P63" s="20">
-        <v>14115141.91</v>
+        <v>16574078.57</v>
       </c>
       <c r="Q63" s="35">
-        <v>478334637.26</v>
+        <v>559423228.69</v>
       </c>
     </row>
     <row r="64" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B64" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C64" s="15">
-        <v>393707322.57</v>
+        <v>460774503</v>
       </c>
       <c r="E64" s="15">
-        <v>42455986.74</v>
+        <v>49562566.64</v>
       </c>
       <c r="F64" s="15">
-        <v>1042.1</v>
+        <v>681.24</v>
       </c>
       <c r="I64" s="15">
-        <v>22218.59</v>
+        <v>26577.15</v>
       </c>
       <c r="J64" s="15">
         <v>5638.5</v>
       </c>
       <c r="K64" s="15">
         <v>0</v>
       </c>
       <c r="L64" s="15">
-        <v>292024.57</v>
+        <v>350484.94</v>
       </c>
       <c r="N64" s="15">
         <v>0</v>
       </c>
       <c r="O64" s="15">
-        <v>27735262.28</v>
+        <v>32128698.65</v>
       </c>
       <c r="P64" s="15">
-        <v>14115141.91</v>
+        <v>16574078.57</v>
       </c>
       <c r="Q64" s="34">
-        <v>478334637.26</v>
+        <v>559423228.69</v>
       </c>
     </row>
     <row r="65" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B65" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C65" s="20">
-        <v>13506297526.17</v>
+        <v>15840009536.28</v>
       </c>
       <c r="E65" s="20">
-        <v>756028939.09</v>
+        <v>881782533.65</v>
       </c>
       <c r="F65" s="20">
-        <v>360.75</v>
+        <v>336.54</v>
       </c>
       <c r="I65" s="20">
-        <v>10013499.56</v>
+        <v>11901526.47</v>
       </c>
       <c r="J65" s="20">
-        <v>196068.92</v>
+        <v>201527.7</v>
       </c>
       <c r="K65" s="20">
-        <v>15250.82</v>
+        <v>15097.11</v>
       </c>
       <c r="L65" s="20">
-        <v>36467489.08</v>
+        <v>42964447.81</v>
       </c>
       <c r="N65" s="20">
         <v>0</v>
       </c>
       <c r="O65" s="20">
-        <v>690598366.52</v>
+        <v>803822484.56</v>
       </c>
       <c r="P65" s="20">
-        <v>519536030.21</v>
+        <v>614463665.75</v>
       </c>
       <c r="Q65" s="35">
-        <v>15519153531.12</v>
+        <v>18195161155.87</v>
       </c>
     </row>
     <row r="66" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B66" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C66" s="15">
-        <v>13506297526.17</v>
+        <v>15840009536.28</v>
       </c>
       <c r="E66" s="15">
-        <v>756028939.09</v>
+        <v>881782533.65</v>
       </c>
       <c r="F66" s="15">
-        <v>360.75</v>
+        <v>336.54</v>
       </c>
       <c r="I66" s="15">
-        <v>10013499.56</v>
+        <v>11901526.47</v>
       </c>
       <c r="J66" s="15">
-        <v>196068.92</v>
+        <v>201527.7</v>
       </c>
       <c r="K66" s="15">
-        <v>15250.82</v>
+        <v>15097.11</v>
       </c>
       <c r="L66" s="15">
-        <v>36467489.08</v>
+        <v>42964447.81</v>
       </c>
       <c r="N66" s="15">
         <v>0</v>
       </c>
       <c r="O66" s="15">
-        <v>690598366.52</v>
+        <v>803822484.56</v>
       </c>
       <c r="P66" s="15">
-        <v>519536030.21</v>
+        <v>614463665.75</v>
       </c>
       <c r="Q66" s="34">
-        <v>15519153531.12</v>
+        <v>18195161155.87</v>
       </c>
     </row>
     <row r="67" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B67" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C67" s="20">
-        <v>1675841492.84</v>
+        <v>1961055556.29</v>
       </c>
       <c r="E67" s="20">
-        <v>175086422.71</v>
+        <v>204079007.81</v>
       </c>
       <c r="F67" s="20">
-        <v>66597.12</v>
+        <v>65990.16</v>
       </c>
       <c r="I67" s="20">
-        <v>3548327.82</v>
+        <v>4214310.46</v>
       </c>
       <c r="J67" s="20">
         <v>0</v>
       </c>
       <c r="K67" s="20">
-        <v>4074.4</v>
+        <v>4193.76</v>
       </c>
       <c r="L67" s="20">
-        <v>949353.03</v>
+        <v>1059961.82</v>
       </c>
       <c r="N67" s="20">
         <v>0</v>
       </c>
       <c r="O67" s="20">
-        <v>144814641.03</v>
+        <v>167533811.9</v>
       </c>
       <c r="P67" s="20">
-        <v>63243977.97</v>
+        <v>74275020.94</v>
       </c>
       <c r="Q67" s="35">
-        <v>2063554886.92</v>
+        <v>2412287853.14</v>
       </c>
     </row>
     <row r="68" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B68" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C68" s="15">
-        <v>1675841492.84</v>
+        <v>1961055556.29</v>
       </c>
       <c r="E68" s="15">
-        <v>175086422.71</v>
+        <v>204079007.81</v>
       </c>
       <c r="F68" s="15">
-        <v>66597.12</v>
+        <v>65990.16</v>
       </c>
       <c r="I68" s="15">
-        <v>3548327.82</v>
+        <v>4214310.46</v>
       </c>
       <c r="J68" s="15">
         <v>0</v>
       </c>
       <c r="K68" s="15">
-        <v>4074.4</v>
+        <v>4193.76</v>
       </c>
       <c r="L68" s="15">
-        <v>949353.03</v>
+        <v>1059961.82</v>
       </c>
       <c r="N68" s="15">
         <v>0</v>
       </c>
       <c r="O68" s="15">
-        <v>144814641.03</v>
+        <v>167533811.9</v>
       </c>
       <c r="P68" s="15">
-        <v>63243977.97</v>
+        <v>74275020.94</v>
       </c>
       <c r="Q68" s="34">
-        <v>2063554886.92</v>
+        <v>2412287853.14</v>
       </c>
     </row>
     <row r="69" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B69" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C69" s="20">
-        <v>1069258644.88</v>
+        <v>1249223573.75</v>
       </c>
       <c r="E69" s="20">
-        <v>85860274.7</v>
+        <v>102183709.82</v>
       </c>
       <c r="F69" s="20">
-        <v>4734.07</v>
+        <v>4727.89</v>
       </c>
       <c r="I69" s="20">
-        <v>24676.89</v>
+        <v>29888.43</v>
       </c>
       <c r="J69" s="20">
         <v>0</v>
       </c>
       <c r="K69" s="20">
-        <v>652.49</v>
+        <v>645.91</v>
       </c>
       <c r="L69" s="20">
-        <v>2064886.45</v>
+        <v>2238193.58</v>
       </c>
       <c r="N69" s="20">
         <v>0</v>
       </c>
       <c r="O69" s="20">
-        <v>63778625.35</v>
+        <v>73702422.34</v>
       </c>
       <c r="P69" s="20">
-        <v>37026717.19</v>
+        <v>43584924.98</v>
       </c>
       <c r="Q69" s="35">
-        <v>1258019212.02</v>
+        <v>1470968086.7</v>
       </c>
     </row>
     <row r="70" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B70" s="14" t="s">
         <v>73</v>
       </c>
       <c r="C70" s="15">
-        <v>1069258644.88</v>
+        <v>1249223573.75</v>
       </c>
       <c r="E70" s="15">
-        <v>85860274.7</v>
+        <v>102183709.82</v>
       </c>
       <c r="F70" s="15">
-        <v>4734.07</v>
+        <v>4727.89</v>
       </c>
       <c r="I70" s="15">
-        <v>24676.89</v>
+        <v>29888.43</v>
       </c>
       <c r="J70" s="15">
         <v>0</v>
       </c>
       <c r="K70" s="15">
-        <v>652.49</v>
+        <v>645.91</v>
       </c>
       <c r="L70" s="15">
-        <v>2064886.45</v>
+        <v>2238193.58</v>
       </c>
       <c r="N70" s="15">
         <v>0</v>
       </c>
       <c r="O70" s="15">
-        <v>63778625.35</v>
+        <v>73702422.34</v>
       </c>
       <c r="P70" s="15">
-        <v>37026717.19</v>
+        <v>43584924.98</v>
       </c>
       <c r="Q70" s="34">
-        <v>1258019212.02</v>
+        <v>1470968086.7</v>
       </c>
     </row>
     <row r="71" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B71" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C71" s="20">
-        <v>1886263228.62</v>
+        <v>2210514894.54</v>
       </c>
       <c r="E71" s="20">
-        <v>237715107.23</v>
+        <v>277360184.76</v>
       </c>
       <c r="F71" s="20">
-        <v>6545.21</v>
+        <v>6804.62</v>
       </c>
       <c r="I71" s="20">
-        <v>6626287.54</v>
+        <v>7575071.84</v>
       </c>
       <c r="J71" s="20">
-        <v>18770.6</v>
+        <v>21437.63</v>
       </c>
       <c r="K71" s="20">
-        <v>2467.34</v>
+        <v>2459.77</v>
       </c>
       <c r="L71" s="20">
-        <v>1362231.54</v>
+        <v>1613168.24</v>
       </c>
       <c r="N71" s="20">
         <v>0</v>
       </c>
       <c r="O71" s="20">
-        <v>191439636.49</v>
+        <v>219254912.06</v>
       </c>
       <c r="P71" s="20">
-        <v>70292646.39</v>
+        <v>82694414.32</v>
       </c>
       <c r="Q71" s="35">
-        <v>2393726920.96</v>
+        <v>2799043347.78</v>
       </c>
     </row>
     <row r="72" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B72" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C72" s="20">
-        <v>723384060.59</v>
+        <v>846360878.16</v>
       </c>
       <c r="E72" s="20">
-        <v>74370220.14</v>
+        <v>86937857.38</v>
       </c>
       <c r="F72" s="20">
-        <v>1643.53</v>
+        <v>1677.31</v>
       </c>
       <c r="I72" s="20">
-        <v>3517457.59</v>
+        <v>4160604.18</v>
       </c>
       <c r="J72" s="20">
         <v>0</v>
       </c>
       <c r="K72" s="20">
         <v>27.9</v>
       </c>
       <c r="L72" s="20">
-        <v>315926.25</v>
+        <v>403164.87</v>
       </c>
       <c r="N72" s="20">
         <v>0</v>
       </c>
       <c r="O72" s="20">
-        <v>64332160.03</v>
+        <v>74325718.98</v>
       </c>
       <c r="P72" s="20">
-        <v>26679403.58</v>
+        <v>31400316.91</v>
       </c>
       <c r="Q72" s="35">
-        <v>892600899.61</v>
+        <v>1043590245.69</v>
       </c>
     </row>
     <row r="73" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B73" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C73" s="20">
-        <v>3535144138.4</v>
+        <v>4098747868.18</v>
       </c>
       <c r="E73" s="20">
-        <v>345221744.06</v>
+        <v>398264257.15</v>
       </c>
       <c r="F73" s="20">
-        <v>7205.13</v>
+        <v>7626.6</v>
       </c>
       <c r="I73" s="20">
-        <v>22618017.93</v>
+        <v>26491580.74</v>
       </c>
       <c r="J73" s="20">
-        <v>16490.72</v>
+        <v>18748.85</v>
       </c>
       <c r="K73" s="20">
-        <v>27585.52</v>
+        <v>27610.54</v>
       </c>
       <c r="L73" s="20">
-        <v>2974076.4</v>
+        <v>3432747.28</v>
       </c>
       <c r="N73" s="20">
         <v>0</v>
       </c>
       <c r="O73" s="20">
-        <v>282199287.64</v>
+        <v>328374684.43</v>
       </c>
       <c r="P73" s="20">
-        <v>126959991.86</v>
+        <v>148468684.02</v>
       </c>
       <c r="Q73" s="35">
-        <v>4315168537.66</v>
+        <v>5003833807.79</v>
       </c>
     </row>
     <row r="74" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B74" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C74" s="15">
-        <v>6144791427.61</v>
+        <v>7155623640.88</v>
       </c>
       <c r="E74" s="15">
-        <v>657307071.43</v>
+        <v>762562299.29</v>
       </c>
       <c r="F74" s="15">
-        <v>15393.87</v>
+        <v>16108.53</v>
       </c>
       <c r="I74" s="15">
-        <v>32761763.06</v>
+        <v>38227256.76</v>
       </c>
       <c r="J74" s="15">
-        <v>35261.32</v>
+        <v>40186.48</v>
       </c>
       <c r="K74" s="15">
-        <v>30080.76</v>
+        <v>30098.21</v>
       </c>
       <c r="L74" s="15">
-        <v>4652234.19</v>
+        <v>5449080.39</v>
       </c>
       <c r="N74" s="15">
         <v>0</v>
       </c>
       <c r="O74" s="15">
-        <v>537971084.16</v>
+        <v>621955315.47</v>
       </c>
       <c r="P74" s="15">
-        <v>223932041.83</v>
+        <v>262563415.25</v>
       </c>
       <c r="Q74" s="34">
-        <v>7601496358.23</v>
+        <v>8846467401.26</v>
       </c>
     </row>
     <row r="75" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B75" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C75" s="20">
-        <v>651514880.64</v>
+        <v>761519583.95</v>
       </c>
       <c r="E75" s="20">
-        <v>38715492.92</v>
+        <v>45413499.92</v>
       </c>
       <c r="F75" s="20">
         <v>-920.93</v>
       </c>
       <c r="I75" s="20">
         <v>327.32</v>
       </c>
       <c r="J75" s="20">
         <v>12647.4</v>
       </c>
       <c r="K75" s="20">
         <v>-29.32</v>
       </c>
       <c r="L75" s="20">
-        <v>654606.8</v>
+        <v>756778.73</v>
       </c>
       <c r="N75" s="20">
         <v>0</v>
       </c>
       <c r="O75" s="20">
-        <v>33547825.77</v>
+        <v>38904375.3</v>
       </c>
       <c r="P75" s="20">
-        <v>21748673.26</v>
+        <v>25600193.06</v>
       </c>
       <c r="Q75" s="35">
-        <v>746193503.86</v>
+        <v>872206455.43</v>
       </c>
     </row>
     <row r="76" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B76" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C76" s="20">
-        <v>1186428927.16</v>
+        <v>1386787242.37</v>
       </c>
       <c r="E76" s="20">
-        <v>166260747.02</v>
+        <v>195606496.57</v>
       </c>
       <c r="F76" s="20">
         <v>-17.51</v>
       </c>
       <c r="I76" s="20">
-        <v>3609378.31</v>
+        <v>4309716.49</v>
       </c>
       <c r="J76" s="20">
         <v>0</v>
       </c>
       <c r="K76" s="20">
         <v>-50</v>
       </c>
       <c r="L76" s="20">
-        <v>3543579.46</v>
+        <v>4139434.64</v>
       </c>
       <c r="N76" s="20">
         <v>0</v>
       </c>
       <c r="O76" s="20">
-        <v>72636309.09</v>
+        <v>83995131.93</v>
       </c>
       <c r="P76" s="20">
-        <v>43097017.85</v>
+        <v>50661988.27</v>
       </c>
       <c r="Q76" s="35">
-        <v>1475575891.38</v>
+        <v>1725499942.76</v>
       </c>
     </row>
     <row r="77" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B77" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C77" s="20">
-        <v>1857028338.46</v>
+        <v>2170616423.33</v>
       </c>
       <c r="E77" s="20">
-        <v>165749561.69</v>
+        <v>194699343.07</v>
       </c>
       <c r="F77" s="20">
-        <v>-142.68</v>
+        <v>-151.65</v>
       </c>
       <c r="I77" s="20">
-        <v>14475591.36</v>
+        <v>16953615.96</v>
       </c>
       <c r="J77" s="20">
-        <v>23466.2</v>
+        <v>23497.99</v>
       </c>
       <c r="K77" s="20">
         <v>590.32</v>
       </c>
       <c r="L77" s="20">
-        <v>2275606.44</v>
+        <v>2655031.82</v>
       </c>
       <c r="N77" s="20">
         <v>0</v>
       </c>
       <c r="O77" s="20">
-        <v>110479215.29</v>
+        <v>127718630.5</v>
       </c>
       <c r="P77" s="20">
-        <v>66424328.26</v>
+        <v>78257775.12</v>
       </c>
       <c r="Q77" s="35">
-        <v>2216456555.34</v>
+        <v>2590924756.46</v>
       </c>
     </row>
     <row r="78" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B78" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C78" s="15">
-        <v>3694972146.26</v>
+        <v>4318923249.65</v>
       </c>
       <c r="E78" s="15">
-        <v>370725801.63</v>
+        <v>435719339.56</v>
       </c>
       <c r="F78" s="15">
-        <v>-1081.12</v>
+        <v>-1090.09</v>
       </c>
       <c r="I78" s="15">
-        <v>18085296.99</v>
+        <v>21263659.77</v>
       </c>
       <c r="J78" s="15">
-        <v>36113.6</v>
+        <v>36145.39</v>
       </c>
       <c r="K78" s="15">
         <v>511</v>
       </c>
       <c r="L78" s="15">
-        <v>6473792.7</v>
+        <v>7551245.19</v>
       </c>
       <c r="N78" s="15">
         <v>0</v>
       </c>
       <c r="O78" s="15">
-        <v>216663350.15</v>
+        <v>250618137.73</v>
       </c>
       <c r="P78" s="15">
-        <v>131270019.37</v>
+        <v>154519956.45</v>
       </c>
       <c r="Q78" s="34">
-        <v>4438225950.58</v>
+        <v>5188631154.65</v>
       </c>
     </row>
     <row r="79" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B79" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C79" s="20">
-        <v>61059916.3</v>
+        <v>71456658.37</v>
       </c>
       <c r="E79" s="20">
-        <v>2942365.87</v>
+        <v>3437630.49</v>
       </c>
       <c r="F79" s="20">
         <v>0</v>
       </c>
       <c r="I79" s="20">
-        <v>1246925.99</v>
+        <v>1488378.81</v>
       </c>
       <c r="J79" s="20">
         <v>0</v>
       </c>
       <c r="K79" s="20">
         <v>0</v>
       </c>
       <c r="L79" s="20">
-        <v>531203.78</v>
+        <v>618523.68</v>
       </c>
       <c r="N79" s="20">
         <v>0</v>
       </c>
       <c r="O79" s="20">
-        <v>25191266.44</v>
+        <v>29332338.67</v>
       </c>
       <c r="P79" s="20">
-        <v>2718902.39</v>
+        <v>3202293.6</v>
       </c>
       <c r="Q79" s="35">
-        <v>93690580.77</v>
+        <v>109535823.62</v>
       </c>
     </row>
     <row r="80" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B80" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C80" s="15">
-        <v>61059916.3</v>
+        <v>71456658.37</v>
       </c>
       <c r="E80" s="15">
-        <v>2942365.87</v>
+        <v>3437630.49</v>
       </c>
       <c r="F80" s="15">
         <v>0</v>
       </c>
       <c r="I80" s="15">
-        <v>1246925.99</v>
+        <v>1488378.81</v>
       </c>
       <c r="J80" s="15">
         <v>0</v>
       </c>
       <c r="K80" s="15">
         <v>0</v>
       </c>
       <c r="L80" s="15">
-        <v>531203.78</v>
+        <v>618523.68</v>
       </c>
       <c r="N80" s="15">
         <v>0</v>
       </c>
       <c r="O80" s="15">
-        <v>25191266.44</v>
+        <v>29332338.67</v>
       </c>
       <c r="P80" s="15">
-        <v>2718902.39</v>
+        <v>3202293.6</v>
       </c>
       <c r="Q80" s="34">
-        <v>93690580.77</v>
+        <v>109535823.62</v>
       </c>
     </row>
     <row r="81" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B81" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C81" s="20">
-        <v>57084851.39</v>
+        <v>66809002.58</v>
       </c>
       <c r="E81" s="20">
-        <v>3537519.18</v>
+        <v>4101870.82</v>
       </c>
       <c r="F81" s="20">
         <v>0</v>
       </c>
       <c r="I81" s="20">
-        <v>166541.59</v>
+        <v>197891.1</v>
       </c>
       <c r="J81" s="20">
         <v>0</v>
       </c>
       <c r="K81" s="20">
-        <v>0</v>
+        <v>-609.55</v>
       </c>
       <c r="L81" s="20">
-        <v>1289202.24</v>
+        <v>1498556.62</v>
       </c>
       <c r="N81" s="20">
         <v>0</v>
       </c>
       <c r="O81" s="20">
-        <v>24168842.42</v>
+        <v>28159278.38</v>
       </c>
       <c r="P81" s="20">
-        <v>2511630.14</v>
+        <v>2945835.41</v>
       </c>
       <c r="Q81" s="35">
-        <v>88758586.96</v>
+        <v>103711825.36</v>
       </c>
     </row>
     <row r="82" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B82" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C82" s="15">
-        <v>57084851.39</v>
+        <v>66809002.58</v>
       </c>
       <c r="E82" s="15">
-        <v>3537519.18</v>
+        <v>4101870.82</v>
       </c>
       <c r="F82" s="15">
         <v>0</v>
       </c>
       <c r="I82" s="15">
-        <v>166541.59</v>
+        <v>197891.1</v>
       </c>
       <c r="J82" s="15">
         <v>0</v>
       </c>
       <c r="K82" s="15">
-        <v>0</v>
+        <v>-609.55</v>
       </c>
       <c r="L82" s="15">
-        <v>1289202.24</v>
+        <v>1498556.62</v>
       </c>
       <c r="N82" s="15">
         <v>0</v>
       </c>
       <c r="O82" s="15">
-        <v>24168842.42</v>
+        <v>28159278.38</v>
       </c>
       <c r="P82" s="15">
-        <v>2511630.14</v>
+        <v>2945835.41</v>
       </c>
       <c r="Q82" s="34">
-        <v>88758586.96</v>
+        <v>103711825.36</v>
       </c>
     </row>
     <row r="83" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B83" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C83" s="15">
-        <v>-639289424.6</v>
+        <v>-639273311.65</v>
       </c>
       <c r="E83" s="15">
         <v>-285518790.77</v>
       </c>
       <c r="F83" s="15">
         <v>0</v>
       </c>
       <c r="I83" s="15">
         <v>0</v>
       </c>
       <c r="J83" s="15">
         <v>0</v>
       </c>
       <c r="K83" s="15">
         <v>0</v>
       </c>
       <c r="L83" s="15">
         <v>0</v>
       </c>
       <c r="N83" s="15">
         <v>0</v>
       </c>
       <c r="O83" s="15">
         <v>0</v>
       </c>
       <c r="P83" s="15">
         <v>0</v>
       </c>
       <c r="Q83" s="34">
-        <v>-924808215.37</v>
+        <v>-924792102.42</v>
       </c>
     </row>
     <row r="84" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B84" s="25" t="s">
         <v>87</v>
       </c>
       <c r="C84" s="26">
-        <v>63628996257.23</v>
+        <v>74621509831.55</v>
       </c>
       <c r="D84" s="27"/>
       <c r="E84" s="26">
-        <v>5533245116.3</v>
+        <v>6503786185.92</v>
       </c>
       <c r="F84" s="26">
-        <v>405765.06</v>
+        <v>406135.15</v>
       </c>
       <c r="G84" s="27"/>
       <c r="H84" s="27"/>
       <c r="I84" s="26">
-        <v>204898338.41</v>
+        <v>242789797.92</v>
       </c>
       <c r="J84" s="26">
-        <v>27455355.9</v>
+        <v>30927903.58</v>
       </c>
       <c r="K84" s="26">
-        <v>70300.58</v>
+        <v>71694.03</v>
       </c>
       <c r="L84" s="26">
-        <v>188253283.58</v>
+        <v>219557382.23</v>
       </c>
       <c r="M84" s="27"/>
       <c r="N84" s="26">
         <v>0</v>
       </c>
       <c r="O84" s="26">
-        <v>4968828471.11</v>
+        <v>5721656544.96</v>
       </c>
       <c r="P84" s="26">
-        <v>2382269773.12</v>
+        <v>2807420019.17</v>
       </c>
       <c r="Q84" s="36">
-        <v>76934422661.29</v>
+        <v>90148125494.51</v>
       </c>
     </row>
     <row r="85" ht="5" customHeight="1" s="1" customFormat="1"/>
     <row r="86" ht="17" customHeight="1" s="1" customFormat="1">
       <c r="B86" s="45" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="87" ht="5.5" customHeight="1" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:C5"/>
     <mergeCell ref="G3:L3"/>
     <mergeCell ref="G5:L6"/>
     <mergeCell ref="G8:L8"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="F11:H11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="F12:H12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="F13:H13"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="F14:H14"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="F15:H15"/>