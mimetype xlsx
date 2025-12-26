--- v1 (2025-11-06)
+++ v2 (2025-12-26)
@@ -25,81 +25,81 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="GastosComXC" sheetId="1" r:id="rId1"/>
     <sheet name="GastosComInf2bXC" sheetId="2" r:id="rId3"/>
     <sheet name="GastosCom3XC" sheetId="3" r:id="rId4"/>
     <sheet name="IngresosComXC" sheetId="4" r:id="rId5"/>
     <sheet name="IngresosComInf2XC" sheetId="5" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'GastosComXC'!$1:$9</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'GastosComInf2bXC'!$1:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'GastosCom3XC'!$1:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'IngresosComXC'!$1:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'IngresosComInf2XC'!$1:$9</definedName>
   </definedNames>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="569" uniqueCount="569">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="571" uniqueCount="571">
   <si>
     <t>ENTIDADES GESTORAS Y SERVICIOS COMUNES DE LA SEGURIDAD SOCIAL</t>
   </si>
   <si>
     <t>DISTRIBUCIÓN GEOGRÁFICA DE LAS OBLIGACIONES RECONOCIDAS NETAS</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">CAPÍTULOS  </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">A FIN DE SEPTIEMBRE DE 2025</t>
+      <t xml:space="preserve">A FIN DE OCTUBRE DE 2025</t>
     </r>
   </si>
   <si>
     <t>DISTRIBUCIÓN GEOGRÁFICA</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">1 
 </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
@@ -1460,51 +1460,51 @@
     <t xml:space="preserve">A partir del Ejercicio 2014, el epígrafe  'Pensiones' no incorpora las cantidades correspondientes a los Complementos a Mínimo de Pensiones Contributivas</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">PRESTACIONES CONTRIBUTIVAS. PENSIONES  </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">A FIN DE SEPTIEMBRE DE 2025</t>
+      <t xml:space="preserve">A FIN DE OCTUBRE DE 2025</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">            INVALIDEZ</t>
   </si>
   <si>
     <t xml:space="preserve">      JUBILACIÓN</t>
   </si>
   <si>
     <t xml:space="preserve">       VIUDEDAD</t>
   </si>
   <si>
     <t xml:space="preserve">      ORFANDAD</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
@@ -1528,51 +1528,51 @@
     <t xml:space="preserve">                   TOTAL</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">PRESTACIONES CONTRIBUTIVAS. SUBSIDIOS Y OTRAS PRESTACIONES </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">A FIN DE SEPTIEMBRE DE 2025</t>
+      <t xml:space="preserve">A FIN DE OCTUBRE DE 2025</t>
     </r>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">INCAPACIDAD
 </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
@@ -1791,51 +1791,51 @@
     <t xml:space="preserve">DISTRIBUCIÓN GEOGRÁFICA DE LOS DERECHOS RECONOCIDOS NETOS </t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">CAPÍTULOS </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">A FIN DE SEPTIEMBRE DE 2025</t>
+      <t xml:space="preserve">A FIN DE OCTUBRE DE 2025</t>
     </r>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">1 
 </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
@@ -2048,1405 +2048,1411 @@
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">PASIVOS 
 </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">FINANCIEROS</t>
     </r>
   </si>
   <si>
-    <t>1.104.868.406,22</t>
-[...5 lines deleted...]
-    <t>12.034,44</t>
+    <t>1.268.402.411,44</t>
+  </si>
+  <si>
+    <t>17.117.789,16</t>
+  </si>
+  <si>
+    <t>13.786,59</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>15.124,00</t>
   </si>
   <si>
-    <t>1.120.784.373,73</t>
-[...113 lines deleted...]
-    <t>143.395,51</t>
+    <t>1.285.549.111,19</t>
+  </si>
+  <si>
+    <t>64.585,46</t>
+  </si>
+  <si>
+    <t>1.285.613.696,65</t>
+  </si>
+  <si>
+    <t>1.897.345.343,03</t>
+  </si>
+  <si>
+    <t>25.448.920,20</t>
+  </si>
+  <si>
+    <t>632.527,97</t>
+  </si>
+  <si>
+    <t>16.533,48</t>
+  </si>
+  <si>
+    <t>1.923.443.324,68</t>
+  </si>
+  <si>
+    <t>104.142,86</t>
+  </si>
+  <si>
+    <t>1.923.547.467,54</t>
+  </si>
+  <si>
+    <t>1.216.598.218,17</t>
+  </si>
+  <si>
+    <t>14.822.044,10</t>
+  </si>
+  <si>
+    <t>45.518,88</t>
+  </si>
+  <si>
+    <t>1.231.465.781,15</t>
+  </si>
+  <si>
+    <t>78.392,58</t>
+  </si>
+  <si>
+    <t>1.231.544.173,73</t>
+  </si>
+  <si>
+    <t>1.519.988.028,57</t>
+  </si>
+  <si>
+    <t>17.392.607,46</t>
+  </si>
+  <si>
+    <t>49.163,10</t>
+  </si>
+  <si>
+    <t>1.537.429.799,13</t>
+  </si>
+  <si>
+    <t>71.395,92</t>
+  </si>
+  <si>
+    <t>1.537.501.195,05</t>
+  </si>
+  <si>
+    <t>927.654.176,84</t>
+  </si>
+  <si>
+    <t>10.047.954,32</t>
+  </si>
+  <si>
+    <t>332.701,72</t>
+  </si>
+  <si>
+    <t>8.029,86</t>
+  </si>
+  <si>
+    <t>938.042.862,74</t>
+  </si>
+  <si>
+    <t>46.628,00</t>
+  </si>
+  <si>
+    <t>938.089.490,74</t>
+  </si>
+  <si>
+    <t>902.087.683,07</t>
+  </si>
+  <si>
+    <t>8.508.836,91</t>
+  </si>
+  <si>
+    <t>13.421,50</t>
+  </si>
+  <si>
+    <t>66.899,20</t>
+  </si>
+  <si>
+    <t>910.676.840,68</t>
+  </si>
+  <si>
+    <t>60.912,51</t>
+  </si>
+  <si>
+    <t>910.737.753,19</t>
+  </si>
+  <si>
+    <t>3.186.616.286,06</t>
+  </si>
+  <si>
+    <t>48.325.486,75</t>
+  </si>
+  <si>
+    <t>164.156,60</t>
   </si>
   <si>
     <t>919.062,00</t>
   </si>
   <si>
-    <t>2.813.919.974,35</t>
-[...35 lines deleted...]
-    <t>68.335,67</t>
+    <t>3.236.024.991,41</t>
+  </si>
+  <si>
+    <t>143.193,78</t>
+  </si>
+  <si>
+    <t>3.236.168.185,19</t>
+  </si>
+  <si>
+    <t>3.638.676.154,70</t>
+  </si>
+  <si>
+    <t>38.450.190,78</t>
+  </si>
+  <si>
+    <t>1.206.530,39</t>
+  </si>
+  <si>
+    <t>3.678.332.875,87</t>
+  </si>
+  <si>
+    <t>128.551,40</t>
+  </si>
+  <si>
+    <t>3.678.461.427,27</t>
+  </si>
+  <si>
+    <t>14.557.368.301,88</t>
+  </si>
+  <si>
+    <t>180.113.829,68</t>
+  </si>
+  <si>
+    <t>2.457.806,75</t>
+  </si>
+  <si>
+    <t>91.462,54</t>
   </si>
   <si>
     <t>934.186,00</t>
   </si>
   <si>
-    <t>12.836.692.585,87</t>
-[...17 lines deleted...]
-    <t>47.313,28</t>
+    <t>14.740.965.586,85</t>
+  </si>
+  <si>
+    <t>697.802,51</t>
+  </si>
+  <si>
+    <t>14.741.663.389,36</t>
+  </si>
+  <si>
+    <t>473.765.371,70</t>
+  </si>
+  <si>
+    <t>3.115.104,67</t>
+  </si>
+  <si>
+    <t>7.330,22</t>
+  </si>
+  <si>
+    <t>58.115,50</t>
   </si>
   <si>
     <t>284.833,00</t>
   </si>
   <si>
-    <t>414.255.339,44</t>
-[...101 lines deleted...]
-    <t>122.942,07</t>
+    <t>477.230.755,09</t>
+  </si>
+  <si>
+    <t>13.632,61</t>
+  </si>
+  <si>
+    <t>477.244.387,70</t>
+  </si>
+  <si>
+    <t>248.067.846,24</t>
+  </si>
+  <si>
+    <t>2.039.745,56</t>
+  </si>
+  <si>
+    <t>8.902,43</t>
+  </si>
+  <si>
+    <t>107.535,60</t>
+  </si>
+  <si>
+    <t>250.224.029,83</t>
+  </si>
+  <si>
+    <t>13.628,36</t>
+  </si>
+  <si>
+    <t>250.237.658,19</t>
+  </si>
+  <si>
+    <t>2.235.919.448,89</t>
+  </si>
+  <si>
+    <t>23.847.603,52</t>
+  </si>
+  <si>
+    <t>346.980,09</t>
+  </si>
+  <si>
+    <t>12.156,50</t>
+  </si>
+  <si>
+    <t>2.260.126.189,00</t>
+  </si>
+  <si>
+    <t>56.687,28</t>
+  </si>
+  <si>
+    <t>2.260.182.876,28</t>
+  </si>
+  <si>
+    <t>2.957.752.666,83</t>
+  </si>
+  <si>
+    <t>29.002.453,75</t>
+  </si>
+  <si>
+    <t>363.212,74</t>
+  </si>
+  <si>
+    <t>177.807,60</t>
+  </si>
+  <si>
+    <t>2.987.580.973,92</t>
+  </si>
+  <si>
+    <t>83.948,25</t>
+  </si>
+  <si>
+    <t>2.987.664.922,17</t>
+  </si>
+  <si>
+    <t>1.933.331.101,01</t>
+  </si>
+  <si>
+    <t>15.715.848,00</t>
+  </si>
+  <si>
+    <t>1.350.060,28</t>
+  </si>
+  <si>
+    <t>108.328,62</t>
+  </si>
+  <si>
+    <t>649.702,00</t>
+  </si>
+  <si>
+    <t>1.951.155.039,91</t>
+  </si>
+  <si>
+    <t>43.470,51</t>
+  </si>
+  <si>
+    <t>1.951.198.510,42</t>
+  </si>
+  <si>
+    <t>2.857.023.693,31</t>
+  </si>
+  <si>
+    <t>35.728.454,11</t>
+  </si>
+  <si>
+    <t>130.886,88</t>
+  </si>
+  <si>
+    <t>153.812,37</t>
   </si>
   <si>
     <t>477,86</t>
   </si>
   <si>
-    <t>2.485.003.225,94</t>
-[...32 lines deleted...]
-    <t>98.746,77</t>
+    <t>2.893.037.324,53</t>
+  </si>
+  <si>
+    <t>72.661,05</t>
+  </si>
+  <si>
+    <t>2.893.109.985,58</t>
+  </si>
+  <si>
+    <t>2.222.781.993,87</t>
+  </si>
+  <si>
+    <t>41.252.207,52</t>
+  </si>
+  <si>
+    <t>148.362,62</t>
+  </si>
+  <si>
+    <t>5.688,00</t>
+  </si>
+  <si>
+    <t>2.264.188.252,01</t>
+  </si>
+  <si>
+    <t>119.659,65</t>
+  </si>
+  <si>
+    <t>2.264.307.911,66</t>
+  </si>
+  <si>
+    <t>1.959.538.953,13</t>
+  </si>
+  <si>
+    <t>25.266.643,44</t>
+  </si>
+  <si>
+    <t>112.808,22</t>
   </si>
   <si>
     <t>82.000,00</t>
   </si>
   <si>
-    <t>1.732.349.844,07</t>
-[...74 lines deleted...]
-    <t>233.179,25</t>
+    <t>1.985.000.404,79</t>
+  </si>
+  <si>
+    <t>59.723,11</t>
+  </si>
+  <si>
+    <t>1.985.060.127,90</t>
+  </si>
+  <si>
+    <t>4.182.320.947,00</t>
+  </si>
+  <si>
+    <t>66.518.850,96</t>
+  </si>
+  <si>
+    <t>261.170,84</t>
+  </si>
+  <si>
+    <t>4.249.188.656,80</t>
+  </si>
+  <si>
+    <t>179.382,76</t>
+  </si>
+  <si>
+    <t>4.249.368.039,56</t>
+  </si>
+  <si>
+    <t>1.102.998.722,62</t>
+  </si>
+  <si>
+    <t>9.479.961,68</t>
+  </si>
+  <si>
+    <t>135.244,82</t>
+  </si>
+  <si>
+    <t>49.550,33</t>
+  </si>
+  <si>
+    <t>1.112.663.479,45</t>
+  </si>
+  <si>
+    <t>31.999,57</t>
+  </si>
+  <si>
+    <t>1.112.695.479,02</t>
+  </si>
+  <si>
+    <t>656.431.185,61</t>
+  </si>
+  <si>
+    <t>7.927.913,45</t>
+  </si>
+  <si>
+    <t>15.604,21</t>
+  </si>
+  <si>
+    <t>102.788,45</t>
+  </si>
+  <si>
+    <t>664.477.491,72</t>
+  </si>
+  <si>
+    <t>32.753,98</t>
+  </si>
+  <si>
+    <t>664.510.245,70</t>
+  </si>
+  <si>
+    <t>761.516.294,83</t>
+  </si>
+  <si>
+    <t>7.266.507,77</t>
+  </si>
+  <si>
+    <t>266.636,15</t>
   </si>
   <si>
     <t>272.000,00</t>
   </si>
   <si>
-    <t>670.669.421,25</t>
-[...11 lines deleted...]
-    <t>2.928.453,18</t>
+    <t>769.321.438,75</t>
+  </si>
+  <si>
+    <t>11.829,27</t>
+  </si>
+  <si>
+    <t>769.333.268,02</t>
+  </si>
+  <si>
+    <t>310.336.283,31</t>
+  </si>
+  <si>
+    <t>3.166.871,48</t>
   </si>
   <si>
     <t>14,29</t>
   </si>
   <si>
-    <t>272.802.339,69</t>
-[...71 lines deleted...]
-    <t>1.754.593,94</t>
+    <t>313.503.169,08</t>
+  </si>
+  <si>
+    <t>7.284,19</t>
+  </si>
+  <si>
+    <t>313.510.453,27</t>
+  </si>
+  <si>
+    <t>515.834.490,46</t>
+  </si>
+  <si>
+    <t>5.955.222,63</t>
+  </si>
+  <si>
+    <t>33.175,24</t>
+  </si>
+  <si>
+    <t>36.850,78</t>
+  </si>
+  <si>
+    <t>521.859.739,11</t>
+  </si>
+  <si>
+    <t>37.912,42</t>
+  </si>
+  <si>
+    <t>521.897.651,53</t>
+  </si>
+  <si>
+    <t>1.183.144.315,77</t>
+  </si>
+  <si>
+    <t>9.406.158,21</t>
+  </si>
+  <si>
+    <t>177.132,62</t>
+  </si>
+  <si>
+    <t>1.192.727.606,60</t>
+  </si>
+  <si>
+    <t>30.748,37</t>
+  </si>
+  <si>
+    <t>1.192.758.354,97</t>
+  </si>
+  <si>
+    <t>3.427.262.569,98</t>
+  </si>
+  <si>
+    <t>33.722.673,54</t>
+  </si>
+  <si>
+    <t>492.562,51</t>
+  </si>
+  <si>
+    <t>139.639,23</t>
+  </si>
+  <si>
+    <t>3.461.889.445,26</t>
+  </si>
+  <si>
+    <t>120.528,23</t>
+  </si>
+  <si>
+    <t>3.462.009.973,49</t>
+  </si>
+  <si>
+    <t>233.296.642,23</t>
+  </si>
+  <si>
+    <t>1.843.426,99</t>
   </si>
   <si>
     <t>6.250,00</t>
   </si>
   <si>
-    <t>204.451.286,79</t>
-[...14 lines deleted...]
-    <t>254.069,23</t>
+    <t>235.146.319,22</t>
+  </si>
+  <si>
+    <t>3.371,60</t>
+  </si>
+  <si>
+    <t>235.149.690,82</t>
+  </si>
+  <si>
+    <t>766.638.184,07</t>
+  </si>
+  <si>
+    <t>5.003.588,67</t>
+  </si>
+  <si>
+    <t>292.043,67</t>
   </si>
   <si>
     <t>21.722,52</t>
   </si>
   <si>
-    <t>672.216.473,61</t>
-[...53 lines deleted...]
-    <t>35.243,55</t>
+    <t>771.955.538,93</t>
+  </si>
+  <si>
+    <t>9.967,78</t>
+  </si>
+  <si>
+    <t>771.965.506,71</t>
+  </si>
+  <si>
+    <t>755.658.724,13</t>
+  </si>
+  <si>
+    <t>5.095.561,21</t>
+  </si>
+  <si>
+    <t>40.895,40</t>
+  </si>
+  <si>
+    <t>760.795.180,74</t>
+  </si>
+  <si>
+    <t>26.220,99</t>
+  </si>
+  <si>
+    <t>760.821.401,73</t>
+  </si>
+  <si>
+    <t>302.958.082,34</t>
+  </si>
+  <si>
+    <t>1.694.940,80</t>
+  </si>
+  <si>
+    <t>186.720,76</t>
+  </si>
+  <si>
+    <t>85.503,16</t>
+  </si>
+  <si>
+    <t>304.925.247,06</t>
+  </si>
+  <si>
+    <t>8.386,68</t>
+  </si>
+  <si>
+    <t>304.933.633,74</t>
+  </si>
+  <si>
+    <t>552.469.990,58</t>
+  </si>
+  <si>
+    <t>5.055.585,10</t>
+  </si>
+  <si>
+    <t>40.166,79</t>
   </si>
   <si>
     <t>4.726,53</t>
   </si>
   <si>
-    <t>486.174.774,68</t>
-[...14 lines deleted...]
-    <t>8.765,92</t>
+    <t>557.570.469,00</t>
+  </si>
+  <si>
+    <t>27.440,60</t>
+  </si>
+  <si>
+    <t>557.597.909,60</t>
+  </si>
+  <si>
+    <t>275.786.645,02</t>
+  </si>
+  <si>
+    <t>2.112.181,79</t>
+  </si>
+  <si>
+    <t>9.703,96</t>
   </si>
   <si>
     <t>3.847.640,00</t>
   </si>
   <si>
-    <t>245.016.766,62</t>
-[...17 lines deleted...]
-    <t>157.950.760,18</t>
+    <t>281.756.170,77</t>
+  </si>
+  <si>
+    <t>8.818,00</t>
+  </si>
+  <si>
+    <t>281.764.988,77</t>
+  </si>
+  <si>
+    <t>179.476.867,78</t>
+  </si>
+  <si>
+    <t>2.077.414,80</t>
+  </si>
+  <si>
+    <t>19.300,10</t>
+  </si>
+  <si>
+    <t>181.573.582,68</t>
   </si>
   <si>
     <t>1.323,00</t>
   </si>
   <si>
-    <t>157.952.083,18</t>
-[...53 lines deleted...]
-    <t>252.160,80</t>
+    <t>181.574.905,68</t>
+  </si>
+  <si>
+    <t>1.090.644.558,90</t>
+  </si>
+  <si>
+    <t>9.550.676,12</t>
+  </si>
+  <si>
+    <t>959.753,46</t>
+  </si>
+  <si>
+    <t>104.419,59</t>
+  </si>
+  <si>
+    <t>1.101.259.408,07</t>
+  </si>
+  <si>
+    <t>33.035,00</t>
+  </si>
+  <si>
+    <t>1.101.292.443,07</t>
+  </si>
+  <si>
+    <t>246.246.165,65</t>
+  </si>
+  <si>
+    <t>1.715.166,78</t>
+  </si>
+  <si>
+    <t>14.613,24</t>
+  </si>
+  <si>
+    <t>40.228,36</t>
+  </si>
+  <si>
+    <t>248.016.174,03</t>
+  </si>
+  <si>
+    <t>9.160,18</t>
+  </si>
+  <si>
+    <t>248.025.334,21</t>
+  </si>
+  <si>
+    <t>4.403.175.860,70</t>
+  </si>
+  <si>
+    <t>34.148.542,26</t>
+  </si>
+  <si>
+    <t>1.534.193,32</t>
+  </si>
+  <si>
+    <t>285.604,22</t>
   </si>
   <si>
     <t>3.853.890,00</t>
   </si>
   <si>
-    <t>3.872.109.265,90</t>
-[...17 lines deleted...]
-    <t>310.173,81</t>
+    <t>4.442.998.090,50</t>
+  </si>
+  <si>
+    <t>127.723,83</t>
+  </si>
+  <si>
+    <t>4.443.125.814,33</t>
+  </si>
+  <si>
+    <t>15.829.197.317,43</t>
+  </si>
+  <si>
+    <t>196.228.831,68</t>
+  </si>
+  <si>
+    <t>4.356.491,52</t>
+  </si>
+  <si>
+    <t>383.304,45</t>
   </si>
   <si>
     <t>6.968,70</t>
   </si>
   <si>
-    <t>14.009.793.761,03</t>
-[...14 lines deleted...]
-    <t>26.251,14</t>
+    <t>16.030.172.913,78</t>
+  </si>
+  <si>
+    <t>205.225,83</t>
+  </si>
+  <si>
+    <t>16.030.378.139,61</t>
+  </si>
+  <si>
+    <t>1.731.951.779,18</t>
+  </si>
+  <si>
+    <t>17.801.946,11</t>
+  </si>
+  <si>
+    <t>30.056,53</t>
   </si>
   <si>
     <t>63.025,73</t>
   </si>
   <si>
-    <t>1.517.891.430,62</t>
-[...32 lines deleted...]
-    <t>210.391,14</t>
+    <t>1.749.846.807,55</t>
+  </si>
+  <si>
+    <t>39.288,70</t>
+  </si>
+  <si>
+    <t>1.749.886.096,25</t>
+  </si>
+  <si>
+    <t>940.401.871,71</t>
+  </si>
+  <si>
+    <t>8.780.545,17</t>
+  </si>
+  <si>
+    <t>37.289,55</t>
+  </si>
+  <si>
+    <t>949.219.706,43</t>
+  </si>
+  <si>
+    <t>18.209,28</t>
+  </si>
+  <si>
+    <t>949.237.915,71</t>
+  </si>
+  <si>
+    <t>1.726.082.996,11</t>
+  </si>
+  <si>
+    <t>16.040.776,18</t>
+  </si>
+  <si>
+    <t>242.423,98</t>
   </si>
   <si>
     <t>8.621,00</t>
   </si>
   <si>
-    <t>1.515.862.461,83</t>
-[...17 lines deleted...]
-    <t>373.199,54</t>
+    <t>1.742.374.817,27</t>
+  </si>
+  <si>
+    <t>28.128,74</t>
+  </si>
+  <si>
+    <t>1.742.402.946,01</t>
+  </si>
+  <si>
+    <t>20.227.633.964,43</t>
+  </si>
+  <si>
+    <t>238.852.099,14</t>
+  </si>
+  <si>
+    <t>4.666.261,58</t>
+  </si>
+  <si>
+    <t>446.330,18</t>
   </si>
   <si>
     <t>15.589,70</t>
   </si>
   <si>
-    <t>17.867.112.588,27</t>
-[...74 lines deleted...]
-    <t>37.784,10</t>
+    <t>20.471.614.245,03</t>
+  </si>
+  <si>
+    <t>290.852,55</t>
+  </si>
+  <si>
+    <t>20.471.905.097,58</t>
+  </si>
+  <si>
+    <t>1.023.949.726,77</t>
+  </si>
+  <si>
+    <t>13.247.544,70</t>
+  </si>
+  <si>
+    <t>33.301,70</t>
+  </si>
+  <si>
+    <t>11.444,72</t>
+  </si>
+  <si>
+    <t>1.037.242.017,89</t>
+  </si>
+  <si>
+    <t>44.951,00</t>
+  </si>
+  <si>
+    <t>1.037.286.968,89</t>
+  </si>
+  <si>
+    <t>601.379.508,94</t>
+  </si>
+  <si>
+    <t>4.570.221,02</t>
+  </si>
+  <si>
+    <t>33.760,98</t>
+  </si>
+  <si>
+    <t>605.983.490,94</t>
+  </si>
+  <si>
+    <t>33.065,89</t>
+  </si>
+  <si>
+    <t>606.016.556,83</t>
+  </si>
+  <si>
+    <t>1.625.329.235,71</t>
+  </si>
+  <si>
+    <t>17.817.765,72</t>
+  </si>
+  <si>
+    <t>67.062,68</t>
+  </si>
+  <si>
+    <t>1.643.225.508,83</t>
+  </si>
+  <si>
+    <t>78.016,89</t>
+  </si>
+  <si>
+    <t>1.643.303.525,72</t>
+  </si>
+  <si>
+    <t>2.248.055.745,08</t>
+  </si>
+  <si>
+    <t>20.553.899,13</t>
+  </si>
+  <si>
+    <t>362.946,28</t>
+  </si>
+  <si>
+    <t>49.763,67</t>
   </si>
   <si>
     <t>35.267,94</t>
   </si>
   <si>
-    <t>1.979.275.848,34</t>
-[...272 lines deleted...]
-    <t>602.687,96</t>
+    <t>2.269.057.622,10</t>
+  </si>
+  <si>
+    <t>109.108,15</t>
+  </si>
+  <si>
+    <t>2.269.166.730,25</t>
+  </si>
+  <si>
+    <t>528.881.544,61</t>
+  </si>
+  <si>
+    <t>4.721.176,86</t>
+  </si>
+  <si>
+    <t>174.490,37</t>
+  </si>
+  <si>
+    <t>533.777.211,84</t>
+  </si>
+  <si>
+    <t>38.576,85</t>
+  </si>
+  <si>
+    <t>533.815.788,69</t>
+  </si>
+  <si>
+    <t>467.247.712,50</t>
+  </si>
+  <si>
+    <t>4.428.722,24</t>
+  </si>
+  <si>
+    <t>39.099,24</t>
+  </si>
+  <si>
+    <t>471.715.533,98</t>
+  </si>
+  <si>
+    <t>35.750,20</t>
+  </si>
+  <si>
+    <t>471.751.284,18</t>
+  </si>
+  <si>
+    <t>1.723.013.045,79</t>
+  </si>
+  <si>
+    <t>14.905.661,89</t>
+  </si>
+  <si>
+    <t>39.719,24</t>
+  </si>
+  <si>
+    <t>76.183,82</t>
+  </si>
+  <si>
+    <t>1.738.034.610,74</t>
+  </si>
+  <si>
+    <t>109.124,27</t>
+  </si>
+  <si>
+    <t>1.738.143.735,01</t>
+  </si>
+  <si>
+    <t>4.967.198.047,98</t>
+  </si>
+  <si>
+    <t>44.609.460,12</t>
+  </si>
+  <si>
+    <t>616.255,13</t>
+  </si>
+  <si>
+    <t>125.947,49</t>
+  </si>
+  <si>
+    <t>5.012.584.978,66</t>
+  </si>
+  <si>
+    <t>292.559,47</t>
+  </si>
+  <si>
+    <t>5.012.877.538,13</t>
+  </si>
+  <si>
+    <t>641.368.498,27</t>
+  </si>
+  <si>
+    <t>6.777.178,17</t>
+  </si>
+  <si>
+    <t>10.592,70</t>
+  </si>
+  <si>
+    <t>648.156.269,14</t>
+  </si>
+  <si>
+    <t>13.786,52</t>
+  </si>
+  <si>
+    <t>648.170.055,66</t>
+  </si>
+  <si>
+    <t>20.842.730.941,73</t>
+  </si>
+  <si>
+    <t>245.094.346,52</t>
+  </si>
+  <si>
+    <t>17.003.843,54</t>
+  </si>
+  <si>
+    <t>21.104.829.131,79</t>
+  </si>
+  <si>
+    <t>167.721,32</t>
+  </si>
+  <si>
+    <t>21.104.996.853,11</t>
+  </si>
+  <si>
+    <t>2.770.234.832,63</t>
+  </si>
+  <si>
+    <t>26.681.905,87</t>
+  </si>
+  <si>
+    <t>444.199,04</t>
+  </si>
+  <si>
+    <t>5.717,42</t>
+  </si>
+  <si>
+    <t>2.797.366.654,96</t>
+  </si>
+  <si>
+    <t>91.749,14</t>
+  </si>
+  <si>
+    <t>2.797.458.404,10</t>
+  </si>
+  <si>
+    <t>1.686.526.043,45</t>
+  </si>
+  <si>
+    <t>11.493.787,87</t>
+  </si>
+  <si>
+    <t>402.612,21</t>
+  </si>
+  <si>
+    <t>23.230,89</t>
+  </si>
+  <si>
+    <t>1.698.445.674,42</t>
+  </si>
+  <si>
+    <t>17.727,64</t>
+  </si>
+  <si>
+    <t>1.698.463.402,06</t>
+  </si>
+  <si>
+    <t>3.218.338.495,16</t>
+  </si>
+  <si>
+    <t>40.445.892,37</t>
+  </si>
+  <si>
+    <t>95.599,39</t>
+  </si>
+  <si>
+    <t>34.939,52</t>
+  </si>
+  <si>
+    <t>3.258.914.926,44</t>
+  </si>
+  <si>
+    <t>121.119,80</t>
+  </si>
+  <si>
+    <t>3.259.036.046,24</t>
+  </si>
+  <si>
+    <t>1.199.566.296,42</t>
+  </si>
+  <si>
+    <t>11.778.167,29</t>
+  </si>
+  <si>
+    <t>130.205,35</t>
+  </si>
+  <si>
+    <t>1.211.474.669,06</t>
+  </si>
+  <si>
+    <t>29.361,22</t>
+  </si>
+  <si>
+    <t>1.211.504.030,28</t>
+  </si>
+  <si>
+    <t>5.709.286.788,32</t>
+  </si>
+  <si>
+    <t>70.340.215,39</t>
+  </si>
+  <si>
+    <t>1.017.290,29</t>
+  </si>
+  <si>
+    <t>4.652,56</t>
+  </si>
+  <si>
+    <t>5.780.648.946,56</t>
+  </si>
+  <si>
+    <t>117.582,86</t>
+  </si>
+  <si>
+    <t>5.780.766.529,42</t>
+  </si>
+  <si>
+    <t>10.127.191.579,90</t>
+  </si>
+  <si>
+    <t>122.564.275,05</t>
+  </si>
+  <si>
+    <t>1.243.095,03</t>
+  </si>
+  <si>
+    <t>39.592,08</t>
+  </si>
+  <si>
+    <t>10.251.038.542,06</t>
+  </si>
+  <si>
+    <t>268.063,88</t>
+  </si>
+  <si>
+    <t>10.251.306.605,94</t>
+  </si>
+  <si>
+    <t>1.000.596.120,93</t>
+  </si>
+  <si>
+    <t>8.529.267,56</t>
+  </si>
+  <si>
+    <t>759.188,46</t>
+  </si>
+  <si>
+    <t>2.065.763,75</t>
+  </si>
+  <si>
+    <t>1.011.950.340,70</t>
+  </si>
+  <si>
+    <t>15.143,23</t>
+  </si>
+  <si>
+    <t>1.011.965.483,93</t>
+  </si>
+  <si>
+    <t>1.979.147.235,89</t>
+  </si>
+  <si>
+    <t>10.415.078,72</t>
+  </si>
+  <si>
+    <t>686.840,80</t>
   </si>
   <si>
     <t>580,96</t>
   </si>
   <si>
-    <t>1.735.648.079,70</t>
-[...17 lines deleted...]
-    <t>30.813,41</t>
+    <t>1.990.249.736,37</t>
+  </si>
+  <si>
+    <t>19.139,64</t>
+  </si>
+  <si>
+    <t>1.990.268.876,01</t>
+  </si>
+  <si>
+    <t>2.970.820.280,09</t>
+  </si>
+  <si>
+    <t>22.782.364,17</t>
+  </si>
+  <si>
+    <t>429.639,57</t>
+  </si>
+  <si>
+    <t>43.725,10</t>
   </si>
   <si>
     <t>326.000,00</t>
   </si>
   <si>
-    <t>2.614.317.791,19</t>
-[...56 lines deleted...]
-    <t>7.432,32</t>
+    <t>2.994.402.008,93</t>
+  </si>
+  <si>
+    <t>43.249,15</t>
+  </si>
+  <si>
+    <t>2.994.445.258,08</t>
+  </si>
+  <si>
+    <t>5.950.563.636,91</t>
+  </si>
+  <si>
+    <t>41.726.710,45</t>
+  </si>
+  <si>
+    <t>1.875.668,83</t>
+  </si>
+  <si>
+    <t>44.306,06</t>
+  </si>
+  <si>
+    <t>2.391.763,75</t>
+  </si>
+  <si>
+    <t>5.996.602.086,00</t>
+  </si>
+  <si>
+    <t>77.532,02</t>
+  </si>
+  <si>
+    <t>5.996.679.618,02</t>
+  </si>
+  <si>
+    <t>125.956.448,27</t>
+  </si>
+  <si>
+    <t>1.518.241,15</t>
+  </si>
+  <si>
+    <t>9.981,00</t>
+  </si>
+  <si>
+    <t>127.484.670,42</t>
+  </si>
+  <si>
+    <t>54.925,33</t>
+  </si>
+  <si>
+    <t>127.539.595,75</t>
+  </si>
+  <si>
+    <t>118.760.087,97</t>
+  </si>
+  <si>
+    <t>2.731.418,04</t>
+  </si>
+  <si>
+    <t>8.432,32</t>
   </si>
   <si>
     <t>578,13</t>
   </si>
   <si>
-    <t>106.222.648,30</t>
-[...56 lines deleted...]
-    <t>133.904.570.288,04</t>
+    <t>121.500.516,46</t>
+  </si>
+  <si>
+    <t>133.525,90</t>
+  </si>
+  <si>
+    <t>121.634.042,36</t>
+  </si>
+  <si>
+    <t>-924.810.750,33</t>
+  </si>
+  <si>
+    <t>111.795.836,81</t>
+  </si>
+  <si>
+    <t>44.697.096.075,31</t>
+  </si>
+  <si>
+    <t>276.141.458,60</t>
+  </si>
+  <si>
+    <t>20.396.064,99</t>
+  </si>
+  <si>
+    <t>234.618.526,79</t>
+  </si>
+  <si>
+    <t>44.415.237.212,17</t>
+  </si>
+  <si>
+    <t>847.080,40</t>
+  </si>
+  <si>
+    <t>44.416.084.292,57</t>
+  </si>
+  <si>
+    <t>103.579.916.430,25</t>
+  </si>
+  <si>
+    <t>1.276.093.638,89</t>
+  </si>
+  <si>
+    <t>44.730.150.804,19</t>
+  </si>
+  <si>
+    <t>277.868.333,67</t>
+  </si>
+  <si>
+    <t>28.916.353,37</t>
+  </si>
+  <si>
+    <t>150.127.564.087,16</t>
+  </si>
+  <si>
+    <t>3.691.057,77</t>
+  </si>
+  <si>
+    <t>150.131.255.144,93</t>
   </si>
   <si>
     <t>No se incluyen los ingresos pendientes de aplicación</t>
   </si>
   <si>
     <t>DISTRIBUCIÓN GEOGRÁFICA DE LOS DERECHOS RECONOCIDOS NETOS</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">COTIZACIONES SOCIALES </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">A FIN DE SEPTIEMBRE DE 2025</t>
+      <t xml:space="preserve">A FIN DE OCTUBRE DE 2025</t>
     </r>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">RÉGIMEN
 </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
@@ -4453,2821 +4459,2821 @@
         <v>9</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L11" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M11" s="7"/>
       <c r="N11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="O11" s="5" t="s">
         <v>13</v>
       </c>
       <c r="P11" s="6"/>
       <c r="Q11" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="9">
-        <v>12357415.66</v>
+        <v>13845080.42</v>
       </c>
       <c r="E12" s="10">
-        <v>1848973.24</v>
+        <v>2139432.7</v>
       </c>
       <c r="G12" s="11">
         <v>1364.02</v>
       </c>
       <c r="H12" s="11">
-        <v>1506409396.34</v>
+        <v>1663571194.28</v>
       </c>
       <c r="I12" s="11">
         <v>115680.81</v>
       </c>
       <c r="J12" s="11">
         <v>0</v>
       </c>
       <c r="K12" s="12">
-        <v>1520732830.07</v>
+        <v>1679672752.23</v>
       </c>
       <c r="L12" s="11">
-        <v>51486.84</v>
+        <v>59910.84</v>
       </c>
       <c r="N12" s="11">
         <v>0</v>
       </c>
       <c r="O12" s="12">
-        <v>51486.84</v>
+        <v>59910.84</v>
       </c>
       <c r="Q12" s="13">
-        <v>1520784316.91</v>
+        <v>1679732663.07</v>
       </c>
     </row>
     <row r="13" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B13" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="9">
-        <v>21101422.31</v>
+        <v>23539560.95</v>
       </c>
       <c r="E13" s="10">
-        <v>4259761.7</v>
+        <v>4782206.18</v>
       </c>
       <c r="G13" s="11">
         <v>6333.04</v>
       </c>
       <c r="H13" s="11">
-        <v>3453037866.18</v>
+        <v>3808296488.28</v>
       </c>
       <c r="I13" s="11">
-        <v>121860.49</v>
+        <v>189401.78</v>
       </c>
       <c r="J13" s="11">
         <v>0</v>
       </c>
       <c r="K13" s="12">
-        <v>3478527243.72</v>
+        <v>3836813990.23</v>
       </c>
       <c r="L13" s="11">
-        <v>73572.5</v>
+        <v>79172.27</v>
       </c>
       <c r="N13" s="11">
         <v>0</v>
       </c>
       <c r="O13" s="12">
-        <v>73572.5</v>
+        <v>79172.27</v>
       </c>
       <c r="Q13" s="13">
-        <v>3478600816.22</v>
+        <v>3836893162.5</v>
       </c>
     </row>
     <row r="14" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B14" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="9">
-        <v>18543738.48</v>
+        <v>20822394.69</v>
       </c>
       <c r="E14" s="10">
-        <v>2496788.64</v>
+        <v>2880823.08</v>
       </c>
       <c r="G14" s="11">
         <v>570.42</v>
       </c>
       <c r="H14" s="11">
-        <v>2243773000.09</v>
+        <v>2475895631.61</v>
       </c>
       <c r="I14" s="11">
-        <v>131001.76</v>
+        <v>131911.76</v>
       </c>
       <c r="J14" s="11">
         <v>0</v>
       </c>
       <c r="K14" s="12">
-        <v>2264945099.39</v>
+        <v>2499731331.56</v>
       </c>
       <c r="L14" s="11">
         <v>48222.96</v>
       </c>
       <c r="N14" s="11">
         <v>0</v>
       </c>
       <c r="O14" s="12">
         <v>48222.96</v>
       </c>
       <c r="Q14" s="13">
-        <v>2264993322.35</v>
+        <v>2499779554.52</v>
       </c>
     </row>
     <row r="15" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B15" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="9">
-        <v>16690373.96</v>
+        <v>18644617.75</v>
       </c>
       <c r="E15" s="10">
-        <v>2114693.28</v>
+        <v>2370275.32</v>
       </c>
       <c r="G15" s="11">
         <v>240</v>
       </c>
       <c r="H15" s="11">
-        <v>2558463727.35</v>
+        <v>2826051344.08</v>
       </c>
       <c r="I15" s="11">
-        <v>21218.2</v>
+        <v>103745.28</v>
       </c>
       <c r="J15" s="11">
         <v>0</v>
       </c>
       <c r="K15" s="12">
-        <v>2577290252.79</v>
+        <v>2847170222.43</v>
       </c>
       <c r="L15" s="11">
-        <v>57489.57</v>
+        <v>69097.41</v>
       </c>
       <c r="N15" s="11">
         <v>0</v>
       </c>
       <c r="O15" s="12">
-        <v>57489.57</v>
+        <v>69097.41</v>
       </c>
       <c r="Q15" s="13">
-        <v>2577347742.36</v>
+        <v>2847239319.84</v>
       </c>
     </row>
     <row r="16" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B16" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="9">
-        <v>10839718.64</v>
+        <v>12172384.89</v>
       </c>
       <c r="E16" s="10">
-        <v>2797273.91</v>
+        <v>3197127.62</v>
       </c>
       <c r="G16" s="11">
         <v>21.2</v>
       </c>
       <c r="H16" s="11">
-        <v>1435343335.02</v>
+        <v>1585733871.88</v>
       </c>
       <c r="I16" s="11">
-        <v>89152.27</v>
+        <v>118796.35</v>
       </c>
       <c r="J16" s="11">
         <v>0</v>
       </c>
       <c r="K16" s="12">
-        <v>1449069501.04</v>
+        <v>1601222201.94</v>
       </c>
       <c r="L16" s="11">
         <v>38678.48</v>
       </c>
       <c r="N16" s="11">
         <v>0</v>
       </c>
       <c r="O16" s="12">
         <v>38678.48</v>
       </c>
       <c r="Q16" s="13">
-        <v>1449108179.52</v>
+        <v>1601260880.42</v>
       </c>
     </row>
     <row r="17" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B17" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="9">
-        <v>13402445.02</v>
+        <v>14979427.23</v>
       </c>
       <c r="E17" s="10">
-        <v>1630590.92</v>
+        <v>1826106.66</v>
       </c>
       <c r="G17" s="11">
         <v>0.47</v>
       </c>
       <c r="H17" s="11">
-        <v>1821084388.65</v>
+        <v>2008488881.92</v>
       </c>
       <c r="I17" s="11">
         <v>55377.1</v>
       </c>
       <c r="J17" s="11">
         <v>0</v>
       </c>
       <c r="K17" s="12">
-        <v>1836172802.16</v>
+        <v>2025349793.38</v>
       </c>
       <c r="L17" s="11">
-        <v>45231.49</v>
+        <v>54974.29</v>
       </c>
       <c r="N17" s="11">
         <v>0</v>
       </c>
       <c r="O17" s="12">
-        <v>45231.49</v>
+        <v>54974.29</v>
       </c>
       <c r="Q17" s="13">
-        <v>1836218033.65</v>
+        <v>2025404767.67</v>
       </c>
     </row>
     <row r="18" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B18" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="9">
-        <v>24875416.04</v>
+        <v>27876847.43</v>
       </c>
       <c r="E18" s="10">
-        <v>3380757.41</v>
+        <v>3777050</v>
       </c>
       <c r="G18" s="11">
         <v>5050.31</v>
       </c>
       <c r="H18" s="11">
-        <v>3944459347.27</v>
+        <v>4354541204.71</v>
       </c>
       <c r="I18" s="11">
-        <v>489307.92</v>
+        <v>496871.08</v>
       </c>
       <c r="J18" s="11">
         <v>0</v>
       </c>
       <c r="K18" s="12">
-        <v>3973209878.95</v>
+        <v>4386697023.53</v>
       </c>
       <c r="L18" s="11">
-        <v>98364.34</v>
+        <v>115548.34</v>
       </c>
       <c r="N18" s="11">
         <v>0</v>
       </c>
       <c r="O18" s="12">
-        <v>98364.34</v>
+        <v>115548.34</v>
       </c>
       <c r="Q18" s="13">
-        <v>3973308243.29</v>
+        <v>4386812571.87</v>
       </c>
     </row>
     <row r="19" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B19" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="9">
-        <v>28292087.4</v>
+        <v>31680838.22</v>
       </c>
       <c r="E19" s="10">
-        <v>4018693.29</v>
+        <v>4606819.37</v>
       </c>
       <c r="G19" s="11">
-        <v>16400.74</v>
+        <v>17189.83</v>
       </c>
       <c r="H19" s="11">
-        <v>5578728182.9</v>
+        <v>6158637895.45</v>
       </c>
       <c r="I19" s="11">
-        <v>295578.49</v>
+        <v>630889.16</v>
       </c>
       <c r="J19" s="11">
         <v>0</v>
       </c>
       <c r="K19" s="12">
-        <v>5611350942.82</v>
+        <v>6195573632.03</v>
       </c>
       <c r="L19" s="11">
-        <v>117679.74</v>
+        <v>128968.3</v>
       </c>
       <c r="N19" s="11">
         <v>0</v>
       </c>
       <c r="O19" s="12">
-        <v>117679.74</v>
+        <v>128968.3</v>
       </c>
       <c r="Q19" s="13">
-        <v>5611468622.56</v>
+        <v>6195702600.33</v>
       </c>
     </row>
     <row r="20" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B20" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="15">
-        <v>146102617.51</v>
+        <v>163561151.58</v>
       </c>
       <c r="E20" s="16">
-        <v>22547532.39</v>
+        <v>25579840.93</v>
       </c>
       <c r="G20" s="17">
-        <v>29980.2</v>
+        <v>30769.29</v>
       </c>
       <c r="H20" s="17">
-        <v>22541299243.8</v>
+        <v>24881216512.21</v>
       </c>
       <c r="I20" s="17">
-        <v>1319177.04</v>
+        <v>1842673.32</v>
       </c>
       <c r="J20" s="17">
         <v>0</v>
       </c>
       <c r="K20" s="18">
-        <v>22711298550.94</v>
+        <v>25072230947.33</v>
       </c>
       <c r="L20" s="17">
-        <v>530725.92</v>
+        <v>594572.89</v>
       </c>
       <c r="N20" s="17">
         <v>0</v>
       </c>
       <c r="O20" s="18">
-        <v>530725.92</v>
+        <v>594572.89</v>
       </c>
       <c r="Q20" s="19">
-        <v>22711829276.86</v>
+        <v>25072825520.22</v>
       </c>
     </row>
     <row r="21" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B21" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="20">
-        <v>4570077.61</v>
+        <v>5060837.28</v>
       </c>
       <c r="E21" s="21">
-        <v>756713.5</v>
+        <v>994440.99</v>
       </c>
       <c r="G21" s="22">
         <v>0</v>
       </c>
       <c r="H21" s="22">
-        <v>744540224.29</v>
+        <v>821886332.65</v>
       </c>
       <c r="I21" s="22">
         <v>0</v>
       </c>
       <c r="J21" s="22">
         <v>0</v>
       </c>
       <c r="K21" s="23">
-        <v>749867015.4</v>
+        <v>827941610.92</v>
       </c>
       <c r="L21" s="22">
         <v>11233.44</v>
       </c>
       <c r="N21" s="22">
         <v>0</v>
       </c>
       <c r="O21" s="23">
         <v>11233.44</v>
       </c>
       <c r="Q21" s="24">
-        <v>749878248.84</v>
+        <v>827952844.36</v>
       </c>
     </row>
     <row r="22" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B22" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C22" s="20">
-        <v>3468899.74</v>
+        <v>3848708</v>
       </c>
       <c r="E22" s="21">
-        <v>479522.52</v>
+        <v>539275.71</v>
       </c>
       <c r="G22" s="22">
         <v>0</v>
       </c>
       <c r="H22" s="22">
-        <v>490381625.83</v>
+        <v>540729099.03</v>
       </c>
       <c r="I22" s="22">
-        <v>8288.5</v>
+        <v>18928.03</v>
       </c>
       <c r="J22" s="22">
         <v>0</v>
       </c>
       <c r="K22" s="23">
-        <v>494338336.59</v>
+        <v>545136010.77</v>
       </c>
       <c r="L22" s="22">
         <v>13201.92</v>
       </c>
       <c r="N22" s="22">
         <v>0</v>
       </c>
       <c r="O22" s="23">
         <v>13201.92</v>
       </c>
       <c r="Q22" s="24">
-        <v>494351538.51</v>
+        <v>545149212.69</v>
       </c>
     </row>
     <row r="23" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B23" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="20">
-        <v>15849724.51</v>
+        <v>17634744.32</v>
       </c>
       <c r="E23" s="21">
-        <v>2608778.39</v>
+        <v>2814223.83</v>
       </c>
       <c r="G23" s="22">
         <v>246.15</v>
       </c>
       <c r="H23" s="22">
-        <v>3458614651.26</v>
+        <v>3812259661.05</v>
       </c>
       <c r="I23" s="22">
-        <v>25229.18</v>
+        <v>68857.65</v>
       </c>
       <c r="J23" s="22">
         <v>0</v>
       </c>
       <c r="K23" s="23">
-        <v>3477098629.49</v>
+        <v>3832777733</v>
       </c>
       <c r="L23" s="22">
-        <v>49094.53</v>
+        <v>53138.53</v>
       </c>
       <c r="N23" s="22">
         <v>0</v>
       </c>
       <c r="O23" s="23">
-        <v>49094.53</v>
+        <v>53138.53</v>
       </c>
       <c r="Q23" s="24">
-        <v>3477147724.02</v>
+        <v>3832830871.53</v>
       </c>
     </row>
     <row r="24" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B24" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="15">
-        <v>23888701.86</v>
+        <v>26544289.6</v>
       </c>
       <c r="E24" s="16">
-        <v>3845014.41</v>
+        <v>4347940.53</v>
       </c>
       <c r="G24" s="17">
         <v>246.15</v>
       </c>
       <c r="H24" s="17">
-        <v>4693536501.38</v>
+        <v>5174875092.73</v>
       </c>
       <c r="I24" s="17">
-        <v>33517.68</v>
+        <v>87785.68</v>
       </c>
       <c r="J24" s="17">
         <v>0</v>
       </c>
       <c r="K24" s="18">
-        <v>4721303981.48</v>
+        <v>5205855354.69</v>
       </c>
       <c r="L24" s="17">
-        <v>73529.89</v>
+        <v>77573.89</v>
       </c>
       <c r="N24" s="17">
         <v>0</v>
       </c>
       <c r="O24" s="18">
-        <v>73529.89</v>
+        <v>77573.89</v>
       </c>
       <c r="Q24" s="19">
-        <v>4721377511.37</v>
+        <v>5205932928.58</v>
       </c>
     </row>
     <row r="25" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B25" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="20">
-        <v>21230778.94</v>
+        <v>23731315.17</v>
       </c>
       <c r="E25" s="21">
-        <v>4503161.67</v>
+        <v>5421755.25</v>
       </c>
       <c r="G25" s="22">
         <v>0</v>
       </c>
       <c r="H25" s="22">
-        <v>4898739560.76</v>
+        <v>5401116393.64</v>
       </c>
       <c r="I25" s="22">
-        <v>136454.99</v>
+        <v>142839.83</v>
       </c>
       <c r="J25" s="22">
         <v>0</v>
       </c>
       <c r="K25" s="23">
-        <v>4924609956.36</v>
+        <v>5430412303.89</v>
       </c>
       <c r="L25" s="22">
-        <v>30163.92</v>
+        <v>35817.6</v>
       </c>
       <c r="N25" s="22">
         <v>0</v>
       </c>
       <c r="O25" s="23">
-        <v>30163.92</v>
+        <v>35817.6</v>
       </c>
       <c r="Q25" s="24">
-        <v>4924640120.28</v>
+        <v>5430448121.49</v>
       </c>
     </row>
     <row r="26" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B26" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C26" s="15">
-        <v>21230778.94</v>
+        <v>23731315.17</v>
       </c>
       <c r="E26" s="16">
-        <v>4503161.67</v>
+        <v>5421755.25</v>
       </c>
       <c r="G26" s="17">
         <v>0</v>
       </c>
       <c r="H26" s="17">
-        <v>4898739560.76</v>
+        <v>5401116393.64</v>
       </c>
       <c r="I26" s="17">
-        <v>136454.99</v>
+        <v>142839.83</v>
       </c>
       <c r="J26" s="17">
         <v>0</v>
       </c>
       <c r="K26" s="18">
-        <v>4924609956.36</v>
+        <v>5430412303.89</v>
       </c>
       <c r="L26" s="17">
-        <v>30163.92</v>
+        <v>35817.6</v>
       </c>
       <c r="N26" s="17">
         <v>0</v>
       </c>
       <c r="O26" s="18">
-        <v>30163.92</v>
+        <v>35817.6</v>
       </c>
       <c r="Q26" s="19">
-        <v>4924640120.28</v>
+        <v>5430448121.49</v>
       </c>
     </row>
     <row r="27" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B27" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C27" s="20">
-        <v>17012211.97</v>
+        <v>18914954.26</v>
       </c>
       <c r="E27" s="21">
-        <v>2539058.55</v>
+        <v>2976313.51</v>
       </c>
       <c r="G27" s="22">
         <v>0</v>
       </c>
       <c r="H27" s="22">
-        <v>2825324555.01</v>
+        <v>3120301457.23</v>
       </c>
       <c r="I27" s="22">
         <v>55837.06</v>
       </c>
       <c r="J27" s="22">
         <v>0</v>
       </c>
       <c r="K27" s="23">
-        <v>2844931662.59</v>
+        <v>3142248562.06</v>
       </c>
       <c r="L27" s="22">
-        <v>50783.24</v>
+        <v>53783.16</v>
       </c>
       <c r="N27" s="22">
         <v>0</v>
       </c>
       <c r="O27" s="23">
-        <v>50783.24</v>
+        <v>53783.16</v>
       </c>
       <c r="Q27" s="24">
-        <v>2844982445.83</v>
+        <v>3142302345.22</v>
       </c>
     </row>
     <row r="28" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B28" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="15">
-        <v>17012211.97</v>
+        <v>18914954.26</v>
       </c>
       <c r="E28" s="16">
-        <v>2539058.55</v>
+        <v>2976313.51</v>
       </c>
       <c r="G28" s="17">
         <v>0</v>
       </c>
       <c r="H28" s="17">
-        <v>2825324555.01</v>
+        <v>3120301457.23</v>
       </c>
       <c r="I28" s="17">
         <v>55837.06</v>
       </c>
       <c r="J28" s="17">
         <v>0</v>
       </c>
       <c r="K28" s="18">
-        <v>2844931662.59</v>
+        <v>3142248562.06</v>
       </c>
       <c r="L28" s="17">
-        <v>50783.24</v>
+        <v>53783.16</v>
       </c>
       <c r="N28" s="17">
         <v>0</v>
       </c>
       <c r="O28" s="18">
-        <v>50783.24</v>
+        <v>53783.16</v>
       </c>
       <c r="Q28" s="19">
-        <v>2844982445.83</v>
+        <v>3142302345.22</v>
       </c>
     </row>
     <row r="29" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B29" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C29" s="20">
-        <v>22320809.56</v>
+        <v>24731808.52</v>
       </c>
       <c r="E29" s="21">
-        <v>3977567.81</v>
+        <v>4388515.22</v>
       </c>
       <c r="G29" s="22">
-        <v>73946.36</v>
+        <v>79345.09</v>
       </c>
       <c r="H29" s="22">
-        <v>2780909310.27</v>
+        <v>3071732065.05</v>
       </c>
       <c r="I29" s="22">
-        <v>223864.06</v>
+        <v>296417.97</v>
       </c>
       <c r="J29" s="22">
         <v>0</v>
       </c>
       <c r="K29" s="23">
-        <v>2807505498.06</v>
+        <v>3101228151.85</v>
       </c>
       <c r="L29" s="22">
-        <v>98419.12</v>
+        <v>106432.68</v>
       </c>
       <c r="N29" s="22">
         <v>0</v>
       </c>
       <c r="O29" s="23">
-        <v>98419.12</v>
+        <v>106432.68</v>
       </c>
       <c r="Q29" s="24">
-        <v>2807603917.18</v>
+        <v>3101334584.53</v>
       </c>
     </row>
     <row r="30" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B30" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="20">
-        <v>15447581.47</v>
+        <v>17230024.14</v>
       </c>
       <c r="E30" s="21">
-        <v>2498603.49</v>
+        <v>2833297.56</v>
       </c>
       <c r="G30" s="22">
         <v>0</v>
       </c>
       <c r="H30" s="22">
-        <v>2388020113.05</v>
+        <v>2637373370.91</v>
       </c>
       <c r="I30" s="22">
-        <v>134697.21</v>
+        <v>229640.42</v>
       </c>
       <c r="J30" s="22">
         <v>0</v>
       </c>
       <c r="K30" s="23">
-        <v>2406100995.22</v>
+        <v>2657666333.03</v>
       </c>
       <c r="L30" s="22">
-        <v>32399.44</v>
+        <v>37535.44</v>
       </c>
       <c r="N30" s="22">
         <v>0</v>
       </c>
       <c r="O30" s="23">
-        <v>32399.44</v>
+        <v>37535.44</v>
       </c>
       <c r="Q30" s="24">
-        <v>2406133394.66</v>
+        <v>2657703868.47</v>
       </c>
     </row>
     <row r="31" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B31" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="15">
-        <v>37768391.03</v>
+        <v>41961832.66</v>
       </c>
       <c r="E31" s="16">
-        <v>6476171.3</v>
+        <v>7221812.78</v>
       </c>
       <c r="G31" s="17">
-        <v>73946.36</v>
+        <v>79345.09</v>
       </c>
       <c r="H31" s="17">
-        <v>5168929423.32</v>
+        <v>5709105435.96</v>
       </c>
       <c r="I31" s="17">
-        <v>358561.27</v>
+        <v>526058.39</v>
       </c>
       <c r="J31" s="17">
         <v>0</v>
       </c>
       <c r="K31" s="18">
-        <v>5213606493.28</v>
+        <v>5758894484.88</v>
       </c>
       <c r="L31" s="17">
-        <v>130818.56</v>
+        <v>143968.12</v>
       </c>
       <c r="N31" s="17">
         <v>0</v>
       </c>
       <c r="O31" s="18">
-        <v>130818.56</v>
+        <v>143968.12</v>
       </c>
       <c r="Q31" s="19">
-        <v>5213737311.84</v>
+        <v>5759038453</v>
       </c>
     </row>
     <row r="32" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B32" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="20">
-        <v>14610864.4</v>
+        <v>16349482.2</v>
       </c>
       <c r="E32" s="21">
-        <v>3211427.67</v>
+        <v>3509728.65</v>
       </c>
       <c r="G32" s="22">
         <v>0</v>
       </c>
       <c r="H32" s="22">
-        <v>2197176478.47</v>
+        <v>2424246009.95</v>
       </c>
       <c r="I32" s="22">
-        <v>132493.66</v>
+        <v>133317.67</v>
       </c>
       <c r="J32" s="22">
         <v>0</v>
       </c>
       <c r="K32" s="23">
-        <v>2215131264.2</v>
+        <v>2444238538.47</v>
       </c>
       <c r="L32" s="22">
         <v>40913.76</v>
       </c>
       <c r="N32" s="22">
         <v>0</v>
       </c>
       <c r="O32" s="23">
         <v>40913.76</v>
       </c>
       <c r="Q32" s="24">
-        <v>2215172177.96</v>
+        <v>2444279452.23</v>
       </c>
     </row>
     <row r="33" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B33" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C33" s="15">
-        <v>14610864.4</v>
+        <v>16349482.2</v>
       </c>
       <c r="E33" s="16">
-        <v>3211427.67</v>
+        <v>3509728.65</v>
       </c>
       <c r="G33" s="17">
         <v>0</v>
       </c>
       <c r="H33" s="17">
-        <v>2197176478.47</v>
+        <v>2424246009.95</v>
       </c>
       <c r="I33" s="17">
-        <v>132493.66</v>
+        <v>133317.67</v>
       </c>
       <c r="J33" s="17">
         <v>0</v>
       </c>
       <c r="K33" s="18">
-        <v>2215131264.2</v>
+        <v>2444238538.47</v>
       </c>
       <c r="L33" s="17">
         <v>40913.76</v>
       </c>
       <c r="N33" s="17">
         <v>0</v>
       </c>
       <c r="O33" s="18">
         <v>40913.76</v>
       </c>
       <c r="Q33" s="19">
-        <v>2215172177.96</v>
+        <v>2444279452.23</v>
       </c>
     </row>
     <row r="34" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B34" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C34" s="20">
-        <v>9539859.78</v>
+        <v>10632698.52</v>
       </c>
       <c r="E34" s="21">
-        <v>1588570.1</v>
+        <v>1773551.49</v>
       </c>
       <c r="G34" s="22">
         <v>813.76</v>
       </c>
       <c r="H34" s="22">
-        <v>1002070656.77</v>
+        <v>1106338841.97</v>
       </c>
       <c r="I34" s="22">
         <v>45249.96</v>
       </c>
       <c r="J34" s="22">
         <v>0</v>
       </c>
       <c r="K34" s="23">
-        <v>1013245150.37</v>
+        <v>1118791155.7</v>
       </c>
       <c r="L34" s="22">
         <v>20647.44</v>
       </c>
       <c r="N34" s="22">
         <v>0</v>
       </c>
       <c r="O34" s="23">
         <v>20647.44</v>
       </c>
       <c r="Q34" s="24">
-        <v>1013265797.81</v>
+        <v>1118811803.14</v>
       </c>
     </row>
     <row r="35" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B35" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C35" s="20">
-        <v>7851592.17</v>
+        <v>8759777.2</v>
       </c>
       <c r="E35" s="21">
-        <v>1300506.31</v>
+        <v>1449996.28</v>
       </c>
       <c r="G35" s="22">
         <v>14.88</v>
       </c>
       <c r="H35" s="22">
-        <v>1402816200.79</v>
+        <v>1550456694.38</v>
       </c>
       <c r="I35" s="22">
         <v>248654.63</v>
       </c>
       <c r="J35" s="22">
         <v>0</v>
       </c>
       <c r="K35" s="23">
-        <v>1412216968.78</v>
+        <v>1560915137.37</v>
       </c>
       <c r="L35" s="22">
         <v>4296</v>
       </c>
       <c r="N35" s="22">
         <v>0</v>
       </c>
       <c r="O35" s="23">
         <v>4296</v>
       </c>
       <c r="Q35" s="24">
-        <v>1412221264.78</v>
+        <v>1560919433.37</v>
       </c>
     </row>
     <row r="36" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B36" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C36" s="20">
-        <v>3540877.22</v>
+        <v>3942290.35</v>
       </c>
       <c r="E36" s="21">
-        <v>544138.79</v>
+        <v>595173.03</v>
       </c>
       <c r="G36" s="22">
         <v>0</v>
       </c>
       <c r="H36" s="22">
-        <v>552663037.81</v>
+        <v>610492604.11</v>
       </c>
       <c r="I36" s="22">
-        <v>43976.96</v>
+        <v>82636.46</v>
       </c>
       <c r="J36" s="22">
         <v>0</v>
       </c>
       <c r="K36" s="23">
-        <v>556792030.78</v>
+        <v>615112703.95</v>
       </c>
       <c r="L36" s="22">
         <v>9677.73</v>
       </c>
       <c r="N36" s="22">
         <v>0</v>
       </c>
       <c r="O36" s="23">
         <v>9677.73</v>
       </c>
       <c r="Q36" s="24">
-        <v>556801708.51</v>
+        <v>615122381.68</v>
       </c>
     </row>
     <row r="37" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B37" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C37" s="20">
-        <v>8672946.27</v>
+        <v>9701915.76</v>
       </c>
       <c r="E37" s="21">
-        <v>1132744.87</v>
+        <v>1251860.4</v>
       </c>
       <c r="G37" s="22">
         <v>0</v>
       </c>
       <c r="H37" s="22">
-        <v>696699079.39</v>
+        <v>769272499.64</v>
       </c>
       <c r="I37" s="22">
         <v>65589.81</v>
       </c>
       <c r="J37" s="22">
         <v>0</v>
       </c>
       <c r="K37" s="23">
-        <v>706570360.34</v>
+        <v>780291865.61</v>
       </c>
       <c r="L37" s="22">
-        <v>6376.8</v>
+        <v>17234.4</v>
       </c>
       <c r="N37" s="22">
         <v>0</v>
       </c>
       <c r="O37" s="23">
-        <v>6376.8</v>
+        <v>17234.4</v>
       </c>
       <c r="Q37" s="24">
-        <v>706576737.14</v>
+        <v>780309100.01</v>
       </c>
     </row>
     <row r="38" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B38" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C38" s="20">
-        <v>9190552.02</v>
+        <v>10268336.71</v>
       </c>
       <c r="E38" s="21">
-        <v>1338272.96</v>
+        <v>1511805.72</v>
       </c>
       <c r="G38" s="22">
         <v>19.5</v>
       </c>
       <c r="H38" s="22">
-        <v>1696530437.93</v>
+        <v>1873856189.88</v>
       </c>
       <c r="I38" s="22">
-        <v>27835.76</v>
+        <v>41926.21</v>
       </c>
       <c r="J38" s="22">
         <v>0</v>
       </c>
       <c r="K38" s="23">
-        <v>1707087118.17</v>
+        <v>1885678278.02</v>
       </c>
       <c r="L38" s="22">
-        <v>19734.9</v>
+        <v>22134.9</v>
       </c>
       <c r="N38" s="22">
         <v>0</v>
       </c>
       <c r="O38" s="23">
-        <v>19734.9</v>
+        <v>22134.9</v>
       </c>
       <c r="Q38" s="24">
-        <v>1707106853.07</v>
+        <v>1885700412.92</v>
       </c>
     </row>
     <row r="39" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B39" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C39" s="15">
-        <v>38795827.46</v>
+        <v>43305018.54</v>
       </c>
       <c r="E39" s="16">
-        <v>5904233.03</v>
+        <v>6582386.92</v>
       </c>
       <c r="G39" s="17">
         <v>848.14</v>
       </c>
       <c r="H39" s="17">
-        <v>5350779412.69</v>
+        <v>5910416829.98</v>
       </c>
       <c r="I39" s="17">
-        <v>431307.12</v>
+        <v>484057.07</v>
       </c>
       <c r="J39" s="17">
         <v>0</v>
       </c>
       <c r="K39" s="18">
-        <v>5395911628.44</v>
+        <v>5960789140.65</v>
       </c>
       <c r="L39" s="17">
-        <v>60732.87</v>
+        <v>73990.47</v>
       </c>
       <c r="N39" s="17">
         <v>0</v>
       </c>
       <c r="O39" s="18">
-        <v>60732.87</v>
+        <v>73990.47</v>
       </c>
       <c r="Q39" s="19">
-        <v>5395972361.31</v>
+        <v>5960863131.12</v>
       </c>
     </row>
     <row r="40" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B40" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C40" s="20">
-        <v>3872667.97</v>
+        <v>4311664.79</v>
       </c>
       <c r="E40" s="21">
-        <v>524529.19</v>
+        <v>564039.57</v>
       </c>
       <c r="G40" s="22">
         <v>0</v>
       </c>
       <c r="H40" s="22">
-        <v>492847810.61</v>
+        <v>543440367.55</v>
       </c>
       <c r="I40" s="22">
         <v>0</v>
       </c>
       <c r="J40" s="22">
         <v>0</v>
       </c>
       <c r="K40" s="23">
-        <v>497245007.77</v>
+        <v>548316071.91</v>
       </c>
       <c r="L40" s="22">
-        <v>7704</v>
+        <v>11712</v>
       </c>
       <c r="N40" s="22">
         <v>0</v>
       </c>
       <c r="O40" s="23">
-        <v>7704</v>
+        <v>11712</v>
       </c>
       <c r="Q40" s="24">
-        <v>497252711.77</v>
+        <v>548327783.91</v>
       </c>
     </row>
     <row r="41" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B41" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C41" s="20">
-        <v>8404210.19</v>
+        <v>9394242.21</v>
       </c>
       <c r="E41" s="21">
-        <v>2918112.48</v>
+        <v>3194355.32</v>
       </c>
       <c r="G41" s="22">
         <v>0</v>
       </c>
       <c r="H41" s="22">
-        <v>1404006077.65</v>
+        <v>1548074611.31</v>
       </c>
       <c r="I41" s="22">
-        <v>137953.62</v>
+        <v>187138.43</v>
       </c>
       <c r="J41" s="22">
         <v>0</v>
       </c>
       <c r="K41" s="23">
-        <v>1415466353.94</v>
+        <v>1560850347.27</v>
       </c>
       <c r="L41" s="22">
         <v>2715.75</v>
       </c>
       <c r="N41" s="22">
         <v>0</v>
       </c>
       <c r="O41" s="23">
         <v>2715.75</v>
       </c>
       <c r="Q41" s="24">
-        <v>1415469069.69</v>
+        <v>1560853063.02</v>
       </c>
     </row>
     <row r="42" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B42" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="20">
-        <v>14238438.24</v>
+        <v>15917443.28</v>
       </c>
       <c r="E42" s="21">
-        <v>2601791.32</v>
+        <v>2899717.71</v>
       </c>
       <c r="G42" s="22">
         <v>498.07</v>
       </c>
       <c r="H42" s="22">
-        <v>1942525150.58</v>
+        <v>2142696835.03</v>
       </c>
       <c r="I42" s="22">
         <v>247832.56</v>
       </c>
       <c r="J42" s="22">
         <v>0</v>
       </c>
       <c r="K42" s="23">
-        <v>1959613710.77</v>
+        <v>2161762326.65</v>
       </c>
       <c r="L42" s="22">
         <v>16948.18</v>
       </c>
       <c r="N42" s="22">
         <v>0</v>
       </c>
       <c r="O42" s="23">
         <v>16948.18</v>
       </c>
       <c r="Q42" s="24">
-        <v>1959630658.95</v>
+        <v>2161779274.83</v>
       </c>
     </row>
     <row r="43" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B43" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="20">
-        <v>3912501.33</v>
+        <v>4374211.76</v>
       </c>
       <c r="E43" s="21">
-        <v>689591.34</v>
+        <v>742380.22</v>
       </c>
       <c r="G43" s="22">
         <v>51.85</v>
       </c>
       <c r="H43" s="22">
-        <v>630140236.35</v>
+        <v>695044737.56</v>
       </c>
       <c r="I43" s="22">
         <v>55073.15</v>
       </c>
       <c r="J43" s="22">
         <v>0</v>
       </c>
       <c r="K43" s="23">
-        <v>634797454.02</v>
+        <v>700216454.54</v>
       </c>
       <c r="L43" s="22">
         <v>6186.72</v>
       </c>
       <c r="N43" s="22">
         <v>0</v>
       </c>
       <c r="O43" s="23">
         <v>6186.72</v>
       </c>
       <c r="Q43" s="24">
-        <v>634803640.74</v>
+        <v>700222641.26</v>
       </c>
     </row>
     <row r="44" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B44" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C44" s="20">
-        <v>10146831.06</v>
+        <v>11352039.23</v>
       </c>
       <c r="E44" s="21">
-        <v>5216114.47</v>
+        <v>5748739.18</v>
       </c>
       <c r="G44" s="22">
         <v>380.57</v>
       </c>
       <c r="H44" s="22">
-        <v>1085868054.35</v>
+        <v>1198107316.62</v>
       </c>
       <c r="I44" s="22">
         <v>52595.93</v>
       </c>
       <c r="J44" s="22">
         <v>0</v>
       </c>
       <c r="K44" s="23">
-        <v>1101283976.38</v>
+        <v>1215261071.53</v>
       </c>
       <c r="L44" s="22">
         <v>12624.24</v>
       </c>
       <c r="N44" s="22">
         <v>0</v>
       </c>
       <c r="O44" s="23">
         <v>12624.24</v>
       </c>
       <c r="Q44" s="24">
-        <v>1101296600.62</v>
+        <v>1215273695.77</v>
       </c>
     </row>
     <row r="45" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B45" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C45" s="20">
-        <v>3767971.94</v>
+        <v>4197807.15</v>
       </c>
       <c r="E45" s="21">
-        <v>527740.98</v>
+        <v>573499.44</v>
       </c>
       <c r="G45" s="22">
         <v>0</v>
       </c>
       <c r="H45" s="22">
-        <v>474384374.03</v>
+        <v>523119884.42</v>
       </c>
       <c r="I45" s="22">
         <v>27981.25</v>
       </c>
       <c r="J45" s="22">
         <v>0</v>
       </c>
       <c r="K45" s="23">
-        <v>478708068.2</v>
+        <v>527919172.26</v>
       </c>
       <c r="L45" s="22">
         <v>5432</v>
       </c>
       <c r="N45" s="22">
         <v>0</v>
       </c>
       <c r="O45" s="23">
         <v>5432</v>
       </c>
       <c r="Q45" s="24">
-        <v>478713500.2</v>
+        <v>527924604.26</v>
       </c>
     </row>
     <row r="46" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B46" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C46" s="20">
-        <v>3903422.7</v>
+        <v>4334233.46</v>
       </c>
       <c r="E46" s="21">
-        <v>395657.84</v>
+        <v>464288.48</v>
       </c>
       <c r="G46" s="22">
         <v>0</v>
       </c>
       <c r="H46" s="22">
-        <v>307677108.93</v>
+        <v>339258690.93</v>
       </c>
       <c r="I46" s="22">
         <v>10763.16</v>
       </c>
       <c r="J46" s="22">
         <v>0</v>
       </c>
       <c r="K46" s="23">
-        <v>311986952.63</v>
+        <v>344067976.03</v>
       </c>
       <c r="L46" s="22">
         <v>0</v>
       </c>
       <c r="N46" s="22">
         <v>0</v>
       </c>
       <c r="O46" s="23">
         <v>0</v>
       </c>
       <c r="Q46" s="24">
-        <v>311986952.63</v>
+        <v>344067976.03</v>
       </c>
     </row>
     <row r="47" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B47" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C47" s="20">
-        <v>9214401.97</v>
+        <v>10324400.54</v>
       </c>
       <c r="E47" s="21">
-        <v>1908402.58</v>
+        <v>2091200.14</v>
       </c>
       <c r="G47" s="22">
         <v>0</v>
       </c>
       <c r="H47" s="22">
-        <v>1889071562.56</v>
+        <v>2082601407.98</v>
       </c>
       <c r="I47" s="22">
         <v>0</v>
       </c>
       <c r="J47" s="22">
         <v>0</v>
       </c>
       <c r="K47" s="23">
-        <v>1900194367.11</v>
+        <v>2095017008.66</v>
       </c>
       <c r="L47" s="22">
-        <v>23990</v>
+        <v>27182</v>
       </c>
       <c r="N47" s="22">
         <v>0</v>
       </c>
       <c r="O47" s="23">
-        <v>23990</v>
+        <v>27182</v>
       </c>
       <c r="Q47" s="24">
-        <v>1900218357.11</v>
+        <v>2095044190.66</v>
       </c>
     </row>
     <row r="48" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B48" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C48" s="20">
-        <v>4343127.41</v>
+        <v>4852609.2</v>
       </c>
       <c r="E48" s="21">
-        <v>420834.88</v>
+        <v>463213.58</v>
       </c>
       <c r="G48" s="22">
         <v>7.73</v>
       </c>
       <c r="H48" s="22">
-        <v>570975100.11</v>
+        <v>629792223.85</v>
       </c>
       <c r="I48" s="22">
         <v>0</v>
       </c>
       <c r="J48" s="22">
         <v>0</v>
       </c>
       <c r="K48" s="23">
-        <v>575739070.13</v>
+        <v>635108054.36</v>
       </c>
       <c r="L48" s="22">
-        <v>1233.15</v>
+        <v>7824.99</v>
       </c>
       <c r="N48" s="22">
         <v>0</v>
       </c>
       <c r="O48" s="23">
-        <v>1233.15</v>
+        <v>7824.99</v>
       </c>
       <c r="Q48" s="24">
-        <v>575740303.28</v>
+        <v>635115879.35</v>
       </c>
     </row>
     <row r="49" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B49" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C49" s="15">
-        <v>61803572.81</v>
+        <v>69058651.62</v>
       </c>
       <c r="E49" s="16">
-        <v>15202775.08</v>
+        <v>16741433.64</v>
       </c>
       <c r="G49" s="17">
         <v>938.22</v>
       </c>
       <c r="H49" s="17">
-        <v>8797495475.17</v>
+        <v>9702136075.25</v>
       </c>
       <c r="I49" s="17">
-        <v>532199.67</v>
+        <v>581384.48</v>
       </c>
       <c r="J49" s="17">
         <v>0</v>
       </c>
       <c r="K49" s="18">
-        <v>8875034960.95</v>
+        <v>9788518483.21</v>
       </c>
       <c r="L49" s="17">
-        <v>76834.04</v>
+        <v>90625.88</v>
       </c>
       <c r="N49" s="17">
         <v>0</v>
       </c>
       <c r="O49" s="18">
-        <v>76834.04</v>
+        <v>90625.88</v>
       </c>
       <c r="Q49" s="19">
-        <v>8875111794.99</v>
+        <v>9788609109.09</v>
       </c>
     </row>
     <row r="50" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B50" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C50" s="20">
-        <v>59791908.92</v>
+        <v>66574360.74</v>
       </c>
       <c r="E50" s="21">
-        <v>12178457.39</v>
+        <v>13292868.85</v>
       </c>
       <c r="G50" s="22">
         <v>15.56</v>
       </c>
       <c r="H50" s="22">
-        <v>20380159922.5</v>
+        <v>22476438072.58</v>
       </c>
       <c r="I50" s="22">
         <v>784035.14</v>
       </c>
       <c r="J50" s="22">
         <v>0</v>
       </c>
       <c r="K50" s="23">
-        <v>20452914339.51</v>
+        <v>22557089352.87</v>
       </c>
       <c r="L50" s="22">
-        <v>153894.7</v>
+        <v>176012.66</v>
       </c>
       <c r="N50" s="22">
         <v>0</v>
       </c>
       <c r="O50" s="23">
-        <v>153894.7</v>
+        <v>176012.66</v>
       </c>
       <c r="Q50" s="24">
-        <v>20453068234.21</v>
+        <v>22557265365.53</v>
       </c>
     </row>
     <row r="51" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B51" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C51" s="20">
-        <v>9167154.57</v>
+        <v>10216706.77</v>
       </c>
       <c r="E51" s="21">
-        <v>1942970.8</v>
+        <v>2086273.99</v>
       </c>
       <c r="G51" s="22">
         <v>1007.14</v>
       </c>
       <c r="H51" s="22">
-        <v>2260142485.31</v>
+        <v>2493881831.9</v>
       </c>
       <c r="I51" s="22">
         <v>4358.18</v>
       </c>
       <c r="J51" s="22">
         <v>0</v>
       </c>
       <c r="K51" s="23">
-        <v>2271257976</v>
+        <v>2506190177.98</v>
       </c>
       <c r="L51" s="22">
-        <v>32526</v>
+        <v>36666</v>
       </c>
       <c r="N51" s="22">
         <v>0</v>
       </c>
       <c r="O51" s="23">
-        <v>32526</v>
+        <v>36666</v>
       </c>
       <c r="Q51" s="24">
-        <v>2271290502</v>
+        <v>2506226843.98</v>
       </c>
     </row>
     <row r="52" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B52" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C52" s="20">
-        <v>6891420.54</v>
+        <v>7681904.37</v>
       </c>
       <c r="E52" s="21">
-        <v>1052554.24</v>
+        <v>1154781.24</v>
       </c>
       <c r="G52" s="22">
         <v>1007.74</v>
       </c>
       <c r="H52" s="22">
-        <v>1324366890.88</v>
+        <v>1461146511.16</v>
       </c>
       <c r="I52" s="22">
         <v>143166.85</v>
       </c>
       <c r="J52" s="22">
         <v>0</v>
       </c>
       <c r="K52" s="23">
-        <v>1332455040.25</v>
+        <v>1470127371.36</v>
       </c>
       <c r="L52" s="22">
-        <v>12309.98</v>
+        <v>15322.68</v>
       </c>
       <c r="N52" s="22">
         <v>0</v>
       </c>
       <c r="O52" s="23">
-        <v>12309.98</v>
+        <v>15322.68</v>
       </c>
       <c r="Q52" s="24">
-        <v>1332467350.23</v>
+        <v>1470142694.04</v>
       </c>
     </row>
     <row r="53" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B53" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C53" s="20">
-        <v>11049142.67</v>
+        <v>12368675.1</v>
       </c>
       <c r="E53" s="21">
-        <v>1684386.48</v>
+        <v>1981587.2</v>
       </c>
       <c r="G53" s="22">
         <v>0</v>
       </c>
       <c r="H53" s="22">
-        <v>2569113859.54</v>
+        <v>2830977990.45</v>
       </c>
       <c r="I53" s="22">
         <v>120339.27</v>
       </c>
       <c r="J53" s="22">
         <v>0</v>
       </c>
       <c r="K53" s="23">
-        <v>2581967727.96</v>
+        <v>2845448592.02</v>
       </c>
       <c r="L53" s="22">
         <v>12783.84</v>
       </c>
       <c r="N53" s="22">
         <v>0</v>
       </c>
       <c r="O53" s="23">
         <v>12783.84</v>
       </c>
       <c r="Q53" s="24">
-        <v>2581980511.8</v>
+        <v>2845461375.86</v>
       </c>
     </row>
     <row r="54" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B54" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C54" s="15">
-        <v>86899626.7</v>
+        <v>96841646.98</v>
       </c>
       <c r="E54" s="16">
-        <v>16858368.91</v>
+        <v>18515511.28</v>
       </c>
       <c r="G54" s="17">
         <v>2030.44</v>
       </c>
       <c r="H54" s="17">
-        <v>26533783158.23</v>
+        <v>29262444406.09</v>
       </c>
       <c r="I54" s="17">
         <v>1051899.44</v>
       </c>
       <c r="J54" s="17">
         <v>0</v>
       </c>
       <c r="K54" s="18">
-        <v>26638595083.72</v>
+        <v>29378855494.23</v>
       </c>
       <c r="L54" s="17">
-        <v>211514.52</v>
+        <v>240785.18</v>
       </c>
       <c r="N54" s="17">
         <v>0</v>
       </c>
       <c r="O54" s="18">
-        <v>211514.52</v>
+        <v>240785.18</v>
       </c>
       <c r="Q54" s="19">
-        <v>26638806598.24</v>
+        <v>29379096279.41</v>
       </c>
     </row>
     <row r="55" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B55" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C55" s="20">
-        <v>11370688.94</v>
+        <v>12709424.08</v>
       </c>
       <c r="E55" s="21">
-        <v>1955241.26</v>
+        <v>2172463.62</v>
       </c>
       <c r="G55" s="22">
         <v>402.6</v>
       </c>
       <c r="H55" s="22">
-        <v>1790865763.71</v>
+        <v>1976169376.86</v>
       </c>
       <c r="I55" s="22">
-        <v>14907.2</v>
+        <v>211086.36</v>
       </c>
       <c r="J55" s="22">
         <v>0</v>
       </c>
       <c r="K55" s="23">
-        <v>1804207003.71</v>
+        <v>1991262753.52</v>
       </c>
       <c r="L55" s="22">
         <v>24504</v>
       </c>
       <c r="N55" s="22">
         <v>0</v>
       </c>
       <c r="O55" s="23">
         <v>24504</v>
       </c>
       <c r="Q55" s="24">
-        <v>1804231507.71</v>
+        <v>1991287257.52</v>
       </c>
     </row>
     <row r="56" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B56" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C56" s="20">
-        <v>12441499.05</v>
+        <v>13908980.65</v>
       </c>
       <c r="E56" s="21">
-        <v>1959499.79</v>
+        <v>2191336.41</v>
       </c>
       <c r="G56" s="22">
         <v>0</v>
       </c>
       <c r="H56" s="22">
-        <v>1201566604.61</v>
+        <v>1325793237.34</v>
       </c>
       <c r="I56" s="22">
-        <v>50963.49</v>
+        <v>93489.76</v>
       </c>
       <c r="J56" s="22">
         <v>0</v>
       </c>
       <c r="K56" s="23">
-        <v>1216018566.94</v>
+        <v>1341987044.16</v>
       </c>
       <c r="L56" s="22">
-        <v>12732</v>
+        <v>17716</v>
       </c>
       <c r="N56" s="22">
         <v>0</v>
       </c>
       <c r="O56" s="23">
-        <v>12732</v>
+        <v>17716</v>
       </c>
       <c r="Q56" s="24">
-        <v>1216031298.94</v>
+        <v>1342004760.16</v>
       </c>
     </row>
     <row r="57" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B57" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C57" s="15">
-        <v>23812187.99</v>
+        <v>26618404.73</v>
       </c>
       <c r="E57" s="16">
-        <v>3914741.05</v>
+        <v>4363800.03</v>
       </c>
       <c r="G57" s="17">
         <v>402.6</v>
       </c>
       <c r="H57" s="17">
-        <v>2992432368.32</v>
+        <v>3301962614.2</v>
       </c>
       <c r="I57" s="17">
-        <v>65870.69</v>
+        <v>304576.12</v>
       </c>
       <c r="J57" s="17">
         <v>0</v>
       </c>
       <c r="K57" s="18">
-        <v>3020225570.65</v>
+        <v>3333249797.68</v>
       </c>
       <c r="L57" s="17">
-        <v>37236</v>
+        <v>42220</v>
       </c>
       <c r="N57" s="17">
         <v>0</v>
       </c>
       <c r="O57" s="18">
-        <v>37236</v>
+        <v>42220</v>
       </c>
       <c r="Q57" s="19">
-        <v>3020262806.65</v>
+        <v>3333292017.68</v>
       </c>
     </row>
     <row r="58" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B58" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C58" s="20">
-        <v>30682171.02</v>
+        <v>34408616.55</v>
       </c>
       <c r="E58" s="21">
-        <v>6231374.15</v>
+        <v>6870933.62</v>
       </c>
       <c r="G58" s="22">
         <v>0</v>
       </c>
       <c r="H58" s="22">
-        <v>3883889807.86</v>
+        <v>4285538658.28</v>
       </c>
       <c r="I58" s="22">
-        <v>364976.44</v>
+        <v>368993.64</v>
       </c>
       <c r="J58" s="22">
         <v>0</v>
       </c>
       <c r="K58" s="23">
-        <v>3921168329.47</v>
+        <v>4327187202.09</v>
       </c>
       <c r="L58" s="22">
-        <v>65365.95</v>
+        <v>76365.87</v>
       </c>
       <c r="N58" s="22">
         <v>0</v>
       </c>
       <c r="O58" s="23">
-        <v>65365.95</v>
+        <v>76365.87</v>
       </c>
       <c r="Q58" s="24">
-        <v>3921233695.42</v>
+        <v>4327263567.96</v>
       </c>
     </row>
     <row r="59" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B59" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C59" s="20">
-        <v>9165694.43</v>
+        <v>10215835.12</v>
       </c>
       <c r="E59" s="21">
-        <v>1539242.72</v>
+        <v>1768003.17</v>
       </c>
       <c r="G59" s="22">
-        <v>1547.52</v>
+        <v>1593.79</v>
       </c>
       <c r="H59" s="22">
-        <v>1238837324.04</v>
+        <v>1365768959.11</v>
       </c>
       <c r="I59" s="22">
         <v>3957.11</v>
       </c>
       <c r="J59" s="22">
         <v>0</v>
       </c>
       <c r="K59" s="23">
-        <v>1249547765.82</v>
+        <v>1377758348.3</v>
       </c>
       <c r="L59" s="22">
         <v>33301.31</v>
       </c>
       <c r="N59" s="22">
         <v>0</v>
       </c>
       <c r="O59" s="23">
         <v>33301.31</v>
       </c>
       <c r="Q59" s="24">
-        <v>1249581067.13</v>
+        <v>1377791649.61</v>
       </c>
     </row>
     <row r="60" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B60" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C60" s="20">
-        <v>8976618.9</v>
+        <v>9985447.04</v>
       </c>
       <c r="E60" s="21">
-        <v>1066652.39</v>
+        <v>1172942.36</v>
       </c>
       <c r="G60" s="22">
         <v>0</v>
       </c>
       <c r="H60" s="22">
-        <v>1138357859.75</v>
+        <v>1254343055.3</v>
       </c>
       <c r="I60" s="22">
         <v>14529.69</v>
       </c>
       <c r="J60" s="22">
         <v>0</v>
       </c>
       <c r="K60" s="23">
-        <v>1148415660.73</v>
+        <v>1265515974.39</v>
       </c>
       <c r="L60" s="22">
-        <v>25796.94</v>
+        <v>31673.94</v>
       </c>
       <c r="N60" s="22">
         <v>0</v>
       </c>
       <c r="O60" s="23">
-        <v>25796.94</v>
+        <v>31673.94</v>
       </c>
       <c r="Q60" s="24">
-        <v>1148441457.67</v>
+        <v>1265547648.33</v>
       </c>
     </row>
     <row r="61" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B61" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C61" s="20">
-        <v>23897683.81</v>
+        <v>26660010.67</v>
       </c>
       <c r="E61" s="21">
-        <v>5868499.92</v>
+        <v>6718582.46</v>
       </c>
       <c r="G61" s="22">
         <v>29.09</v>
       </c>
       <c r="H61" s="22">
-        <v>3293752281.8</v>
+        <v>3632368161.18</v>
       </c>
       <c r="I61" s="22">
-        <v>419915.99</v>
+        <v>515110.21</v>
       </c>
       <c r="J61" s="22">
         <v>0</v>
       </c>
       <c r="K61" s="23">
-        <v>3323938410.61</v>
+        <v>3666261893.61</v>
       </c>
       <c r="L61" s="22">
-        <v>101078.74</v>
+        <v>105578.74</v>
       </c>
       <c r="N61" s="22">
         <v>0</v>
       </c>
       <c r="O61" s="23">
-        <v>101078.74</v>
+        <v>105578.74</v>
       </c>
       <c r="Q61" s="24">
-        <v>3324039489.35</v>
+        <v>3666367472.35</v>
       </c>
     </row>
     <row r="62" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B62" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C62" s="15">
-        <v>72722168.16</v>
+        <v>81269909.38</v>
       </c>
       <c r="E62" s="16">
-        <v>14705769.18</v>
+        <v>16530461.61</v>
       </c>
       <c r="G62" s="17">
-        <v>1576.61</v>
+        <v>1622.88</v>
       </c>
       <c r="H62" s="17">
-        <v>9554837273.45</v>
+        <v>10538018833.87</v>
       </c>
       <c r="I62" s="17">
-        <v>803379.23</v>
+        <v>902590.65</v>
       </c>
       <c r="J62" s="17">
         <v>0</v>
       </c>
       <c r="K62" s="18">
-        <v>9643070166.63</v>
+        <v>10636723418.39</v>
       </c>
       <c r="L62" s="17">
-        <v>225542.94</v>
+        <v>246919.86</v>
       </c>
       <c r="N62" s="17">
         <v>0</v>
       </c>
       <c r="O62" s="18">
-        <v>225542.94</v>
+        <v>246919.86</v>
       </c>
       <c r="Q62" s="19">
-        <v>9643295709.57</v>
+        <v>10636970338.25</v>
       </c>
     </row>
     <row r="63" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B63" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C63" s="20">
-        <v>7118727.29</v>
+        <v>7919465.47</v>
       </c>
       <c r="E63" s="21">
-        <v>1499471.98</v>
+        <v>1679240.16</v>
       </c>
       <c r="G63" s="22">
-        <v>35.85</v>
+        <v>46.29</v>
       </c>
       <c r="H63" s="22">
-        <v>1037108254.75</v>
+        <v>1143439901.6</v>
       </c>
       <c r="I63" s="22">
-        <v>44707.03</v>
+        <v>72245.17</v>
       </c>
       <c r="J63" s="22">
         <v>0</v>
       </c>
       <c r="K63" s="23">
-        <v>1045771196.9</v>
+        <v>1153110898.69</v>
       </c>
       <c r="L63" s="22">
         <v>5793.06</v>
       </c>
       <c r="N63" s="22">
         <v>0</v>
       </c>
       <c r="O63" s="23">
         <v>5793.06</v>
       </c>
       <c r="Q63" s="24">
-        <v>1045776989.96</v>
+        <v>1153116691.75</v>
       </c>
     </row>
     <row r="64" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B64" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C64" s="15">
-        <v>7118727.29</v>
+        <v>7919465.47</v>
       </c>
       <c r="E64" s="16">
-        <v>1499471.98</v>
+        <v>1679240.16</v>
       </c>
       <c r="G64" s="17">
-        <v>35.85</v>
+        <v>46.29</v>
       </c>
       <c r="H64" s="17">
-        <v>1037108254.75</v>
+        <v>1143439901.6</v>
       </c>
       <c r="I64" s="17">
-        <v>44707.03</v>
+        <v>72245.17</v>
       </c>
       <c r="J64" s="17">
         <v>0</v>
       </c>
       <c r="K64" s="18">
-        <v>1045771196.9</v>
+        <v>1153110898.69</v>
       </c>
       <c r="L64" s="17">
         <v>5793.06</v>
       </c>
       <c r="N64" s="17">
         <v>0</v>
       </c>
       <c r="O64" s="18">
         <v>5793.06</v>
       </c>
       <c r="Q64" s="19">
-        <v>1045776989.96</v>
+        <v>1153116691.75</v>
       </c>
     </row>
     <row r="65" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B65" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C65" s="20">
-        <v>63315257.75</v>
+        <v>70779396.98</v>
       </c>
       <c r="E65" s="21">
-        <v>10804245.27</v>
+        <v>12530302.65</v>
       </c>
       <c r="G65" s="22">
         <v>60.18</v>
       </c>
       <c r="H65" s="22">
-        <v>21049093696.83</v>
+        <v>23232734155.38</v>
       </c>
       <c r="I65" s="22">
-        <v>231225.12</v>
+        <v>246064.12</v>
       </c>
       <c r="J65" s="22">
         <v>0</v>
       </c>
       <c r="K65" s="23">
-        <v>21123444485.15</v>
+        <v>23316289979.31</v>
       </c>
       <c r="L65" s="22">
-        <v>152119</v>
+        <v>171327</v>
       </c>
       <c r="N65" s="22">
         <v>0</v>
       </c>
       <c r="O65" s="23">
-        <v>152119</v>
+        <v>171327</v>
       </c>
       <c r="Q65" s="24">
-        <v>21123596604.15</v>
+        <v>23316461306.31</v>
       </c>
     </row>
     <row r="66" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B66" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C66" s="15">
-        <v>63315257.75</v>
+        <v>70779396.98</v>
       </c>
       <c r="E66" s="16">
-        <v>10804245.27</v>
+        <v>12530302.65</v>
       </c>
       <c r="G66" s="17">
         <v>60.18</v>
       </c>
       <c r="H66" s="17">
-        <v>21049093696.83</v>
+        <v>23232734155.38</v>
       </c>
       <c r="I66" s="17">
-        <v>231225.12</v>
+        <v>246064.12</v>
       </c>
       <c r="J66" s="17">
         <v>0</v>
       </c>
       <c r="K66" s="18">
-        <v>21123444485.15</v>
+        <v>23316289979.31</v>
       </c>
       <c r="L66" s="17">
-        <v>152119</v>
+        <v>171327</v>
       </c>
       <c r="N66" s="17">
         <v>0</v>
       </c>
       <c r="O66" s="18">
-        <v>152119</v>
+        <v>171327</v>
       </c>
       <c r="Q66" s="19">
-        <v>21123596604.15</v>
+        <v>23316461306.31</v>
       </c>
     </row>
     <row r="67" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B67" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C67" s="20">
-        <v>21947222.67</v>
+        <v>24501298.31</v>
       </c>
       <c r="E67" s="21">
-        <v>3607183.3</v>
+        <v>4038341.89</v>
       </c>
       <c r="G67" s="22">
         <v>104.32</v>
       </c>
       <c r="H67" s="22">
-        <v>3603245174.19</v>
+        <v>3979363159.41</v>
       </c>
       <c r="I67" s="22">
-        <v>782231.35</v>
+        <v>955137.66</v>
       </c>
       <c r="J67" s="22">
         <v>0</v>
       </c>
       <c r="K67" s="23">
-        <v>3629581915.83</v>
+        <v>4008858041.59</v>
       </c>
       <c r="L67" s="22">
-        <v>76772.96</v>
+        <v>91883.36</v>
       </c>
       <c r="N67" s="22">
         <v>0</v>
       </c>
       <c r="O67" s="23">
-        <v>76772.96</v>
+        <v>91883.36</v>
       </c>
       <c r="Q67" s="24">
-        <v>3629658688.79</v>
+        <v>4008949924.95</v>
       </c>
     </row>
     <row r="68" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B68" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C68" s="15">
-        <v>21947222.67</v>
+        <v>24501298.31</v>
       </c>
       <c r="E68" s="16">
-        <v>3607183.3</v>
+        <v>4038341.89</v>
       </c>
       <c r="G68" s="17">
         <v>104.32</v>
       </c>
       <c r="H68" s="17">
-        <v>3603245174.19</v>
+        <v>3979363159.41</v>
       </c>
       <c r="I68" s="17">
-        <v>782231.35</v>
+        <v>955137.66</v>
       </c>
       <c r="J68" s="17">
         <v>0</v>
       </c>
       <c r="K68" s="18">
-        <v>3629581915.83</v>
+        <v>4008858041.59</v>
       </c>
       <c r="L68" s="17">
-        <v>76772.96</v>
+        <v>91883.36</v>
       </c>
       <c r="N68" s="17">
         <v>0</v>
       </c>
       <c r="O68" s="18">
-        <v>76772.96</v>
+        <v>91883.36</v>
       </c>
       <c r="Q68" s="19">
-        <v>3629658688.79</v>
+        <v>4008949924.95</v>
       </c>
     </row>
     <row r="69" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B69" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C69" s="20">
-        <v>8411105.26</v>
+        <v>9384453.75</v>
       </c>
       <c r="E69" s="21">
-        <v>1657167.98</v>
+        <v>1760396.4</v>
       </c>
       <c r="G69" s="22">
         <v>1457.7</v>
       </c>
       <c r="H69" s="22">
-        <v>2353368472.05</v>
+        <v>2595274842.95</v>
       </c>
       <c r="I69" s="22">
         <v>11579.06</v>
       </c>
       <c r="J69" s="22">
         <v>0</v>
       </c>
       <c r="K69" s="23">
-        <v>2363449782.05</v>
+        <v>2606432729.86</v>
       </c>
       <c r="L69" s="22">
         <v>6375.36</v>
       </c>
       <c r="N69" s="22">
         <v>0</v>
       </c>
       <c r="O69" s="23">
         <v>6375.36</v>
       </c>
       <c r="Q69" s="24">
-        <v>2363456157.41</v>
+        <v>2606439105.22</v>
       </c>
     </row>
     <row r="70" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B70" s="14" t="s">
         <v>73</v>
       </c>
       <c r="C70" s="15">
-        <v>8411105.26</v>
+        <v>9384453.75</v>
       </c>
       <c r="E70" s="16">
-        <v>1657167.98</v>
+        <v>1760396.4</v>
       </c>
       <c r="G70" s="17">
         <v>1457.7</v>
       </c>
       <c r="H70" s="17">
-        <v>2353368472.05</v>
+        <v>2595274842.95</v>
       </c>
       <c r="I70" s="17">
         <v>11579.06</v>
       </c>
       <c r="J70" s="17">
         <v>0</v>
       </c>
       <c r="K70" s="18">
-        <v>2363449782.05</v>
+        <v>2606432729.86</v>
       </c>
       <c r="L70" s="17">
         <v>6375.36</v>
       </c>
       <c r="N70" s="17">
         <v>0</v>
       </c>
       <c r="O70" s="18">
         <v>6375.36</v>
       </c>
       <c r="Q70" s="19">
-        <v>2363456157.41</v>
+        <v>2606439105.22</v>
       </c>
     </row>
     <row r="71" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B71" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C71" s="20">
-        <v>24613293.07</v>
+        <v>27515136.76</v>
       </c>
       <c r="E71" s="21">
-        <v>3889200.85</v>
+        <v>4405878.11</v>
       </c>
       <c r="G71" s="22">
-        <v>2082.31</v>
+        <v>2156.52</v>
       </c>
       <c r="H71" s="22">
-        <v>4382142729.41</v>
+        <v>4836236971.2</v>
       </c>
       <c r="I71" s="22">
-        <v>136626.83</v>
+        <v>157876.4</v>
       </c>
       <c r="J71" s="22">
         <v>0</v>
       </c>
       <c r="K71" s="23">
-        <v>4410783932.47</v>
+        <v>4868318018.99</v>
       </c>
       <c r="L71" s="22">
-        <v>82268.31</v>
+        <v>87668.31</v>
       </c>
       <c r="N71" s="22">
         <v>0</v>
       </c>
       <c r="O71" s="23">
-        <v>82268.31</v>
+        <v>87668.31</v>
       </c>
       <c r="Q71" s="24">
-        <v>4410866200.78</v>
+        <v>4868405687.3</v>
       </c>
     </row>
     <row r="72" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B72" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C72" s="20">
-        <v>8896592.49</v>
+        <v>10002102.38</v>
       </c>
       <c r="E72" s="21">
-        <v>1683319.97</v>
+        <v>1958133</v>
       </c>
       <c r="G72" s="22">
         <v>3242</v>
       </c>
       <c r="H72" s="22">
-        <v>1794491651.21</v>
+        <v>1980433695.77</v>
       </c>
       <c r="I72" s="22">
         <v>31435.9</v>
       </c>
       <c r="J72" s="22">
         <v>0</v>
       </c>
       <c r="K72" s="23">
-        <v>1805106241.57</v>
+        <v>1992428609.05</v>
       </c>
       <c r="L72" s="22">
         <v>17361.64</v>
       </c>
       <c r="N72" s="22">
         <v>0</v>
       </c>
       <c r="O72" s="23">
         <v>17361.64</v>
       </c>
       <c r="Q72" s="24">
-        <v>1805123603.21</v>
+        <v>1992445970.69</v>
       </c>
     </row>
     <row r="73" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B73" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C73" s="20">
-        <v>41432715.27</v>
+        <v>46309431</v>
       </c>
       <c r="E73" s="21">
-        <v>8739592.58</v>
+        <v>9695435.92</v>
       </c>
       <c r="G73" s="22">
         <v>0</v>
       </c>
       <c r="H73" s="22">
-        <v>7918261474.08</v>
+        <v>8717100025.37</v>
       </c>
       <c r="I73" s="22">
-        <v>862919.23</v>
+        <v>1078108.04</v>
       </c>
       <c r="J73" s="22">
         <v>0</v>
       </c>
       <c r="K73" s="23">
-        <v>7969296701.16</v>
+        <v>8774183000.33</v>
       </c>
       <c r="L73" s="22">
         <v>97330.38</v>
       </c>
       <c r="N73" s="22">
         <v>0</v>
       </c>
       <c r="O73" s="23">
         <v>97330.38</v>
       </c>
       <c r="Q73" s="24">
-        <v>7969394031.54</v>
+        <v>8774280330.71</v>
       </c>
     </row>
     <row r="74" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B74" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C74" s="15">
-        <v>74942600.83</v>
+        <v>83826670.14</v>
       </c>
       <c r="E74" s="16">
-        <v>14312113.4</v>
+        <v>16059447.03</v>
       </c>
       <c r="G74" s="17">
-        <v>5324.31</v>
+        <v>5398.52</v>
       </c>
       <c r="H74" s="17">
-        <v>14094895854.7</v>
+        <v>15533770692.34</v>
       </c>
       <c r="I74" s="17">
-        <v>1030981.96</v>
+        <v>1267420.34</v>
       </c>
       <c r="J74" s="17">
         <v>0</v>
       </c>
       <c r="K74" s="18">
-        <v>14185186875.2</v>
+        <v>15634929628.37</v>
       </c>
       <c r="L74" s="17">
-        <v>196960.33</v>
+        <v>202360.33</v>
       </c>
       <c r="N74" s="17">
         <v>0</v>
       </c>
       <c r="O74" s="18">
-        <v>196960.33</v>
+        <v>202360.33</v>
       </c>
       <c r="Q74" s="19">
-        <v>14185383835.53</v>
+        <v>15635131988.7</v>
       </c>
     </row>
     <row r="75" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B75" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C75" s="20">
-        <v>5836805.89</v>
+        <v>6506549.15</v>
       </c>
       <c r="E75" s="21">
-        <v>1184677.62</v>
+        <v>1311680.79</v>
       </c>
       <c r="G75" s="22">
         <v>0</v>
       </c>
       <c r="H75" s="22">
-        <v>1475397118.01</v>
+        <v>1628372634.03</v>
       </c>
       <c r="I75" s="22">
         <v>38949.9</v>
       </c>
       <c r="J75" s="22">
         <v>0</v>
       </c>
       <c r="K75" s="23">
-        <v>1482457551.42</v>
+        <v>1636229813.87</v>
       </c>
       <c r="L75" s="22">
-        <v>8779.68</v>
+        <v>13631.76</v>
       </c>
       <c r="N75" s="22">
         <v>0</v>
       </c>
       <c r="O75" s="23">
-        <v>8779.68</v>
+        <v>13631.76</v>
       </c>
       <c r="Q75" s="24">
-        <v>1482466331.1</v>
+        <v>1636243445.63</v>
       </c>
     </row>
     <row r="76" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B76" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C76" s="20">
-        <v>10235773.47</v>
+        <v>11374965.72</v>
       </c>
       <c r="E76" s="21">
-        <v>2247697.33</v>
+        <v>2485476.17</v>
       </c>
       <c r="G76" s="22">
         <v>0</v>
       </c>
       <c r="H76" s="22">
-        <v>3340022766.45</v>
+        <v>3684576215.18</v>
       </c>
       <c r="I76" s="22">
         <v>75275.55</v>
       </c>
       <c r="J76" s="22">
         <v>0</v>
       </c>
       <c r="K76" s="23">
-        <v>3352581512.8</v>
+        <v>3698511932.62</v>
       </c>
       <c r="L76" s="22">
         <v>19123.76</v>
       </c>
       <c r="N76" s="22">
         <v>0</v>
       </c>
       <c r="O76" s="23">
         <v>19123.76</v>
       </c>
       <c r="Q76" s="24">
-        <v>3352600636.56</v>
+        <v>3698531056.38</v>
       </c>
     </row>
     <row r="77" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B77" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C77" s="20">
-        <v>19888114.74</v>
+        <v>22376987.57</v>
       </c>
       <c r="E77" s="21">
-        <v>3463350.74</v>
+        <v>3877383.4</v>
       </c>
       <c r="G77" s="22">
         <v>0</v>
       </c>
       <c r="H77" s="22">
-        <v>5295549873.4</v>
+        <v>5840143578.79</v>
       </c>
       <c r="I77" s="22">
-        <v>696118.24</v>
+        <v>748101.63</v>
       </c>
       <c r="J77" s="22">
         <v>0</v>
       </c>
       <c r="K77" s="23">
-        <v>5319597457.12</v>
+        <v>5867146051.39</v>
       </c>
       <c r="L77" s="22">
         <v>8962.32</v>
       </c>
       <c r="N77" s="22">
         <v>0</v>
       </c>
       <c r="O77" s="23">
         <v>8962.32</v>
       </c>
       <c r="Q77" s="24">
-        <v>5319606419.44</v>
+        <v>5867155013.71</v>
       </c>
     </row>
     <row r="78" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B78" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C78" s="15">
-        <v>35960694.1</v>
+        <v>40258502.44</v>
       </c>
       <c r="E78" s="16">
-        <v>6895725.69</v>
+        <v>7674540.36</v>
       </c>
       <c r="G78" s="17">
         <v>0</v>
       </c>
       <c r="H78" s="17">
-        <v>10110969757.86</v>
+        <v>11153092428</v>
       </c>
       <c r="I78" s="17">
-        <v>810343.69</v>
+        <v>862327.08</v>
       </c>
       <c r="J78" s="17">
         <v>0</v>
       </c>
       <c r="K78" s="18">
-        <v>10154636521.34</v>
+        <v>11201887797.88</v>
       </c>
       <c r="L78" s="17">
-        <v>36865.76</v>
+        <v>41717.84</v>
       </c>
       <c r="N78" s="17">
         <v>0</v>
       </c>
       <c r="O78" s="18">
-        <v>36865.76</v>
+        <v>41717.84</v>
       </c>
       <c r="Q78" s="19">
-        <v>10154673387.1</v>
+        <v>11201929515.72</v>
       </c>
     </row>
     <row r="79" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B79" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C79" s="20">
-        <v>68712205.71</v>
+        <v>76411058.76</v>
       </c>
       <c r="E79" s="21">
-        <v>33670216.17</v>
+        <v>39633894.36</v>
       </c>
       <c r="G79" s="22">
         <v>1785.23</v>
       </c>
       <c r="H79" s="22">
-        <v>176945942.36</v>
+        <v>195949050.61</v>
       </c>
       <c r="I79" s="22">
-        <v>1127413.32</v>
+        <v>1770333.01</v>
       </c>
       <c r="J79" s="22">
         <v>0</v>
       </c>
       <c r="K79" s="23">
-        <v>280457562.79</v>
+        <v>313766121.97</v>
       </c>
       <c r="L79" s="22">
         <v>36986.32</v>
       </c>
       <c r="N79" s="22">
         <v>0</v>
       </c>
       <c r="O79" s="23">
         <v>36986.32</v>
       </c>
       <c r="Q79" s="24">
-        <v>280494549.11</v>
+        <v>313803108.29</v>
       </c>
     </row>
     <row r="80" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B80" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C80" s="15">
-        <v>68712205.71</v>
+        <v>76411058.76</v>
       </c>
       <c r="E80" s="16">
-        <v>33670216.17</v>
+        <v>39633894.36</v>
       </c>
       <c r="G80" s="17">
         <v>1785.23</v>
       </c>
       <c r="H80" s="17">
-        <v>176945942.36</v>
+        <v>195949050.61</v>
       </c>
       <c r="I80" s="17">
-        <v>1127413.32</v>
+        <v>1770333.01</v>
       </c>
       <c r="J80" s="17">
         <v>0</v>
       </c>
       <c r="K80" s="18">
-        <v>280457562.79</v>
+        <v>313766121.97</v>
       </c>
       <c r="L80" s="17">
         <v>36986.32</v>
       </c>
       <c r="N80" s="17">
         <v>0</v>
       </c>
       <c r="O80" s="18">
         <v>36986.32</v>
       </c>
       <c r="Q80" s="19">
-        <v>280494549.11</v>
+        <v>313803108.29</v>
       </c>
     </row>
     <row r="81" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B81" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C81" s="20">
-        <v>76560078.68</v>
+        <v>85519186.75</v>
       </c>
       <c r="E81" s="21">
-        <v>35626312.67</v>
+        <v>40967320.36</v>
       </c>
       <c r="G81" s="22">
-        <v>9020.89</v>
+        <v>30452.1</v>
       </c>
       <c r="H81" s="22">
-        <v>175776094.1</v>
+        <v>195229530.09</v>
       </c>
       <c r="I81" s="22">
-        <v>717181.81</v>
+        <v>802879.25</v>
       </c>
       <c r="J81" s="22">
         <v>0</v>
       </c>
       <c r="K81" s="23">
-        <v>288688688.15</v>
+        <v>322549368.55</v>
       </c>
       <c r="L81" s="22">
-        <v>14979.28</v>
+        <v>24739.36</v>
       </c>
       <c r="N81" s="22">
         <v>0</v>
       </c>
       <c r="O81" s="23">
-        <v>14979.28</v>
+        <v>24739.36</v>
       </c>
       <c r="Q81" s="24">
-        <v>288703667.43</v>
+        <v>322574107.91</v>
       </c>
     </row>
     <row r="82" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B82" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C82" s="15">
-        <v>76560078.68</v>
+        <v>85519186.75</v>
       </c>
       <c r="E82" s="16">
-        <v>35626312.67</v>
+        <v>40967320.36</v>
       </c>
       <c r="G82" s="17">
-        <v>9020.89</v>
+        <v>30452.1</v>
       </c>
       <c r="H82" s="17">
-        <v>175776094.1</v>
+        <v>195229530.09</v>
       </c>
       <c r="I82" s="17">
-        <v>717181.81</v>
+        <v>802879.25</v>
       </c>
       <c r="J82" s="17">
         <v>0</v>
       </c>
       <c r="K82" s="18">
-        <v>288688688.15</v>
+        <v>322549368.55</v>
       </c>
       <c r="L82" s="17">
-        <v>14979.28</v>
+        <v>24739.36</v>
       </c>
       <c r="N82" s="17">
         <v>0</v>
       </c>
       <c r="O82" s="18">
-        <v>14979.28</v>
+        <v>24739.36</v>
       </c>
       <c r="Q82" s="19">
-        <v>288703667.43</v>
+        <v>322574107.91</v>
       </c>
     </row>
     <row r="83" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B83" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C83" s="15">
-        <v>222567326.33</v>
+        <v>251533815.96</v>
       </c>
       <c r="E83" s="16">
-        <v>309766747.6</v>
+        <v>342020603.96</v>
       </c>
       <c r="G83" s="17">
-        <v>147519.5</v>
+        <v>164683.93</v>
       </c>
       <c r="H83" s="17">
-        <v>5488381845.86</v>
+        <v>6064913705.15</v>
       </c>
       <c r="I83" s="17">
-        <v>153031282.53</v>
+        <v>174342319.76</v>
       </c>
       <c r="J83" s="17">
-        <v>1338473.1</v>
+        <v>1583733.32</v>
       </c>
       <c r="K83" s="18">
-        <v>6175233194.92</v>
+        <v>6834558862.08</v>
       </c>
       <c r="L83" s="17">
-        <v>879371.07</v>
+        <v>963683.35</v>
       </c>
       <c r="N83" s="17">
         <v>0</v>
       </c>
       <c r="O83" s="18">
-        <v>879371.07</v>
+        <v>963683.35</v>
       </c>
       <c r="Q83" s="19">
-        <v>6176112565.99</v>
+        <v>6835522545.43</v>
       </c>
     </row>
     <row r="84" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B84" s="25" t="s">
         <v>87</v>
       </c>
       <c r="C84" s="26">
-        <v>1124182167.45</v>
+        <v>1258290505.28</v>
       </c>
       <c r="D84" s="27"/>
       <c r="E84" s="28">
-        <v>517547437.3</v>
+        <v>578155072.3</v>
       </c>
       <c r="F84" s="27"/>
       <c r="G84" s="29">
-        <v>275276.7</v>
+        <v>320191.08</v>
       </c>
       <c r="H84" s="29">
-        <v>153644118543.3</v>
+        <v>169519607126.64</v>
       </c>
       <c r="I84" s="29">
-        <v>162707643.72</v>
+        <v>186443325.16</v>
       </c>
       <c r="J84" s="29">
-        <v>1338473.1</v>
+        <v>1583733.32</v>
       </c>
       <c r="K84" s="29">
-        <v>155450169541.57</v>
+        <v>171544399953.78</v>
       </c>
       <c r="L84" s="29">
-        <v>2875018.8</v>
+        <v>3186036.79</v>
       </c>
       <c r="M84" s="27"/>
       <c r="N84" s="29">
         <v>0</v>
       </c>
       <c r="O84" s="29">
-        <v>2875018.8</v>
+        <v>3186036.79</v>
       </c>
       <c r="P84" s="27"/>
       <c r="Q84" s="30">
-        <v>155453044560.37</v>
+        <v>171547585990.57</v>
       </c>
     </row>
     <row r="85" ht="1.05" customHeight="1" s="1" customFormat="1"/>
     <row r="86" ht="16.05" customHeight="1" s="1" customFormat="1">
       <c r="B86" s="31" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="87" ht="5.45" customHeight="1" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:C5"/>
     <mergeCell ref="F3:L3"/>
     <mergeCell ref="F5:L6"/>
     <mergeCell ref="F8:L8"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="O12:P12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="O13:P13"/>
     <mergeCell ref="C14:D14"/>
@@ -7547,1724 +7553,1724 @@
         <v>90</v>
       </c>
       <c r="D10" s="6"/>
       <c r="E10" s="32" t="s">
         <v>91</v>
       </c>
       <c r="F10" s="32" t="s">
         <v>92</v>
       </c>
       <c r="G10" s="32" t="s">
         <v>93</v>
       </c>
       <c r="H10" s="32" t="s">
         <v>94</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="32" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="11" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B11" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="9">
-        <v>120666266.6</v>
+        <v>133346910.82</v>
       </c>
       <c r="E11" s="9">
-        <v>824954543.19</v>
+        <v>909412686.01</v>
       </c>
       <c r="F11" s="9">
-        <v>188944376.09</v>
+        <v>208024735.82</v>
       </c>
       <c r="G11" s="9">
-        <v>19355733.61</v>
+        <v>21296539.46</v>
       </c>
       <c r="H11" s="9">
-        <v>3418793.03</v>
+        <v>3765133.55</v>
       </c>
       <c r="J11" s="33">
-        <v>1157339712.52</v>
+        <v>1275846005.66</v>
       </c>
     </row>
     <row r="12" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B12" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="9">
-        <v>417804995.12</v>
+        <v>461157832.15</v>
       </c>
       <c r="E12" s="9">
-        <v>1884154113.51</v>
+        <v>2075716600.91</v>
       </c>
       <c r="F12" s="9">
-        <v>466402882.94</v>
+        <v>513428054.34</v>
       </c>
       <c r="G12" s="9">
-        <v>46085225.91</v>
+        <v>50712624.7</v>
       </c>
       <c r="H12" s="9">
-        <v>21035866.66</v>
+        <v>23131427.86</v>
       </c>
       <c r="J12" s="33">
-        <v>2835483084.14</v>
+        <v>3124146539.96</v>
       </c>
     </row>
     <row r="13" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B13" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="9">
-        <v>170983952.41</v>
+        <v>188725227.98</v>
       </c>
       <c r="E13" s="9">
-        <v>1332980859.08</v>
+        <v>1468276917.17</v>
       </c>
       <c r="F13" s="9">
-        <v>292026645.5</v>
+        <v>321495813.68</v>
       </c>
       <c r="G13" s="9">
-        <v>27582479.37</v>
+        <v>30377837.52</v>
       </c>
       <c r="H13" s="9">
-        <v>9386610.04</v>
+        <v>10405746.86</v>
       </c>
       <c r="J13" s="33">
-        <v>1832960546.4</v>
+        <v>2019281543.21</v>
       </c>
     </row>
     <row r="14" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B14" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="9">
-        <v>256825980.49</v>
+        <v>283789392.95</v>
       </c>
       <c r="E14" s="9">
-        <v>1479196595.32</v>
+        <v>1630008623.66</v>
       </c>
       <c r="F14" s="9">
-        <v>299695923.68</v>
+        <v>329964080.51</v>
       </c>
       <c r="G14" s="9">
-        <v>29549640.18</v>
+        <v>32569648</v>
       </c>
       <c r="H14" s="9">
-        <v>9695135.3</v>
+        <v>10688393.03</v>
       </c>
       <c r="J14" s="33">
-        <v>2074963274.97</v>
+        <v>2287020138.15</v>
       </c>
     </row>
     <row r="15" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B15" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="9">
-        <v>137014416.64</v>
+        <v>151559856.98</v>
       </c>
       <c r="E15" s="9">
-        <v>811056366.34</v>
+        <v>893357094.61</v>
       </c>
       <c r="F15" s="9">
-        <v>191401653.48</v>
+        <v>210741614.96</v>
       </c>
       <c r="G15" s="9">
-        <v>17963923.92</v>
+        <v>19817963.69</v>
       </c>
       <c r="H15" s="9">
-        <v>5886381.53</v>
+        <v>6494436.82</v>
       </c>
       <c r="J15" s="33">
-        <v>1163322741.91</v>
+        <v>1281970967.06</v>
       </c>
     </row>
     <row r="16" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B16" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="9">
-        <v>222151076.42</v>
+        <v>245164386.85</v>
       </c>
       <c r="E16" s="9">
-        <v>985610224.31</v>
+        <v>1085966211.49</v>
       </c>
       <c r="F16" s="9">
-        <v>236354047.52</v>
+        <v>260177352.89</v>
       </c>
       <c r="G16" s="9">
-        <v>20406285.89</v>
+        <v>22478489.62</v>
       </c>
       <c r="H16" s="9">
-        <v>5179207.93</v>
+        <v>5701275</v>
       </c>
       <c r="J16" s="33">
-        <v>1469700842.07</v>
+        <v>1619487715.85</v>
       </c>
     </row>
     <row r="17" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B17" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="9">
-        <v>366253070.83</v>
+        <v>404958495.19</v>
       </c>
       <c r="E17" s="9">
-        <v>2332658474.68</v>
+        <v>2570020209.57</v>
       </c>
       <c r="F17" s="9">
-        <v>499372801.41</v>
+        <v>549757523.22</v>
       </c>
       <c r="G17" s="9">
-        <v>51577542.49</v>
+        <v>56823085.49</v>
       </c>
       <c r="H17" s="9">
-        <v>11786562.68</v>
+        <v>12976930.26</v>
       </c>
       <c r="J17" s="33">
-        <v>3261648452.09</v>
+        <v>3594536243.73</v>
       </c>
     </row>
     <row r="18" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B18" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="9">
-        <v>647994548.86</v>
+        <v>716086778.15</v>
       </c>
       <c r="E18" s="9">
-        <v>3121379350.45</v>
+        <v>3438796829.84</v>
       </c>
       <c r="F18" s="9">
-        <v>717079799.45</v>
+        <v>789477017.99</v>
       </c>
       <c r="G18" s="9">
-        <v>69196494.45</v>
+        <v>76187358.76</v>
       </c>
       <c r="H18" s="9">
-        <v>20721477.9</v>
+        <v>22812230.9</v>
       </c>
       <c r="J18" s="33">
-        <v>4576371671.11</v>
+        <v>5043360215.64</v>
       </c>
     </row>
     <row r="19" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B19" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="15">
-        <v>2339694307.37</v>
+        <v>2584788881.07</v>
       </c>
       <c r="E19" s="15">
-        <v>12771990526.88</v>
+        <v>14071555173.26</v>
       </c>
       <c r="F19" s="15">
-        <v>2891278130.07</v>
+        <v>3183066193.41</v>
       </c>
       <c r="G19" s="15">
-        <v>281717325.82</v>
+        <v>310263547.24</v>
       </c>
       <c r="H19" s="15">
-        <v>87110035.07</v>
+        <v>95975574.28</v>
       </c>
       <c r="J19" s="34">
-        <v>18371790325.21</v>
+        <v>20245649369.26</v>
       </c>
     </row>
     <row r="20" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B20" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="20">
-        <v>56260113.8</v>
+        <v>62210650.05</v>
       </c>
       <c r="E20" s="20">
-        <v>487875976.04</v>
+        <v>537431164.62</v>
       </c>
       <c r="F20" s="20">
-        <v>99775407.47</v>
+        <v>109833494.12</v>
       </c>
       <c r="G20" s="20">
-        <v>7149863.18</v>
+        <v>7849358.22</v>
       </c>
       <c r="H20" s="20">
-        <v>567393.87</v>
+        <v>621930.86</v>
       </c>
       <c r="J20" s="35">
-        <v>651628754.36</v>
+        <v>717946597.87</v>
       </c>
     </row>
     <row r="21" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B21" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="20">
-        <v>40124272.28</v>
+        <v>44088195</v>
       </c>
       <c r="E21" s="20">
-        <v>326055099.76</v>
+        <v>359140349.47</v>
       </c>
       <c r="F21" s="20">
-        <v>63271051.28</v>
+        <v>69639588.62</v>
       </c>
       <c r="G21" s="20">
-        <v>4389270.9</v>
+        <v>4843902.4</v>
       </c>
       <c r="H21" s="20">
-        <v>759661.35</v>
+        <v>842304.33</v>
       </c>
       <c r="J21" s="35">
-        <v>434599355.57</v>
+        <v>478554339.82</v>
       </c>
     </row>
     <row r="22" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B22" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="20">
-        <v>182538874.26</v>
+        <v>201340449.76</v>
       </c>
       <c r="E22" s="20">
-        <v>2382240608.06</v>
+        <v>2623221736.17</v>
       </c>
       <c r="F22" s="20">
-        <v>480325086.23</v>
+        <v>528749168.09</v>
       </c>
       <c r="G22" s="20">
-        <v>32889327.35</v>
+        <v>36178877.43</v>
       </c>
       <c r="H22" s="20">
-        <v>5114461.31</v>
+        <v>5621420.73</v>
       </c>
       <c r="J22" s="35">
-        <v>3083108357.21</v>
+        <v>3395111652.18</v>
       </c>
     </row>
     <row r="23" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B23" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="15">
-        <v>278923260.34</v>
+        <v>307639294.81</v>
       </c>
       <c r="E23" s="15">
-        <v>3196171683.86</v>
+        <v>3519793250.26</v>
       </c>
       <c r="F23" s="15">
-        <v>643371544.98</v>
+        <v>708222250.83</v>
       </c>
       <c r="G23" s="15">
-        <v>44428461.43</v>
+        <v>48872138.05</v>
       </c>
       <c r="H23" s="15">
-        <v>6441516.53</v>
+        <v>7085655.92</v>
       </c>
       <c r="J23" s="34">
-        <v>4169336467.14</v>
+        <v>4591612589.87</v>
       </c>
     </row>
     <row r="24" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B24" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="20">
-        <v>372662532.61</v>
+        <v>411537667.71</v>
       </c>
       <c r="E24" s="20">
-        <v>3228268513.61</v>
+        <v>3554115431.95</v>
       </c>
       <c r="F24" s="20">
-        <v>766531868.24</v>
+        <v>843968469.92</v>
       </c>
       <c r="G24" s="20">
-        <v>50024156.32</v>
+        <v>55163199.24</v>
       </c>
       <c r="H24" s="20">
-        <v>20485708.61</v>
+        <v>22556639.61</v>
       </c>
       <c r="J24" s="35">
-        <v>4437972779.39</v>
+        <v>4887341408.43</v>
       </c>
     </row>
     <row r="25" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B25" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="15">
-        <v>372662532.61</v>
+        <v>411537667.71</v>
       </c>
       <c r="E25" s="15">
-        <v>3228268513.61</v>
+        <v>3554115431.95</v>
       </c>
       <c r="F25" s="15">
-        <v>766531868.24</v>
+        <v>843968469.92</v>
       </c>
       <c r="G25" s="15">
-        <v>50024156.32</v>
+        <v>55163199.24</v>
       </c>
       <c r="H25" s="15">
-        <v>20485708.61</v>
+        <v>22556639.61</v>
       </c>
       <c r="J25" s="34">
-        <v>4437972779.39</v>
+        <v>4887341408.43</v>
       </c>
     </row>
     <row r="26" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B26" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C26" s="20">
-        <v>213333395.38</v>
+        <v>235733618.44</v>
       </c>
       <c r="E26" s="20">
-        <v>1895888423.78</v>
+        <v>2089191997.22</v>
       </c>
       <c r="F26" s="20">
-        <v>350323561.52</v>
+        <v>385919145.01</v>
       </c>
       <c r="G26" s="20">
-        <v>24471536.25</v>
+        <v>26926086.45</v>
       </c>
       <c r="H26" s="20">
-        <v>818159.97</v>
+        <v>898614.85</v>
       </c>
       <c r="J26" s="35">
-        <v>2484835076.9</v>
+        <v>2738669461.97</v>
       </c>
     </row>
     <row r="27" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B27" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="15">
-        <v>213333395.38</v>
+        <v>235733618.44</v>
       </c>
       <c r="E27" s="15">
-        <v>1895888423.78</v>
+        <v>2089191997.22</v>
       </c>
       <c r="F27" s="15">
-        <v>350323561.52</v>
+        <v>385919145.01</v>
       </c>
       <c r="G27" s="15">
-        <v>24471536.25</v>
+        <v>26926086.45</v>
       </c>
       <c r="H27" s="15">
-        <v>818159.97</v>
+        <v>898614.85</v>
       </c>
       <c r="J27" s="34">
-        <v>2484835076.9</v>
+        <v>2738669461.97</v>
       </c>
     </row>
     <row r="28" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B28" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="20">
-        <v>396803155.89</v>
+        <v>439345422.31</v>
       </c>
       <c r="E28" s="20">
-        <v>1464234539.92</v>
+        <v>1613176641.38</v>
       </c>
       <c r="F28" s="20">
-        <v>324189286.12</v>
+        <v>356883811.35</v>
       </c>
       <c r="G28" s="20">
-        <v>38723185.13</v>
+        <v>42649693.66</v>
       </c>
       <c r="H28" s="20">
-        <v>12330981.18</v>
+        <v>13580531.94</v>
       </c>
       <c r="J28" s="35">
-        <v>2236281148.24</v>
+        <v>2465636100.64</v>
       </c>
     </row>
     <row r="29" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B29" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="20">
-        <v>263927130.49</v>
+        <v>291475889.19</v>
       </c>
       <c r="E29" s="20">
-        <v>1300695000.46</v>
+        <v>1433311868.35</v>
       </c>
       <c r="F29" s="20">
-        <v>284981634.89</v>
+        <v>313790076</v>
       </c>
       <c r="G29" s="20">
-        <v>28381323.94</v>
+        <v>31349152.92</v>
       </c>
       <c r="H29" s="20">
-        <v>6007599.23</v>
+        <v>6615708.61</v>
       </c>
       <c r="J29" s="35">
-        <v>1883992689.01</v>
+        <v>2076542695.07</v>
       </c>
     </row>
     <row r="30" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B30" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C30" s="15">
-        <v>660730286.38</v>
+        <v>730821311.5</v>
       </c>
       <c r="E30" s="15">
-        <v>2764929540.38</v>
+        <v>3046488509.73</v>
       </c>
       <c r="F30" s="15">
-        <v>609170921.01</v>
+        <v>670673887.35</v>
       </c>
       <c r="G30" s="15">
-        <v>67104509.07</v>
+        <v>73998846.58</v>
       </c>
       <c r="H30" s="15">
-        <v>18338580.41</v>
+        <v>20196240.55</v>
       </c>
       <c r="J30" s="34">
-        <v>4120273837.25</v>
+        <v>4542178795.71</v>
       </c>
     </row>
     <row r="31" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B31" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="20">
-        <v>171852726.67</v>
+        <v>189780108.08</v>
       </c>
       <c r="E31" s="20">
-        <v>1435792527.02</v>
+        <v>1581477273.48</v>
       </c>
       <c r="F31" s="20">
-        <v>315541636.7</v>
+        <v>347408944.33</v>
       </c>
       <c r="G31" s="20">
-        <v>23429550.19</v>
+        <v>25819852.92</v>
       </c>
       <c r="H31" s="20">
-        <v>11247914.56</v>
+        <v>12390612.8</v>
       </c>
       <c r="J31" s="35">
-        <v>1957864355.14</v>
+        <v>2156876791.61</v>
       </c>
     </row>
     <row r="32" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B32" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="15">
-        <v>171852726.67</v>
+        <v>189780108.08</v>
       </c>
       <c r="E32" s="15">
-        <v>1435792527.02</v>
+        <v>1581477273.48</v>
       </c>
       <c r="F32" s="15">
-        <v>315541636.7</v>
+        <v>347408944.33</v>
       </c>
       <c r="G32" s="15">
-        <v>23429550.19</v>
+        <v>25819852.92</v>
       </c>
       <c r="H32" s="15">
-        <v>11247914.56</v>
+        <v>12390612.8</v>
       </c>
       <c r="J32" s="34">
-        <v>1957864355.14</v>
+        <v>2156876791.61</v>
       </c>
     </row>
     <row r="33" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B33" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="20">
-        <v>75577309.27</v>
+        <v>83355447.5</v>
       </c>
       <c r="E33" s="20">
-        <v>593886545.63</v>
+        <v>654541791.87</v>
       </c>
       <c r="F33" s="20">
-        <v>127038972.31</v>
+        <v>139923258.41</v>
       </c>
       <c r="G33" s="20">
-        <v>11808153.82</v>
+        <v>12987224.67</v>
       </c>
       <c r="H33" s="20">
-        <v>4389208.55</v>
+        <v>4834246</v>
       </c>
       <c r="J33" s="35">
-        <v>812700189.58</v>
+        <v>895641968.45</v>
       </c>
     </row>
     <row r="34" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B34" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C34" s="20">
-        <v>171054561.97</v>
+        <v>189720106.69</v>
       </c>
       <c r="E34" s="20">
-        <v>767682388.06</v>
+        <v>845991262.53</v>
       </c>
       <c r="F34" s="20">
-        <v>197994612.58</v>
+        <v>217971569.76</v>
       </c>
       <c r="G34" s="20">
-        <v>17041369.17</v>
+        <v>18786270.11</v>
       </c>
       <c r="H34" s="20">
-        <v>6019554.35</v>
+        <v>6671064.22</v>
       </c>
       <c r="J34" s="35">
-        <v>1159792486.13</v>
+        <v>1279140273.31</v>
       </c>
     </row>
     <row r="35" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B35" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="20">
-        <v>65999533.64</v>
+        <v>72899566.2</v>
       </c>
       <c r="E35" s="20">
-        <v>308837239.77</v>
+        <v>340536436.3</v>
       </c>
       <c r="F35" s="20">
-        <v>70424321.9</v>
+        <v>77552462.41</v>
       </c>
       <c r="G35" s="20">
-        <v>6425027.25</v>
+        <v>7077426.11</v>
       </c>
       <c r="H35" s="20">
-        <v>1815866.26</v>
+        <v>1995764.99</v>
       </c>
       <c r="J35" s="35">
-        <v>453501988.82</v>
+        <v>500061656.01</v>
       </c>
     </row>
     <row r="36" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B36" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C36" s="20">
-        <v>72306176.51</v>
+        <v>80011282.21</v>
       </c>
       <c r="E36" s="20">
-        <v>451127355.36</v>
+        <v>497266961.76</v>
       </c>
       <c r="F36" s="20">
-        <v>83738563.64</v>
+        <v>92265074.53</v>
       </c>
       <c r="G36" s="20">
-        <v>7010262.3</v>
+        <v>7724364.89</v>
       </c>
       <c r="H36" s="20">
-        <v>784745.87</v>
+        <v>861276.43</v>
       </c>
       <c r="J36" s="35">
-        <v>614967103.68</v>
+        <v>678128959.82</v>
       </c>
     </row>
     <row r="37" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B37" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C37" s="20">
-        <v>126207753.77</v>
+        <v>139282184.21</v>
       </c>
       <c r="E37" s="20">
-        <v>1042413369.68</v>
+        <v>1148986452.3</v>
       </c>
       <c r="F37" s="20">
-        <v>220371062.73</v>
+        <v>242736329.04</v>
       </c>
       <c r="G37" s="20">
-        <v>18192960.86</v>
+        <v>20054689.17</v>
       </c>
       <c r="H37" s="20">
-        <v>3554847.77</v>
+        <v>3905596.2</v>
       </c>
       <c r="J37" s="35">
-        <v>1410739994.81</v>
+        <v>1554965250.92</v>
       </c>
     </row>
     <row r="38" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B38" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="15">
-        <v>511145335.16</v>
+        <v>565268586.81</v>
       </c>
       <c r="E38" s="15">
-        <v>3163946898.5</v>
+        <v>3487322904.76</v>
       </c>
       <c r="F38" s="15">
-        <v>699567533.16</v>
+        <v>770448694.15</v>
       </c>
       <c r="G38" s="15">
-        <v>60477773.4</v>
+        <v>66629974.95</v>
       </c>
       <c r="H38" s="15">
-        <v>16564222.8</v>
+        <v>18267947.84</v>
       </c>
       <c r="J38" s="34">
-        <v>4451701763.02</v>
+        <v>4907938108.51</v>
       </c>
     </row>
     <row r="39" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B39" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="20">
-        <v>34705219.38</v>
+        <v>38332675.9</v>
       </c>
       <c r="E39" s="20">
-        <v>310386531.7</v>
+        <v>341882620.66</v>
       </c>
       <c r="F39" s="20">
-        <v>63811783.47</v>
+        <v>70277755.8</v>
       </c>
       <c r="G39" s="20">
-        <v>5425039.89</v>
+        <v>5969116.22</v>
       </c>
       <c r="H39" s="20">
-        <v>1562738.3</v>
+        <v>1718361.66</v>
       </c>
       <c r="J39" s="35">
-        <v>415891312.74</v>
+        <v>458180530.24</v>
       </c>
     </row>
     <row r="40" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B40" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C40" s="20">
-        <v>69001651.34</v>
+        <v>76123199.47</v>
       </c>
       <c r="E40" s="20">
-        <v>1003673711.18</v>
+        <v>1105937639.04</v>
       </c>
       <c r="F40" s="20">
-        <v>178190957.67</v>
+        <v>196247903.76</v>
       </c>
       <c r="G40" s="20">
-        <v>13124298.33</v>
+        <v>14452406.79</v>
       </c>
       <c r="H40" s="20">
-        <v>2433399.4</v>
+        <v>2688060.65</v>
       </c>
       <c r="J40" s="35">
-        <v>1266424017.92</v>
+        <v>1395449209.71</v>
       </c>
     </row>
     <row r="41" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B41" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C41" s="20">
-        <v>173676765.47</v>
+        <v>191933275.31</v>
       </c>
       <c r="E41" s="20">
-        <v>1261001467.76</v>
+        <v>1388859916.76</v>
       </c>
       <c r="F41" s="20">
-        <v>277251589</v>
+        <v>305253478.01</v>
       </c>
       <c r="G41" s="20">
-        <v>19816971.06</v>
+        <v>21826437.27</v>
       </c>
       <c r="H41" s="20">
-        <v>9031422.1</v>
+        <v>9948781.41</v>
       </c>
       <c r="J41" s="35">
-        <v>1740778215.39</v>
+        <v>1917821888.76</v>
       </c>
     </row>
     <row r="42" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B42" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C42" s="20">
-        <v>46170694.13</v>
+        <v>50984944.06</v>
       </c>
       <c r="E42" s="20">
-        <v>417650940.97</v>
+        <v>460034652.01</v>
       </c>
       <c r="F42" s="20">
-        <v>83700210.2</v>
+        <v>92139534.29</v>
       </c>
       <c r="G42" s="20">
-        <v>6548219.81</v>
+        <v>7214066.43</v>
       </c>
       <c r="H42" s="20">
-        <v>2124756.35</v>
+        <v>2341462.23</v>
       </c>
       <c r="J42" s="35">
-        <v>556194821.46</v>
+        <v>612714659.02</v>
       </c>
     </row>
     <row r="43" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B43" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C43" s="20">
-        <v>62611107.45</v>
+        <v>69249793.63</v>
       </c>
       <c r="E43" s="20">
-        <v>707070223.83</v>
+        <v>779042746.81</v>
       </c>
       <c r="F43" s="20">
-        <v>142979211.51</v>
+        <v>157396101.1</v>
       </c>
       <c r="G43" s="20">
-        <v>11035984.8</v>
+        <v>12148709.93</v>
       </c>
       <c r="H43" s="20">
-        <v>4297337</v>
+        <v>4740753.93</v>
       </c>
       <c r="J43" s="35">
-        <v>927993864.59</v>
+        <v>1022578105.4</v>
       </c>
     </row>
     <row r="44" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B44" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C44" s="20">
-        <v>28578429.38</v>
+        <v>31541189.77</v>
       </c>
       <c r="E44" s="20">
-        <v>319472607.51</v>
+        <v>351819360.84</v>
       </c>
       <c r="F44" s="20">
-        <v>61765526.93</v>
+        <v>67972035.35</v>
       </c>
       <c r="G44" s="20">
-        <v>4607878.65</v>
+        <v>5073537.58</v>
       </c>
       <c r="H44" s="20">
-        <v>891256.52</v>
+        <v>981094.6</v>
       </c>
       <c r="J44" s="35">
-        <v>415315698.99</v>
+        <v>457387218.14</v>
       </c>
     </row>
     <row r="45" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B45" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C45" s="20">
-        <v>14804602.53</v>
+        <v>16326924.45</v>
       </c>
       <c r="E45" s="20">
-        <v>217312501.56</v>
+        <v>239333679.89</v>
       </c>
       <c r="F45" s="20">
-        <v>37476318.73</v>
+        <v>41232446.35</v>
       </c>
       <c r="G45" s="20">
-        <v>3124388.2</v>
+        <v>3441891.75</v>
       </c>
       <c r="H45" s="20">
-        <v>483971.44</v>
+        <v>530147.11</v>
       </c>
       <c r="J45" s="35">
-        <v>273201782.46</v>
+        <v>300865089.55</v>
       </c>
     </row>
     <row r="46" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B46" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C46" s="20">
-        <v>123591074.03</v>
+        <v>136400901.99</v>
       </c>
       <c r="E46" s="20">
-        <v>1276011743.39</v>
+        <v>1405469133.72</v>
       </c>
       <c r="F46" s="20">
-        <v>262293886.86</v>
+        <v>288877282.7</v>
       </c>
       <c r="G46" s="20">
-        <v>17506382.07</v>
+        <v>19299296.34</v>
       </c>
       <c r="H46" s="20">
-        <v>5255465.04</v>
+        <v>5784436.32</v>
       </c>
       <c r="J46" s="35">
-        <v>1684658551.39</v>
+        <v>1855831051.07</v>
       </c>
     </row>
     <row r="47" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B47" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C47" s="20">
-        <v>23651051</v>
+        <v>26067373.03</v>
       </c>
       <c r="E47" s="20">
-        <v>364561079.4</v>
+        <v>401532726.21</v>
       </c>
       <c r="F47" s="20">
-        <v>79862958.54</v>
+        <v>87871947.56</v>
       </c>
       <c r="G47" s="20">
-        <v>6347896.29</v>
+        <v>6984520.03</v>
       </c>
       <c r="H47" s="20">
-        <v>2378156.72</v>
+        <v>2621895.3</v>
       </c>
       <c r="J47" s="35">
-        <v>476801141.95</v>
+        <v>525078462.13</v>
       </c>
     </row>
     <row r="48" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B48" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="15">
-        <v>576790594.71</v>
+        <v>636960277.61</v>
       </c>
       <c r="E48" s="15">
-        <v>5877140807.3</v>
+        <v>6473912475.94</v>
       </c>
       <c r="F48" s="15">
-        <v>1187332442.91</v>
+        <v>1307268484.92</v>
       </c>
       <c r="G48" s="15">
-        <v>87537059.1</v>
+        <v>96409982.34</v>
       </c>
       <c r="H48" s="15">
-        <v>28458502.87</v>
+        <v>31354993.21</v>
       </c>
       <c r="J48" s="34">
-        <v>7757259406.89</v>
+        <v>8545906214.02</v>
       </c>
     </row>
     <row r="49" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B49" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C49" s="20">
-        <v>1672727579.86</v>
+        <v>1846122717.34</v>
       </c>
       <c r="E49" s="20">
-        <v>13723567800.34</v>
+        <v>15115910096.4</v>
       </c>
       <c r="F49" s="20">
-        <v>2677191393.41</v>
+        <v>2947768844.21</v>
       </c>
       <c r="G49" s="20">
-        <v>184746370.1</v>
+        <v>203612025.56</v>
       </c>
       <c r="H49" s="20">
-        <v>9314328.25</v>
+        <v>10243876.8</v>
       </c>
       <c r="J49" s="35">
-        <v>18267547471.96</v>
+        <v>20123657560.31</v>
       </c>
     </row>
     <row r="50" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B50" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C50" s="20">
-        <v>163331961.05</v>
+        <v>180173428.35</v>
       </c>
       <c r="E50" s="20">
-        <v>1532062112.86</v>
+        <v>1688168793.5</v>
       </c>
       <c r="F50" s="20">
-        <v>280324352.1</v>
+        <v>308701228.44</v>
       </c>
       <c r="G50" s="20">
-        <v>18637845.63</v>
+        <v>20534045.11</v>
       </c>
       <c r="H50" s="20">
-        <v>483365.57</v>
+        <v>529464.97</v>
       </c>
       <c r="J50" s="35">
-        <v>1994839637.21</v>
+        <v>2198106960.37</v>
       </c>
     </row>
     <row r="51" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B51" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C51" s="20">
-        <v>130080531.96</v>
+        <v>143679515.52</v>
       </c>
       <c r="E51" s="20">
-        <v>844626814.99</v>
+        <v>930416798.42</v>
       </c>
       <c r="F51" s="20">
-        <v>171019573.93</v>
+        <v>188320157.93</v>
       </c>
       <c r="G51" s="20">
-        <v>12913858.04</v>
+        <v>14265254.47</v>
       </c>
       <c r="H51" s="20">
-        <v>473018.36</v>
+        <v>520775.97</v>
       </c>
       <c r="J51" s="35">
-        <v>1159113797.28</v>
+        <v>1277202502.31</v>
       </c>
     </row>
     <row r="52" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B52" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C52" s="20">
-        <v>225864890.83</v>
+        <v>249233548.98</v>
       </c>
       <c r="E52" s="20">
-        <v>1664735528.11</v>
+        <v>1833374490.28</v>
       </c>
       <c r="F52" s="20">
-        <v>332040828.92</v>
+        <v>365460410.14</v>
       </c>
       <c r="G52" s="20">
-        <v>23880048.99</v>
+        <v>26230103.58</v>
       </c>
       <c r="H52" s="20">
-        <v>1222465.63</v>
+        <v>1348834.86</v>
       </c>
       <c r="J52" s="35">
-        <v>2247743762.48</v>
+        <v>2475647387.84</v>
       </c>
     </row>
     <row r="53" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B53" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C53" s="15">
-        <v>2192004963.7</v>
+        <v>2419209210.19</v>
       </c>
       <c r="E53" s="15">
-        <v>17764992256.3</v>
+        <v>19567870178.6</v>
       </c>
       <c r="F53" s="15">
-        <v>3460576148.36</v>
+        <v>3810250640.72</v>
       </c>
       <c r="G53" s="15">
-        <v>240178122.76</v>
+        <v>264641428.72</v>
       </c>
       <c r="H53" s="15">
-        <v>11493177.81</v>
+        <v>12642952.6</v>
       </c>
       <c r="J53" s="34">
-        <v>23669244668.93</v>
+        <v>26074614410.83</v>
       </c>
     </row>
     <row r="54" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B54" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C54" s="20">
-        <v>189566174.63</v>
+        <v>209392665.41</v>
       </c>
       <c r="E54" s="20">
-        <v>949586688.85</v>
+        <v>1046231620.55</v>
       </c>
       <c r="F54" s="20">
-        <v>232178874.24</v>
+        <v>255558880.6</v>
       </c>
       <c r="G54" s="20">
-        <v>23028736.25</v>
+        <v>25325996.79</v>
       </c>
       <c r="H54" s="20">
-        <v>9511698.82</v>
+        <v>10468780.39</v>
       </c>
       <c r="J54" s="35">
-        <v>1403872172.79</v>
+        <v>1546977943.74</v>
       </c>
     </row>
     <row r="55" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B55" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C55" s="20">
-        <v>105291505.92</v>
+        <v>116183756.59</v>
       </c>
       <c r="E55" s="20">
-        <v>704681720.24</v>
+        <v>776512409.08</v>
       </c>
       <c r="F55" s="20">
-        <v>153875114.89</v>
+        <v>169343070.15</v>
       </c>
       <c r="G55" s="20">
-        <v>12652083.68</v>
+        <v>13925393.56</v>
       </c>
       <c r="H55" s="20">
-        <v>3856237.04</v>
+        <v>4252167.53</v>
       </c>
       <c r="J55" s="35">
-        <v>980356661.77</v>
+        <v>1080216796.91</v>
       </c>
     </row>
     <row r="56" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B56" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C56" s="15">
-        <v>294857680.55</v>
+        <v>325576422</v>
       </c>
       <c r="E56" s="15">
-        <v>1654268409.09</v>
+        <v>1822744029.63</v>
       </c>
       <c r="F56" s="15">
-        <v>386053989.13</v>
+        <v>424901950.75</v>
       </c>
       <c r="G56" s="15">
-        <v>35680819.93</v>
+        <v>39251390.35</v>
       </c>
       <c r="H56" s="15">
-        <v>13367935.86</v>
+        <v>14720947.92</v>
       </c>
       <c r="J56" s="34">
-        <v>2384228834.56</v>
+        <v>2627194740.65</v>
       </c>
     </row>
     <row r="57" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B57" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C57" s="20">
-        <v>328609382.72</v>
+        <v>363222718.26</v>
       </c>
       <c r="E57" s="20">
-        <v>2403766068.57</v>
+        <v>2647945498.46</v>
       </c>
       <c r="F57" s="20">
-        <v>525033414.81</v>
+        <v>578052730.69</v>
       </c>
       <c r="G57" s="20">
-        <v>39864545.53</v>
+        <v>43906059.33</v>
       </c>
       <c r="H57" s="20">
-        <v>15583503.26</v>
+        <v>17141862.04</v>
       </c>
       <c r="J57" s="35">
-        <v>3312856914.89</v>
+        <v>3650268868.78</v>
       </c>
     </row>
     <row r="58" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B58" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C58" s="20">
-        <v>124924774.76</v>
+        <v>138019184.12</v>
       </c>
       <c r="E58" s="20">
-        <v>755482104.62</v>
+        <v>831817638.2</v>
       </c>
       <c r="F58" s="20">
-        <v>162329726.87</v>
+        <v>178690127</v>
       </c>
       <c r="G58" s="20">
-        <v>11737774.95</v>
+        <v>12924740.32</v>
       </c>
       <c r="H58" s="20">
-        <v>5751533.52</v>
+        <v>6345537.16</v>
       </c>
       <c r="J58" s="35">
-        <v>1060225914.72</v>
+        <v>1167797226.8</v>
       </c>
     </row>
     <row r="59" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B59" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C59" s="20">
-        <v>136477884.87</v>
+        <v>150686362.32</v>
       </c>
       <c r="E59" s="20">
-        <v>653790514.46</v>
+        <v>719720077.08</v>
       </c>
       <c r="F59" s="20">
-        <v>141443884.39</v>
+        <v>155686545.49</v>
       </c>
       <c r="G59" s="20">
-        <v>10673230.35</v>
+        <v>11759977.89</v>
       </c>
       <c r="H59" s="20">
-        <v>6085508.65</v>
+        <v>6682359.9</v>
       </c>
       <c r="J59" s="35">
-        <v>948471022.72</v>
+        <v>1044535322.68</v>
       </c>
     </row>
     <row r="60" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B60" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C60" s="20">
-        <v>276231625.28</v>
+        <v>305334276.25</v>
       </c>
       <c r="E60" s="20">
-        <v>2070397924.35</v>
+        <v>2279827624.22</v>
       </c>
       <c r="F60" s="20">
-        <v>439166836.81</v>
+        <v>483586804.83</v>
       </c>
       <c r="G60" s="20">
-        <v>36835042.79</v>
+        <v>40560872.38</v>
       </c>
       <c r="H60" s="20">
-        <v>14571796.52</v>
+        <v>16087972.81</v>
       </c>
       <c r="J60" s="35">
-        <v>2837203225.75</v>
+        <v>3125397550.49</v>
       </c>
     </row>
     <row r="61" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B61" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C61" s="15">
-        <v>866243667.63</v>
+        <v>957262540.95</v>
       </c>
       <c r="E61" s="15">
-        <v>5883436612</v>
+        <v>6479310837.96</v>
       </c>
       <c r="F61" s="15">
-        <v>1267973862.88</v>
+        <v>1396016208.01</v>
       </c>
       <c r="G61" s="15">
-        <v>99110593.62</v>
+        <v>109151649.92</v>
       </c>
       <c r="H61" s="15">
-        <v>41992341.95</v>
+        <v>46257731.91</v>
       </c>
       <c r="J61" s="34">
-        <v>8158757078.08</v>
+        <v>8987998968.75</v>
       </c>
     </row>
     <row r="62" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B62" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C62" s="20">
-        <v>61124848.13</v>
+        <v>67678658.29</v>
       </c>
       <c r="E62" s="20">
-        <v>714926277.29</v>
+        <v>787553206.21</v>
       </c>
       <c r="F62" s="20">
-        <v>131196064.6</v>
+        <v>144477863.75</v>
       </c>
       <c r="G62" s="20">
-        <v>8588111.79</v>
+        <v>9440670.56</v>
       </c>
       <c r="H62" s="20">
-        <v>1219984.55</v>
+        <v>1348091.7</v>
       </c>
       <c r="J62" s="35">
-        <v>917055286.36</v>
+        <v>1010498490.51</v>
       </c>
     </row>
     <row r="63" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B63" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C63" s="15">
-        <v>61124848.13</v>
+        <v>67678658.29</v>
       </c>
       <c r="E63" s="15">
-        <v>714926277.29</v>
+        <v>787553206.21</v>
       </c>
       <c r="F63" s="15">
-        <v>131196064.6</v>
+        <v>144477863.75</v>
       </c>
       <c r="G63" s="15">
-        <v>8588111.79</v>
+        <v>9440670.56</v>
       </c>
       <c r="H63" s="15">
-        <v>1219984.55</v>
+        <v>1348091.7</v>
       </c>
       <c r="J63" s="34">
-        <v>917055286.36</v>
+        <v>1010498490.51</v>
       </c>
     </row>
     <row r="64" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B64" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C64" s="20">
-        <v>1237178364.11</v>
+        <v>1366746423.86</v>
       </c>
       <c r="E64" s="20">
-        <v>14506811715.42</v>
+        <v>15987692228.52</v>
       </c>
       <c r="F64" s="20">
-        <v>2705327598.48</v>
+        <v>2979412509.67</v>
       </c>
       <c r="G64" s="20">
-        <v>184764195.06</v>
+        <v>203439393.6</v>
       </c>
       <c r="H64" s="20">
-        <v>23316563.1</v>
+        <v>25702644.98</v>
       </c>
       <c r="J64" s="35">
-        <v>18657398436.17</v>
+        <v>20562993200.63</v>
       </c>
     </row>
     <row r="65" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B65" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C65" s="15">
-        <v>1237178364.11</v>
+        <v>1366746423.86</v>
       </c>
       <c r="E65" s="15">
-        <v>14506811715.42</v>
+        <v>15987692228.52</v>
       </c>
       <c r="F65" s="15">
-        <v>2705327598.48</v>
+        <v>2979412509.67</v>
       </c>
       <c r="G65" s="15">
-        <v>184764195.06</v>
+        <v>203439393.6</v>
       </c>
       <c r="H65" s="15">
-        <v>23316563.1</v>
+        <v>25702644.98</v>
       </c>
       <c r="J65" s="34">
-        <v>18657398436.17</v>
+        <v>20562993200.63</v>
       </c>
     </row>
     <row r="66" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B66" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C66" s="20">
-        <v>333781028.77</v>
+        <v>368599067.78</v>
       </c>
       <c r="E66" s="20">
-        <v>2019568790.03</v>
+        <v>2224781660.66</v>
       </c>
       <c r="F66" s="20">
-        <v>453951416.73</v>
+        <v>499791347.5</v>
       </c>
       <c r="G66" s="20">
-        <v>47452294.34</v>
+        <v>52241830.87</v>
       </c>
       <c r="H66" s="20">
-        <v>10643774.59</v>
+        <v>11737990.45</v>
       </c>
       <c r="J66" s="35">
-        <v>2865397304.46</v>
+        <v>3157151897.26</v>
       </c>
     </row>
     <row r="67" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B67" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C67" s="15">
-        <v>333781028.77</v>
+        <v>368599067.78</v>
       </c>
       <c r="E67" s="15">
-        <v>2019568790.03</v>
+        <v>2224781660.66</v>
       </c>
       <c r="F67" s="15">
-        <v>453951416.73</v>
+        <v>499791347.5</v>
       </c>
       <c r="G67" s="15">
-        <v>47452294.34</v>
+        <v>52241830.87</v>
       </c>
       <c r="H67" s="15">
-        <v>10643774.59</v>
+        <v>11737990.45</v>
       </c>
       <c r="J67" s="34">
-        <v>2865397304.46</v>
+        <v>3157151897.26</v>
       </c>
     </row>
     <row r="68" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B68" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C68" s="20">
-        <v>149790469.72</v>
+        <v>165625010.73</v>
       </c>
       <c r="E68" s="20">
-        <v>1663683990.54</v>
+        <v>1833167102.11</v>
       </c>
       <c r="F68" s="20">
-        <v>284254204.17</v>
+        <v>312993103.11</v>
       </c>
       <c r="G68" s="20">
-        <v>21070930.4</v>
+        <v>23223973.28</v>
       </c>
       <c r="H68" s="20">
-        <v>2897107.98</v>
+        <v>3183534.15</v>
       </c>
       <c r="J68" s="35">
-        <v>2121696702.81</v>
+        <v>2338192723.38</v>
       </c>
     </row>
     <row r="69" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B69" s="14" t="s">
         <v>73</v>
       </c>
       <c r="C69" s="15">
-        <v>149790469.72</v>
+        <v>165625010.73</v>
       </c>
       <c r="E69" s="15">
-        <v>1663683990.54</v>
+        <v>1833167102.11</v>
       </c>
       <c r="F69" s="15">
-        <v>284254204.17</v>
+        <v>312993103.11</v>
       </c>
       <c r="G69" s="15">
-        <v>21070930.4</v>
+        <v>23223973.28</v>
       </c>
       <c r="H69" s="15">
-        <v>2897107.98</v>
+        <v>3183534.15</v>
       </c>
       <c r="J69" s="34">
-        <v>2121696702.81</v>
+        <v>2338192723.38</v>
       </c>
     </row>
     <row r="70" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B70" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C70" s="20">
-        <v>269560809.6</v>
+        <v>297550924.99</v>
       </c>
       <c r="E70" s="20">
-        <v>2715388844.65</v>
+        <v>2991708520.53</v>
       </c>
       <c r="F70" s="20">
-        <v>596187761.48</v>
+        <v>656358755.14</v>
       </c>
       <c r="G70" s="20">
-        <v>47245970.73</v>
+        <v>52075342.09</v>
       </c>
       <c r="H70" s="20">
-        <v>8607140.12</v>
+        <v>9462074.95</v>
       </c>
       <c r="J70" s="35">
-        <v>3636990526.58</v>
+        <v>4007155617.7</v>
       </c>
     </row>
     <row r="71" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B71" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C71" s="20">
-        <v>166412331.01</v>
+        <v>183976767.8</v>
       </c>
       <c r="E71" s="20">
-        <v>1140298774.33</v>
+        <v>1256516698.14</v>
       </c>
       <c r="F71" s="20">
-        <v>234229445.56</v>
+        <v>257911259.42</v>
       </c>
       <c r="G71" s="20">
-        <v>19065995.42</v>
+        <v>21031199.67</v>
       </c>
       <c r="H71" s="20">
-        <v>1593040.39</v>
+        <v>1750353.82</v>
       </c>
       <c r="J71" s="35">
-        <v>1561599586.71</v>
+        <v>1721186278.85</v>
       </c>
     </row>
     <row r="72" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B72" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C72" s="20">
-        <v>688540406.87</v>
+        <v>759994650.03</v>
       </c>
       <c r="E72" s="20">
-        <v>4968126203.02</v>
+        <v>5472478102.78</v>
       </c>
       <c r="F72" s="20">
-        <v>1045891470.48</v>
+        <v>1151515850.21</v>
       </c>
       <c r="G72" s="20">
-        <v>90177138.28</v>
+        <v>99127016.61</v>
       </c>
       <c r="H72" s="20">
-        <v>8123689.01</v>
+        <v>8931881.02</v>
       </c>
       <c r="J72" s="35">
-        <v>6800858907.66</v>
+        <v>7492047500.65</v>
       </c>
     </row>
     <row r="73" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B73" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C73" s="15">
-        <v>1124513547.48</v>
+        <v>1241522342.82</v>
       </c>
       <c r="E73" s="15">
-        <v>8823813822</v>
+        <v>9720703321.45</v>
       </c>
       <c r="F73" s="15">
-        <v>1876308677.52</v>
+        <v>2065785864.77</v>
       </c>
       <c r="G73" s="15">
-        <v>156489104.43</v>
+        <v>172233558.37</v>
       </c>
       <c r="H73" s="15">
-        <v>18323869.52</v>
+        <v>20144309.79</v>
       </c>
       <c r="J73" s="34">
-        <v>11999449020.95</v>
+        <v>13220389397.2</v>
       </c>
     </row>
     <row r="74" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B74" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C74" s="20">
-        <v>99215803.96</v>
+        <v>109521294.75</v>
       </c>
       <c r="E74" s="20">
-        <v>1041125035.16</v>
+        <v>1146839271.36</v>
       </c>
       <c r="F74" s="20">
-        <v>184073574.19</v>
+        <v>202688315.15</v>
       </c>
       <c r="G74" s="20">
-        <v>11416570.47</v>
+        <v>12589319.01</v>
       </c>
       <c r="H74" s="20">
-        <v>1399842.96</v>
+        <v>1535968.77</v>
       </c>
       <c r="J74" s="35">
-        <v>1337230826.74</v>
+        <v>1473174169.04</v>
       </c>
     </row>
     <row r="75" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B75" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C75" s="20">
-        <v>200113924.79</v>
+        <v>221199591</v>
       </c>
       <c r="E75" s="20">
-        <v>2346907683.12</v>
+        <v>2584637948.4</v>
       </c>
       <c r="F75" s="20">
-        <v>453530157.41</v>
+        <v>499336507.64</v>
       </c>
       <c r="G75" s="20">
-        <v>28071218.4</v>
+        <v>30960918.83</v>
       </c>
       <c r="H75" s="20">
-        <v>4939432.44</v>
+        <v>5451564.29</v>
       </c>
       <c r="J75" s="35">
-        <v>3033562416.16</v>
+        <v>3341586530.16</v>
       </c>
     </row>
     <row r="76" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B76" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C76" s="20">
-        <v>340585026.42</v>
+        <v>376149541.56</v>
       </c>
       <c r="E76" s="20">
-        <v>3607641492.64</v>
+        <v>3972679490.55</v>
       </c>
       <c r="F76" s="20">
-        <v>788393349.42</v>
+        <v>867606230.24</v>
       </c>
       <c r="G76" s="20">
-        <v>54968541.78</v>
+        <v>60559575.23</v>
       </c>
       <c r="H76" s="20">
-        <v>15378291.92</v>
+        <v>16951129.02</v>
       </c>
       <c r="J76" s="35">
-        <v>4806966702.18</v>
+        <v>5293945966.6</v>
       </c>
     </row>
     <row r="77" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B77" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C77" s="15">
-        <v>639914755.17</v>
+        <v>706870427.31</v>
       </c>
       <c r="E77" s="15">
-        <v>6995674210.92</v>
+        <v>7704156710.31</v>
       </c>
       <c r="F77" s="15">
-        <v>1425997081.02</v>
+        <v>1569631053.03</v>
       </c>
       <c r="G77" s="15">
-        <v>94456330.65</v>
+        <v>104109813.07</v>
       </c>
       <c r="H77" s="15">
-        <v>21717567.32</v>
+        <v>23938662.08</v>
       </c>
       <c r="J77" s="34">
-        <v>9177759945.08</v>
+        <v>10108706665.8</v>
       </c>
     </row>
     <row r="78" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B78" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C78" s="20">
-        <v>14395112.61</v>
+        <v>15907790.37</v>
       </c>
       <c r="E78" s="20">
-        <v>76800683.64</v>
+        <v>84694301.97</v>
       </c>
       <c r="F78" s="20">
-        <v>22609301.74</v>
+        <v>24887269.04</v>
       </c>
       <c r="G78" s="20">
-        <v>2814665.34</v>
+        <v>3100771.39</v>
       </c>
       <c r="H78" s="20">
-        <v>395082.24</v>
+        <v>446248.38</v>
       </c>
       <c r="J78" s="35">
-        <v>117014845.57</v>
+        <v>129036381.15</v>
       </c>
     </row>
     <row r="79" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B79" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C79" s="15">
-        <v>14395112.61</v>
+        <v>15907790.37</v>
       </c>
       <c r="E79" s="15">
-        <v>76800683.64</v>
+        <v>84694301.97</v>
       </c>
       <c r="F79" s="15">
-        <v>22609301.74</v>
+        <v>24887269.04</v>
       </c>
       <c r="G79" s="15">
-        <v>2814665.34</v>
+        <v>3100771.39</v>
       </c>
       <c r="H79" s="15">
-        <v>395082.24</v>
+        <v>446248.38</v>
       </c>
       <c r="J79" s="34">
-        <v>117014845.57</v>
+        <v>129036381.15</v>
       </c>
     </row>
     <row r="80" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B80" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C80" s="20">
-        <v>17179124.99</v>
+        <v>18971158.9</v>
       </c>
       <c r="E80" s="20">
-        <v>69367063.82</v>
+        <v>76571796.84</v>
       </c>
       <c r="F80" s="20">
-        <v>18070309.13</v>
+        <v>19932250.03</v>
       </c>
       <c r="G80" s="20">
-        <v>2353000.83</v>
+        <v>2598451.13</v>
       </c>
       <c r="H80" s="20">
-        <v>159196.22</v>
+        <v>175167.77</v>
       </c>
       <c r="J80" s="35">
-        <v>107128694.99</v>
+        <v>118248824.67</v>
       </c>
     </row>
     <row r="81" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B81" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C81" s="15">
-        <v>17179124.99</v>
+        <v>18971158.9</v>
       </c>
       <c r="E81" s="15">
-        <v>69367063.82</v>
+        <v>76571796.84</v>
       </c>
       <c r="F81" s="15">
-        <v>18070309.13</v>
+        <v>19932250.03</v>
       </c>
       <c r="G81" s="15">
-        <v>2353000.83</v>
+        <v>2598451.13</v>
       </c>
       <c r="H81" s="15">
-        <v>159196.22</v>
+        <v>175167.77</v>
       </c>
       <c r="J81" s="34">
-        <v>107128694.99</v>
+        <v>118248824.67</v>
       </c>
     </row>
     <row r="82" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B82" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C82" s="15">
         <v>0</v>
       </c>
       <c r="E82" s="15">
         <v>0</v>
       </c>
       <c r="F82" s="15">
         <v>0</v>
       </c>
       <c r="G82" s="15">
         <v>0</v>
       </c>
       <c r="H82" s="15">
         <v>0</v>
       </c>
       <c r="J82" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="83" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B83" s="25" t="s">
         <v>87</v>
       </c>
       <c r="C83" s="26">
-        <v>12056116001.48</v>
+        <v>13316498799.23</v>
       </c>
       <c r="D83" s="27"/>
       <c r="E83" s="26">
-        <v>94507472752.38</v>
+        <v>104113102390.86</v>
       </c>
       <c r="F83" s="26">
-        <v>19495436292.35</v>
+        <v>21465056130.3</v>
       </c>
       <c r="G83" s="26">
-        <v>1532148540.73</v>
+        <v>1687516559.03</v>
       </c>
       <c r="H83" s="26">
-        <v>334991241.96</v>
+        <v>369024560.79</v>
       </c>
       <c r="I83" s="27"/>
       <c r="J83" s="36">
-        <v>127926164828.9</v>
+        <v>140951198440.21</v>
       </c>
     </row>
     <row r="84" ht="0.05" customHeight="1" s="1" customFormat="1"/>
     <row r="85" ht="3.95" customHeight="1" s="1" customFormat="1"/>
     <row r="86" ht="16.05" customHeight="1" s="1" customFormat="1">
       <c r="B86" s="31" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="87" ht="20.2" customHeight="1" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B4"/>
     <mergeCell ref="D2:H2"/>
     <mergeCell ref="D4:H5"/>
     <mergeCell ref="D7:H7"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="H11:I11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="C14:D14"/>
@@ -9482,2381 +9488,2381 @@
       <c r="G10" s="5" t="s">
         <v>100</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>101</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>102</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>103</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>104</v>
       </c>
       <c r="L10" s="6"/>
       <c r="M10" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B11" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="9">
-        <v>53523840.69</v>
+        <v>59774751.66</v>
       </c>
       <c r="E11" s="9">
-        <v>875567.86</v>
+        <v>966243.43</v>
       </c>
       <c r="F11" s="9">
-        <v>50590174.99</v>
+        <v>56033106.69</v>
       </c>
       <c r="G11" s="9">
-        <v>474504.71</v>
+        <v>506034.76</v>
       </c>
       <c r="H11" s="9">
         <v>0</v>
       </c>
       <c r="I11" s="9">
         <v>103.48</v>
       </c>
       <c r="J11" s="9">
         <v>0</v>
       </c>
       <c r="K11" s="9">
         <v>0</v>
       </c>
       <c r="M11" s="33">
-        <v>105464191.73</v>
+        <v>117280240.02</v>
       </c>
     </row>
     <row r="12" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B12" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="9">
-        <v>76571296.44</v>
+        <v>85971194.48</v>
       </c>
       <c r="E12" s="9">
-        <v>2095431.86</v>
+        <v>2332418.76</v>
       </c>
       <c r="F12" s="9">
-        <v>57041724.09</v>
+        <v>64030493.66</v>
       </c>
       <c r="G12" s="9">
-        <v>1172267.57</v>
+        <v>1303912.07</v>
       </c>
       <c r="H12" s="9">
-        <v>4112573.69</v>
+        <v>4349331.6</v>
       </c>
       <c r="I12" s="9">
         <v>0</v>
       </c>
       <c r="J12" s="9">
         <v>0</v>
       </c>
       <c r="K12" s="9">
         <v>0</v>
       </c>
       <c r="M12" s="33">
-        <v>140993293.65</v>
+        <v>157987350.57</v>
       </c>
     </row>
     <row r="13" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B13" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="9">
-        <v>53132602.46</v>
+        <v>59714716.39</v>
       </c>
       <c r="E13" s="9">
-        <v>835108.41</v>
+        <v>960908.38</v>
       </c>
       <c r="F13" s="9">
-        <v>43577850.04</v>
+        <v>48609528.03</v>
       </c>
       <c r="G13" s="9">
-        <v>600581.92</v>
+        <v>672917.96</v>
       </c>
       <c r="H13" s="9">
         <v>0</v>
       </c>
       <c r="I13" s="9">
         <v>0</v>
       </c>
       <c r="J13" s="9">
         <v>0</v>
       </c>
       <c r="K13" s="9">
         <v>0</v>
       </c>
       <c r="M13" s="33">
-        <v>98146142.83</v>
+        <v>109958070.76</v>
       </c>
     </row>
     <row r="14" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B14" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="9">
-        <v>66757730.57</v>
+        <v>74738204.59</v>
       </c>
       <c r="E14" s="9">
-        <v>1107134.65</v>
+        <v>1240120.96</v>
       </c>
       <c r="F14" s="9">
-        <v>49746241.07</v>
+        <v>56192135.02</v>
       </c>
       <c r="G14" s="9">
-        <v>1043177.97</v>
+        <v>1201738.69</v>
       </c>
       <c r="H14" s="9">
         <v>0</v>
       </c>
       <c r="I14" s="9">
         <v>440</v>
       </c>
       <c r="J14" s="9">
         <v>0</v>
       </c>
       <c r="K14" s="9">
         <v>0</v>
       </c>
       <c r="M14" s="33">
-        <v>118654724.26</v>
+        <v>133372639.26</v>
       </c>
     </row>
     <row r="15" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B15" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="9">
-        <v>63737532.16</v>
+        <v>71744400.48</v>
       </c>
       <c r="E15" s="9">
-        <v>1001887.06</v>
+        <v>1092667.57</v>
       </c>
       <c r="F15" s="9">
-        <v>32403535.8</v>
+        <v>36404200.29</v>
       </c>
       <c r="G15" s="9">
-        <v>303069.86</v>
+        <v>455143.47</v>
       </c>
       <c r="H15" s="9">
         <v>0</v>
       </c>
       <c r="I15" s="9">
         <v>213.13</v>
       </c>
       <c r="J15" s="9">
         <v>0</v>
       </c>
       <c r="K15" s="9">
         <v>0</v>
       </c>
       <c r="M15" s="33">
-        <v>97446238.01</v>
+        <v>109696624.94</v>
       </c>
     </row>
     <row r="16" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B16" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="9">
-        <v>40261617.64</v>
+        <v>44914725.51</v>
       </c>
       <c r="E16" s="9">
-        <v>1177130.64</v>
+        <v>1413696.05</v>
       </c>
       <c r="F16" s="9">
-        <v>31974541.44</v>
+        <v>35208043.25</v>
       </c>
       <c r="G16" s="9">
-        <v>481550.9</v>
+        <v>548452.42</v>
       </c>
       <c r="H16" s="9">
         <v>0</v>
       </c>
       <c r="I16" s="9">
-        <v>3442.29</v>
+        <v>4037.58</v>
       </c>
       <c r="J16" s="9">
         <v>0</v>
       </c>
       <c r="K16" s="9">
         <v>0</v>
       </c>
       <c r="M16" s="33">
-        <v>73898282.91</v>
+        <v>82088954.81</v>
       </c>
     </row>
     <row r="17" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B17" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="9">
-        <v>95161616.24</v>
+        <v>106401572.26</v>
       </c>
       <c r="E17" s="9">
-        <v>2241309.96</v>
+        <v>2472182.19</v>
       </c>
       <c r="F17" s="9">
-        <v>89266980.09</v>
+        <v>100605796.11</v>
       </c>
       <c r="G17" s="9">
-        <v>1019838.36</v>
+        <v>1149407.53</v>
       </c>
       <c r="H17" s="9">
         <v>0</v>
       </c>
       <c r="I17" s="9">
         <v>0</v>
       </c>
       <c r="J17" s="9">
         <v>0</v>
       </c>
       <c r="K17" s="9">
         <v>0</v>
       </c>
       <c r="M17" s="33">
-        <v>187689744.65</v>
+        <v>210628958.09</v>
       </c>
     </row>
     <row r="18" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B18" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="9">
-        <v>172594881.11</v>
+        <v>192999853.38</v>
       </c>
       <c r="E18" s="9">
-        <v>2747300.27</v>
+        <v>3031190.75</v>
       </c>
       <c r="F18" s="9">
-        <v>123768685.75</v>
+        <v>139303915.02</v>
       </c>
       <c r="G18" s="9">
-        <v>3216950.8</v>
+        <v>3400627.82</v>
       </c>
       <c r="H18" s="9">
-        <v>67875.13</v>
+        <v>72502.98</v>
       </c>
       <c r="I18" s="9">
-        <v>2724.48</v>
+        <v>5346.48</v>
       </c>
       <c r="J18" s="9">
         <v>0</v>
       </c>
       <c r="K18" s="9">
         <v>0</v>
       </c>
       <c r="M18" s="33">
-        <v>302398417.54</v>
+        <v>338813436.43</v>
       </c>
     </row>
     <row r="19" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B19" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="15">
-        <v>621741117.31</v>
+        <v>696259418.75</v>
       </c>
       <c r="E19" s="15">
-        <v>12080870.71</v>
+        <v>13509428.09</v>
       </c>
       <c r="F19" s="15">
-        <v>478369733.27</v>
+        <v>536387218.07</v>
       </c>
       <c r="G19" s="15">
-        <v>8311942.09</v>
+        <v>9238234.72</v>
       </c>
       <c r="H19" s="15">
-        <v>4180448.82</v>
+        <v>4421834.58</v>
       </c>
       <c r="I19" s="15">
-        <v>6923.38</v>
+        <v>10140.67</v>
       </c>
       <c r="J19" s="15">
         <v>0</v>
       </c>
       <c r="K19" s="15">
         <v>0</v>
       </c>
       <c r="M19" s="34">
-        <v>1124691035.58</v>
+        <v>1259826274.88</v>
       </c>
     </row>
     <row r="20" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B20" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="20">
-        <v>16347585.99</v>
+        <v>18316154.93</v>
       </c>
       <c r="E20" s="20">
-        <v>344411.53</v>
+        <v>373316.72</v>
       </c>
       <c r="F20" s="20">
-        <v>14825818.97</v>
+        <v>16739941.79</v>
       </c>
       <c r="G20" s="20">
-        <v>186461.56</v>
+        <v>203762.07</v>
       </c>
       <c r="H20" s="20">
         <v>0</v>
       </c>
       <c r="I20" s="20">
         <v>26.3</v>
       </c>
       <c r="J20" s="20">
         <v>0</v>
       </c>
       <c r="K20" s="20">
         <v>0</v>
       </c>
       <c r="M20" s="35">
-        <v>31704304.35</v>
+        <v>35633201.81</v>
       </c>
     </row>
     <row r="21" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B21" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="20">
-        <v>9010057.6</v>
+        <v>10110280.24</v>
       </c>
       <c r="E21" s="20">
-        <v>254247.56</v>
+        <v>286327.3</v>
       </c>
       <c r="F21" s="20">
-        <v>7811800.65</v>
+        <v>8811833.7</v>
       </c>
       <c r="G21" s="20">
-        <v>212249.36</v>
+        <v>229465.15</v>
       </c>
       <c r="H21" s="20">
         <v>0</v>
       </c>
       <c r="I21" s="20">
         <v>443.56</v>
       </c>
       <c r="J21" s="20">
         <v>0</v>
       </c>
       <c r="K21" s="20">
         <v>0</v>
       </c>
       <c r="M21" s="35">
-        <v>17288798.73</v>
+        <v>19438349.95</v>
       </c>
     </row>
     <row r="22" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B22" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="20">
-        <v>74461066.76</v>
+        <v>83680103.57</v>
       </c>
       <c r="E22" s="20">
-        <v>1844066.28</v>
+        <v>2050244.42</v>
       </c>
       <c r="F22" s="20">
-        <v>60269462.62</v>
+        <v>67295281.77</v>
       </c>
       <c r="G22" s="20">
-        <v>946852.08</v>
+        <v>1064983.33</v>
       </c>
       <c r="H22" s="20">
         <v>0</v>
       </c>
       <c r="I22" s="20">
         <v>770</v>
       </c>
       <c r="J22" s="20">
         <v>0</v>
       </c>
       <c r="K22" s="20">
         <v>0</v>
       </c>
       <c r="M22" s="35">
-        <v>137522217.74</v>
+        <v>154091383.09</v>
       </c>
     </row>
     <row r="23" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B23" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="15">
-        <v>99818710.35</v>
+        <v>112106538.74</v>
       </c>
       <c r="E23" s="15">
-        <v>2442725.37</v>
+        <v>2709888.44</v>
       </c>
       <c r="F23" s="15">
-        <v>82907082.24</v>
+        <v>92847057.26</v>
       </c>
       <c r="G23" s="15">
-        <v>1345563</v>
+        <v>1498210.55</v>
       </c>
       <c r="H23" s="15">
         <v>0</v>
       </c>
       <c r="I23" s="15">
         <v>1239.86</v>
       </c>
       <c r="J23" s="15">
         <v>0</v>
       </c>
       <c r="K23" s="15">
         <v>0</v>
       </c>
       <c r="M23" s="34">
-        <v>186515320.82</v>
+        <v>209162934.85</v>
       </c>
     </row>
     <row r="24" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B24" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="20">
-        <v>116774657.47</v>
+        <v>131135903.84</v>
       </c>
       <c r="E24" s="20">
-        <v>3143322.32</v>
+        <v>3567983.11</v>
       </c>
       <c r="F24" s="20">
-        <v>41720575.37</v>
+        <v>47069904.61</v>
       </c>
       <c r="G24" s="20">
-        <v>1742254.94</v>
+        <v>1915004.57</v>
       </c>
       <c r="H24" s="20">
-        <v>676458.91</v>
+        <v>741657.96</v>
       </c>
       <c r="I24" s="20">
-        <v>865.49</v>
+        <v>1063.61</v>
       </c>
       <c r="J24" s="20">
         <v>0</v>
       </c>
       <c r="K24" s="20">
         <v>0</v>
       </c>
       <c r="M24" s="35">
-        <v>164058134.5</v>
+        <v>184431517.7</v>
       </c>
     </row>
     <row r="25" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B25" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="15">
-        <v>116774657.47</v>
+        <v>131135903.84</v>
       </c>
       <c r="E25" s="15">
-        <v>3143322.32</v>
+        <v>3567983.11</v>
       </c>
       <c r="F25" s="15">
-        <v>41720575.37</v>
+        <v>47069904.61</v>
       </c>
       <c r="G25" s="15">
-        <v>1742254.94</v>
+        <v>1915004.57</v>
       </c>
       <c r="H25" s="15">
-        <v>676458.91</v>
+        <v>741657.96</v>
       </c>
       <c r="I25" s="15">
-        <v>865.49</v>
+        <v>1063.61</v>
       </c>
       <c r="J25" s="15">
         <v>0</v>
       </c>
       <c r="K25" s="15">
         <v>0</v>
       </c>
       <c r="M25" s="34">
-        <v>164058134.5</v>
+        <v>184431517.7</v>
       </c>
     </row>
     <row r="26" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B26" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C26" s="20">
-        <v>71353680.9</v>
+        <v>81158563.76</v>
       </c>
       <c r="E26" s="20">
-        <v>826501.41</v>
+        <v>1022542.53</v>
       </c>
       <c r="F26" s="20">
-        <v>77481066.75</v>
+        <v>88143553.95</v>
       </c>
       <c r="G26" s="20">
-        <v>1076003.12</v>
+        <v>1391806.01</v>
       </c>
       <c r="H26" s="20">
         <v>0</v>
       </c>
       <c r="I26" s="20">
         <v>0</v>
       </c>
       <c r="J26" s="20">
         <v>0</v>
       </c>
       <c r="K26" s="20">
         <v>0</v>
       </c>
       <c r="M26" s="35">
-        <v>150737252.18</v>
+        <v>171716466.25</v>
       </c>
     </row>
     <row r="27" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B27" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="15">
-        <v>71353680.9</v>
+        <v>81158563.76</v>
       </c>
       <c r="E27" s="15">
-        <v>826501.41</v>
+        <v>1022542.53</v>
       </c>
       <c r="F27" s="15">
-        <v>77481066.75</v>
+        <v>88143553.95</v>
       </c>
       <c r="G27" s="15">
-        <v>1076003.12</v>
+        <v>1391806.01</v>
       </c>
       <c r="H27" s="15">
         <v>0</v>
       </c>
       <c r="I27" s="15">
         <v>0</v>
       </c>
       <c r="J27" s="15">
         <v>0</v>
       </c>
       <c r="K27" s="15">
         <v>0</v>
       </c>
       <c r="M27" s="34">
-        <v>150737252.18</v>
+        <v>171716466.25</v>
       </c>
     </row>
     <row r="28" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B28" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="20">
-        <v>207937034.14</v>
+        <v>232635680.66</v>
       </c>
       <c r="E28" s="20">
-        <v>1578382.82</v>
+        <v>1721757.2</v>
       </c>
       <c r="F28" s="20">
-        <v>47811208.77</v>
+        <v>53749066.84</v>
       </c>
       <c r="G28" s="20">
-        <v>346448.67</v>
+        <v>383404.64</v>
       </c>
       <c r="H28" s="20">
         <v>0</v>
       </c>
       <c r="I28" s="20">
         <v>0</v>
       </c>
       <c r="J28" s="20">
         <v>0</v>
       </c>
       <c r="K28" s="20">
         <v>0</v>
       </c>
       <c r="M28" s="35">
-        <v>257673074.4</v>
+        <v>288489909.34</v>
       </c>
     </row>
     <row r="29" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B29" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="20">
-        <v>147926262.55</v>
+        <v>165990523.46</v>
       </c>
       <c r="E29" s="20">
-        <v>553102.16</v>
+        <v>632436.32</v>
       </c>
       <c r="F29" s="20">
-        <v>41328669.98</v>
+        <v>46580922.71</v>
       </c>
       <c r="G29" s="20">
-        <v>741331.85</v>
+        <v>804477.95</v>
       </c>
       <c r="H29" s="20">
         <v>0</v>
       </c>
       <c r="I29" s="20">
-        <v>10684.49</v>
+        <v>12443.99</v>
       </c>
       <c r="J29" s="20">
         <v>0</v>
       </c>
       <c r="K29" s="20">
         <v>0</v>
       </c>
       <c r="M29" s="35">
-        <v>190560051.03</v>
+        <v>214020804.43</v>
       </c>
     </row>
     <row r="30" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B30" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C30" s="15">
-        <v>355863296.69</v>
+        <v>398626204.12</v>
       </c>
       <c r="E30" s="15">
-        <v>2131484.98</v>
+        <v>2354193.52</v>
       </c>
       <c r="F30" s="15">
-        <v>89139878.75</v>
+        <v>100329989.55</v>
       </c>
       <c r="G30" s="15">
-        <v>1087780.52</v>
+        <v>1187882.59</v>
       </c>
       <c r="H30" s="15">
         <v>0</v>
       </c>
       <c r="I30" s="15">
-        <v>10684.49</v>
+        <v>12443.99</v>
       </c>
       <c r="J30" s="15">
         <v>0</v>
       </c>
       <c r="K30" s="15">
         <v>0</v>
       </c>
       <c r="M30" s="34">
-        <v>448233125.43</v>
+        <v>502510713.77</v>
       </c>
     </row>
     <row r="31" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B31" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="20">
-        <v>60236742.37</v>
+        <v>67610128.19</v>
       </c>
       <c r="E31" s="20">
-        <v>1212059.5</v>
+        <v>1480982.11</v>
       </c>
       <c r="F31" s="20">
-        <v>27563520.52</v>
+        <v>31019928.07</v>
       </c>
       <c r="G31" s="20">
-        <v>728699.83</v>
+        <v>885869.58</v>
       </c>
       <c r="H31" s="20">
-        <v>14826.5</v>
+        <v>16309.15</v>
       </c>
       <c r="I31" s="20">
         <v>3667</v>
       </c>
       <c r="J31" s="20">
         <v>0</v>
       </c>
       <c r="K31" s="20">
         <v>0</v>
       </c>
       <c r="M31" s="35">
-        <v>89759515.72</v>
+        <v>101016884.1</v>
       </c>
     </row>
     <row r="32" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B32" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="15">
-        <v>60236742.37</v>
+        <v>67610128.19</v>
       </c>
       <c r="E32" s="15">
-        <v>1212059.5</v>
+        <v>1480982.11</v>
       </c>
       <c r="F32" s="15">
-        <v>27563520.52</v>
+        <v>31019928.07</v>
       </c>
       <c r="G32" s="15">
-        <v>728699.83</v>
+        <v>885869.58</v>
       </c>
       <c r="H32" s="15">
-        <v>14826.5</v>
+        <v>16309.15</v>
       </c>
       <c r="I32" s="15">
         <v>3667</v>
       </c>
       <c r="J32" s="15">
         <v>0</v>
       </c>
       <c r="K32" s="15">
         <v>0</v>
       </c>
       <c r="M32" s="34">
-        <v>89759515.72</v>
+        <v>101016884.1</v>
       </c>
     </row>
     <row r="33" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B33" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="20">
-        <v>28471128.45</v>
+        <v>32025505.34</v>
       </c>
       <c r="E33" s="20">
-        <v>848597.46</v>
+        <v>966262.63</v>
       </c>
       <c r="F33" s="20">
-        <v>20359971.99</v>
+        <v>22976878.04</v>
       </c>
       <c r="G33" s="20">
-        <v>251184.67</v>
+        <v>270393.6</v>
       </c>
       <c r="H33" s="20">
         <v>0</v>
       </c>
       <c r="I33" s="20">
         <v>38.48</v>
       </c>
       <c r="J33" s="20">
         <v>0</v>
       </c>
       <c r="K33" s="20">
         <v>0</v>
       </c>
       <c r="M33" s="35">
-        <v>49930921.05</v>
+        <v>56239078.09</v>
       </c>
     </row>
     <row r="34" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B34" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C34" s="20">
-        <v>37585746.83</v>
+        <v>42140343.63</v>
       </c>
       <c r="E34" s="20">
-        <v>918082.22</v>
+        <v>1061104.45</v>
       </c>
       <c r="F34" s="20">
-        <v>23943824.26</v>
+        <v>27014915.88</v>
       </c>
       <c r="G34" s="20">
-        <v>452254.26</v>
+        <v>533206.34</v>
       </c>
       <c r="H34" s="20">
         <v>0</v>
       </c>
       <c r="I34" s="20">
         <v>90.29</v>
       </c>
       <c r="J34" s="20">
         <v>0</v>
       </c>
       <c r="K34" s="20">
         <v>0</v>
       </c>
       <c r="M34" s="35">
-        <v>62899997.86</v>
+        <v>70749660.59</v>
       </c>
     </row>
     <row r="35" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B35" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="20">
-        <v>10289422.44</v>
+        <v>11600343.99</v>
       </c>
       <c r="E35" s="20">
-        <v>207786.18</v>
+        <v>269093.02</v>
       </c>
       <c r="F35" s="20">
-        <v>9920823.12</v>
+        <v>11220840.94</v>
       </c>
       <c r="G35" s="20">
-        <v>127421.21</v>
+        <v>135973.33</v>
       </c>
       <c r="H35" s="20">
         <v>0</v>
       </c>
       <c r="I35" s="20">
         <v>55.48</v>
       </c>
       <c r="J35" s="20">
         <v>0</v>
       </c>
       <c r="K35" s="20">
         <v>0</v>
       </c>
       <c r="M35" s="35">
-        <v>20545508.43</v>
+        <v>23226306.76</v>
       </c>
     </row>
     <row r="36" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B36" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C36" s="20">
-        <v>13172206.97</v>
+        <v>14797464.86</v>
       </c>
       <c r="E36" s="20">
-        <v>474121.58</v>
+        <v>515434.84</v>
       </c>
       <c r="F36" s="20">
-        <v>18110386.25</v>
+        <v>20351228.19</v>
       </c>
       <c r="G36" s="20">
-        <v>180850.67</v>
+        <v>192434.24</v>
       </c>
       <c r="H36" s="20">
         <v>0</v>
       </c>
       <c r="I36" s="20">
-        <v>0</v>
+        <v>140.22</v>
       </c>
       <c r="J36" s="20">
         <v>0</v>
       </c>
       <c r="K36" s="20">
         <v>0</v>
       </c>
       <c r="M36" s="35">
-        <v>31937565.47</v>
+        <v>35856702.35</v>
       </c>
     </row>
     <row r="37" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B37" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C37" s="20">
-        <v>39268701.42</v>
+        <v>44178479.74</v>
       </c>
       <c r="E37" s="20">
-        <v>1098019.54</v>
+        <v>1249007.47</v>
       </c>
       <c r="F37" s="20">
-        <v>39948171.33</v>
+        <v>45229820.22</v>
       </c>
       <c r="G37" s="20">
-        <v>374439.05</v>
+        <v>488106.97</v>
       </c>
       <c r="H37" s="20">
         <v>0</v>
       </c>
       <c r="I37" s="20">
         <v>0</v>
       </c>
       <c r="J37" s="20">
         <v>0</v>
       </c>
       <c r="K37" s="20">
         <v>0</v>
       </c>
       <c r="M37" s="35">
-        <v>80689331.34</v>
+        <v>91145414.4</v>
       </c>
     </row>
     <row r="38" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B38" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="15">
-        <v>128787206.11</v>
+        <v>144742137.56</v>
       </c>
       <c r="E38" s="15">
-        <v>3546606.98</v>
+        <v>4060902.41</v>
       </c>
       <c r="F38" s="15">
-        <v>112283176.95</v>
+        <v>126793683.27</v>
       </c>
       <c r="G38" s="15">
-        <v>1386149.86</v>
+        <v>1620114.48</v>
       </c>
       <c r="H38" s="15">
         <v>0</v>
       </c>
       <c r="I38" s="15">
-        <v>184.25</v>
+        <v>324.47</v>
       </c>
       <c r="J38" s="15">
         <v>0</v>
       </c>
       <c r="K38" s="15">
         <v>0</v>
       </c>
       <c r="M38" s="34">
-        <v>246003324.15</v>
+        <v>277217162.19</v>
       </c>
     </row>
     <row r="39" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B39" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="20">
-        <v>6085317.46</v>
+        <v>6771763.54</v>
       </c>
       <c r="E39" s="20">
-        <v>165672.03</v>
+        <v>184995.59</v>
       </c>
       <c r="F39" s="20">
-        <v>6275017.79</v>
+        <v>7071279.88</v>
       </c>
       <c r="G39" s="20">
-        <v>203684.69</v>
+        <v>223964.43</v>
       </c>
       <c r="H39" s="20">
         <v>0</v>
       </c>
       <c r="I39" s="20">
-        <v>4888.52</v>
+        <v>5159.84</v>
       </c>
       <c r="J39" s="20">
         <v>0</v>
       </c>
       <c r="K39" s="20">
         <v>0</v>
       </c>
       <c r="M39" s="35">
-        <v>12734580.49</v>
+        <v>14257163.28</v>
       </c>
     </row>
     <row r="40" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B40" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C40" s="20">
-        <v>20792571.17</v>
+        <v>23050326.41</v>
       </c>
       <c r="E40" s="20">
-        <v>912013.52</v>
+        <v>1046129.17</v>
       </c>
       <c r="F40" s="20">
-        <v>20466347.32</v>
+        <v>23066170.56</v>
       </c>
       <c r="G40" s="20">
-        <v>454900.75</v>
+        <v>486522.24</v>
       </c>
       <c r="H40" s="20">
         <v>0</v>
       </c>
       <c r="I40" s="20">
         <v>0</v>
       </c>
       <c r="J40" s="20">
         <v>0</v>
       </c>
       <c r="K40" s="20">
         <v>0</v>
       </c>
       <c r="M40" s="35">
-        <v>42625832.76</v>
+        <v>47649148.38</v>
       </c>
     </row>
     <row r="41" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B41" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C41" s="20">
-        <v>33536049.31</v>
+        <v>37707811.08</v>
       </c>
       <c r="E41" s="20">
-        <v>1089986.66</v>
+        <v>1222339.7</v>
       </c>
       <c r="F41" s="20">
-        <v>17017672.88</v>
+        <v>19069308.9</v>
       </c>
       <c r="G41" s="20">
-        <v>1079026.49</v>
+        <v>1268818.11</v>
       </c>
       <c r="H41" s="20">
         <v>0</v>
       </c>
       <c r="I41" s="20">
         <v>0</v>
       </c>
       <c r="J41" s="20">
         <v>0</v>
       </c>
       <c r="K41" s="20">
         <v>0</v>
       </c>
       <c r="M41" s="35">
-        <v>52722735.34</v>
+        <v>59268277.79</v>
       </c>
     </row>
     <row r="42" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B42" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C42" s="20">
-        <v>11746682.98</v>
+        <v>13153067.77</v>
       </c>
       <c r="E42" s="20">
-        <v>315511.12</v>
+        <v>381006.31</v>
       </c>
       <c r="F42" s="20">
-        <v>7479067.7</v>
+        <v>8444944.96</v>
       </c>
       <c r="G42" s="20">
-        <v>217031.37</v>
+        <v>236730.51</v>
       </c>
       <c r="H42" s="20">
         <v>0</v>
       </c>
       <c r="I42" s="20">
         <v>0</v>
       </c>
       <c r="J42" s="20">
         <v>0</v>
       </c>
       <c r="K42" s="20">
         <v>0</v>
       </c>
       <c r="M42" s="35">
-        <v>19758293.17</v>
+        <v>22215749.55</v>
       </c>
     </row>
     <row r="43" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B43" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C43" s="20">
-        <v>18285043.6</v>
+        <v>20426003.78</v>
       </c>
       <c r="E43" s="20">
-        <v>308902.11</v>
+        <v>332852.17</v>
       </c>
       <c r="F43" s="20">
-        <v>13198004.14</v>
+        <v>14855682.37</v>
       </c>
       <c r="G43" s="20">
-        <v>586011.25</v>
+        <v>638984.16</v>
       </c>
       <c r="H43" s="20">
         <v>0</v>
       </c>
       <c r="I43" s="20">
         <v>0</v>
       </c>
       <c r="J43" s="20">
         <v>0</v>
       </c>
       <c r="K43" s="20">
         <v>0</v>
       </c>
       <c r="M43" s="35">
-        <v>32377961.1</v>
+        <v>36253522.48</v>
       </c>
     </row>
     <row r="44" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B44" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C44" s="20">
-        <v>5551823.5</v>
+        <v>6225578.7</v>
       </c>
       <c r="E44" s="20">
-        <v>226593.98</v>
+        <v>246148.33</v>
       </c>
       <c r="F44" s="20">
-        <v>8371167.12</v>
+        <v>9388921.39</v>
       </c>
       <c r="G44" s="20">
-        <v>338854.5</v>
+        <v>514493.04</v>
       </c>
       <c r="H44" s="20">
         <v>0</v>
       </c>
       <c r="I44" s="20">
         <v>0</v>
       </c>
       <c r="J44" s="20">
         <v>0</v>
       </c>
       <c r="K44" s="20">
         <v>0</v>
       </c>
       <c r="M44" s="35">
-        <v>14488439.1</v>
+        <v>16375141.46</v>
       </c>
     </row>
     <row r="45" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B45" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C45" s="20">
-        <v>4809745.41</v>
+        <v>5408520.53</v>
       </c>
       <c r="E45" s="20">
-        <v>157925.82</v>
+        <v>173545.57</v>
       </c>
       <c r="F45" s="20">
-        <v>5038113.63</v>
+        <v>5588882.17</v>
       </c>
       <c r="G45" s="20">
-        <v>156785.51</v>
+        <v>170085.7</v>
       </c>
       <c r="H45" s="20">
         <v>0</v>
       </c>
       <c r="I45" s="20">
         <v>0</v>
       </c>
       <c r="J45" s="20">
         <v>0</v>
       </c>
       <c r="K45" s="20">
         <v>0</v>
       </c>
       <c r="M45" s="35">
-        <v>10162570.37</v>
+        <v>11341033.97</v>
       </c>
     </row>
     <row r="46" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B46" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C46" s="20">
-        <v>30246529.93</v>
+        <v>33645242.83</v>
       </c>
       <c r="E46" s="20">
-        <v>753426.71</v>
+        <v>844770.53</v>
       </c>
       <c r="F46" s="20">
-        <v>29706712.25</v>
+        <v>33030828.19</v>
       </c>
       <c r="G46" s="20">
-        <v>585351.75</v>
+        <v>638427.92</v>
       </c>
       <c r="H46" s="20">
         <v>0</v>
       </c>
       <c r="I46" s="20">
         <v>0</v>
       </c>
       <c r="J46" s="20">
         <v>0</v>
       </c>
       <c r="K46" s="20">
         <v>0</v>
       </c>
       <c r="M46" s="35">
-        <v>61292020.64</v>
+        <v>68159269.47</v>
       </c>
     </row>
     <row r="47" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B47" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C47" s="20">
-        <v>7329381.1</v>
+        <v>8164025.06</v>
       </c>
       <c r="E47" s="20">
-        <v>254355.68</v>
+        <v>280190.89</v>
       </c>
       <c r="F47" s="20">
-        <v>5631266.83</v>
+        <v>6359885.51</v>
       </c>
       <c r="G47" s="20">
-        <v>177245.23</v>
+        <v>192420.8</v>
       </c>
       <c r="H47" s="20">
         <v>0</v>
       </c>
       <c r="I47" s="20">
         <v>0</v>
       </c>
       <c r="J47" s="20">
         <v>0</v>
       </c>
       <c r="K47" s="20">
         <v>0</v>
       </c>
       <c r="M47" s="35">
-        <v>13392248.84</v>
+        <v>14996522.26</v>
       </c>
     </row>
     <row r="48" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B48" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="15">
-        <v>138383144.46</v>
+        <v>154552339.7</v>
       </c>
       <c r="E48" s="15">
-        <v>4184387.63</v>
+        <v>4711978.26</v>
       </c>
       <c r="F48" s="15">
-        <v>113183369.66</v>
+        <v>126875903.93</v>
       </c>
       <c r="G48" s="15">
-        <v>3798891.54</v>
+        <v>4370446.91</v>
       </c>
       <c r="H48" s="15">
         <v>0</v>
       </c>
       <c r="I48" s="15">
-        <v>4888.52</v>
+        <v>5159.84</v>
       </c>
       <c r="J48" s="15">
         <v>0</v>
       </c>
       <c r="K48" s="15">
         <v>0</v>
       </c>
       <c r="M48" s="34">
-        <v>259554681.81</v>
+        <v>290515828.64</v>
       </c>
     </row>
     <row r="49" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B49" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C49" s="20">
-        <v>572254645.84</v>
+        <v>640819278.99</v>
       </c>
       <c r="E49" s="20">
-        <v>12772680.95</v>
+        <v>14299736.42</v>
       </c>
       <c r="F49" s="20">
-        <v>420162253.49</v>
+        <v>474286801.18</v>
       </c>
       <c r="G49" s="20">
-        <v>6475168.27</v>
+        <v>6859596.73</v>
       </c>
       <c r="H49" s="20">
         <v>0</v>
       </c>
       <c r="I49" s="20">
         <v>24.32</v>
       </c>
       <c r="J49" s="20">
         <v>0</v>
       </c>
       <c r="K49" s="20">
         <v>0</v>
       </c>
       <c r="M49" s="35">
-        <v>1011664772.87</v>
+        <v>1136265437.64</v>
       </c>
     </row>
     <row r="50" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B50" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C50" s="20">
-        <v>48633080.47</v>
+        <v>54403114.15</v>
       </c>
       <c r="E50" s="20">
-        <v>1152787.56</v>
+        <v>1287221.88</v>
       </c>
       <c r="F50" s="20">
-        <v>50627113.16</v>
+        <v>57498225.99</v>
       </c>
       <c r="G50" s="20">
-        <v>503380.58</v>
+        <v>535872.77</v>
       </c>
       <c r="H50" s="20">
         <v>0</v>
       </c>
       <c r="I50" s="20">
         <v>0</v>
       </c>
       <c r="J50" s="20">
         <v>0</v>
       </c>
       <c r="K50" s="20">
         <v>0</v>
       </c>
       <c r="M50" s="35">
-        <v>100916361.77</v>
+        <v>113724434.79</v>
       </c>
     </row>
     <row r="51" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B51" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C51" s="20">
-        <v>21655134.12</v>
+        <v>24104660.24</v>
       </c>
       <c r="E51" s="20">
-        <v>980744.23</v>
+        <v>1133088.45</v>
       </c>
       <c r="F51" s="20">
-        <v>30070079.79</v>
+        <v>34379059.43</v>
       </c>
       <c r="G51" s="20">
-        <v>261768.43</v>
+        <v>310280.09</v>
       </c>
       <c r="H51" s="20">
         <v>0</v>
       </c>
       <c r="I51" s="20">
         <v>0</v>
       </c>
       <c r="J51" s="20">
         <v>0</v>
       </c>
       <c r="K51" s="20">
         <v>0</v>
       </c>
       <c r="M51" s="35">
-        <v>52967726.57</v>
+        <v>59927088.21</v>
       </c>
     </row>
     <row r="52" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B52" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C52" s="20">
-        <v>63520881.35</v>
+        <v>69618943.41</v>
       </c>
       <c r="E52" s="20">
-        <v>1645397.64</v>
+        <v>1917541.76</v>
       </c>
       <c r="F52" s="20">
-        <v>48190067.65</v>
+        <v>53912280.97</v>
       </c>
       <c r="G52" s="20">
-        <v>923313.9</v>
+        <v>932998.11</v>
       </c>
       <c r="H52" s="20">
         <v>0</v>
       </c>
       <c r="I52" s="20">
         <v>0</v>
       </c>
       <c r="J52" s="20">
         <v>0</v>
       </c>
       <c r="K52" s="20">
         <v>0</v>
       </c>
       <c r="M52" s="35">
-        <v>114279660.54</v>
+        <v>126381764.25</v>
       </c>
     </row>
     <row r="53" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B53" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C53" s="15">
-        <v>706063741.78</v>
+        <v>788945996.79</v>
       </c>
       <c r="E53" s="15">
-        <v>16551610.38</v>
+        <v>18637588.51</v>
       </c>
       <c r="F53" s="15">
-        <v>549049514.09</v>
+        <v>620076367.57</v>
       </c>
       <c r="G53" s="15">
-        <v>8163631.18</v>
+        <v>8638747.7</v>
       </c>
       <c r="H53" s="15">
         <v>0</v>
       </c>
       <c r="I53" s="15">
         <v>24.32</v>
       </c>
       <c r="J53" s="15">
         <v>0</v>
       </c>
       <c r="K53" s="15">
         <v>0</v>
       </c>
       <c r="M53" s="34">
-        <v>1279828521.75</v>
+        <v>1436298724.89</v>
       </c>
     </row>
     <row r="54" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B54" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C54" s="20">
-        <v>59918627.16</v>
+        <v>67295370.83</v>
       </c>
       <c r="E54" s="20">
-        <v>675524.91</v>
+        <v>742153.83</v>
       </c>
       <c r="F54" s="20">
-        <v>31969306.73</v>
+        <v>35602977.44</v>
       </c>
       <c r="G54" s="20">
-        <v>998991.81</v>
+        <v>1097040.41</v>
       </c>
       <c r="H54" s="20">
         <v>0</v>
       </c>
       <c r="I54" s="20">
         <v>21540.9</v>
       </c>
       <c r="J54" s="20">
         <v>0</v>
       </c>
       <c r="K54" s="20">
         <v>0</v>
       </c>
       <c r="M54" s="35">
-        <v>93583991.51</v>
+        <v>104759083.41</v>
       </c>
     </row>
     <row r="55" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B55" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C55" s="20">
-        <v>30655466.53</v>
+        <v>34498463.98</v>
       </c>
       <c r="E55" s="20">
-        <v>566834.29</v>
+        <v>621174.42</v>
       </c>
       <c r="F55" s="20">
-        <v>16636340.37</v>
+        <v>18492268.98</v>
       </c>
       <c r="G55" s="20">
-        <v>543819.94</v>
+        <v>586176.05</v>
       </c>
       <c r="H55" s="20">
         <v>0</v>
       </c>
       <c r="I55" s="20">
-        <v>405.84</v>
+        <v>843.6</v>
       </c>
       <c r="J55" s="20">
         <v>0</v>
       </c>
       <c r="K55" s="20">
         <v>0</v>
       </c>
       <c r="M55" s="35">
-        <v>48402866.97</v>
+        <v>54198927.03</v>
       </c>
     </row>
     <row r="56" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B56" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C56" s="15">
-        <v>90574093.69</v>
+        <v>101793834.81</v>
       </c>
       <c r="E56" s="15">
-        <v>1242359.2</v>
+        <v>1363328.25</v>
       </c>
       <c r="F56" s="15">
-        <v>48605647.1</v>
+        <v>54095246.42</v>
       </c>
       <c r="G56" s="15">
-        <v>1542811.75</v>
+        <v>1683216.46</v>
       </c>
       <c r="H56" s="15">
         <v>0</v>
       </c>
       <c r="I56" s="15">
-        <v>21946.74</v>
+        <v>22384.5</v>
       </c>
       <c r="J56" s="15">
         <v>0</v>
       </c>
       <c r="K56" s="15">
         <v>0</v>
       </c>
       <c r="M56" s="34">
-        <v>141986858.48</v>
+        <v>158958010.44</v>
       </c>
     </row>
     <row r="57" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B57" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C57" s="20">
-        <v>127678074.22</v>
+        <v>143377289.13</v>
       </c>
       <c r="E57" s="20">
-        <v>2357441.23</v>
+        <v>2582771.4</v>
       </c>
       <c r="F57" s="20">
-        <v>57275590.86</v>
+        <v>64346138.97</v>
       </c>
       <c r="G57" s="20">
-        <v>1135786.49</v>
+        <v>1284394.37</v>
       </c>
       <c r="H57" s="20">
-        <v>5245386.42</v>
+        <v>5738812.98</v>
       </c>
       <c r="I57" s="20">
         <v>248.99</v>
       </c>
       <c r="J57" s="20">
         <v>0</v>
       </c>
       <c r="K57" s="20">
         <v>0</v>
       </c>
       <c r="M57" s="35">
-        <v>193692528.21</v>
+        <v>217329655.84</v>
       </c>
     </row>
     <row r="58" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B58" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C58" s="20">
-        <v>32341186.73</v>
+        <v>36220695.53</v>
       </c>
       <c r="E58" s="20">
-        <v>636694.37</v>
+        <v>731557.36</v>
       </c>
       <c r="F58" s="20">
-        <v>13418895.69</v>
+        <v>14961510.57</v>
       </c>
       <c r="G58" s="20">
-        <v>343500.64</v>
+        <v>378634.95</v>
       </c>
       <c r="H58" s="20">
         <v>0</v>
       </c>
       <c r="I58" s="20">
         <v>0</v>
       </c>
       <c r="J58" s="20">
         <v>0</v>
       </c>
       <c r="K58" s="20">
         <v>0</v>
       </c>
       <c r="M58" s="35">
-        <v>46740277.43</v>
+        <v>52292398.41</v>
       </c>
     </row>
     <row r="59" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B59" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C59" s="20">
-        <v>32048487.77</v>
+        <v>36019495.7</v>
       </c>
       <c r="E59" s="20">
-        <v>493573.41</v>
+        <v>549323.24</v>
       </c>
       <c r="F59" s="20">
-        <v>10081134.15</v>
+        <v>11330915.91</v>
       </c>
       <c r="G59" s="20">
-        <v>392496.74</v>
+        <v>421222.39</v>
       </c>
       <c r="H59" s="20">
         <v>0</v>
       </c>
       <c r="I59" s="20">
         <v>200068.92</v>
       </c>
       <c r="J59" s="20">
         <v>0</v>
       </c>
       <c r="K59" s="20">
         <v>0</v>
       </c>
       <c r="M59" s="35">
-        <v>43215760.99</v>
+        <v>48521026.16</v>
       </c>
     </row>
     <row r="60" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B60" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C60" s="20">
-        <v>109342146.2</v>
+        <v>122461180.58</v>
       </c>
       <c r="E60" s="20">
-        <v>1948914.79</v>
+        <v>2166752.08</v>
       </c>
       <c r="F60" s="20">
-        <v>42434203.28</v>
+        <v>47715990.06</v>
       </c>
       <c r="G60" s="20">
-        <v>707793.26</v>
+        <v>786750.6</v>
       </c>
       <c r="H60" s="20">
         <v>0</v>
       </c>
       <c r="I60" s="20">
-        <v>853.26</v>
+        <v>863.52</v>
       </c>
       <c r="J60" s="20">
         <v>0</v>
       </c>
       <c r="K60" s="20">
         <v>0</v>
       </c>
       <c r="M60" s="35">
-        <v>154433910.79</v>
+        <v>173131536.84</v>
       </c>
     </row>
     <row r="61" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B61" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C61" s="15">
-        <v>301409894.92</v>
+        <v>338078660.94</v>
       </c>
       <c r="E61" s="15">
-        <v>5436623.8</v>
+        <v>6030404.08</v>
       </c>
       <c r="F61" s="15">
-        <v>123209823.98</v>
+        <v>138354555.51</v>
       </c>
       <c r="G61" s="15">
-        <v>2579577.13</v>
+        <v>2871002.31</v>
       </c>
       <c r="H61" s="15">
-        <v>5245386.42</v>
+        <v>5738812.98</v>
       </c>
       <c r="I61" s="15">
-        <v>201171.17</v>
+        <v>201181.43</v>
       </c>
       <c r="J61" s="15">
         <v>0</v>
       </c>
       <c r="K61" s="15">
         <v>0</v>
       </c>
       <c r="M61" s="34">
-        <v>438082477.42</v>
+        <v>491274617.25</v>
       </c>
     </row>
     <row r="62" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B62" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C62" s="20">
-        <v>12882238.05</v>
+        <v>14292927.77</v>
       </c>
       <c r="E62" s="20">
-        <v>713092.11</v>
+        <v>815683.14</v>
       </c>
       <c r="F62" s="20">
-        <v>18185483.07</v>
+        <v>20340123.53</v>
       </c>
       <c r="G62" s="20">
-        <v>236643.56</v>
+        <v>256579.48</v>
       </c>
       <c r="H62" s="20">
         <v>0</v>
       </c>
       <c r="I62" s="20">
         <v>170.04</v>
       </c>
       <c r="J62" s="20">
         <v>0</v>
       </c>
       <c r="K62" s="20">
         <v>0</v>
       </c>
       <c r="M62" s="35">
-        <v>32017626.83</v>
+        <v>35705483.96</v>
       </c>
     </row>
     <row r="63" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B63" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C63" s="15">
-        <v>12882238.05</v>
+        <v>14292927.77</v>
       </c>
       <c r="E63" s="15">
-        <v>713092.11</v>
+        <v>815683.14</v>
       </c>
       <c r="F63" s="15">
-        <v>18185483.07</v>
+        <v>20340123.53</v>
       </c>
       <c r="G63" s="15">
-        <v>236643.56</v>
+        <v>256579.48</v>
       </c>
       <c r="H63" s="15">
         <v>0</v>
       </c>
       <c r="I63" s="15">
         <v>170.04</v>
       </c>
       <c r="J63" s="15">
         <v>0</v>
       </c>
       <c r="K63" s="15">
         <v>0</v>
       </c>
       <c r="M63" s="34">
-        <v>32017626.83</v>
+        <v>35705483.96</v>
       </c>
     </row>
     <row r="64" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B64" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C64" s="20">
-        <v>505197551.56</v>
+        <v>566359749</v>
       </c>
       <c r="E64" s="20">
-        <v>5125000.61</v>
+        <v>5826348.06</v>
       </c>
       <c r="F64" s="20">
-        <v>567532550.47</v>
+        <v>638489921.71</v>
       </c>
       <c r="G64" s="20">
-        <v>11903758.56</v>
+        <v>16899998.47</v>
       </c>
       <c r="H64" s="20">
-        <v>344325.4</v>
+        <v>430091.09</v>
       </c>
       <c r="I64" s="20">
-        <v>1107.95</v>
+        <v>1159.05</v>
       </c>
       <c r="J64" s="20">
         <v>0</v>
       </c>
       <c r="K64" s="20">
         <v>0</v>
       </c>
       <c r="M64" s="35">
-        <v>1090104294.55</v>
+        <v>1228007267.38</v>
       </c>
     </row>
     <row r="65" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B65" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C65" s="15">
-        <v>505197551.56</v>
+        <v>566359749</v>
       </c>
       <c r="E65" s="15">
-        <v>5125000.61</v>
+        <v>5826348.06</v>
       </c>
       <c r="F65" s="15">
-        <v>567532550.47</v>
+        <v>638489921.71</v>
       </c>
       <c r="G65" s="15">
-        <v>11903758.56</v>
+        <v>16899998.47</v>
       </c>
       <c r="H65" s="15">
-        <v>344325.4</v>
+        <v>430091.09</v>
       </c>
       <c r="I65" s="15">
-        <v>1107.95</v>
+        <v>1159.05</v>
       </c>
       <c r="J65" s="15">
         <v>0</v>
       </c>
       <c r="K65" s="15">
         <v>0</v>
       </c>
       <c r="M65" s="34">
-        <v>1090104294.55</v>
+        <v>1228007267.38</v>
       </c>
     </row>
     <row r="66" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B66" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C66" s="20">
-        <v>170499763.12</v>
+        <v>192416995.8</v>
       </c>
       <c r="E66" s="20">
-        <v>2116364.78</v>
+        <v>2307922.34</v>
       </c>
       <c r="F66" s="20">
-        <v>96318136</v>
+        <v>108648229.58</v>
       </c>
       <c r="G66" s="20">
-        <v>1162389.5</v>
+        <v>1529861.55</v>
       </c>
       <c r="H66" s="20">
-        <v>2732816.06</v>
+        <v>2839938.85</v>
       </c>
       <c r="I66" s="20">
-        <v>579.98</v>
+        <v>824.62</v>
       </c>
       <c r="J66" s="20">
         <v>0</v>
       </c>
       <c r="K66" s="20">
         <v>0</v>
       </c>
       <c r="M66" s="35">
-        <v>272830049.44</v>
+        <v>307743772.74</v>
       </c>
     </row>
     <row r="67" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B67" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C67" s="15">
-        <v>170499763.12</v>
+        <v>192416995.8</v>
       </c>
       <c r="E67" s="15">
-        <v>2116364.78</v>
+        <v>2307922.34</v>
       </c>
       <c r="F67" s="15">
-        <v>96318136</v>
+        <v>108648229.58</v>
       </c>
       <c r="G67" s="15">
-        <v>1162389.5</v>
+        <v>1529861.55</v>
       </c>
       <c r="H67" s="15">
-        <v>2732816.06</v>
+        <v>2839938.85</v>
       </c>
       <c r="I67" s="15">
-        <v>579.98</v>
+        <v>824.62</v>
       </c>
       <c r="J67" s="15">
         <v>0</v>
       </c>
       <c r="K67" s="15">
         <v>0</v>
       </c>
       <c r="M67" s="34">
-        <v>272830049.44</v>
+        <v>307743772.74</v>
       </c>
     </row>
     <row r="68" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B68" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C68" s="20">
-        <v>75404398.37</v>
+        <v>83523174.91</v>
       </c>
       <c r="E68" s="20">
-        <v>1449374.53</v>
+        <v>1588797.87</v>
       </c>
       <c r="F68" s="20">
-        <v>46870515.76</v>
+        <v>52311354.33</v>
       </c>
       <c r="G68" s="20">
-        <v>803894.29</v>
+        <v>880427.89</v>
       </c>
       <c r="H68" s="20">
         <v>0</v>
       </c>
       <c r="I68" s="20">
         <v>41.15</v>
       </c>
       <c r="J68" s="20">
         <v>0</v>
       </c>
       <c r="K68" s="20">
         <v>0</v>
       </c>
       <c r="M68" s="35">
-        <v>124528224.1</v>
+        <v>138303796.15</v>
       </c>
     </row>
     <row r="69" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B69" s="14" t="s">
         <v>73</v>
       </c>
       <c r="C69" s="15">
-        <v>75404398.37</v>
+        <v>83523174.91</v>
       </c>
       <c r="E69" s="15">
-        <v>1449374.53</v>
+        <v>1588797.87</v>
       </c>
       <c r="F69" s="15">
-        <v>46870515.76</v>
+        <v>52311354.33</v>
       </c>
       <c r="G69" s="15">
-        <v>803894.29</v>
+        <v>880427.89</v>
       </c>
       <c r="H69" s="15">
         <v>0</v>
       </c>
       <c r="I69" s="15">
         <v>41.15</v>
       </c>
       <c r="J69" s="15">
         <v>0</v>
       </c>
       <c r="K69" s="15">
         <v>0</v>
       </c>
       <c r="M69" s="34">
-        <v>124528224.1</v>
+        <v>138303796.15</v>
       </c>
     </row>
     <row r="70" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B70" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C70" s="20">
-        <v>94614388.58</v>
+        <v>106528557.5</v>
       </c>
       <c r="E70" s="20">
-        <v>1645424.77</v>
+        <v>1848817.19</v>
       </c>
       <c r="F70" s="20">
-        <v>87538435.06</v>
+        <v>98721168.48</v>
       </c>
       <c r="G70" s="20">
-        <v>927855.45</v>
+        <v>983889.01</v>
       </c>
       <c r="H70" s="20">
         <v>0</v>
       </c>
       <c r="I70" s="20">
         <v>276.02</v>
       </c>
       <c r="J70" s="20">
         <v>0</v>
       </c>
       <c r="K70" s="20">
         <v>0</v>
       </c>
       <c r="M70" s="35">
-        <v>184726379.88</v>
+        <v>208082708.2</v>
       </c>
     </row>
     <row r="71" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B71" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C71" s="20">
-        <v>28750353.2</v>
+        <v>32256266.63</v>
       </c>
       <c r="E71" s="20">
-        <v>647172.02</v>
+        <v>757723.37</v>
       </c>
       <c r="F71" s="20">
-        <v>31989394.3</v>
+        <v>36041234.17</v>
       </c>
       <c r="G71" s="20">
-        <v>445533.92</v>
+        <v>524299.36</v>
       </c>
       <c r="H71" s="20">
         <v>0</v>
       </c>
       <c r="I71" s="20">
         <v>0</v>
       </c>
       <c r="J71" s="20">
         <v>0</v>
       </c>
       <c r="K71" s="20">
         <v>0</v>
       </c>
       <c r="M71" s="35">
-        <v>61832453.44</v>
+        <v>69579523.53</v>
       </c>
     </row>
     <row r="72" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B72" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C72" s="20">
-        <v>215246644.7</v>
+        <v>237713890.88</v>
       </c>
       <c r="E72" s="20">
-        <v>3951607.24</v>
+        <v>4494235.33</v>
       </c>
       <c r="F72" s="20">
-        <v>154683416.18</v>
+        <v>160037240.33</v>
       </c>
       <c r="G72" s="20">
-        <v>1917144.26</v>
+        <v>2043152.96</v>
       </c>
       <c r="H72" s="20">
-        <v>315438.6</v>
+        <v>686581.6</v>
       </c>
       <c r="I72" s="20">
         <v>0</v>
       </c>
       <c r="J72" s="20">
         <v>0</v>
       </c>
       <c r="K72" s="20">
         <v>0</v>
       </c>
       <c r="M72" s="35">
-        <v>376114250.98</v>
+        <v>404975101.1</v>
       </c>
     </row>
     <row r="73" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B73" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C73" s="15">
-        <v>338611386.48</v>
+        <v>376498715.01</v>
       </c>
       <c r="E73" s="15">
-        <v>6244204.03</v>
+        <v>7100775.89</v>
       </c>
       <c r="F73" s="15">
-        <v>274211245.54</v>
+        <v>294799642.98</v>
       </c>
       <c r="G73" s="15">
-        <v>3290533.63</v>
+        <v>3551341.33</v>
       </c>
       <c r="H73" s="15">
-        <v>315438.6</v>
+        <v>686581.6</v>
       </c>
       <c r="I73" s="15">
         <v>276.02</v>
       </c>
       <c r="J73" s="15">
         <v>0</v>
       </c>
       <c r="K73" s="15">
         <v>0</v>
       </c>
       <c r="M73" s="34">
-        <v>622673084.3</v>
+        <v>682637332.83</v>
       </c>
     </row>
     <row r="74" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B74" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C74" s="20">
-        <v>67956138.58</v>
+        <v>76741547.12</v>
       </c>
       <c r="E74" s="20">
-        <v>1300173.76</v>
+        <v>1457749.86</v>
       </c>
       <c r="F74" s="20">
-        <v>22016936.31</v>
+        <v>24876291.14</v>
       </c>
       <c r="G74" s="20">
-        <v>496037.32</v>
+        <v>640704.01</v>
       </c>
       <c r="H74" s="20">
         <v>0</v>
       </c>
       <c r="I74" s="20">
         <v>0</v>
       </c>
       <c r="J74" s="20">
         <v>0</v>
       </c>
       <c r="K74" s="20">
         <v>0</v>
       </c>
       <c r="M74" s="35">
-        <v>91769285.97</v>
+        <v>103716292.13</v>
       </c>
     </row>
     <row r="75" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B75" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C75" s="20">
-        <v>133503420.93</v>
+        <v>150377686.94</v>
       </c>
       <c r="E75" s="20">
-        <v>2208809.55</v>
+        <v>2487227.4</v>
       </c>
       <c r="F75" s="20">
-        <v>54975505.26</v>
+        <v>62430526.59</v>
       </c>
       <c r="G75" s="20">
-        <v>675006.78</v>
+        <v>827112.58</v>
       </c>
       <c r="H75" s="20">
-        <v>34697.9</v>
+        <v>37332.71</v>
       </c>
       <c r="I75" s="20">
         <v>0</v>
       </c>
       <c r="J75" s="20">
         <v>0</v>
       </c>
       <c r="K75" s="20">
         <v>0</v>
       </c>
       <c r="M75" s="35">
-        <v>191397440.42</v>
+        <v>216159886.22</v>
       </c>
     </row>
     <row r="76" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B76" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C76" s="20">
-        <v>223251462.81</v>
+        <v>251626672.4</v>
       </c>
       <c r="E76" s="20">
-        <v>3142321.42</v>
+        <v>3644964.64</v>
       </c>
       <c r="F76" s="20">
-        <v>75762194.32</v>
+        <v>85621898.33</v>
       </c>
       <c r="G76" s="20">
-        <v>1248733.14</v>
+        <v>1421644.74</v>
       </c>
       <c r="H76" s="20">
-        <v>75400.69</v>
+        <v>77592.69</v>
       </c>
       <c r="I76" s="20">
         <v>12279.86</v>
       </c>
       <c r="J76" s="20">
         <v>0</v>
       </c>
       <c r="K76" s="20">
         <v>0</v>
       </c>
       <c r="M76" s="35">
-        <v>303492392.24</v>
+        <v>342405052.66</v>
       </c>
     </row>
     <row r="77" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B77" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C77" s="15">
-        <v>424711022.32</v>
+        <v>478745906.46</v>
       </c>
       <c r="E77" s="15">
-        <v>6651304.73</v>
+        <v>7589941.9</v>
       </c>
       <c r="F77" s="15">
-        <v>152754635.89</v>
+        <v>172928716.06</v>
       </c>
       <c r="G77" s="15">
-        <v>2419777.24</v>
+        <v>2889461.33</v>
       </c>
       <c r="H77" s="15">
-        <v>110098.59</v>
+        <v>114925.4</v>
       </c>
       <c r="I77" s="15">
         <v>12279.86</v>
       </c>
       <c r="J77" s="15">
         <v>0</v>
       </c>
       <c r="K77" s="15">
         <v>0</v>
       </c>
       <c r="M77" s="34">
-        <v>586659118.63</v>
+        <v>662281231.01</v>
       </c>
     </row>
     <row r="78" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B78" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C78" s="20">
-        <v>9637942.33</v>
+        <v>10886790.41</v>
       </c>
       <c r="E78" s="20">
-        <v>77405.55</v>
+        <v>85406.57</v>
       </c>
       <c r="F78" s="20">
-        <v>3434985.91</v>
+        <v>3855677.73</v>
       </c>
       <c r="G78" s="20">
-        <v>73658.81</v>
+        <v>80657.53</v>
       </c>
       <c r="H78" s="20">
         <v>0</v>
       </c>
       <c r="I78" s="20">
         <v>0</v>
       </c>
       <c r="J78" s="20">
         <v>0</v>
       </c>
       <c r="K78" s="20">
         <v>0</v>
       </c>
       <c r="M78" s="35">
-        <v>13223992.6</v>
+        <v>14908532.24</v>
       </c>
     </row>
     <row r="79" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B79" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C79" s="15">
-        <v>9637942.33</v>
+        <v>10886790.41</v>
       </c>
       <c r="E79" s="15">
-        <v>77405.55</v>
+        <v>85406.57</v>
       </c>
       <c r="F79" s="15">
-        <v>3434985.91</v>
+        <v>3855677.73</v>
       </c>
       <c r="G79" s="15">
-        <v>73658.81</v>
+        <v>80657.53</v>
       </c>
       <c r="H79" s="15">
         <v>0</v>
       </c>
       <c r="I79" s="15">
         <v>0</v>
       </c>
       <c r="J79" s="15">
         <v>0</v>
       </c>
       <c r="K79" s="15">
         <v>0</v>
       </c>
       <c r="M79" s="34">
-        <v>13223992.6</v>
+        <v>14908532.24</v>
       </c>
     </row>
     <row r="80" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B80" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C80" s="20">
-        <v>10360544.28</v>
+        <v>11751062.56</v>
       </c>
       <c r="E80" s="20">
-        <v>71759.08</v>
+        <v>83115.27</v>
       </c>
       <c r="F80" s="20">
-        <v>4133631.1</v>
+        <v>4678696.28</v>
       </c>
       <c r="G80" s="20">
-        <v>59663.66</v>
+        <v>88594.12</v>
       </c>
       <c r="H80" s="20">
         <v>0</v>
       </c>
       <c r="I80" s="20">
         <v>0</v>
       </c>
       <c r="J80" s="20">
         <v>0</v>
       </c>
       <c r="K80" s="20">
         <v>0</v>
       </c>
       <c r="M80" s="35">
-        <v>14625598.12</v>
+        <v>16601468.23</v>
       </c>
     </row>
     <row r="81" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B81" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C81" s="15">
-        <v>10360544.28</v>
+        <v>11751062.56</v>
       </c>
       <c r="E81" s="15">
-        <v>71759.08</v>
+        <v>83115.27</v>
       </c>
       <c r="F81" s="15">
-        <v>4133631.1</v>
+        <v>4678696.28</v>
       </c>
       <c r="G81" s="15">
-        <v>59663.66</v>
+        <v>88594.12</v>
       </c>
       <c r="H81" s="15">
         <v>0</v>
       </c>
       <c r="I81" s="15">
         <v>0</v>
       </c>
       <c r="J81" s="15">
         <v>0</v>
       </c>
       <c r="K81" s="15">
         <v>0</v>
       </c>
       <c r="M81" s="34">
-        <v>14625598.12</v>
+        <v>16601468.23</v>
       </c>
     </row>
     <row r="82" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B82" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C82" s="15">
         <v>0</v>
       </c>
       <c r="E82" s="15">
         <v>0</v>
       </c>
       <c r="F82" s="15">
         <v>0</v>
       </c>
       <c r="G82" s="15">
-        <v>158562.52</v>
+        <v>182404.36</v>
       </c>
       <c r="H82" s="15">
         <v>0</v>
       </c>
       <c r="I82" s="15">
         <v>0</v>
       </c>
       <c r="J82" s="15">
         <v>0</v>
       </c>
       <c r="K82" s="15">
         <v>0</v>
       </c>
       <c r="M82" s="34">
-        <v>158562.52</v>
+        <v>182404.36</v>
       </c>
     </row>
     <row r="83" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B83" s="25" t="s">
         <v>87</v>
       </c>
       <c r="C83" s="26">
-        <v>4238311132.56</v>
+        <v>4749485049.12</v>
       </c>
       <c r="D83" s="27"/>
       <c r="E83" s="26">
-        <v>75247057.7</v>
+        <v>84847210.35</v>
       </c>
       <c r="F83" s="26">
-        <v>2906954572.42</v>
+        <v>3258045770.41</v>
       </c>
       <c r="G83" s="26">
-        <v>51872186.73</v>
+        <v>61659861.94</v>
       </c>
       <c r="H83" s="26">
-        <v>13619799.3</v>
+        <v>14990151.61</v>
       </c>
       <c r="I83" s="26">
-        <v>266050.22</v>
+        <v>272380.43</v>
       </c>
       <c r="J83" s="26">
         <v>0</v>
       </c>
       <c r="K83" s="26">
         <v>0</v>
       </c>
       <c r="L83" s="27"/>
       <c r="M83" s="36">
-        <v>7286270798.93</v>
+        <v>8169300423.86</v>
       </c>
     </row>
     <row r="84" ht="38.3" customHeight="1" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C4"/>
     <mergeCell ref="E2:K2"/>
     <mergeCell ref="E4:K5"/>
     <mergeCell ref="E7:K7"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="K14:L14"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="K15:L15"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="K16:L16"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="K17:L17"/>
@@ -12585,2321 +12591,2321 @@
       </c>
       <c r="P23" s="39" t="s">
         <v>203</v>
       </c>
       <c r="Q23" s="40" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="24" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B24" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="41" t="s">
         <v>205</v>
       </c>
       <c r="E24" s="41" t="s">
         <v>206</v>
       </c>
       <c r="G24" s="41" t="s">
         <v>207</v>
       </c>
       <c r="I24" s="41" t="s">
         <v>208</v>
       </c>
       <c r="J24" s="41" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="K24" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L24" s="41" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="M24" s="41" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="N24" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P24" s="41" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="Q24" s="42" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="25" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B25" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="39" t="s">
         <v>205</v>
       </c>
       <c r="E25" s="39" t="s">
         <v>206</v>
       </c>
       <c r="G25" s="39" t="s">
         <v>207</v>
       </c>
       <c r="I25" s="39" t="s">
         <v>208</v>
       </c>
       <c r="J25" s="39" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="K25" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L25" s="39" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="M25" s="39" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="N25" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P25" s="39" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="Q25" s="40" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="26" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B26" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C26" s="41" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E26" s="41" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="G26" s="41" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I26" s="41" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J26" s="41" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K26" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L26" s="41" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M26" s="41" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N26" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P26" s="41" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="Q26" s="42" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B27" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="39" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E27" s="39" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="G27" s="39" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I27" s="39" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J27" s="39" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K27" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L27" s="39" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M27" s="39" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N27" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P27" s="39" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="Q27" s="40" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B28" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="41" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E28" s="41" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G28" s="41" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="I28" s="41" t="s">
-        <v>117</v>
+        <v>224</v>
       </c>
       <c r="J28" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K28" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L28" s="41" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="M28" s="41" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="N28" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P28" s="41" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="Q28" s="42" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="29" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B29" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="41" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="E29" s="41" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="G29" s="41" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="I29" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J29" s="41" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K29" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L29" s="41" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="M29" s="41" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="N29" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P29" s="41" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="Q29" s="42" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="30" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B30" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C30" s="39" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E30" s="39" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="G30" s="39" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="I30" s="39" t="s">
-        <v>117</v>
+        <v>224</v>
       </c>
       <c r="J30" s="39" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K30" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L30" s="39" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="M30" s="39" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="N30" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P30" s="39" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="Q30" s="40" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="31" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B31" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="41" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E31" s="41" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G31" s="41" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="I31" s="41" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="J31" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K31" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L31" s="41" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="M31" s="41" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="N31" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P31" s="41" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="Q31" s="42" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="32" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B32" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="39" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E32" s="39" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G32" s="39" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="I32" s="39" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="J32" s="39" t="s">
         <v>117</v>
       </c>
       <c r="K32" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L32" s="39" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="M32" s="39" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="N32" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P32" s="39" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="Q32" s="40" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="33" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B33" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="41" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="E33" s="41" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="G33" s="41" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="I33" s="41" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="J33" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K33" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L33" s="41" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="M33" s="41" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="N33" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P33" s="41" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="Q33" s="42" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="34" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B34" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C34" s="41" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E34" s="41" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="G34" s="41" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="I34" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J34" s="41" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="K34" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L34" s="41" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="M34" s="41" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="N34" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P34" s="41" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="Q34" s="42" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="35" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B35" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="41" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="E35" s="41" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="G35" s="41" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="I35" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J35" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K35" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L35" s="41" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="M35" s="41" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N35" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P35" s="41" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="Q35" s="42" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="36" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B36" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C36" s="41" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="E36" s="41" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="G36" s="41" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="I36" s="41" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="J36" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K36" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L36" s="41" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="M36" s="41" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="N36" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P36" s="41" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="Q36" s="42" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="37" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B37" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C37" s="41" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="E37" s="41" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="G37" s="41" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="I37" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J37" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K37" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L37" s="41" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="M37" s="41" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="N37" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P37" s="41" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="Q37" s="42" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B38" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="39" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="E38" s="39" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="G38" s="39" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="I38" s="39" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="J38" s="39" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="K38" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L38" s="39" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="M38" s="39" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="N38" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P38" s="39" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="Q38" s="40" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="39" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B39" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="41" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E39" s="41" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="G39" s="41" t="s">
         <v>117</v>
       </c>
       <c r="I39" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J39" s="41" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="K39" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L39" s="41" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="M39" s="41" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="N39" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P39" s="41" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="Q39" s="42" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="40" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B40" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C40" s="41" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="E40" s="41" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="G40" s="41" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="I40" s="41" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="J40" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K40" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L40" s="41" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="M40" s="41" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="N40" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P40" s="41" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="Q40" s="42" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B41" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C41" s="41" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="E41" s="41" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="G41" s="41" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="I41" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J41" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K41" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L41" s="41" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="M41" s="41" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="N41" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P41" s="41" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="Q41" s="42" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="42" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B42" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C42" s="41" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="E42" s="41" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="G42" s="41" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="I42" s="41" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="J42" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K42" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L42" s="41" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="M42" s="41" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="N42" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P42" s="41" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="Q42" s="42" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="43" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B43" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C43" s="41" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="E43" s="41" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G43" s="41" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="I43" s="41" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="J43" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K43" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L43" s="41" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="M43" s="41" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="N43" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P43" s="41" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="Q43" s="42" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B44" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C44" s="41" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="E44" s="41" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="G44" s="41" t="s">
         <v>117</v>
       </c>
       <c r="I44" s="41" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="J44" s="41" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="K44" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L44" s="41" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="M44" s="41" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="N44" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P44" s="41" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="Q44" s="42" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="45" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B45" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C45" s="41" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="E45" s="41" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="G45" s="41" t="s">
         <v>117</v>
       </c>
       <c r="I45" s="41" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="J45" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K45" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L45" s="41" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="M45" s="41" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="N45" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P45" s="41" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="Q45" s="42" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="46" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B46" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C46" s="41" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="E46" s="41" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="G46" s="41" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="I46" s="41" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="J46" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K46" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L46" s="41" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="M46" s="41" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="N46" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P46" s="41" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="Q46" s="42" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="47" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B47" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C47" s="41" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E47" s="41" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="G47" s="41" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="I47" s="41" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="J47" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K47" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L47" s="41" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="M47" s="41" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="N47" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P47" s="41" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="Q47" s="42" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="48" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B48" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="39" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="E48" s="39" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="G48" s="39" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="I48" s="39" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="J48" s="39" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="K48" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L48" s="39" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="M48" s="39" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="N48" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P48" s="39" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="Q48" s="40" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="49" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B49" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C49" s="41" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="E49" s="41" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G49" s="41" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="I49" s="41" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="J49" s="41" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="K49" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L49" s="41" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="M49" s="41" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="N49" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P49" s="41" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="Q49" s="42" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="50" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B50" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C50" s="41" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="E50" s="41" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="G50" s="41" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="I50" s="41" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="J50" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K50" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L50" s="41" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="M50" s="41" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N50" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P50" s="41" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="Q50" s="42" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="51" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B51" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C51" s="41" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E51" s="41" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="G51" s="41" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="I51" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J51" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K51" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L51" s="41" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="M51" s="41" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="N51" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P51" s="41" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="Q51" s="42" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="52" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B52" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C52" s="41" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="E52" s="41" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="G52" s="41" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="I52" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J52" s="41" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="K52" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L52" s="41" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="M52" s="41" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="N52" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P52" s="41" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="Q52" s="42" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="53" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B53" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C53" s="39" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="E53" s="39" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="G53" s="39" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="I53" s="39" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="J53" s="39" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="K53" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L53" s="39" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="M53" s="39" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="N53" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P53" s="39" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="Q53" s="40" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="54" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B54" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C54" s="41" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="E54" s="41" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="G54" s="41" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="I54" s="41" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="J54" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K54" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L54" s="41" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="M54" s="41" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="N54" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P54" s="41" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="Q54" s="42" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="55" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B55" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C55" s="41" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="E55" s="41" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="G55" s="41" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="I55" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J55" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K55" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L55" s="41" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="M55" s="41" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="N55" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P55" s="41" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="Q55" s="42" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="56" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B56" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C56" s="39" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E56" s="39" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="G56" s="39" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="I56" s="39" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="J56" s="39" t="s">
         <v>117</v>
       </c>
       <c r="K56" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L56" s="39" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="M56" s="39" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="N56" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P56" s="39" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="Q56" s="40" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="57" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B57" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C57" s="41" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="E57" s="41" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="G57" s="41" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="I57" s="41" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="J57" s="41" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="K57" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L57" s="41" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="M57" s="41" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="N57" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P57" s="41" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="Q57" s="42" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
     </row>
     <row r="58" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B58" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C58" s="41" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E58" s="41" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="G58" s="41" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="I58" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J58" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K58" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L58" s="41" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="M58" s="41" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="N58" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P58" s="41" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="Q58" s="42" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
     </row>
     <row r="59" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B59" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C59" s="41" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="E59" s="41" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="G59" s="41" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="I59" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J59" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K59" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L59" s="41" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="M59" s="41" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="N59" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P59" s="41" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="Q59" s="42" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
     </row>
     <row r="60" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B60" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C60" s="41" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="E60" s="41" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="G60" s="41" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="I60" s="41" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="J60" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K60" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L60" s="41" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="M60" s="41" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="N60" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P60" s="41" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="Q60" s="42" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
     </row>
     <row r="61" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B61" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C61" s="39" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="E61" s="39" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="G61" s="39" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="I61" s="39" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="J61" s="39" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="K61" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L61" s="39" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="M61" s="39" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="N61" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P61" s="39" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="Q61" s="40" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
     </row>
     <row r="62" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B62" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C62" s="41" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E62" s="41" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="G62" s="41" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="I62" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J62" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K62" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L62" s="41" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="M62" s="41" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="N62" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P62" s="41" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="Q62" s="42" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
     </row>
     <row r="63" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B63" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C63" s="39" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E63" s="39" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="G63" s="39" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="I63" s="39" t="s">
         <v>117</v>
       </c>
       <c r="J63" s="39" t="s">
         <v>117</v>
       </c>
       <c r="K63" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L63" s="39" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="M63" s="39" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="N63" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P63" s="39" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="Q63" s="40" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
     </row>
     <row r="64" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B64" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C64" s="41" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="E64" s="41" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="G64" s="41" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="I64" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J64" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K64" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L64" s="41" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="M64" s="41" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="N64" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P64" s="41" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="Q64" s="42" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="65" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B65" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C65" s="39" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="E65" s="39" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="G65" s="39" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="I65" s="39" t="s">
         <v>117</v>
       </c>
       <c r="J65" s="39" t="s">
         <v>117</v>
       </c>
       <c r="K65" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L65" s="39" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="M65" s="39" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="N65" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P65" s="39" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="Q65" s="40" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="66" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B66" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C66" s="41" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="E66" s="41" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="G66" s="41" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="I66" s="41" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="J66" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K66" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L66" s="41" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="M66" s="41" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="N66" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P66" s="41" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="Q66" s="42" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="67" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B67" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C67" s="39" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="E67" s="39" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="G67" s="39" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="I67" s="39" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="J67" s="39" t="s">
         <v>117</v>
       </c>
       <c r="K67" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L67" s="39" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="M67" s="39" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="N67" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P67" s="39" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="Q67" s="40" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="68" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B68" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C68" s="41" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="E68" s="41" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="G68" s="41" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="I68" s="41" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="J68" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K68" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L68" s="41" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="M68" s="41" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="N68" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P68" s="41" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="Q68" s="42" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
     </row>
     <row r="69" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B69" s="14" t="s">
         <v>73</v>
       </c>
       <c r="C69" s="39" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="E69" s="39" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="G69" s="39" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="I69" s="39" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="J69" s="39" t="s">
         <v>117</v>
       </c>
       <c r="K69" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L69" s="39" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="M69" s="39" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="N69" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P69" s="39" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="Q69" s="40" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
     </row>
     <row r="70" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B70" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C70" s="41" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="E70" s="41" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="G70" s="41" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="I70" s="41" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="J70" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K70" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L70" s="41" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="M70" s="41" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="N70" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P70" s="41" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="Q70" s="42" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
     </row>
     <row r="71" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B71" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C71" s="41" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="E71" s="41" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="G71" s="41" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="I71" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J71" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K71" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L71" s="41" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="M71" s="41" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="N71" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P71" s="41" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="Q71" s="42" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
     </row>
     <row r="72" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B72" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C72" s="41" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="E72" s="41" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="G72" s="41" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="I72" s="41" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="J72" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K72" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L72" s="41" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="M72" s="41" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="N72" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P72" s="41" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="Q72" s="42" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
     </row>
     <row r="73" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B73" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C73" s="39" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="E73" s="39" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="G73" s="39" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="I73" s="39" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="J73" s="39" t="s">
         <v>117</v>
       </c>
       <c r="K73" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L73" s="39" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="M73" s="39" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="N73" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P73" s="39" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="Q73" s="40" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
     </row>
     <row r="74" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B74" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C74" s="41" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="E74" s="41" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="G74" s="41" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="I74" s="41" t="s">
         <v>117</v>
       </c>
       <c r="J74" s="41" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="K74" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L74" s="41" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="M74" s="41" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="N74" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P74" s="41" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="Q74" s="42" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="75" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B75" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C75" s="41" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="E75" s="41" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="G75" s="41" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="I75" s="41" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="J75" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K75" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L75" s="41" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="M75" s="41" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="N75" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P75" s="41" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="Q75" s="42" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="76" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B76" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C76" s="41" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="E76" s="41" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="G76" s="41" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="I76" s="41" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="J76" s="41" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="K76" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L76" s="41" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="M76" s="41" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="N76" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P76" s="41" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="Q76" s="42" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
     </row>
     <row r="77" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B77" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C77" s="39" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="E77" s="39" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="G77" s="39" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="I77" s="39" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="J77" s="39" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="K77" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L77" s="39" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="M77" s="39" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="N77" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P77" s="39" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="Q77" s="40" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
     </row>
     <row r="78" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B78" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C78" s="41" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="E78" s="41" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="G78" s="41" t="s">
         <v>117</v>
       </c>
       <c r="I78" s="41" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="J78" s="41" t="s">
         <v>117</v>
       </c>
       <c r="K78" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L78" s="41" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="M78" s="41" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="N78" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P78" s="41" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="Q78" s="42" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="79" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B79" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C79" s="39" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="E79" s="39" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="G79" s="39" t="s">
         <v>117</v>
       </c>
       <c r="I79" s="39" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="J79" s="39" t="s">
         <v>117</v>
       </c>
       <c r="K79" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L79" s="39" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="M79" s="39" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="N79" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P79" s="39" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="Q79" s="40" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="80" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B80" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C80" s="41" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="E80" s="41" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="G80" s="41" t="s">
         <v>117</v>
       </c>
       <c r="I80" s="41" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="J80" s="41" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="K80" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L80" s="41" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="M80" s="41" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="N80" s="41" t="s">
         <v>117</v>
       </c>
       <c r="P80" s="41" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="Q80" s="42" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
     </row>
     <row r="81" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B81" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C81" s="39" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="E81" s="39" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="G81" s="39" t="s">
         <v>117</v>
       </c>
       <c r="I81" s="39" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="J81" s="39" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="K81" s="39" t="s">
         <v>117</v>
       </c>
       <c r="L81" s="39" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="M81" s="39" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="N81" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P81" s="39" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="Q81" s="40" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
     </row>
     <row r="82" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B82" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C82" s="39" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="E82" s="39" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="G82" s="39" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="I82" s="39" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="J82" s="39" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="K82" s="39" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="L82" s="39" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="M82" s="39" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="N82" s="39" t="s">
         <v>117</v>
       </c>
       <c r="P82" s="39" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="Q82" s="40" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
     </row>
     <row r="83" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B83" s="25" t="s">
         <v>87</v>
       </c>
       <c r="C83" s="43" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="D83" s="27"/>
       <c r="E83" s="43" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F83" s="27"/>
       <c r="G83" s="43" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="H83" s="27"/>
       <c r="I83" s="43" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="J83" s="43" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="K83" s="43" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="L83" s="43" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="M83" s="43" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="N83" s="43" t="s">
         <v>117</v>
       </c>
       <c r="O83" s="27"/>
       <c r="P83" s="43" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="Q83" s="44" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
     </row>
     <row r="84" ht="9.75" customHeight="1" s="1" customFormat="1"/>
     <row r="85" ht="17" customHeight="1" s="1" customFormat="1">
       <c r="B85" s="45" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
     </row>
     <row r="86" ht="17" customHeight="1" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C4"/>
     <mergeCell ref="F2:N2"/>
     <mergeCell ref="F4:N5"/>
     <mergeCell ref="F7:N7"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="N10:O10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="N11:O11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="G12:H12"/>
     <mergeCell ref="N12:O12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="G13:H13"/>
     <mergeCell ref="N13:O13"/>
@@ -15211,2886 +15217,2886 @@
     <col min="5" max="5" width="14.22265625" customWidth="1" style="1"/>
     <col min="6" max="6" width="2.33203125" customWidth="1" style="1"/>
     <col min="7" max="7" width="8.7109375" customWidth="1" style="1"/>
     <col min="8" max="8" width="3.171875" customWidth="1" style="1"/>
     <col min="9" max="9" width="14.5234375" customWidth="1" style="1"/>
     <col min="10" max="10" width="15.57421875" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.86328125" customWidth="1" style="1"/>
     <col min="12" max="12" width="16.40234375" customWidth="1" style="1"/>
     <col min="13" max="13" width="0.0234375" customWidth="1" style="1"/>
     <col min="14" max="14" width="15.5625" customWidth="1" style="1"/>
     <col min="15" max="15" width="17.1015625" customWidth="1" style="1"/>
     <col min="16" max="16" width="15.2109375" customWidth="1" style="1"/>
     <col min="17" max="17" width="15.08203125" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="0.7" customHeight="1" s="1" customFormat="1"/>
     <row r="2" ht="17" customHeight="1" s="1" customFormat="1"/>
     <row r="3" ht="14.15" customHeight="1" s="1" customFormat="1">
       <c r="G3" s="2" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="4" ht="4" customHeight="1" s="1" customFormat="1"/>
     <row r="5" ht="8.05" customHeight="1" s="1" customFormat="1">
       <c r="G5" s="2" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
     </row>
     <row r="6" ht="6.1" customHeight="1" s="1" customFormat="1"/>
     <row r="7" ht="0.05" customHeight="1" s="1" customFormat="1"/>
     <row r="8" ht="14.15" customHeight="1" s="1" customFormat="1">
       <c r="G8" s="3" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
     </row>
     <row r="9" ht="19" customHeight="1" s="1" customFormat="1"/>
     <row r="10" ht="1" customHeight="1" s="1" customFormat="1"/>
     <row r="11" ht="41" customHeight="1" s="1" customFormat="1">
       <c r="B11" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D11" s="6"/>
       <c r="E11" s="5" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="G11" s="46"/>
       <c r="H11" s="6"/>
       <c r="I11" s="5" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="L11" s="5" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="M11" s="7"/>
       <c r="N11" s="5" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="O11" s="5" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="P11" s="5" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="Q11" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="9">
-        <v>862418863.65</v>
+        <v>987568711.49</v>
       </c>
       <c r="E12" s="9">
-        <v>112711230.06</v>
+        <v>128017214.65</v>
       </c>
       <c r="F12" s="9">
-        <v>36997.77</v>
+        <v>38503.18</v>
       </c>
       <c r="I12" s="9">
-        <v>2371294.14</v>
+        <v>2787535.31</v>
       </c>
       <c r="J12" s="9">
         <v>0</v>
       </c>
       <c r="K12" s="9">
-        <v>2718.26</v>
+        <v>2615.49</v>
       </c>
       <c r="L12" s="9">
-        <v>7617574.7</v>
+        <v>8893944.32</v>
       </c>
       <c r="N12" s="9">
         <v>0</v>
       </c>
       <c r="O12" s="9">
-        <v>85379832.01</v>
+        <v>101619328.45</v>
       </c>
       <c r="P12" s="9">
-        <v>34329895.63</v>
+        <v>39474558.55</v>
       </c>
       <c r="Q12" s="33">
-        <v>1104868406.22</v>
+        <v>1268402411.44</v>
       </c>
     </row>
     <row r="13" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B13" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="9">
-        <v>1273479760.8</v>
+        <v>1472542710.28</v>
       </c>
       <c r="E13" s="9">
-        <v>123182295.05</v>
+        <v>140693560.7</v>
       </c>
       <c r="F13" s="9">
-        <v>10180.2</v>
+        <v>10408.73</v>
       </c>
       <c r="I13" s="9">
-        <v>28546658.39</v>
+        <v>32891395.17</v>
       </c>
       <c r="J13" s="9">
         <v>26728.76</v>
       </c>
       <c r="K13" s="9">
-        <v>277.87</v>
+        <v>819.19</v>
       </c>
       <c r="L13" s="9">
-        <v>12222291.36</v>
+        <v>14192239.69</v>
       </c>
       <c r="N13" s="9">
         <v>0</v>
       </c>
       <c r="O13" s="9">
-        <v>160752618.44</v>
+        <v>180589686.07</v>
       </c>
       <c r="P13" s="9">
-        <v>48728673.91</v>
+        <v>56397794.44</v>
       </c>
       <c r="Q13" s="33">
-        <v>1646949484.78</v>
+        <v>1897345343.03</v>
       </c>
     </row>
     <row r="14" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B14" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="9">
-        <v>815357656.4</v>
+        <v>936668714.31</v>
       </c>
       <c r="E14" s="9">
-        <v>100655366.58</v>
+        <v>114911733.55</v>
       </c>
       <c r="F14" s="9">
-        <v>19867.44</v>
+        <v>21940.1</v>
       </c>
       <c r="I14" s="9">
-        <v>2705.85</v>
+        <v>3307.81</v>
       </c>
       <c r="J14" s="9">
-        <v>20287.83</v>
+        <v>22184.31</v>
       </c>
       <c r="K14" s="9">
-        <v>115.48</v>
+        <v>231.11</v>
       </c>
       <c r="L14" s="9">
-        <v>8189185.29</v>
+        <v>9508687.95</v>
       </c>
       <c r="N14" s="9">
         <v>0</v>
       </c>
       <c r="O14" s="9">
-        <v>102838433.29</v>
+        <v>118180173.7</v>
       </c>
       <c r="P14" s="9">
-        <v>32376959.78</v>
+        <v>37281245.33</v>
       </c>
       <c r="Q14" s="33">
-        <v>1059460577.94</v>
+        <v>1216598218.17</v>
       </c>
     </row>
     <row r="15" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B15" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="9">
-        <v>1022726725.22</v>
+        <v>1177868975.24</v>
       </c>
       <c r="E15" s="9">
-        <v>126115918.92</v>
+        <v>144030794.68</v>
       </c>
       <c r="F15" s="9">
-        <v>24900</v>
+        <v>26391.85</v>
       </c>
       <c r="I15" s="9">
-        <v>587446.55</v>
+        <v>703791.44</v>
       </c>
       <c r="J15" s="9">
         <v>8544.45</v>
       </c>
       <c r="K15" s="9">
-        <v>208.5</v>
+        <v>208.9</v>
       </c>
       <c r="L15" s="9">
-        <v>11382444.36</v>
+        <v>13269171.25</v>
       </c>
       <c r="N15" s="9">
         <v>0</v>
       </c>
       <c r="O15" s="9">
-        <v>120367869.47</v>
+        <v>138219063.04</v>
       </c>
       <c r="P15" s="9">
-        <v>39787876.8</v>
+        <v>45861087.72</v>
       </c>
       <c r="Q15" s="33">
-        <v>1321001934.27</v>
+        <v>1519988028.57</v>
       </c>
     </row>
     <row r="16" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B16" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="9">
-        <v>650561286.46</v>
+        <v>743052448.91</v>
       </c>
       <c r="E16" s="9">
-        <v>55334716.78</v>
+        <v>63138783.84</v>
       </c>
       <c r="F16" s="9">
-        <v>52251.85</v>
+        <v>53148.34</v>
       </c>
       <c r="I16" s="9">
-        <v>5483151.59</v>
+        <v>6293185.34</v>
       </c>
       <c r="J16" s="9">
         <v>0</v>
       </c>
       <c r="K16" s="9">
-        <v>-270.86</v>
+        <v>-203.84</v>
       </c>
       <c r="L16" s="9">
-        <v>6176362.81</v>
+        <v>7169130.67</v>
       </c>
       <c r="N16" s="9">
         <v>0</v>
       </c>
       <c r="O16" s="9">
-        <v>66858430.78</v>
+        <v>77745741.33</v>
       </c>
       <c r="P16" s="9">
-        <v>26454966.22</v>
+        <v>30201942.25</v>
       </c>
       <c r="Q16" s="33">
-        <v>810920895.63</v>
+        <v>927654176.84</v>
       </c>
     </row>
     <row r="17" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B17" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="9">
-        <v>599745426.51</v>
+        <v>688371658.69</v>
       </c>
       <c r="E17" s="9">
-        <v>76550766</v>
+        <v>87496345.08</v>
       </c>
       <c r="F17" s="9">
-        <v>21537.75</v>
+        <v>21215.4</v>
       </c>
       <c r="I17" s="9">
         <v>0</v>
       </c>
       <c r="J17" s="9">
-        <v>18208.97</v>
+        <v>19528.46</v>
       </c>
       <c r="K17" s="9">
         <v>-401.55</v>
       </c>
       <c r="L17" s="9">
-        <v>6769561.45</v>
+        <v>7896474.86</v>
       </c>
       <c r="N17" s="9">
         <v>0</v>
       </c>
       <c r="O17" s="9">
-        <v>78001182.23</v>
+        <v>90189131.99</v>
       </c>
       <c r="P17" s="9">
-        <v>24459997.78</v>
+        <v>28093730.14</v>
       </c>
       <c r="Q17" s="33">
-        <v>785566279.14</v>
+        <v>902087683.07</v>
       </c>
     </row>
     <row r="18" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B18" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="9">
-        <v>2191685455.31</v>
+        <v>2528878783.88</v>
       </c>
       <c r="E18" s="9">
-        <v>255509535.01</v>
+        <v>291881617.45</v>
       </c>
       <c r="F18" s="9">
-        <v>332.94</v>
+        <v>328.54</v>
       </c>
       <c r="I18" s="9">
-        <v>3595734.86</v>
+        <v>4256436.12</v>
       </c>
       <c r="J18" s="9">
-        <v>4346.82</v>
+        <v>4829.8</v>
       </c>
       <c r="K18" s="9">
-        <v>1322.6</v>
+        <v>1471.72</v>
       </c>
       <c r="L18" s="9">
-        <v>14723449.25</v>
+        <v>17108668.1</v>
       </c>
       <c r="N18" s="9">
         <v>0</v>
       </c>
       <c r="O18" s="9">
-        <v>220667888.26</v>
+        <v>249885855.58</v>
       </c>
       <c r="P18" s="9">
-        <v>81888500.47</v>
+        <v>94598294.87</v>
       </c>
       <c r="Q18" s="33">
-        <v>2768076565.52</v>
+        <v>3186616286.06</v>
       </c>
     </row>
     <row r="19" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B19" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="9">
-        <v>2568631575.55</v>
+        <v>2951619075.05</v>
       </c>
       <c r="E19" s="9">
-        <v>225215084.05</v>
+        <v>257108604.88</v>
       </c>
       <c r="F19" s="9">
-        <v>43312.25</v>
+        <v>43627.9</v>
       </c>
       <c r="I19" s="9">
-        <v>1616932.81</v>
+        <v>1853295.84</v>
       </c>
       <c r="J19" s="9">
         <v>5023.59</v>
       </c>
       <c r="K19" s="9">
-        <v>1708.73</v>
+        <v>1725.44</v>
       </c>
       <c r="L19" s="9">
-        <v>21641633.28</v>
+        <v>25165015.49</v>
       </c>
       <c r="N19" s="9">
         <v>0</v>
       </c>
       <c r="O19" s="9">
-        <v>254429130.81</v>
+        <v>292091043.56</v>
       </c>
       <c r="P19" s="9">
-        <v>96066218.05</v>
+        <v>110788742.95</v>
       </c>
       <c r="Q19" s="33">
-        <v>3167650619.12</v>
+        <v>3638676154.7</v>
       </c>
     </row>
     <row r="20" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B20" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="15">
-        <v>9984606749.9</v>
+        <v>11486571077.85</v>
       </c>
       <c r="E20" s="15">
-        <v>1075274912.45</v>
+        <v>1227278654.83</v>
       </c>
       <c r="F20" s="15">
-        <v>209380.2</v>
+        <v>215564.04</v>
       </c>
       <c r="I20" s="15">
-        <v>42203924.19</v>
+        <v>48788947.03</v>
       </c>
       <c r="J20" s="15">
-        <v>83140.42</v>
+        <v>86839.37</v>
       </c>
       <c r="K20" s="15">
-        <v>5679.03</v>
+        <v>6466.46</v>
       </c>
       <c r="L20" s="15">
-        <v>88722502.5</v>
+        <v>103203332.33</v>
       </c>
       <c r="N20" s="15">
         <v>0</v>
       </c>
       <c r="O20" s="15">
-        <v>1089295385.29</v>
+        <v>1248520023.72</v>
       </c>
       <c r="P20" s="15">
-        <v>384093088.64</v>
+        <v>442697396.25</v>
       </c>
       <c r="Q20" s="34">
-        <v>12664494762.62</v>
+        <v>14557368301.88</v>
       </c>
     </row>
     <row r="21" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B21" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="20">
-        <v>332773738.84</v>
+        <v>384738112.35</v>
       </c>
       <c r="E21" s="20">
-        <v>43279033.29</v>
+        <v>49399356.34</v>
       </c>
       <c r="F21" s="20">
-        <v>535.57</v>
+        <v>535.82</v>
       </c>
       <c r="I21" s="20">
         <v>0</v>
       </c>
       <c r="J21" s="20">
         <v>91.78</v>
       </c>
       <c r="K21" s="20">
         <v>0</v>
       </c>
       <c r="L21" s="20">
-        <v>153526.3</v>
+        <v>172288.51</v>
       </c>
       <c r="N21" s="20">
         <v>0</v>
       </c>
       <c r="O21" s="20">
-        <v>22390920.55</v>
+        <v>25374517.16</v>
       </c>
       <c r="P21" s="20">
-        <v>12148554.17</v>
+        <v>14080469.74</v>
       </c>
       <c r="Q21" s="35">
-        <v>410746400.5</v>
+        <v>473765371.7</v>
       </c>
     </row>
     <row r="22" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B22" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C22" s="20">
-        <v>173642723.87</v>
+        <v>199627623.77</v>
       </c>
       <c r="E22" s="20">
-        <v>23543931.18</v>
+        <v>26868093.56</v>
       </c>
       <c r="F22" s="20">
-        <v>-90.58</v>
+        <v>-120.64</v>
       </c>
       <c r="I22" s="20">
         <v>0</v>
       </c>
       <c r="J22" s="20">
         <v>191287.03</v>
       </c>
       <c r="K22" s="20">
         <v>-50.62</v>
       </c>
       <c r="L22" s="20">
-        <v>108826.38</v>
+        <v>124293.42</v>
       </c>
       <c r="N22" s="20">
         <v>0</v>
       </c>
       <c r="O22" s="20">
-        <v>11975435</v>
+        <v>13666186.71</v>
       </c>
       <c r="P22" s="20">
-        <v>6580270.39</v>
+        <v>7590533.01</v>
       </c>
       <c r="Q22" s="35">
-        <v>216042332.65</v>
+        <v>248067846.24</v>
       </c>
     </row>
     <row r="23" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B23" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="20">
-        <v>1644276446.3</v>
+        <v>1886690436.78</v>
       </c>
       <c r="E23" s="20">
-        <v>136641957.96</v>
+        <v>155827822.23</v>
       </c>
       <c r="F23" s="20">
-        <v>1346.81</v>
+        <v>1283.29</v>
       </c>
       <c r="I23" s="20">
-        <v>16963.18</v>
+        <v>19696.15</v>
       </c>
       <c r="J23" s="20">
-        <v>7914.84</v>
+        <v>8581.6</v>
       </c>
       <c r="K23" s="20">
-        <v>1658.46</v>
+        <v>1659.01</v>
       </c>
       <c r="L23" s="20">
-        <v>1075708.64</v>
+        <v>1223815.71</v>
       </c>
       <c r="N23" s="20">
         <v>0</v>
       </c>
       <c r="O23" s="20">
-        <v>109772710.78</v>
+        <v>125956711.73</v>
       </c>
       <c r="P23" s="20">
-        <v>57443300.89</v>
+        <v>66189442.39</v>
       </c>
       <c r="Q23" s="35">
-        <v>1949238007.86</v>
+        <v>2235919448.89</v>
       </c>
     </row>
     <row r="24" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B24" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="15">
-        <v>2150692909.01</v>
+        <v>2471056172.9</v>
       </c>
       <c r="E24" s="15">
-        <v>203464922.43</v>
+        <v>232095272.13</v>
       </c>
       <c r="F24" s="15">
-        <v>1791.8</v>
+        <v>1698.47</v>
       </c>
       <c r="I24" s="15">
-        <v>16963.18</v>
+        <v>19696.15</v>
       </c>
       <c r="J24" s="15">
-        <v>199293.65</v>
+        <v>199960.41</v>
       </c>
       <c r="K24" s="15">
-        <v>1607.84</v>
+        <v>1608.39</v>
       </c>
       <c r="L24" s="15">
-        <v>1338061.32</v>
+        <v>1520397.64</v>
       </c>
       <c r="N24" s="15">
         <v>0</v>
       </c>
       <c r="O24" s="15">
-        <v>144139066.33</v>
+        <v>164997415.6</v>
       </c>
       <c r="P24" s="15">
-        <v>76172125.45</v>
+        <v>87860445.14</v>
       </c>
       <c r="Q24" s="34">
-        <v>2576026741.01</v>
+        <v>2957752666.83</v>
       </c>
     </row>
     <row r="25" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B25" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="20">
-        <v>1335940386.77</v>
+        <v>1536127747.65</v>
       </c>
       <c r="E25" s="20">
-        <v>149076215.87</v>
+        <v>170769137.33</v>
       </c>
       <c r="F25" s="20">
-        <v>69</v>
+        <v>-14.16</v>
       </c>
       <c r="I25" s="20">
-        <v>5579113.67</v>
+        <v>6378015.69</v>
       </c>
       <c r="J25" s="20">
-        <v>26511686.7</v>
+        <v>29869695.23</v>
       </c>
       <c r="K25" s="20">
-        <v>1878.5</v>
+        <v>1878.99</v>
       </c>
       <c r="L25" s="20">
-        <v>2667697.59</v>
+        <v>3044675.18</v>
       </c>
       <c r="N25" s="20">
         <v>0</v>
       </c>
       <c r="O25" s="20">
-        <v>114094567.28</v>
+        <v>129829371.3</v>
       </c>
       <c r="P25" s="20">
-        <v>49736627.19</v>
+        <v>57310593.8</v>
       </c>
       <c r="Q25" s="35">
-        <v>1683608242.57</v>
+        <v>1933331101.01</v>
       </c>
     </row>
     <row r="26" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B26" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C26" s="15">
-        <v>1335940386.77</v>
+        <v>1536127747.65</v>
       </c>
       <c r="E26" s="15">
-        <v>149076215.87</v>
+        <v>170769137.33</v>
       </c>
       <c r="F26" s="15">
-        <v>69</v>
+        <v>-14.16</v>
       </c>
       <c r="I26" s="15">
-        <v>5579113.67</v>
+        <v>6378015.69</v>
       </c>
       <c r="J26" s="15">
-        <v>26511686.7</v>
+        <v>29869695.23</v>
       </c>
       <c r="K26" s="15">
-        <v>1878.5</v>
+        <v>1878.99</v>
       </c>
       <c r="L26" s="15">
-        <v>2667697.59</v>
+        <v>3044675.18</v>
       </c>
       <c r="N26" s="15">
         <v>0</v>
       </c>
       <c r="O26" s="15">
-        <v>114094567.28</v>
+        <v>129829371.3</v>
       </c>
       <c r="P26" s="15">
-        <v>49736627.19</v>
+        <v>57310593.8</v>
       </c>
       <c r="Q26" s="34">
-        <v>1683608242.57</v>
+        <v>1933331101.01</v>
       </c>
     </row>
     <row r="27" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B27" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C27" s="20">
-        <v>1932971172.25</v>
+        <v>2280406035.78</v>
       </c>
       <c r="E27" s="20">
-        <v>205049836.93</v>
+        <v>234300135.01</v>
       </c>
       <c r="F27" s="20">
-        <v>1770.06</v>
+        <v>1770.67</v>
       </c>
       <c r="I27" s="20">
-        <v>8156633.9</v>
+        <v>9992564.26</v>
       </c>
       <c r="J27" s="20">
-        <v>15813.56</v>
+        <v>18054.01</v>
       </c>
       <c r="K27" s="20">
-        <v>3376.31</v>
+        <v>3287.16</v>
       </c>
       <c r="L27" s="20">
-        <v>1227145.53</v>
+        <v>1331402.23</v>
       </c>
       <c r="N27" s="20">
         <v>0</v>
       </c>
       <c r="O27" s="20">
-        <v>230798123.85</v>
+        <v>244924136.21</v>
       </c>
       <c r="P27" s="20">
-        <v>73610251.91</v>
+        <v>86046307.98</v>
       </c>
       <c r="Q27" s="35">
-        <v>2451834124.3</v>
+        <v>2857023693.31</v>
       </c>
     </row>
     <row r="28" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B28" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="15">
-        <v>1932971172.25</v>
+        <v>2280406035.78</v>
       </c>
       <c r="E28" s="15">
-        <v>205049836.93</v>
+        <v>234300135.01</v>
       </c>
       <c r="F28" s="15">
-        <v>1770.06</v>
+        <v>1770.67</v>
       </c>
       <c r="I28" s="15">
-        <v>8156633.9</v>
+        <v>9992564.26</v>
       </c>
       <c r="J28" s="15">
-        <v>15813.56</v>
+        <v>18054.01</v>
       </c>
       <c r="K28" s="15">
-        <v>3376.31</v>
+        <v>3287.16</v>
       </c>
       <c r="L28" s="15">
-        <v>1227145.53</v>
+        <v>1331402.23</v>
       </c>
       <c r="N28" s="15">
         <v>0</v>
       </c>
       <c r="O28" s="15">
-        <v>230798123.85</v>
+        <v>244924136.21</v>
       </c>
       <c r="P28" s="15">
-        <v>73610251.91</v>
+        <v>86046307.98</v>
       </c>
       <c r="Q28" s="34">
-        <v>2451834124.3</v>
+        <v>2857023693.31</v>
       </c>
     </row>
     <row r="29" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B29" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C29" s="20">
-        <v>1604574209.41</v>
+        <v>1835508202.79</v>
       </c>
       <c r="E29" s="20">
-        <v>134702939.6</v>
+        <v>153366692</v>
       </c>
       <c r="F29" s="20">
-        <v>37449.68</v>
+        <v>37566.52</v>
       </c>
       <c r="I29" s="20">
-        <v>14071887.24</v>
+        <v>16218624.75</v>
       </c>
       <c r="J29" s="20">
         <v>0</v>
       </c>
       <c r="K29" s="20">
-        <v>4968.64</v>
+        <v>5172.54</v>
       </c>
       <c r="L29" s="20">
-        <v>1106628.86</v>
+        <v>1213617.21</v>
       </c>
       <c r="N29" s="20">
         <v>0</v>
       </c>
       <c r="O29" s="20">
-        <v>130490388.46</v>
+        <v>151138906.48</v>
       </c>
       <c r="P29" s="20">
-        <v>56808109.36</v>
+        <v>65293211.58</v>
       </c>
       <c r="Q29" s="35">
-        <v>1941796581.25</v>
+        <v>2222781993.87</v>
       </c>
     </row>
     <row r="30" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B30" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="20">
-        <v>1403899855.01</v>
+        <v>1610868504.39</v>
       </c>
       <c r="E30" s="20">
-        <v>128795577.48</v>
+        <v>146862149.84</v>
       </c>
       <c r="F30" s="20">
-        <v>9011.04</v>
+        <v>9013.12</v>
       </c>
       <c r="I30" s="20">
-        <v>5294643.78</v>
+        <v>6101565.67</v>
       </c>
       <c r="J30" s="20">
         <v>0</v>
       </c>
       <c r="K30" s="20">
         <v>201.52</v>
       </c>
       <c r="L30" s="20">
-        <v>874369.17</v>
+        <v>968898.51</v>
       </c>
       <c r="N30" s="20">
         <v>0</v>
       </c>
       <c r="O30" s="20">
-        <v>118860280.27</v>
+        <v>137202491.24</v>
       </c>
       <c r="P30" s="20">
-        <v>49932034.34</v>
+        <v>57526128.84</v>
       </c>
       <c r="Q30" s="35">
-        <v>1707665972.61</v>
+        <v>1959538953.13</v>
       </c>
     </row>
     <row r="31" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B31" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="15">
-        <v>3008474064.42</v>
+        <v>3446376707.18</v>
       </c>
       <c r="E31" s="15">
-        <v>263498517.08</v>
+        <v>300228841.84</v>
       </c>
       <c r="F31" s="15">
-        <v>46460.72</v>
+        <v>46579.64</v>
       </c>
       <c r="I31" s="15">
-        <v>19366531.02</v>
+        <v>22320190.42</v>
       </c>
       <c r="J31" s="15">
         <v>0</v>
       </c>
       <c r="K31" s="15">
-        <v>5170.16</v>
+        <v>5374.06</v>
       </c>
       <c r="L31" s="15">
-        <v>1980998.03</v>
+        <v>2182515.72</v>
       </c>
       <c r="N31" s="15">
         <v>0</v>
       </c>
       <c r="O31" s="15">
-        <v>249350668.73</v>
+        <v>288341397.72</v>
       </c>
       <c r="P31" s="15">
-        <v>106740143.7</v>
+        <v>122819340.42</v>
       </c>
       <c r="Q31" s="34">
-        <v>3649462553.86</v>
+        <v>4182320947</v>
       </c>
     </row>
     <row r="32" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B32" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="20">
-        <v>779009365.39</v>
+        <v>898069045.44</v>
       </c>
       <c r="E32" s="20">
-        <v>83811972.1</v>
+        <v>95825265.57</v>
       </c>
       <c r="F32" s="20">
         <v>64.22</v>
       </c>
       <c r="I32" s="20">
-        <v>3756538.15</v>
+        <v>4381315.24</v>
       </c>
       <c r="J32" s="20">
-        <v>20147.84</v>
+        <v>22009.52</v>
       </c>
       <c r="K32" s="20">
-        <v>0</v>
+        <v>145.23</v>
       </c>
       <c r="L32" s="20">
-        <v>863354.68</v>
+        <v>993165.86</v>
       </c>
       <c r="N32" s="20">
         <v>0</v>
       </c>
       <c r="O32" s="20">
-        <v>62523580.15</v>
+        <v>71189158.83</v>
       </c>
       <c r="P32" s="20">
-        <v>28178951.01</v>
+        <v>32518552.71</v>
       </c>
       <c r="Q32" s="35">
-        <v>958163973.54</v>
+        <v>1102998722.62</v>
       </c>
     </row>
     <row r="33" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B33" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C33" s="15">
-        <v>779009365.39</v>
+        <v>898069045.44</v>
       </c>
       <c r="E33" s="15">
-        <v>83811972.1</v>
+        <v>95825265.57</v>
       </c>
       <c r="F33" s="15">
         <v>64.22</v>
       </c>
       <c r="I33" s="15">
-        <v>3756538.15</v>
+        <v>4381315.24</v>
       </c>
       <c r="J33" s="15">
-        <v>20147.84</v>
+        <v>22009.52</v>
       </c>
       <c r="K33" s="15">
-        <v>0</v>
+        <v>145.23</v>
       </c>
       <c r="L33" s="15">
-        <v>863354.68</v>
+        <v>993165.86</v>
       </c>
       <c r="N33" s="15">
         <v>0</v>
       </c>
       <c r="O33" s="15">
-        <v>62523580.15</v>
+        <v>71189158.83</v>
       </c>
       <c r="P33" s="15">
-        <v>28178951.01</v>
+        <v>32518552.71</v>
       </c>
       <c r="Q33" s="34">
-        <v>958163973.54</v>
+        <v>1102998722.62</v>
       </c>
     </row>
     <row r="34" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B34" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C34" s="20">
-        <v>450739909.82</v>
+        <v>518226623.33</v>
       </c>
       <c r="E34" s="20">
-        <v>56130264.32</v>
+        <v>64061188.86</v>
       </c>
       <c r="F34" s="20">
-        <v>11035.16</v>
+        <v>13319.93</v>
       </c>
       <c r="I34" s="20">
-        <v>5876.09</v>
+        <v>6720.17</v>
       </c>
       <c r="J34" s="20">
         <v>0</v>
       </c>
       <c r="K34" s="20">
-        <v>724.87</v>
+        <v>719.89</v>
       </c>
       <c r="L34" s="20">
-        <v>395095.78</v>
+        <v>432057.53</v>
       </c>
       <c r="N34" s="20">
         <v>0</v>
       </c>
       <c r="O34" s="20">
-        <v>47422444.79</v>
+        <v>54032732.42</v>
       </c>
       <c r="P34" s="20">
-        <v>17037703.8</v>
+        <v>19657823.48</v>
       </c>
       <c r="Q34" s="35">
-        <v>571743054.63</v>
+        <v>656431185.61</v>
       </c>
     </row>
     <row r="35" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B35" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C35" s="20">
-        <v>528285361.84</v>
+        <v>607016700.8</v>
       </c>
       <c r="E35" s="20">
-        <v>64941838.19</v>
+        <v>74158775.12</v>
       </c>
       <c r="F35" s="20">
-        <v>1980.51</v>
+        <v>1435.23</v>
       </c>
       <c r="I35" s="20">
         <v>0</v>
       </c>
       <c r="J35" s="20">
         <v>1418.41</v>
       </c>
       <c r="K35" s="20">
-        <v>2168.04</v>
+        <v>1989.97</v>
       </c>
       <c r="L35" s="20">
-        <v>336539.95</v>
+        <v>382800.72</v>
       </c>
       <c r="N35" s="20">
         <v>0</v>
       </c>
       <c r="O35" s="20">
-        <v>50096780.96</v>
+        <v>57230645.79</v>
       </c>
       <c r="P35" s="20">
-        <v>19727393.25</v>
+        <v>22722528.79</v>
       </c>
       <c r="Q35" s="35">
-        <v>663393481.15</v>
+        <v>761516294.83</v>
       </c>
     </row>
     <row r="36" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B36" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C36" s="20">
-        <v>210052395.94</v>
+        <v>241891264.26</v>
       </c>
       <c r="E36" s="20">
-        <v>31417569.59</v>
+        <v>35913173.04</v>
       </c>
       <c r="F36" s="20">
-        <v>-3517.31</v>
+        <v>-2301.94</v>
       </c>
       <c r="I36" s="20">
         <v>0</v>
       </c>
       <c r="J36" s="20">
         <v>0</v>
       </c>
       <c r="K36" s="20">
-        <v>462.07</v>
+        <v>462.13</v>
       </c>
       <c r="L36" s="20">
-        <v>214143.21</v>
+        <v>244942.29</v>
       </c>
       <c r="N36" s="20">
         <v>0</v>
       </c>
       <c r="O36" s="20">
-        <v>19832930.06</v>
+        <v>22623741.4</v>
       </c>
       <c r="P36" s="20">
-        <v>8359888.66</v>
+        <v>9665002.13</v>
       </c>
       <c r="Q36" s="35">
-        <v>269873872.22</v>
+        <v>310336283.31</v>
       </c>
     </row>
     <row r="37" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B37" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C37" s="20">
-        <v>372739752.27</v>
+        <v>428574167.36</v>
       </c>
       <c r="E37" s="20">
-        <v>29489923.08</v>
+        <v>33702913.82</v>
       </c>
       <c r="F37" s="20">
         <v>0</v>
       </c>
       <c r="I37" s="20">
         <v>0</v>
       </c>
       <c r="J37" s="20">
         <v>0</v>
       </c>
       <c r="K37" s="20">
         <v>0</v>
       </c>
       <c r="L37" s="20">
-        <v>236008.31</v>
+        <v>265515.07</v>
       </c>
       <c r="N37" s="20">
         <v>0</v>
       </c>
       <c r="O37" s="20">
-        <v>33368467.28</v>
+        <v>38066610.92</v>
       </c>
       <c r="P37" s="20">
-        <v>13216945.77</v>
+        <v>15225283.29</v>
       </c>
       <c r="Q37" s="35">
-        <v>449051096.71</v>
+        <v>515834490.46</v>
       </c>
     </row>
     <row r="38" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B38" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C38" s="20">
-        <v>828276697.15</v>
+        <v>951654959.69</v>
       </c>
       <c r="E38" s="20">
-        <v>94268064.02</v>
+        <v>107628419.26</v>
       </c>
       <c r="F38" s="20">
-        <v>4856.58</v>
+        <v>4582.57</v>
       </c>
       <c r="I38" s="20">
         <v>0</v>
       </c>
       <c r="J38" s="20">
         <v>2010.64</v>
       </c>
       <c r="K38" s="20">
-        <v>3811.73</v>
+        <v>3854.59</v>
       </c>
       <c r="L38" s="20">
-        <v>82310.7</v>
+        <v>132957.11</v>
       </c>
       <c r="N38" s="20">
         <v>0</v>
       </c>
       <c r="O38" s="20">
-        <v>77813982.35</v>
+        <v>88808136.02</v>
       </c>
       <c r="P38" s="20">
-        <v>30305290.44</v>
+        <v>34909395.89</v>
       </c>
       <c r="Q38" s="35">
-        <v>1030757023.61</v>
+        <v>1183144315.77</v>
       </c>
     </row>
     <row r="39" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B39" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C39" s="15">
-        <v>2390094117.02</v>
+        <v>2747363715.44</v>
       </c>
       <c r="E39" s="15">
-        <v>276247659.2</v>
+        <v>315464470.1</v>
       </c>
       <c r="F39" s="15">
-        <v>14354.94</v>
+        <v>17035.79</v>
       </c>
       <c r="I39" s="15">
-        <v>5876.09</v>
+        <v>6720.17</v>
       </c>
       <c r="J39" s="15">
         <v>3429.05</v>
       </c>
       <c r="K39" s="15">
-        <v>7166.71</v>
+        <v>7026.58</v>
       </c>
       <c r="L39" s="15">
-        <v>1264097.95</v>
+        <v>1458272.72</v>
       </c>
       <c r="N39" s="15">
         <v>0</v>
       </c>
       <c r="O39" s="15">
-        <v>228534605.44</v>
+        <v>260761866.55</v>
       </c>
       <c r="P39" s="15">
-        <v>88647221.92</v>
+        <v>102180033.58</v>
       </c>
       <c r="Q39" s="34">
-        <v>2984818528.32</v>
+        <v>3427262569.98</v>
       </c>
     </row>
     <row r="40" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B40" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C40" s="20">
-        <v>155834314.78</v>
+        <v>179744710.57</v>
       </c>
       <c r="E40" s="20">
-        <v>24629079.9</v>
+        <v>28121537.01</v>
       </c>
       <c r="F40" s="20">
         <v>16.25</v>
       </c>
       <c r="I40" s="20">
-        <v>2094.18</v>
+        <v>2395.16</v>
       </c>
       <c r="J40" s="20">
         <v>313.16</v>
       </c>
       <c r="K40" s="20">
         <v>0</v>
       </c>
       <c r="L40" s="20">
-        <v>1140461</v>
+        <v>1317989.35</v>
       </c>
       <c r="N40" s="20">
         <v>0</v>
       </c>
       <c r="O40" s="20">
-        <v>15108373.71</v>
+        <v>17198267.17</v>
       </c>
       <c r="P40" s="20">
-        <v>5975789.87</v>
+        <v>6911413.56</v>
       </c>
       <c r="Q40" s="35">
-        <v>202690442.85</v>
+        <v>233296642.23</v>
       </c>
     </row>
     <row r="41" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B41" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C41" s="20">
-        <v>554837844.22</v>
+        <v>637647445.46</v>
       </c>
       <c r="E41" s="20">
-        <v>52402108.04</v>
+        <v>59918700.85</v>
       </c>
       <c r="F41" s="20">
         <v>22.03</v>
       </c>
       <c r="I41" s="20">
-        <v>2094.18</v>
+        <v>2395.16</v>
       </c>
       <c r="J41" s="20">
-        <v>22287.16</v>
+        <v>25628.84</v>
       </c>
       <c r="K41" s="20">
         <v>0</v>
       </c>
       <c r="L41" s="20">
-        <v>2597668.54</v>
+        <v>2993082.28</v>
       </c>
       <c r="N41" s="20">
         <v>0</v>
       </c>
       <c r="O41" s="20">
-        <v>37918818.92</v>
+        <v>43336542.65</v>
       </c>
       <c r="P41" s="20">
-        <v>19701451.88</v>
+        <v>22714366.8</v>
       </c>
       <c r="Q41" s="35">
-        <v>667482294.97</v>
+        <v>766638184.07</v>
       </c>
     </row>
     <row r="42" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B42" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="20">
-        <v>515673359.72</v>
+        <v>592744467.22</v>
       </c>
       <c r="E42" s="20">
-        <v>67869615.15</v>
+        <v>77840328.85</v>
       </c>
       <c r="F42" s="20">
-        <v>-988.82</v>
+        <v>-348.67</v>
       </c>
       <c r="I42" s="20">
-        <v>15374.47</v>
+        <v>17583.44</v>
       </c>
       <c r="J42" s="20">
-        <v>3086834.89</v>
+        <v>3598181.88</v>
       </c>
       <c r="K42" s="20">
-        <v>1758</v>
+        <v>1874.58</v>
       </c>
       <c r="L42" s="20">
-        <v>4062707.93</v>
+        <v>4656123.78</v>
       </c>
       <c r="N42" s="20">
         <v>0</v>
       </c>
       <c r="O42" s="20">
-        <v>48048909.62</v>
+        <v>54701766.9</v>
       </c>
       <c r="P42" s="20">
-        <v>19169101.28</v>
+        <v>22098746.15</v>
       </c>
       <c r="Q42" s="35">
-        <v>657926672.24</v>
+        <v>755658724.13</v>
       </c>
     </row>
     <row r="43" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B43" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="20">
-        <v>215943180.08</v>
+        <v>248393063.17</v>
       </c>
       <c r="E43" s="20">
-        <v>23702202.19</v>
+        <v>27026428.54</v>
       </c>
       <c r="F43" s="20">
-        <v>2066.65</v>
+        <v>2109.26</v>
       </c>
       <c r="I43" s="20">
         <v>0</v>
       </c>
       <c r="J43" s="20">
-        <v>516027.99</v>
+        <v>580744.76</v>
       </c>
       <c r="K43" s="20">
         <v>0</v>
       </c>
       <c r="L43" s="20">
-        <v>1131628.6</v>
+        <v>1307917.77</v>
       </c>
       <c r="N43" s="20">
         <v>0</v>
       </c>
       <c r="O43" s="20">
-        <v>14617255.14</v>
+        <v>16747879.45</v>
       </c>
       <c r="P43" s="20">
-        <v>7716054.28</v>
+        <v>8899939.39</v>
       </c>
       <c r="Q43" s="35">
-        <v>263628414.93</v>
+        <v>302958082.34</v>
       </c>
     </row>
     <row r="44" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B44" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C44" s="20">
-        <v>385015169.56</v>
+        <v>442594621.61</v>
       </c>
       <c r="E44" s="20">
-        <v>47119744.82</v>
+        <v>53652548.27</v>
       </c>
       <c r="F44" s="20">
         <v>60.87</v>
       </c>
       <c r="I44" s="20">
         <v>2094.18</v>
       </c>
       <c r="J44" s="20">
         <v>0</v>
       </c>
       <c r="K44" s="20">
         <v>343.39</v>
       </c>
       <c r="L44" s="20">
-        <v>2757507.67</v>
+        <v>3177456.93</v>
       </c>
       <c r="N44" s="20">
         <v>0</v>
       </c>
       <c r="O44" s="20">
-        <v>32093164</v>
+        <v>36730123.54</v>
       </c>
       <c r="P44" s="20">
-        <v>14148755.48</v>
+        <v>16312741.79</v>
       </c>
       <c r="Q44" s="35">
-        <v>481136839.97</v>
+        <v>552469990.58</v>
       </c>
     </row>
     <row r="45" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B45" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C45" s="20">
-        <v>191001940.69</v>
+        <v>220849946.95</v>
       </c>
       <c r="E45" s="20">
-        <v>26881650.19</v>
+        <v>30703948.67</v>
       </c>
       <c r="F45" s="20">
-        <v>-157.83</v>
+        <v>-136.73</v>
       </c>
       <c r="I45" s="20">
-        <v>2556.53</v>
+        <v>2923.96</v>
       </c>
       <c r="J45" s="20">
         <v>0</v>
       </c>
       <c r="K45" s="20">
         <v>0</v>
       </c>
       <c r="L45" s="20">
-        <v>1076187.44</v>
+        <v>1239711.64</v>
       </c>
       <c r="N45" s="20">
         <v>0</v>
       </c>
       <c r="O45" s="20">
-        <v>12968340.81</v>
+        <v>14792780.29</v>
       </c>
       <c r="P45" s="20">
-        <v>7061166.89</v>
+        <v>8197470.24</v>
       </c>
       <c r="Q45" s="35">
-        <v>238991684.72</v>
+        <v>275786645.02</v>
       </c>
     </row>
     <row r="46" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B46" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C46" s="20">
-        <v>128770396.62</v>
+        <v>148145248.19</v>
       </c>
       <c r="E46" s="20">
-        <v>14312773.61</v>
+        <v>16363041.38</v>
       </c>
       <c r="F46" s="20">
         <v>0</v>
       </c>
       <c r="I46" s="20">
         <v>0</v>
       </c>
       <c r="J46" s="20">
         <v>0</v>
       </c>
       <c r="K46" s="20">
         <v>0</v>
       </c>
       <c r="L46" s="20">
-        <v>792894.52</v>
+        <v>914593.83</v>
       </c>
       <c r="N46" s="20">
         <v>0</v>
       </c>
       <c r="O46" s="20">
-        <v>7504249.55</v>
+        <v>8561023.87</v>
       </c>
       <c r="P46" s="20">
-        <v>4758645.51</v>
+        <v>5492960.51</v>
       </c>
       <c r="Q46" s="35">
-        <v>156138959.81</v>
+        <v>179476867.78</v>
       </c>
     </row>
     <row r="47" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B47" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C47" s="20">
-        <v>798881668.65</v>
+        <v>915946864.12</v>
       </c>
       <c r="E47" s="20">
-        <v>68987001.77</v>
+        <v>78664250.82</v>
       </c>
       <c r="F47" s="20">
-        <v>1346.83</v>
+        <v>1397.66</v>
       </c>
       <c r="I47" s="20">
-        <v>7796.65</v>
+        <v>8916.61</v>
       </c>
       <c r="J47" s="20">
-        <v>5850</v>
+        <v>6500</v>
       </c>
       <c r="K47" s="20">
-        <v>1614.49</v>
+        <v>1413.63</v>
       </c>
       <c r="L47" s="20">
-        <v>4320854.56</v>
+        <v>4970386.58</v>
       </c>
       <c r="N47" s="20">
         <v>0</v>
       </c>
       <c r="O47" s="20">
-        <v>50926288.27</v>
+        <v>58516972.69</v>
       </c>
       <c r="P47" s="20">
-        <v>28176598.83</v>
+        <v>32527856.79</v>
       </c>
       <c r="Q47" s="35">
-        <v>951309020.05</v>
+        <v>1090644558.9</v>
       </c>
     </row>
     <row r="48" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B48" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C48" s="20">
-        <v>162587689.35</v>
+        <v>187293889.94</v>
       </c>
       <c r="E48" s="20">
-        <v>27957104.21</v>
+        <v>31921406.39</v>
       </c>
       <c r="F48" s="20">
-        <v>1601.26</v>
+        <v>1559.64</v>
       </c>
       <c r="I48" s="20">
         <v>0</v>
       </c>
       <c r="J48" s="20">
-        <v>7177</v>
+        <v>7894.7</v>
       </c>
       <c r="K48" s="20">
         <v>0</v>
       </c>
       <c r="L48" s="20">
-        <v>1260549.38</v>
+        <v>1456012.84</v>
       </c>
       <c r="N48" s="20">
         <v>0</v>
       </c>
       <c r="O48" s="20">
-        <v>16045878.41</v>
+        <v>18260453.05</v>
       </c>
       <c r="P48" s="20">
-        <v>6330027.84</v>
+        <v>7304949.09</v>
       </c>
       <c r="Q48" s="35">
-        <v>214190027.45</v>
+        <v>246246165.65</v>
       </c>
     </row>
     <row r="49" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B49" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C49" s="15">
-        <v>3108545563.67</v>
+        <v>3573360257.23</v>
       </c>
       <c r="E49" s="15">
-        <v>353861279.88</v>
+        <v>404212190.78</v>
       </c>
       <c r="F49" s="15">
-        <v>3967.24</v>
+        <v>4680.31</v>
       </c>
       <c r="I49" s="15">
-        <v>32010.19</v>
+        <v>36308.51</v>
       </c>
       <c r="J49" s="15">
-        <v>3638490.2</v>
+        <v>4219263.34</v>
       </c>
       <c r="K49" s="15">
-        <v>3715.88</v>
+        <v>3631.6</v>
       </c>
       <c r="L49" s="15">
-        <v>19140459.64</v>
+        <v>22033275</v>
       </c>
       <c r="N49" s="15">
         <v>0</v>
       </c>
       <c r="O49" s="15">
-        <v>235231278.43</v>
+        <v>268845809.61</v>
       </c>
       <c r="P49" s="15">
-        <v>113037591.86</v>
+        <v>130460444.32</v>
       </c>
       <c r="Q49" s="34">
-        <v>3833494356.99</v>
+        <v>4403175860.7</v>
       </c>
     </row>
     <row r="50" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B50" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C50" s="20">
-        <v>11799383402.56</v>
+        <v>13507822544.25</v>
       </c>
       <c r="E50" s="20">
-        <v>864686164.2</v>
+        <v>986520073.93</v>
       </c>
       <c r="F50" s="20">
-        <v>656.83</v>
+        <v>769.88</v>
       </c>
       <c r="I50" s="20">
-        <v>22829496.41</v>
+        <v>26421792.73</v>
       </c>
       <c r="J50" s="20">
-        <v>38757.12</v>
+        <v>52224.2</v>
       </c>
       <c r="K50" s="20">
-        <v>-8487.08</v>
+        <v>-8482.45</v>
       </c>
       <c r="L50" s="20">
-        <v>6427965.42</v>
+        <v>6786182.77</v>
       </c>
       <c r="N50" s="20">
         <v>0</v>
       </c>
       <c r="O50" s="20">
-        <v>702569001.73</v>
+        <v>805526518.85</v>
       </c>
       <c r="P50" s="20">
-        <v>430953121.77</v>
+        <v>496075693.27</v>
       </c>
       <c r="Q50" s="35">
-        <v>13826880078.96</v>
+        <v>15829197317.43</v>
       </c>
     </row>
     <row r="51" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B51" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C51" s="20">
-        <v>1227591240.44</v>
+        <v>1420587191.44</v>
       </c>
       <c r="E51" s="20">
-        <v>131308649.95</v>
+        <v>149927369.43</v>
       </c>
       <c r="F51" s="20">
-        <v>838.04</v>
+        <v>1205.53</v>
       </c>
       <c r="I51" s="20">
-        <v>3029800.86</v>
+        <v>3711668.19</v>
       </c>
       <c r="J51" s="20">
         <v>0</v>
       </c>
       <c r="K51" s="20">
-        <v>-187.95</v>
+        <v>132.84</v>
       </c>
       <c r="L51" s="20">
-        <v>500345.81</v>
+        <v>539846.01</v>
       </c>
       <c r="N51" s="20">
         <v>0</v>
       </c>
       <c r="O51" s="20">
-        <v>95045186.99</v>
+        <v>106282444.65</v>
       </c>
       <c r="P51" s="20">
-        <v>43963071.07</v>
+        <v>50901921.09</v>
       </c>
       <c r="Q51" s="35">
-        <v>1501438945.21</v>
+        <v>1731951779.18</v>
       </c>
     </row>
     <row r="52" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B52" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C52" s="20">
-        <v>676656658.91</v>
+        <v>780319781.5</v>
       </c>
       <c r="E52" s="20">
-        <v>72010419.48</v>
+        <v>82063963.12</v>
       </c>
       <c r="F52" s="20">
-        <v>4040.94</v>
+        <v>3891.61</v>
       </c>
       <c r="I52" s="20">
-        <v>-6308.82</v>
+        <v>-7115.67</v>
       </c>
       <c r="J52" s="20">
-        <v>62398.46</v>
+        <v>66223.26</v>
       </c>
       <c r="K52" s="20">
         <v>-6.01</v>
       </c>
       <c r="L52" s="20">
-        <v>243867.45</v>
+        <v>276283.29</v>
       </c>
       <c r="N52" s="20">
         <v>0</v>
       </c>
       <c r="O52" s="20">
-        <v>43964250.4</v>
+        <v>49970660.48</v>
       </c>
       <c r="P52" s="20">
-        <v>23940966.32</v>
+        <v>27708190.13</v>
       </c>
       <c r="Q52" s="35">
-        <v>816876287.13</v>
+        <v>940401871.71</v>
       </c>
     </row>
     <row r="53" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B53" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C53" s="20">
-        <v>1232344956.06</v>
+        <v>1420965737.76</v>
       </c>
       <c r="E53" s="20">
-        <v>108275897.79</v>
+        <v>123597267.9</v>
       </c>
       <c r="F53" s="20">
-        <v>1525.24</v>
+        <v>1400.95</v>
       </c>
       <c r="I53" s="20">
-        <v>7343718.75</v>
+        <v>8469091.36</v>
       </c>
       <c r="J53" s="20">
         <v>4184.62</v>
       </c>
       <c r="K53" s="20">
-        <v>1252.92</v>
+        <v>853.2</v>
       </c>
       <c r="L53" s="20">
-        <v>748404.2</v>
+        <v>808661.89</v>
       </c>
       <c r="N53" s="20">
         <v>0</v>
       </c>
       <c r="O53" s="20">
-        <v>107161448.3</v>
+        <v>120986606.89</v>
       </c>
       <c r="P53" s="20">
-        <v>44373495.82</v>
+        <v>51249191.54</v>
       </c>
       <c r="Q53" s="35">
-        <v>1500254883.7</v>
+        <v>1726082996.11</v>
       </c>
     </row>
     <row r="54" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B54" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C54" s="15">
-        <v>14935976257.97</v>
+        <v>17129695254.95</v>
       </c>
       <c r="E54" s="15">
-        <v>1176281131.42</v>
+        <v>1342108674.38</v>
       </c>
       <c r="F54" s="15">
-        <v>7061.05</v>
+        <v>7267.97</v>
       </c>
       <c r="I54" s="15">
-        <v>33196707.2</v>
+        <v>38595436.61</v>
       </c>
       <c r="J54" s="15">
-        <v>105340.2</v>
+        <v>122632.08</v>
       </c>
       <c r="K54" s="15">
-        <v>-7428.12</v>
+        <v>-7502.42</v>
       </c>
       <c r="L54" s="15">
-        <v>7920582.88</v>
+        <v>8410973.96</v>
       </c>
       <c r="N54" s="15">
         <v>0</v>
       </c>
       <c r="O54" s="15">
-        <v>948739887.42</v>
+        <v>1082766230.87</v>
       </c>
       <c r="P54" s="15">
-        <v>543230654.98</v>
+        <v>625934996.03</v>
       </c>
       <c r="Q54" s="34">
-        <v>17645450195</v>
+        <v>20227633964.43</v>
       </c>
     </row>
     <row r="55" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B55" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C55" s="20">
-        <v>684156344.07</v>
+        <v>787946613.2</v>
       </c>
       <c r="E55" s="20">
-        <v>86119334.83</v>
+        <v>98159916.1</v>
       </c>
       <c r="F55" s="20">
-        <v>16246.69</v>
+        <v>17425.77</v>
       </c>
       <c r="I55" s="20">
         <v>0</v>
       </c>
       <c r="J55" s="20">
-        <v>20482.65</v>
+        <v>22758.5</v>
       </c>
       <c r="K55" s="20">
         <v>231.02</v>
       </c>
       <c r="L55" s="20">
-        <v>4883308.07</v>
+        <v>5637568.16</v>
       </c>
       <c r="N55" s="20">
         <v>0</v>
       </c>
       <c r="O55" s="20">
-        <v>88544550.05</v>
+        <v>100882314.34</v>
       </c>
       <c r="P55" s="20">
-        <v>27112293.57</v>
+        <v>31282899.68</v>
       </c>
       <c r="Q55" s="35">
-        <v>890852790.95</v>
+        <v>1023949726.77</v>
       </c>
     </row>
     <row r="56" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B56" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C56" s="20">
-        <v>396589567.27</v>
+        <v>457709802.94</v>
       </c>
       <c r="E56" s="20">
-        <v>52964687.28</v>
+        <v>60508631.47</v>
       </c>
       <c r="F56" s="20">
-        <v>10540.45</v>
+        <v>10273.77</v>
       </c>
       <c r="I56" s="20">
-        <v>2492.88</v>
+        <v>2860.31</v>
       </c>
       <c r="J56" s="20">
         <v>0</v>
       </c>
       <c r="K56" s="20">
         <v>0</v>
       </c>
       <c r="L56" s="20">
-        <v>3020071.1</v>
+        <v>3489925.03</v>
       </c>
       <c r="N56" s="20">
         <v>0</v>
       </c>
       <c r="O56" s="20">
-        <v>53861144.77</v>
+        <v>61143220.38</v>
       </c>
       <c r="P56" s="20">
-        <v>16051342.69</v>
+        <v>18514795.04</v>
       </c>
       <c r="Q56" s="35">
-        <v>522499846.44</v>
+        <v>601379508.94</v>
       </c>
     </row>
     <row r="57" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B57" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C57" s="15">
-        <v>1080745911.34</v>
+        <v>1245656416.14</v>
       </c>
       <c r="E57" s="15">
-        <v>139084022.11</v>
+        <v>158668547.57</v>
       </c>
       <c r="F57" s="15">
-        <v>26787.14</v>
+        <v>27699.54</v>
       </c>
       <c r="I57" s="15">
-        <v>2492.88</v>
+        <v>2860.31</v>
       </c>
       <c r="J57" s="15">
-        <v>20482.65</v>
+        <v>22758.5</v>
       </c>
       <c r="K57" s="15">
         <v>231.02</v>
       </c>
       <c r="L57" s="15">
-        <v>7903379.17</v>
+        <v>9127493.19</v>
       </c>
       <c r="N57" s="15">
         <v>0</v>
       </c>
       <c r="O57" s="15">
-        <v>142405694.82</v>
+        <v>162025534.72</v>
       </c>
       <c r="P57" s="15">
-        <v>43163636.26</v>
+        <v>49797694.72</v>
       </c>
       <c r="Q57" s="34">
-        <v>1413352637.39</v>
+        <v>1625329235.71</v>
       </c>
     </row>
     <row r="58" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B58" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C58" s="20">
-        <v>1585597178.79</v>
+        <v>1819769056.79</v>
       </c>
       <c r="E58" s="20">
-        <v>175368237.54</v>
+        <v>200729259.44</v>
       </c>
       <c r="F58" s="20">
         <v>-108.05</v>
       </c>
       <c r="I58" s="20">
-        <v>17934961.34</v>
+        <v>20559555</v>
       </c>
       <c r="J58" s="20">
-        <v>6146.49</v>
+        <v>7664.97</v>
       </c>
       <c r="K58" s="20">
         <v>138.27</v>
       </c>
       <c r="L58" s="20">
-        <v>11323818.15</v>
+        <v>12978037.23</v>
       </c>
       <c r="N58" s="20">
         <v>0</v>
       </c>
       <c r="O58" s="20">
-        <v>110544039.27</v>
+        <v>126204286.08</v>
       </c>
       <c r="P58" s="20">
-        <v>58919072.53</v>
+        <v>67807855.35</v>
       </c>
       <c r="Q58" s="35">
-        <v>1959693484.33</v>
+        <v>2248055745.08</v>
       </c>
     </row>
     <row r="59" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B59" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C59" s="20">
-        <v>351718173.35</v>
+        <v>404232878.58</v>
       </c>
       <c r="E59" s="20">
-        <v>60931053.21</v>
+        <v>69780371.45</v>
       </c>
       <c r="F59" s="20">
-        <v>3813.85</v>
+        <v>3753.96</v>
       </c>
       <c r="I59" s="20">
-        <v>4671494.04</v>
+        <v>5376508.28</v>
       </c>
       <c r="J59" s="20">
-        <v>13906.35</v>
+        <v>15451.5</v>
       </c>
       <c r="K59" s="20">
         <v>0</v>
       </c>
       <c r="L59" s="20">
-        <v>2596612.42</v>
+        <v>2995258.64</v>
       </c>
       <c r="N59" s="20">
         <v>0</v>
       </c>
       <c r="O59" s="20">
-        <v>27047697.17</v>
+        <v>30796665.61</v>
       </c>
       <c r="P59" s="20">
-        <v>13623734.33</v>
+        <v>15680656.59</v>
       </c>
       <c r="Q59" s="35">
-        <v>460606484.72</v>
+        <v>528881544.61</v>
       </c>
     </row>
     <row r="60" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B60" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C60" s="20">
-        <v>319775138.7</v>
+        <v>369058002.89</v>
       </c>
       <c r="E60" s="20">
-        <v>44719243.65</v>
+        <v>51107118.92</v>
       </c>
       <c r="F60" s="20">
         <v>68.5</v>
       </c>
       <c r="I60" s="20">
         <v>0</v>
       </c>
       <c r="J60" s="20">
-        <v>26528.4</v>
+        <v>29476</v>
       </c>
       <c r="K60" s="20">
         <v>0</v>
       </c>
       <c r="L60" s="20">
-        <v>2330361.33</v>
+        <v>2783136.27</v>
       </c>
       <c r="N60" s="20">
         <v>0</v>
       </c>
       <c r="O60" s="20">
-        <v>26812914.96</v>
+        <v>30568584.77</v>
       </c>
       <c r="P60" s="20">
-        <v>11838727.33</v>
+        <v>13701325.15</v>
       </c>
       <c r="Q60" s="35">
-        <v>405502982.87</v>
+        <v>467247712.5</v>
       </c>
     </row>
     <row r="61" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B61" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C61" s="20">
-        <v>1172760433.82</v>
+        <v>1348256593.36</v>
       </c>
       <c r="E61" s="20">
-        <v>139207014.74</v>
+        <v>159377946.45</v>
       </c>
       <c r="F61" s="20">
-        <v>3900.21</v>
+        <v>3901.09</v>
       </c>
       <c r="I61" s="20">
-        <v>30517063.12</v>
+        <v>35124782.55</v>
       </c>
       <c r="J61" s="20">
         <v>0</v>
       </c>
       <c r="K61" s="20">
-        <v>221.99</v>
+        <v>222.03</v>
       </c>
       <c r="L61" s="20">
-        <v>8547817.01</v>
+        <v>9823095.92</v>
       </c>
       <c r="N61" s="20">
         <v>0</v>
       </c>
       <c r="O61" s="20">
-        <v>104886548.12</v>
+        <v>119390826.37</v>
       </c>
       <c r="P61" s="20">
-        <v>44299001.11</v>
+        <v>51035678.02</v>
       </c>
       <c r="Q61" s="35">
-        <v>1500222000.12</v>
+        <v>1723013045.79</v>
       </c>
     </row>
     <row r="62" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B62" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C62" s="15">
-        <v>3429850924.66</v>
+        <v>3941316531.62</v>
       </c>
       <c r="E62" s="15">
-        <v>420225549.14</v>
+        <v>480994696.26</v>
       </c>
       <c r="F62" s="15">
-        <v>7674.51</v>
+        <v>7615.5</v>
       </c>
       <c r="I62" s="15">
-        <v>53123518.5</v>
+        <v>61060845.83</v>
       </c>
       <c r="J62" s="15">
-        <v>46581.24</v>
+        <v>52592.47</v>
       </c>
       <c r="K62" s="15">
-        <v>360.26</v>
+        <v>360.3</v>
       </c>
       <c r="L62" s="15">
-        <v>24798608.91</v>
+        <v>28579528.06</v>
       </c>
       <c r="N62" s="15">
         <v>0</v>
       </c>
       <c r="O62" s="15">
-        <v>269291199.52</v>
+        <v>306960362.83</v>
       </c>
       <c r="P62" s="15">
-        <v>128680535.3</v>
+        <v>148225515.11</v>
       </c>
       <c r="Q62" s="34">
-        <v>4326024952.04</v>
+        <v>4967198047.98</v>
       </c>
     </row>
     <row r="63" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B63" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C63" s="20">
-        <v>460774503</v>
+        <v>528397493.98</v>
       </c>
       <c r="E63" s="20">
-        <v>49562566.64</v>
+        <v>56519015.07</v>
       </c>
       <c r="F63" s="20">
-        <v>681.24</v>
+        <v>1017.23</v>
       </c>
       <c r="I63" s="20">
-        <v>26577.15</v>
+        <v>30986.38</v>
       </c>
       <c r="J63" s="20">
         <v>5638.5</v>
       </c>
       <c r="K63" s="20">
         <v>0</v>
       </c>
       <c r="L63" s="20">
-        <v>350484.94</v>
+        <v>390462.94</v>
       </c>
       <c r="N63" s="20">
         <v>0</v>
       </c>
       <c r="O63" s="20">
-        <v>32128698.65</v>
+        <v>36963012.89</v>
       </c>
       <c r="P63" s="20">
-        <v>16574078.57</v>
+        <v>19060871.28</v>
       </c>
       <c r="Q63" s="35">
-        <v>559423228.69</v>
+        <v>641368498.27</v>
       </c>
     </row>
     <row r="64" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B64" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C64" s="15">
-        <v>460774503</v>
+        <v>528397493.98</v>
       </c>
       <c r="E64" s="15">
-        <v>49562566.64</v>
+        <v>56519015.07</v>
       </c>
       <c r="F64" s="15">
-        <v>681.24</v>
+        <v>1017.23</v>
       </c>
       <c r="I64" s="15">
-        <v>26577.15</v>
+        <v>30986.38</v>
       </c>
       <c r="J64" s="15">
         <v>5638.5</v>
       </c>
       <c r="K64" s="15">
         <v>0</v>
       </c>
       <c r="L64" s="15">
-        <v>350484.94</v>
+        <v>390462.94</v>
       </c>
       <c r="N64" s="15">
         <v>0</v>
       </c>
       <c r="O64" s="15">
-        <v>32128698.65</v>
+        <v>36963012.89</v>
       </c>
       <c r="P64" s="15">
-        <v>16574078.57</v>
+        <v>19060871.28</v>
       </c>
       <c r="Q64" s="34">
-        <v>559423228.69</v>
+        <v>641368498.27</v>
       </c>
     </row>
     <row r="65" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B65" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C65" s="20">
-        <v>15840009536.28</v>
+        <v>18140412886.62</v>
       </c>
       <c r="E65" s="20">
-        <v>881782533.65</v>
+        <v>1006211351.72</v>
       </c>
       <c r="F65" s="20">
-        <v>336.54</v>
+        <v>294.27</v>
       </c>
       <c r="I65" s="20">
-        <v>11901526.47</v>
+        <v>13865708.56</v>
       </c>
       <c r="J65" s="20">
-        <v>201527.7</v>
+        <v>229704.12</v>
       </c>
       <c r="K65" s="20">
-        <v>15097.11</v>
+        <v>14862.3</v>
       </c>
       <c r="L65" s="20">
-        <v>42964447.81</v>
+        <v>48646633.89</v>
       </c>
       <c r="N65" s="20">
         <v>0</v>
       </c>
       <c r="O65" s="20">
-        <v>803822484.56</v>
+        <v>923700736.29</v>
       </c>
       <c r="P65" s="20">
-        <v>614463665.75</v>
+        <v>709648763.96</v>
       </c>
       <c r="Q65" s="35">
-        <v>18195161155.87</v>
+        <v>20842730941.73</v>
       </c>
     </row>
     <row r="66" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B66" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C66" s="15">
-        <v>15840009536.28</v>
+        <v>18140412886.62</v>
       </c>
       <c r="E66" s="15">
-        <v>881782533.65</v>
+        <v>1006211351.72</v>
       </c>
       <c r="F66" s="15">
-        <v>336.54</v>
+        <v>294.27</v>
       </c>
       <c r="I66" s="15">
-        <v>11901526.47</v>
+        <v>13865708.56</v>
       </c>
       <c r="J66" s="15">
-        <v>201527.7</v>
+        <v>229704.12</v>
       </c>
       <c r="K66" s="15">
-        <v>15097.11</v>
+        <v>14862.3</v>
       </c>
       <c r="L66" s="15">
-        <v>42964447.81</v>
+        <v>48646633.89</v>
       </c>
       <c r="N66" s="15">
         <v>0</v>
       </c>
       <c r="O66" s="15">
-        <v>803822484.56</v>
+        <v>923700736.29</v>
       </c>
       <c r="P66" s="15">
-        <v>614463665.75</v>
+        <v>709648763.96</v>
       </c>
       <c r="Q66" s="34">
-        <v>18195161155.87</v>
+        <v>20842730941.73</v>
       </c>
     </row>
     <row r="67" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B67" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C67" s="20">
-        <v>1961055556.29</v>
+        <v>2252431153.88</v>
       </c>
       <c r="E67" s="20">
-        <v>204079007.81</v>
+        <v>233121226.82</v>
       </c>
       <c r="F67" s="20">
-        <v>65990.16</v>
+        <v>67932.51</v>
       </c>
       <c r="I67" s="20">
-        <v>4214310.46</v>
+        <v>4894289.12</v>
       </c>
       <c r="J67" s="20">
         <v>0</v>
       </c>
       <c r="K67" s="20">
-        <v>4193.76</v>
+        <v>4078.51</v>
       </c>
       <c r="L67" s="20">
-        <v>1059961.82</v>
+        <v>1176977.76</v>
       </c>
       <c r="N67" s="20">
         <v>0</v>
       </c>
       <c r="O67" s="20">
-        <v>167533811.9</v>
+        <v>192982277.67</v>
       </c>
       <c r="P67" s="20">
-        <v>74275020.94</v>
+        <v>85556896.36</v>
       </c>
       <c r="Q67" s="35">
-        <v>2412287853.14</v>
+        <v>2770234832.63</v>
       </c>
     </row>
     <row r="68" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B68" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C68" s="15">
-        <v>1961055556.29</v>
+        <v>2252431153.88</v>
       </c>
       <c r="E68" s="15">
-        <v>204079007.81</v>
+        <v>233121226.82</v>
       </c>
       <c r="F68" s="15">
-        <v>65990.16</v>
+        <v>67932.51</v>
       </c>
       <c r="I68" s="15">
-        <v>4214310.46</v>
+        <v>4894289.12</v>
       </c>
       <c r="J68" s="15">
         <v>0</v>
       </c>
       <c r="K68" s="15">
-        <v>4193.76</v>
+        <v>4078.51</v>
       </c>
       <c r="L68" s="15">
-        <v>1059961.82</v>
+        <v>1176977.76</v>
       </c>
       <c r="N68" s="15">
         <v>0</v>
       </c>
       <c r="O68" s="15">
-        <v>167533811.9</v>
+        <v>192982277.67</v>
       </c>
       <c r="P68" s="15">
-        <v>74275020.94</v>
+        <v>85556896.36</v>
       </c>
       <c r="Q68" s="34">
-        <v>2412287853.14</v>
+        <v>2770234832.63</v>
       </c>
     </row>
     <row r="69" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B69" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C69" s="20">
-        <v>1249223573.75</v>
+        <v>1431470071.36</v>
       </c>
       <c r="E69" s="20">
-        <v>102183709.82</v>
+        <v>118020871.18</v>
       </c>
       <c r="F69" s="20">
-        <v>4727.89</v>
+        <v>4592.53</v>
       </c>
       <c r="I69" s="20">
-        <v>29888.43</v>
+        <v>36802.68</v>
       </c>
       <c r="J69" s="20">
         <v>0</v>
       </c>
       <c r="K69" s="20">
-        <v>645.91</v>
+        <v>646.27</v>
       </c>
       <c r="L69" s="20">
-        <v>2238193.58</v>
+        <v>2429693.08</v>
       </c>
       <c r="N69" s="20">
         <v>0</v>
       </c>
       <c r="O69" s="20">
-        <v>73702422.34</v>
+        <v>84439001.17</v>
       </c>
       <c r="P69" s="20">
-        <v>43584924.98</v>
+        <v>50124365.18</v>
       </c>
       <c r="Q69" s="35">
-        <v>1470968086.7</v>
+        <v>1686526043.45</v>
       </c>
     </row>
     <row r="70" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B70" s="14" t="s">
         <v>73</v>
       </c>
       <c r="C70" s="15">
-        <v>1249223573.75</v>
+        <v>1431470071.36</v>
       </c>
       <c r="E70" s="15">
-        <v>102183709.82</v>
+        <v>118020871.18</v>
       </c>
       <c r="F70" s="15">
-        <v>4727.89</v>
+        <v>4592.53</v>
       </c>
       <c r="I70" s="15">
-        <v>29888.43</v>
+        <v>36802.68</v>
       </c>
       <c r="J70" s="15">
         <v>0</v>
       </c>
       <c r="K70" s="15">
-        <v>645.91</v>
+        <v>646.27</v>
       </c>
       <c r="L70" s="15">
-        <v>2238193.58</v>
+        <v>2429693.08</v>
       </c>
       <c r="N70" s="15">
         <v>0</v>
       </c>
       <c r="O70" s="15">
-        <v>73702422.34</v>
+        <v>84439001.17</v>
       </c>
       <c r="P70" s="15">
-        <v>43584924.98</v>
+        <v>50124365.18</v>
       </c>
       <c r="Q70" s="34">
-        <v>1470968086.7</v>
+        <v>1686526043.45</v>
       </c>
     </row>
     <row r="71" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B71" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C71" s="20">
-        <v>2210514894.54</v>
+        <v>2544900949.16</v>
       </c>
       <c r="E71" s="20">
-        <v>277360184.76</v>
+        <v>316876442.2</v>
       </c>
       <c r="F71" s="20">
-        <v>6804.62</v>
+        <v>6830.74</v>
       </c>
       <c r="I71" s="20">
-        <v>7575071.84</v>
+        <v>8923197.09</v>
       </c>
       <c r="J71" s="20">
-        <v>21437.63</v>
+        <v>21759.17</v>
       </c>
       <c r="K71" s="20">
-        <v>2459.77</v>
+        <v>2460.15</v>
       </c>
       <c r="L71" s="20">
-        <v>1613168.24</v>
+        <v>1698801.91</v>
       </c>
       <c r="N71" s="20">
         <v>0</v>
       </c>
       <c r="O71" s="20">
-        <v>219254912.06</v>
+        <v>250473587.65</v>
       </c>
       <c r="P71" s="20">
-        <v>82694414.32</v>
+        <v>95434467.09</v>
       </c>
       <c r="Q71" s="35">
-        <v>2799043347.78</v>
+        <v>3218338495.16</v>
       </c>
     </row>
     <row r="72" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B72" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C72" s="20">
-        <v>846360878.16</v>
+        <v>973033842.49</v>
       </c>
       <c r="E72" s="20">
-        <v>86937857.38</v>
+        <v>99302015.62</v>
       </c>
       <c r="F72" s="20">
-        <v>1677.31</v>
+        <v>1624.06</v>
       </c>
       <c r="I72" s="20">
-        <v>4160604.18</v>
+        <v>4825930.52</v>
       </c>
       <c r="J72" s="20">
         <v>0</v>
       </c>
       <c r="K72" s="20">
         <v>27.9</v>
       </c>
       <c r="L72" s="20">
-        <v>403164.87</v>
+        <v>455925.9</v>
       </c>
       <c r="N72" s="20">
         <v>0</v>
       </c>
       <c r="O72" s="20">
-        <v>74325718.98</v>
+        <v>85754633.82</v>
       </c>
       <c r="P72" s="20">
-        <v>31400316.91</v>
+        <v>36192296.11</v>
       </c>
       <c r="Q72" s="35">
-        <v>1043590245.69</v>
+        <v>1199566296.42</v>
       </c>
     </row>
     <row r="73" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B73" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C73" s="20">
-        <v>4098747868.18</v>
+        <v>4673144997.86</v>
       </c>
       <c r="E73" s="20">
-        <v>398264257.15</v>
+        <v>451520017.54</v>
       </c>
       <c r="F73" s="20">
-        <v>7626.6</v>
+        <v>7138.17</v>
       </c>
       <c r="I73" s="20">
-        <v>26491580.74</v>
+        <v>30500588.09</v>
       </c>
       <c r="J73" s="20">
-        <v>18748.85</v>
+        <v>21006.98</v>
       </c>
       <c r="K73" s="20">
-        <v>27610.54</v>
+        <v>28773.57</v>
       </c>
       <c r="L73" s="20">
-        <v>3432747.28</v>
+        <v>3715673.67</v>
       </c>
       <c r="N73" s="20">
         <v>0</v>
       </c>
       <c r="O73" s="20">
-        <v>328374684.43</v>
+        <v>380021085.5</v>
       </c>
       <c r="P73" s="20">
-        <v>148468684.02</v>
+        <v>170327506.94</v>
       </c>
       <c r="Q73" s="35">
-        <v>5003833807.79</v>
+        <v>5709286788.32</v>
       </c>
     </row>
     <row r="74" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B74" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C74" s="15">
-        <v>7155623640.88</v>
+        <v>8191079789.51</v>
       </c>
       <c r="E74" s="15">
-        <v>762562299.29</v>
+        <v>867698475.36</v>
       </c>
       <c r="F74" s="15">
-        <v>16108.53</v>
+        <v>15592.97</v>
       </c>
       <c r="I74" s="15">
-        <v>38227256.76</v>
+        <v>44249715.7</v>
       </c>
       <c r="J74" s="15">
-        <v>40186.48</v>
+        <v>42766.15</v>
       </c>
       <c r="K74" s="15">
-        <v>30098.21</v>
+        <v>31261.62</v>
       </c>
       <c r="L74" s="15">
-        <v>5449080.39</v>
+        <v>5870401.48</v>
       </c>
       <c r="N74" s="15">
         <v>0</v>
       </c>
       <c r="O74" s="15">
-        <v>621955315.47</v>
+        <v>716249306.97</v>
       </c>
       <c r="P74" s="15">
-        <v>262563415.25</v>
+        <v>301954270.14</v>
       </c>
       <c r="Q74" s="34">
-        <v>8846467401.26</v>
+        <v>10127191579.9</v>
       </c>
     </row>
     <row r="75" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B75" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C75" s="20">
-        <v>761519583.95</v>
+        <v>873535675.27</v>
       </c>
       <c r="E75" s="20">
-        <v>45413499.92</v>
+        <v>52071711.57</v>
       </c>
       <c r="F75" s="20">
         <v>-920.93</v>
       </c>
       <c r="I75" s="20">
         <v>327.32</v>
       </c>
       <c r="J75" s="20">
-        <v>12647.4</v>
+        <v>14755.3</v>
       </c>
       <c r="K75" s="20">
         <v>-29.32</v>
       </c>
       <c r="L75" s="20">
-        <v>756778.73</v>
+        <v>856708.53</v>
       </c>
       <c r="N75" s="20">
         <v>0</v>
       </c>
       <c r="O75" s="20">
-        <v>38904375.3</v>
+        <v>44627122.65</v>
       </c>
       <c r="P75" s="20">
-        <v>25600193.06</v>
+        <v>29490770.54</v>
       </c>
       <c r="Q75" s="35">
-        <v>872206455.43</v>
+        <v>1000596120.93</v>
       </c>
     </row>
     <row r="76" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B76" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C76" s="20">
-        <v>1386787242.37</v>
+        <v>1589833753.82</v>
       </c>
       <c r="E76" s="20">
-        <v>195606496.57</v>
+        <v>224651844.21</v>
       </c>
       <c r="F76" s="20">
         <v>-17.51</v>
       </c>
       <c r="I76" s="20">
-        <v>4309716.49</v>
+        <v>5052192.31</v>
       </c>
       <c r="J76" s="20">
         <v>0</v>
       </c>
       <c r="K76" s="20">
         <v>-50</v>
       </c>
       <c r="L76" s="20">
-        <v>4139434.64</v>
+        <v>4737468.65</v>
       </c>
       <c r="N76" s="20">
         <v>0</v>
       </c>
       <c r="O76" s="20">
-        <v>83995131.93</v>
+        <v>96249260.04</v>
       </c>
       <c r="P76" s="20">
-        <v>50661988.27</v>
+        <v>58622784.37</v>
       </c>
       <c r="Q76" s="35">
-        <v>1725499942.76</v>
+        <v>1979147235.89</v>
       </c>
     </row>
     <row r="77" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B77" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C77" s="20">
-        <v>2170616423.33</v>
+        <v>2488274078.9</v>
       </c>
       <c r="E77" s="20">
-        <v>194699343.07</v>
+        <v>223325066.79</v>
       </c>
       <c r="F77" s="20">
         <v>-151.65</v>
       </c>
       <c r="I77" s="20">
-        <v>16953615.96</v>
+        <v>19355432.2</v>
       </c>
       <c r="J77" s="20">
-        <v>23497.99</v>
+        <v>25645.5</v>
       </c>
       <c r="K77" s="20">
-        <v>590.32</v>
+        <v>-489.94</v>
       </c>
       <c r="L77" s="20">
-        <v>2655031.82</v>
+        <v>3014950.98</v>
       </c>
       <c r="N77" s="20">
         <v>0</v>
       </c>
       <c r="O77" s="20">
-        <v>127718630.5</v>
+        <v>146730574.56</v>
       </c>
       <c r="P77" s="20">
-        <v>78257775.12</v>
+        <v>90095172.75</v>
       </c>
       <c r="Q77" s="35">
-        <v>2590924756.46</v>
+        <v>2970820280.09</v>
       </c>
     </row>
     <row r="78" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B78" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C78" s="15">
-        <v>4318923249.65</v>
+        <v>4951643507.99</v>
       </c>
       <c r="E78" s="15">
-        <v>435719339.56</v>
+        <v>500048622.57</v>
       </c>
       <c r="F78" s="15">
         <v>-1090.09</v>
       </c>
       <c r="I78" s="15">
-        <v>21263659.77</v>
+        <v>24407951.83</v>
       </c>
       <c r="J78" s="15">
-        <v>36145.39</v>
+        <v>40400.8</v>
       </c>
       <c r="K78" s="15">
-        <v>511</v>
+        <v>-569.26</v>
       </c>
       <c r="L78" s="15">
-        <v>7551245.19</v>
+        <v>8609128.16</v>
       </c>
       <c r="N78" s="15">
         <v>0</v>
       </c>
       <c r="O78" s="15">
-        <v>250618137.73</v>
+        <v>287606957.25</v>
       </c>
       <c r="P78" s="15">
-        <v>154519956.45</v>
+        <v>178208727.66</v>
       </c>
       <c r="Q78" s="34">
-        <v>5188631154.65</v>
+        <v>5950563636.91</v>
       </c>
     </row>
     <row r="79" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B79" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C79" s="20">
-        <v>71456658.37</v>
+        <v>82270943.49</v>
       </c>
       <c r="E79" s="20">
-        <v>3437630.49</v>
+        <v>3940433.84</v>
       </c>
       <c r="F79" s="20">
         <v>0</v>
       </c>
       <c r="I79" s="20">
-        <v>1488378.81</v>
+        <v>1761043.4</v>
       </c>
       <c r="J79" s="20">
         <v>0</v>
       </c>
       <c r="K79" s="20">
         <v>0</v>
       </c>
       <c r="L79" s="20">
-        <v>618523.68</v>
+        <v>708728.16</v>
       </c>
       <c r="N79" s="20">
         <v>0</v>
       </c>
       <c r="O79" s="20">
-        <v>29332338.67</v>
+        <v>33584801.11</v>
       </c>
       <c r="P79" s="20">
-        <v>3202293.6</v>
+        <v>3690498.27</v>
       </c>
       <c r="Q79" s="35">
-        <v>109535823.62</v>
+        <v>125956448.27</v>
       </c>
     </row>
     <row r="80" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B80" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C80" s="15">
-        <v>71456658.37</v>
+        <v>82270943.49</v>
       </c>
       <c r="E80" s="15">
-        <v>3437630.49</v>
+        <v>3940433.84</v>
       </c>
       <c r="F80" s="15">
         <v>0</v>
       </c>
       <c r="I80" s="15">
-        <v>1488378.81</v>
+        <v>1761043.4</v>
       </c>
       <c r="J80" s="15">
         <v>0</v>
       </c>
       <c r="K80" s="15">
         <v>0</v>
       </c>
       <c r="L80" s="15">
-        <v>618523.68</v>
+        <v>708728.16</v>
       </c>
       <c r="N80" s="15">
         <v>0</v>
       </c>
       <c r="O80" s="15">
-        <v>29332338.67</v>
+        <v>33584801.11</v>
       </c>
       <c r="P80" s="15">
-        <v>3202293.6</v>
+        <v>3690498.27</v>
       </c>
       <c r="Q80" s="34">
-        <v>109535823.62</v>
+        <v>125956448.27</v>
       </c>
     </row>
     <row r="81" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B81" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C81" s="20">
-        <v>66809002.58</v>
+        <v>76641670.95</v>
       </c>
       <c r="E81" s="20">
-        <v>4101870.82</v>
+        <v>4645542.35</v>
       </c>
       <c r="F81" s="20">
         <v>0</v>
       </c>
       <c r="I81" s="20">
-        <v>197891.1</v>
+        <v>228896.46</v>
       </c>
       <c r="J81" s="20">
         <v>0</v>
       </c>
       <c r="K81" s="20">
         <v>-609.55</v>
       </c>
       <c r="L81" s="20">
-        <v>1498556.62</v>
+        <v>1710927.68</v>
       </c>
       <c r="N81" s="20">
         <v>0</v>
       </c>
       <c r="O81" s="20">
-        <v>28159278.38</v>
+        <v>32147433.89</v>
       </c>
       <c r="P81" s="20">
-        <v>2945835.41</v>
+        <v>3386226.19</v>
       </c>
       <c r="Q81" s="35">
-        <v>103711825.36</v>
+        <v>118760087.97</v>
       </c>
     </row>
     <row r="82" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B82" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C82" s="15">
-        <v>66809002.58</v>
+        <v>76641670.95</v>
       </c>
       <c r="E82" s="15">
-        <v>4101870.82</v>
+        <v>4645542.35</v>
       </c>
       <c r="F82" s="15">
         <v>0</v>
       </c>
       <c r="I82" s="15">
-        <v>197891.1</v>
+        <v>228896.46</v>
       </c>
       <c r="J82" s="15">
         <v>0</v>
       </c>
       <c r="K82" s="15">
         <v>-609.55</v>
       </c>
       <c r="L82" s="15">
-        <v>1498556.62</v>
+        <v>1710927.68</v>
       </c>
       <c r="N82" s="15">
         <v>0</v>
       </c>
       <c r="O82" s="15">
-        <v>28159278.38</v>
+        <v>32147433.89</v>
       </c>
       <c r="P82" s="15">
-        <v>2945835.41</v>
+        <v>3386226.19</v>
       </c>
       <c r="Q82" s="34">
-        <v>103711825.36</v>
+        <v>118760087.97</v>
       </c>
     </row>
     <row r="83" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B83" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C83" s="15">
-        <v>-639273311.65</v>
+        <v>-639291959.56</v>
       </c>
       <c r="E83" s="15">
         <v>-285518790.77</v>
       </c>
       <c r="F83" s="15">
         <v>0</v>
       </c>
       <c r="I83" s="15">
         <v>0</v>
       </c>
       <c r="J83" s="15">
         <v>0</v>
       </c>
       <c r="K83" s="15">
         <v>0</v>
       </c>
       <c r="L83" s="15">
         <v>0</v>
       </c>
       <c r="N83" s="15">
         <v>0</v>
       </c>
       <c r="O83" s="15">
         <v>0</v>
       </c>
       <c r="P83" s="15">
         <v>0</v>
       </c>
       <c r="Q83" s="34">
-        <v>-924792102.42</v>
+        <v>-924810750.33</v>
       </c>
     </row>
     <row r="84" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B84" s="25" t="s">
         <v>87</v>
       </c>
       <c r="C84" s="26">
-        <v>74621509831.55</v>
+        <v>85771054520.4</v>
       </c>
       <c r="D84" s="27"/>
       <c r="E84" s="26">
-        <v>6503786185.92</v>
+        <v>7466632633.94</v>
       </c>
       <c r="F84" s="26">
-        <v>406135.15</v>
+        <v>418301.41</v>
       </c>
       <c r="G84" s="27"/>
       <c r="H84" s="27"/>
       <c r="I84" s="26">
-        <v>242789797.92</v>
+        <v>281058294.35</v>
       </c>
       <c r="J84" s="26">
-        <v>30927903.58</v>
+        <v>34935743.55</v>
       </c>
       <c r="K84" s="26">
-        <v>71694.03</v>
+        <v>72177.26</v>
       </c>
       <c r="L84" s="26">
-        <v>219557382.23</v>
+        <v>251427985.04</v>
       </c>
       <c r="M84" s="27"/>
       <c r="N84" s="26">
         <v>0</v>
       </c>
       <c r="O84" s="26">
-        <v>5721656544.96</v>
+        <v>6536834835.2</v>
       </c>
       <c r="P84" s="26">
-        <v>2807420019.17</v>
+        <v>3237481939.1</v>
       </c>
       <c r="Q84" s="36">
-        <v>90148125494.51</v>
+        <v>103579916430.25</v>
       </c>
     </row>
     <row r="85" ht="5" customHeight="1" s="1" customFormat="1"/>
     <row r="86" ht="17" customHeight="1" s="1" customFormat="1">
       <c r="B86" s="45" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
     </row>
     <row r="87" ht="5.5" customHeight="1" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:C5"/>
     <mergeCell ref="G3:L3"/>
     <mergeCell ref="G5:L6"/>
     <mergeCell ref="G8:L8"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="F11:H11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="F12:H12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="F13:H13"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="F14:H14"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="F15:H15"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="F16:H16"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="F17:H17"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="F18:H18"/>