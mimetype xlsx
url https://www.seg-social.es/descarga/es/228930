--- v2 (2025-12-26)
+++ v3 (2026-01-20)
@@ -25,81 +25,81 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="GastosComXC" sheetId="1" r:id="rId1"/>
     <sheet name="GastosComInf2bXC" sheetId="2" r:id="rId3"/>
     <sheet name="GastosCom3XC" sheetId="3" r:id="rId4"/>
     <sheet name="IngresosComXC" sheetId="4" r:id="rId5"/>
     <sheet name="IngresosComInf2XC" sheetId="5" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'GastosComXC'!$1:$9</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'GastosComInf2bXC'!$1:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'GastosCom3XC'!$1:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'IngresosComXC'!$1:$8</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'IngresosComInf2XC'!$1:$9</definedName>
   </definedNames>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="571" uniqueCount="571">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="574" uniqueCount="574">
   <si>
     <t>ENTIDADES GESTORAS Y SERVICIOS COMUNES DE LA SEGURIDAD SOCIAL</t>
   </si>
   <si>
     <t>DISTRIBUCIÓN GEOGRÁFICA DE LAS OBLIGACIONES RECONOCIDAS NETAS</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">CAPÍTULOS  </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">A FIN DE OCTUBRE DE 2025</t>
+      <t xml:space="preserve">A FIN DE NOVIEMBRE DE 2025</t>
     </r>
   </si>
   <si>
     <t>DISTRIBUCIÓN GEOGRÁFICA</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">1 
 </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
@@ -1460,51 +1460,51 @@
     <t xml:space="preserve">A partir del Ejercicio 2014, el epígrafe  'Pensiones' no incorpora las cantidades correspondientes a los Complementos a Mínimo de Pensiones Contributivas</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">PRESTACIONES CONTRIBUTIVAS. PENSIONES  </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">A FIN DE OCTUBRE DE 2025</t>
+      <t xml:space="preserve">A FIN DE NOVIEMBRE DE 2025</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">            INVALIDEZ</t>
   </si>
   <si>
     <t xml:space="preserve">      JUBILACIÓN</t>
   </si>
   <si>
     <t xml:space="preserve">       VIUDEDAD</t>
   </si>
   <si>
     <t xml:space="preserve">      ORFANDAD</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
@@ -1528,51 +1528,51 @@
     <t xml:space="preserve">                   TOTAL</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">PRESTACIONES CONTRIBUTIVAS. SUBSIDIOS Y OTRAS PRESTACIONES </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">A FIN DE OCTUBRE DE 2025</t>
+      <t xml:space="preserve">A FIN DE NOVIEMBRE DE 2025</t>
     </r>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">INCAPACIDAD
 </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
@@ -1791,51 +1791,51 @@
     <t xml:space="preserve">DISTRIBUCIÓN GEOGRÁFICA DE LOS DERECHOS RECONOCIDOS NETOS </t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">CAPÍTULOS </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">A FIN DE OCTUBRE DE 2025</t>
+      <t xml:space="preserve">A FIN DE NOVIEMBRE DE 2025</t>
     </r>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">1 
 </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
@@ -2048,1411 +2048,1420 @@
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">PASIVOS 
 </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">FINANCIEROS</t>
     </r>
   </si>
   <si>
-    <t>1.268.402.411,44</t>
-[...5 lines deleted...]
-    <t>13.786,59</t>
+    <t>1.427.387.148,31</t>
+  </si>
+  <si>
+    <t>18.401.491,51</t>
+  </si>
+  <si>
+    <t>15.559,44</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>15.124,00</t>
   </si>
   <si>
-    <t>1.285.549.111,19</t>
-[...113 lines deleted...]
-    <t>164.156,60</t>
+    <t>1.445.819.323,26</t>
+  </si>
+  <si>
+    <t>72.339,37</t>
+  </si>
+  <si>
+    <t>1.445.891.662,63</t>
+  </si>
+  <si>
+    <t>2.147.166.592,74</t>
+  </si>
+  <si>
+    <t>28.352.547,55</t>
+  </si>
+  <si>
+    <t>711.335,63</t>
+  </si>
+  <si>
+    <t>17.156,04</t>
+  </si>
+  <si>
+    <t>2.176.247.631,96</t>
+  </si>
+  <si>
+    <t>113.140,66</t>
+  </si>
+  <si>
+    <t>2.176.360.772,62</t>
+  </si>
+  <si>
+    <t>1.370.418.804,48</t>
+  </si>
+  <si>
+    <t>16.000.488,74</t>
+  </si>
+  <si>
+    <t>51.219,26</t>
+  </si>
+  <si>
+    <t>1.386.470.512,48</t>
+  </si>
+  <si>
+    <t>84.595,72</t>
+  </si>
+  <si>
+    <t>1.386.555.108,20</t>
+  </si>
+  <si>
+    <t>1.711.988.516,79</t>
+  </si>
+  <si>
+    <t>18.479.006,71</t>
+  </si>
+  <si>
+    <t>55.440,74</t>
+  </si>
+  <si>
+    <t>1.730.522.964,24</t>
+  </si>
+  <si>
+    <t>77.134,42</t>
+  </si>
+  <si>
+    <t>1.730.600.098,66</t>
+  </si>
+  <si>
+    <t>1.042.037.788,89</t>
+  </si>
+  <si>
+    <t>10.911.755,41</t>
+  </si>
+  <si>
+    <t>374.797,68</t>
+  </si>
+  <si>
+    <t>8.899,86</t>
+  </si>
+  <si>
+    <t>1.053.333.241,84</t>
+  </si>
+  <si>
+    <t>51.431,81</t>
+  </si>
+  <si>
+    <t>1.053.384.673,65</t>
+  </si>
+  <si>
+    <t>1.015.453.244,94</t>
+  </si>
+  <si>
+    <t>9.318.663,43</t>
+  </si>
+  <si>
+    <t>15.127,11</t>
+  </si>
+  <si>
+    <t>89.212,75</t>
+  </si>
+  <si>
+    <t>1.024.876.248,23</t>
+  </si>
+  <si>
+    <t>66.627,57</t>
+  </si>
+  <si>
+    <t>1.024.942.875,80</t>
+  </si>
+  <si>
+    <t>3.598.255.477,74</t>
+  </si>
+  <si>
+    <t>52.047.102,68</t>
+  </si>
+  <si>
+    <t>185.469,05</t>
   </si>
   <si>
     <t>919.062,00</t>
   </si>
   <si>
-    <t>3.236.024.991,41</t>
-[...35 lines deleted...]
-    <t>91.462,54</t>
+    <t>3.651.407.111,47</t>
+  </si>
+  <si>
+    <t>158.274,46</t>
+  </si>
+  <si>
+    <t>3.651.565.385,93</t>
+  </si>
+  <si>
+    <t>4.095.664.191,35</t>
+  </si>
+  <si>
+    <t>42.274.109,38</t>
+  </si>
+  <si>
+    <t>1.355.075,84</t>
+  </si>
+  <si>
+    <t>4.139.293.376,57</t>
+  </si>
+  <si>
+    <t>142.451,22</t>
+  </si>
+  <si>
+    <t>4.139.435.827,79</t>
+  </si>
+  <si>
+    <t>16.408.371.765,24</t>
+  </si>
+  <si>
+    <t>195.785.165,41</t>
+  </si>
+  <si>
+    <t>2.764.024,75</t>
+  </si>
+  <si>
+    <t>115.268,65</t>
   </si>
   <si>
     <t>934.186,00</t>
   </si>
   <si>
-    <t>14.740.965.586,85</t>
-[...17 lines deleted...]
-    <t>58.115,50</t>
+    <t>16.607.970.410,05</t>
+  </si>
+  <si>
+    <t>765.995,23</t>
+  </si>
+  <si>
+    <t>16.608.736.405,28</t>
+  </si>
+  <si>
+    <t>535.983.901,14</t>
+  </si>
+  <si>
+    <t>3.506.861,56</t>
+  </si>
+  <si>
+    <t>9.086,41</t>
+  </si>
+  <si>
+    <t>63.364,49</t>
   </si>
   <si>
     <t>284.833,00</t>
   </si>
   <si>
-    <t>477.230.755,09</t>
-[...14 lines deleted...]
-    <t>8.902,43</t>
+    <t>539.848.046,60</t>
+  </si>
+  <si>
+    <t>14.871,98</t>
+  </si>
+  <si>
+    <t>539.862.918,58</t>
+  </si>
+  <si>
+    <t>279.848.770,95</t>
+  </si>
+  <si>
+    <t>1.512.035,09</t>
+  </si>
+  <si>
+    <t>10.073,61</t>
   </si>
   <si>
     <t>107.535,60</t>
   </si>
   <si>
-    <t>250.224.029,83</t>
-[...59 lines deleted...]
-    <t>108.328,62</t>
+    <t>281.478.415,25</t>
+  </si>
+  <si>
+    <t>15.093,82</t>
+  </si>
+  <si>
+    <t>281.493.509,07</t>
+  </si>
+  <si>
+    <t>2.515.898.315,94</t>
+  </si>
+  <si>
+    <t>25.228.057,79</t>
+  </si>
+  <si>
+    <t>393.216,03</t>
+  </si>
+  <si>
+    <t>13.375,47</t>
+  </si>
+  <si>
+    <t>2.541.532.965,23</t>
+  </si>
+  <si>
+    <t>62.655,11</t>
+  </si>
+  <si>
+    <t>2.541.595.620,34</t>
+  </si>
+  <si>
+    <t>3.331.730.988,03</t>
+  </si>
+  <si>
+    <t>30.246.954,44</t>
+  </si>
+  <si>
+    <t>412.376,05</t>
+  </si>
+  <si>
+    <t>184.275,56</t>
+  </si>
+  <si>
+    <t>3.362.859.427,08</t>
+  </si>
+  <si>
+    <t>92.620,91</t>
+  </si>
+  <si>
+    <t>3.362.952.047,99</t>
+  </si>
+  <si>
+    <t>2.181.647.938,32</t>
+  </si>
+  <si>
+    <t>17.992.547,84</t>
+  </si>
+  <si>
+    <t>1.521.917,84</t>
+  </si>
+  <si>
+    <t>118.175,77</t>
   </si>
   <si>
     <t>649.702,00</t>
   </si>
   <si>
-    <t>1.951.155.039,91</t>
-[...17 lines deleted...]
-    <t>153.812,37</t>
+    <t>2.201.930.281,77</t>
+  </si>
+  <si>
+    <t>46.844,09</t>
+  </si>
+  <si>
+    <t>2.201.977.125,86</t>
+  </si>
+  <si>
+    <t>3.272.546.261,30</t>
+  </si>
+  <si>
+    <t>38.851.947,94</t>
+  </si>
+  <si>
+    <t>147.750,17</t>
+  </si>
+  <si>
+    <t>158.863,42</t>
   </si>
   <si>
     <t>477,86</t>
   </si>
   <si>
-    <t>2.893.037.324,53</t>
-[...14 lines deleted...]
-    <t>148.362,62</t>
+    <t>3.311.705.300,69</t>
+  </si>
+  <si>
+    <t>81.631,97</t>
+  </si>
+  <si>
+    <t>3.311.786.932,66</t>
+  </si>
+  <si>
+    <t>2.498.286.028,03</t>
+  </si>
+  <si>
+    <t>34.858.426,77</t>
+  </si>
+  <si>
+    <t>167.032,70</t>
   </si>
   <si>
     <t>5.688,00</t>
   </si>
   <si>
-    <t>2.264.188.252,01</t>
-[...14 lines deleted...]
-    <t>112.808,22</t>
+    <t>2.533.317.175,50</t>
+  </si>
+  <si>
+    <t>134.498,36</t>
+  </si>
+  <si>
+    <t>2.533.451.673,86</t>
+  </si>
+  <si>
+    <t>2.207.912.645,26</t>
+  </si>
+  <si>
+    <t>27.009.793,97</t>
+  </si>
+  <si>
+    <t>126.850,51</t>
   </si>
   <si>
     <t>82.000,00</t>
   </si>
   <si>
-    <t>1.985.000.404,79</t>
-[...74 lines deleted...]
-    <t>266.636,15</t>
+    <t>2.235.131.289,74</t>
+  </si>
+  <si>
+    <t>65.246,66</t>
+  </si>
+  <si>
+    <t>2.235.196.536,40</t>
+  </si>
+  <si>
+    <t>4.706.198.673,29</t>
+  </si>
+  <si>
+    <t>61.868.220,74</t>
+  </si>
+  <si>
+    <t>293.883,21</t>
+  </si>
+  <si>
+    <t>4.768.448.465,24</t>
+  </si>
+  <si>
+    <t>199.745,02</t>
+  </si>
+  <si>
+    <t>4.768.648.210,26</t>
+  </si>
+  <si>
+    <t>1.246.138.351,77</t>
+  </si>
+  <si>
+    <t>10.060.630,63</t>
+  </si>
+  <si>
+    <t>152.185,26</t>
+  </si>
+  <si>
+    <t>55.998,98</t>
+  </si>
+  <si>
+    <t>1.256.407.166,64</t>
+  </si>
+  <si>
+    <t>35.052,64</t>
+  </si>
+  <si>
+    <t>1.256.442.219,28</t>
+  </si>
+  <si>
+    <t>741.367.766,48</t>
+  </si>
+  <si>
+    <t>8.387.176,76</t>
+  </si>
+  <si>
+    <t>17.474,43</t>
+  </si>
+  <si>
+    <t>113.190,78</t>
+  </si>
+  <si>
+    <t>749.885.608,45</t>
+  </si>
+  <si>
+    <t>35.333,14</t>
+  </si>
+  <si>
+    <t>749.920.941,59</t>
+  </si>
+  <si>
+    <t>860.398.279,41</t>
+  </si>
+  <si>
+    <t>7.687.256,96</t>
+  </si>
+  <si>
+    <t>300.539,34</t>
   </si>
   <si>
     <t>272.000,00</t>
   </si>
   <si>
-    <t>769.321.438,75</t>
-[...11 lines deleted...]
-    <t>3.166.871,48</t>
+    <t>868.658.075,71</t>
+  </si>
+  <si>
+    <t>12.870,41</t>
+  </si>
+  <si>
+    <t>868.670.946,12</t>
+  </si>
+  <si>
+    <t>350.590.827,17</t>
+  </si>
+  <si>
+    <t>3.570.844,00</t>
   </si>
   <si>
     <t>14,29</t>
   </si>
   <si>
-    <t>313.503.169,08</t>
-[...14 lines deleted...]
-    <t>33.175,24</t>
+    <t>354.161.685,46</t>
+  </si>
+  <si>
+    <t>9.334,02</t>
+  </si>
+  <si>
+    <t>354.171.019,48</t>
+  </si>
+  <si>
+    <t>582.515.656,56</t>
+  </si>
+  <si>
+    <t>6.658.782,94</t>
+  </si>
+  <si>
+    <t>37.365,06</t>
   </si>
   <si>
     <t>36.850,78</t>
   </si>
   <si>
-    <t>521.859.739,11</t>
-[...50 lines deleted...]
-    <t>1.843.426,99</t>
+    <t>589.248.655,34</t>
+  </si>
+  <si>
+    <t>42.455,29</t>
+  </si>
+  <si>
+    <t>589.291.110,63</t>
+  </si>
+  <si>
+    <t>1.335.774.846,59</t>
+  </si>
+  <si>
+    <t>10.557.250,32</t>
+  </si>
+  <si>
+    <t>198.421,78</t>
+  </si>
+  <si>
+    <t>1.346.530.518,69</t>
+  </si>
+  <si>
+    <t>33.710,23</t>
+  </si>
+  <si>
+    <t>1.346.564.228,92</t>
+  </si>
+  <si>
+    <t>3.870.647.376,21</t>
+  </si>
+  <si>
+    <t>36.861.310,98</t>
+  </si>
+  <si>
+    <t>553.814,90</t>
+  </si>
+  <si>
+    <t>150.041,56</t>
+  </si>
+  <si>
+    <t>3.908.484.543,65</t>
+  </si>
+  <si>
+    <t>133.703,09</t>
+  </si>
+  <si>
+    <t>3.908.618.246,74</t>
+  </si>
+  <si>
+    <t>263.621.163,66</t>
+  </si>
+  <si>
+    <t>1.980.547,52</t>
   </si>
   <si>
     <t>6.250,00</t>
   </si>
   <si>
-    <t>235.146.319,22</t>
-[...14 lines deleted...]
-    <t>292.043,67</t>
+    <t>265.607.961,18</t>
+  </si>
+  <si>
+    <t>3.984,60</t>
+  </si>
+  <si>
+    <t>265.611.945,78</t>
+  </si>
+  <si>
+    <t>864.473.154,50</t>
+  </si>
+  <si>
+    <t>5.490.438,84</t>
+  </si>
+  <si>
+    <t>328.869,46</t>
   </si>
   <si>
     <t>21.722,52</t>
   </si>
   <si>
-    <t>771.955.538,93</t>
-[...74 lines deleted...]
-    <t>9.703,96</t>
+    <t>870.314.185,32</t>
+  </si>
+  <si>
+    <t>10.640,86</t>
+  </si>
+  <si>
+    <t>870.324.826,18</t>
+  </si>
+  <si>
+    <t>852.646.120,60</t>
+  </si>
+  <si>
+    <t>6.148.885,01</t>
+  </si>
+  <si>
+    <t>45.933,01</t>
+  </si>
+  <si>
+    <t>858.840.938,62</t>
+  </si>
+  <si>
+    <t>28.981,43</t>
+  </si>
+  <si>
+    <t>858.869.920,05</t>
+  </si>
+  <si>
+    <t>341.496.913,09</t>
+  </si>
+  <si>
+    <t>1.515.404,32</t>
+  </si>
+  <si>
+    <t>209.729,22</t>
+  </si>
+  <si>
+    <t>99.028,26</t>
+  </si>
+  <si>
+    <t>343.321.074,89</t>
+  </si>
+  <si>
+    <t>11.776,72</t>
+  </si>
+  <si>
+    <t>343.332.851,61</t>
+  </si>
+  <si>
+    <t>623.740.575,25</t>
+  </si>
+  <si>
+    <t>5.546.792,86</t>
+  </si>
+  <si>
+    <t>45.009,66</t>
+  </si>
+  <si>
+    <t>5.776,87</t>
+  </si>
+  <si>
+    <t>629.338.154,64</t>
+  </si>
+  <si>
+    <t>31.264,19</t>
+  </si>
+  <si>
+    <t>629.369.418,83</t>
+  </si>
+  <si>
+    <t>311.612.633,90</t>
+  </si>
+  <si>
+    <t>2.406.457,27</t>
+  </si>
+  <si>
+    <t>10.642,00</t>
   </si>
   <si>
     <t>3.847.640,00</t>
   </si>
   <si>
-    <t>281.756.170,77</t>
-[...17 lines deleted...]
-    <t>181.573.582,68</t>
+    <t>317.877.373,17</t>
+  </si>
+  <si>
+    <t>10.011,00</t>
+  </si>
+  <si>
+    <t>317.887.384,17</t>
+  </si>
+  <si>
+    <t>202.508.008,59</t>
+  </si>
+  <si>
+    <t>2.161.059,03</t>
+  </si>
+  <si>
+    <t>21.227,31</t>
+  </si>
+  <si>
+    <t>204.690.294,93</t>
   </si>
   <si>
     <t>1.323,00</t>
   </si>
   <si>
-    <t>181.574.905,68</t>
-[...53 lines deleted...]
-    <t>285.604,22</t>
+    <t>204.691.617,93</t>
+  </si>
+  <si>
+    <t>1.228.653.290,23</t>
+  </si>
+  <si>
+    <t>10.045.175,30</t>
+  </si>
+  <si>
+    <t>1.078.620,35</t>
+  </si>
+  <si>
+    <t>106.399,61</t>
+  </si>
+  <si>
+    <t>1.239.883.485,49</t>
+  </si>
+  <si>
+    <t>35.378,00</t>
+  </si>
+  <si>
+    <t>1.239.918.863,49</t>
+  </si>
+  <si>
+    <t>277.849.264,20</t>
+  </si>
+  <si>
+    <t>1.926.777,73</t>
+  </si>
+  <si>
+    <t>16.338,30</t>
+  </si>
+  <si>
+    <t>41.403,15</t>
+  </si>
+  <si>
+    <t>279.833.783,38</t>
+  </si>
+  <si>
+    <t>10.367,30</t>
+  </si>
+  <si>
+    <t>279.844.150,68</t>
+  </si>
+  <si>
+    <t>4.966.601.124,02</t>
+  </si>
+  <si>
+    <t>37.221.537,88</t>
+  </si>
+  <si>
+    <t>1.724.500,00</t>
+  </si>
+  <si>
+    <t>306.199,72</t>
   </si>
   <si>
     <t>3.853.890,00</t>
   </si>
   <si>
-    <t>4.442.998.090,50</t>
-[...17 lines deleted...]
-    <t>383.304,45</t>
+    <t>5.009.707.251,62</t>
+  </si>
+  <si>
+    <t>143.727,10</t>
+  </si>
+  <si>
+    <t>5.009.850.978,72</t>
+  </si>
+  <si>
+    <t>17.796.505.455,98</t>
+  </si>
+  <si>
+    <t>214.609.693,37</t>
+  </si>
+  <si>
+    <t>4.896.534,68</t>
+  </si>
+  <si>
+    <t>399.817,87</t>
   </si>
   <si>
     <t>6.968,70</t>
   </si>
   <si>
-    <t>16.030.172.913,78</t>
-[...14 lines deleted...]
-    <t>30.056,53</t>
+    <t>18.016.418.470,60</t>
+  </si>
+  <si>
+    <t>223.436,63</t>
+  </si>
+  <si>
+    <t>18.016.641.907,23</t>
+  </si>
+  <si>
+    <t>1.960.406.178,47</t>
+  </si>
+  <si>
+    <t>18.577.640,42</t>
+  </si>
+  <si>
+    <t>33.869,22</t>
   </si>
   <si>
     <t>63.025,73</t>
   </si>
   <si>
-    <t>1.749.846.807,55</t>
-[...32 lines deleted...]
-    <t>242.423,98</t>
+    <t>1.979.080.713,84</t>
+  </si>
+  <si>
+    <t>43.174,51</t>
+  </si>
+  <si>
+    <t>1.979.123.888,35</t>
+  </si>
+  <si>
+    <t>1.062.564.795,02</t>
+  </si>
+  <si>
+    <t>8.446.986,26</t>
+  </si>
+  <si>
+    <t>41.939,03</t>
+  </si>
+  <si>
+    <t>1.071.053.720,31</t>
+  </si>
+  <si>
+    <t>20.064,94</t>
+  </si>
+  <si>
+    <t>1.071.073.785,25</t>
+  </si>
+  <si>
+    <t>1.950.356.960,78</t>
+  </si>
+  <si>
+    <t>17.646.238,66</t>
+  </si>
+  <si>
+    <t>273.603,83</t>
   </si>
   <si>
     <t>8.621,00</t>
   </si>
   <si>
-    <t>1.742.374.817,27</t>
-[...17 lines deleted...]
-    <t>446.330,18</t>
+    <t>1.968.285.424,27</t>
+  </si>
+  <si>
+    <t>30.072,17</t>
+  </si>
+  <si>
+    <t>1.968.315.496,44</t>
+  </si>
+  <si>
+    <t>22.769.833.390,25</t>
+  </si>
+  <si>
+    <t>259.280.558,71</t>
+  </si>
+  <si>
+    <t>5.245.946,76</t>
+  </si>
+  <si>
+    <t>462.843,60</t>
   </si>
   <si>
     <t>15.589,70</t>
   </si>
   <si>
-    <t>20.471.614.245,03</t>
-[...74 lines deleted...]
-    <t>49.763,67</t>
+    <t>23.034.838.329,02</t>
+  </si>
+  <si>
+    <t>316.748,25</t>
+  </si>
+  <si>
+    <t>23.035.155.077,27</t>
+  </si>
+  <si>
+    <t>1.155.821.449,51</t>
+  </si>
+  <si>
+    <t>13.953.535,23</t>
+  </si>
+  <si>
+    <t>37.494,26</t>
+  </si>
+  <si>
+    <t>12.419,74</t>
+  </si>
+  <si>
+    <t>1.169.824.898,74</t>
+  </si>
+  <si>
+    <t>48.494,50</t>
+  </si>
+  <si>
+    <t>1.169.873.393,24</t>
+  </si>
+  <si>
+    <t>679.025.336,35</t>
+  </si>
+  <si>
+    <t>5.105.759,12</t>
+  </si>
+  <si>
+    <t>37.884,27</t>
+  </si>
+  <si>
+    <t>684.168.979,74</t>
+  </si>
+  <si>
+    <t>35.938,84</t>
+  </si>
+  <si>
+    <t>684.204.918,58</t>
+  </si>
+  <si>
+    <t>1.834.846.785,86</t>
+  </si>
+  <si>
+    <t>19.059.294,35</t>
+  </si>
+  <si>
+    <t>75.378,53</t>
+  </si>
+  <si>
+    <t>1.853.993.878,48</t>
+  </si>
+  <si>
+    <t>84.433,34</t>
+  </si>
+  <si>
+    <t>1.854.078.311,82</t>
+  </si>
+  <si>
+    <t>2.534.363.291,38</t>
+  </si>
+  <si>
+    <t>23.012.147,22</t>
+  </si>
+  <si>
+    <t>408.319,54</t>
+  </si>
+  <si>
+    <t>50.009,43</t>
   </si>
   <si>
     <t>35.267,94</t>
   </si>
   <si>
-    <t>2.269.057.622,10</t>
-[...170 lines deleted...]
-    <t>95.599,39</t>
+    <t>2.557.869.035,51</t>
+  </si>
+  <si>
+    <t>119.570,94</t>
+  </si>
+  <si>
+    <t>2.557.988.606,45</t>
+  </si>
+  <si>
+    <t>596.749.550,39</t>
+  </si>
+  <si>
+    <t>4.726.101,56</t>
+  </si>
+  <si>
+    <t>196.419,50</t>
+  </si>
+  <si>
+    <t>601.672.071,45</t>
+  </si>
+  <si>
+    <t>42.097,50</t>
+  </si>
+  <si>
+    <t>601.714.168,95</t>
+  </si>
+  <si>
+    <t>525.742.477,87</t>
+  </si>
+  <si>
+    <t>4.680.425,89</t>
+  </si>
+  <si>
+    <t>43.877,51</t>
+  </si>
+  <si>
+    <t>530.466.781,27</t>
+  </si>
+  <si>
+    <t>39.369,07</t>
+  </si>
+  <si>
+    <t>530.506.150,34</t>
+  </si>
+  <si>
+    <t>1.943.302.886,55</t>
+  </si>
+  <si>
+    <t>15.875.798,55</t>
+  </si>
+  <si>
+    <t>44.716,85</t>
+  </si>
+  <si>
+    <t>84.974,46</t>
+  </si>
+  <si>
+    <t>1.959.308.376,41</t>
+  </si>
+  <si>
+    <t>119.160,09</t>
+  </si>
+  <si>
+    <t>1.959.427.536,50</t>
+  </si>
+  <si>
+    <t>5.600.158.206,19</t>
+  </si>
+  <si>
+    <t>48.294.473,22</t>
+  </si>
+  <si>
+    <t>693.333,40</t>
+  </si>
+  <si>
+    <t>134.983,89</t>
+  </si>
+  <si>
+    <t>5.649.316.264,64</t>
+  </si>
+  <si>
+    <t>320.197,60</t>
+  </si>
+  <si>
+    <t>5.649.636.462,24</t>
+  </si>
+  <si>
+    <t>722.560.371,55</t>
+  </si>
+  <si>
+    <t>7.146.849,83</t>
+  </si>
+  <si>
+    <t>11.878,65</t>
+  </si>
+  <si>
+    <t>729.719.100,03</t>
+  </si>
+  <si>
+    <t>16.312,31</t>
+  </si>
+  <si>
+    <t>729.735.412,34</t>
+  </si>
+  <si>
+    <t>23.445.577.689,95</t>
+  </si>
+  <si>
+    <t>265.933.667,08</t>
+  </si>
+  <si>
+    <t>18.580.923,24</t>
+  </si>
+  <si>
+    <t>23.730.092.280,27</t>
+  </si>
+  <si>
+    <t>184.207,32</t>
+  </si>
+  <si>
+    <t>23.730.276.487,59</t>
+  </si>
+  <si>
+    <t>3.121.643.258,17</t>
+  </si>
+  <si>
+    <t>29.658.675,80</t>
+  </si>
+  <si>
+    <t>501.143,85</t>
+  </si>
+  <si>
+    <t>6.362,36</t>
+  </si>
+  <si>
+    <t>3.151.809.440,18</t>
+  </si>
+  <si>
+    <t>100.234,85</t>
+  </si>
+  <si>
+    <t>3.151.909.675,03</t>
+  </si>
+  <si>
+    <t>1.902.497.274,15</t>
+  </si>
+  <si>
+    <t>12.267.802,33</t>
+  </si>
+  <si>
+    <t>453.573,57</t>
+  </si>
+  <si>
+    <t>25.796,58</t>
+  </si>
+  <si>
+    <t>1.915.244.446,63</t>
+  </si>
+  <si>
+    <t>18.811,82</t>
+  </si>
+  <si>
+    <t>1.915.263.258,45</t>
+  </si>
+  <si>
+    <t>3.628.047.940,12</t>
+  </si>
+  <si>
+    <t>43.352.835,33</t>
+  </si>
+  <si>
+    <t>107.743,99</t>
   </si>
   <si>
     <t>34.939,52</t>
   </si>
   <si>
-    <t>3.258.914.926,44</t>
-[...95 lines deleted...]
-    <t>686.840,80</t>
+    <t>3.671.543.458,96</t>
+  </si>
+  <si>
+    <t>130.423,29</t>
+  </si>
+  <si>
+    <t>3.671.673.882,25</t>
+  </si>
+  <si>
+    <t>1.352.479.761,35</t>
+  </si>
+  <si>
+    <t>12.578.396,91</t>
+  </si>
+  <si>
+    <t>146.779,58</t>
+  </si>
+  <si>
+    <t>1.365.204.937,84</t>
+  </si>
+  <si>
+    <t>35.689,89</t>
+  </si>
+  <si>
+    <t>1.365.240.627,73</t>
+  </si>
+  <si>
+    <t>6.412.286.603,96</t>
+  </si>
+  <si>
+    <t>78.267.842,36</t>
+  </si>
+  <si>
+    <t>1.144.015,96</t>
+  </si>
+  <si>
+    <t>5.121,16</t>
+  </si>
+  <si>
+    <t>6.491.703.583,44</t>
+  </si>
+  <si>
+    <t>129.168,99</t>
+  </si>
+  <si>
+    <t>6.491.832.752,43</t>
+  </si>
+  <si>
+    <t>11.392.814.305,43</t>
+  </si>
+  <si>
+    <t>134.199.074,60</t>
+  </si>
+  <si>
+    <t>1.398.539,53</t>
+  </si>
+  <si>
+    <t>40.060,68</t>
+  </si>
+  <si>
+    <t>11.528.451.980,24</t>
+  </si>
+  <si>
+    <t>295.282,17</t>
+  </si>
+  <si>
+    <t>11.528.747.262,41</t>
+  </si>
+  <si>
+    <t>1.126.095.024,74</t>
+  </si>
+  <si>
+    <t>9.866.622,90</t>
+  </si>
+  <si>
+    <t>846.038,56</t>
+  </si>
+  <si>
+    <t>2.372.763,75</t>
+  </si>
+  <si>
+    <t>1.139.180.449,95</t>
+  </si>
+  <si>
+    <t>16.782,89</t>
+  </si>
+  <si>
+    <t>1.139.197.232,84</t>
+  </si>
+  <si>
+    <t>2.230.502.827,23</t>
+  </si>
+  <si>
+    <t>11.446.777,47</t>
+  </si>
+  <si>
+    <t>773.079,00</t>
   </si>
   <si>
     <t>580,96</t>
   </si>
   <si>
-    <t>1.990.249.736,37</t>
-[...17 lines deleted...]
-    <t>43.725,10</t>
+    <t>2.242.723.264,66</t>
+  </si>
+  <si>
+    <t>20.557,38</t>
+  </si>
+  <si>
+    <t>2.242.743.822,04</t>
+  </si>
+  <si>
+    <t>3.346.697.370,98</t>
+  </si>
+  <si>
+    <t>24.576.049,89</t>
+  </si>
+  <si>
+    <t>482.687,27</t>
+  </si>
+  <si>
+    <t>44.296,51</t>
   </si>
   <si>
     <t>326.000,00</t>
   </si>
   <si>
-    <t>2.994.402.008,93</t>
-[...56 lines deleted...]
-    <t>8.432,32</t>
+    <t>3.372.126.404,65</t>
+  </si>
+  <si>
+    <t>45.951,71</t>
+  </si>
+  <si>
+    <t>3.372.172.356,36</t>
+  </si>
+  <si>
+    <t>6.703.295.222,95</t>
+  </si>
+  <si>
+    <t>45.889.450,26</t>
+  </si>
+  <si>
+    <t>2.101.804,83</t>
+  </si>
+  <si>
+    <t>44.877,47</t>
+  </si>
+  <si>
+    <t>2.698.763,75</t>
+  </si>
+  <si>
+    <t>6.754.030.119,26</t>
+  </si>
+  <si>
+    <t>83.291,98</t>
+  </si>
+  <si>
+    <t>6.754.113.411,24</t>
+  </si>
+  <si>
+    <t>142.072.834,01</t>
+  </si>
+  <si>
+    <t>1.727.364,75</t>
+  </si>
+  <si>
+    <t>10.909,00</t>
+  </si>
+  <si>
+    <t>143.811.107,76</t>
+  </si>
+  <si>
+    <t>60.257,03</t>
+  </si>
+  <si>
+    <t>143.871.364,79</t>
+  </si>
+  <si>
+    <t>133.895.652,84</t>
+  </si>
+  <si>
+    <t>2.909.601,11</t>
+  </si>
+  <si>
+    <t>9.432,32</t>
   </si>
   <si>
     <t>578,13</t>
   </si>
   <si>
-    <t>121.500.516,46</t>
-[...56 lines deleted...]
-    <t>150.131.255.144,93</t>
+    <t>136.815.264,40</t>
+  </si>
+  <si>
+    <t>147.244,87</t>
+  </si>
+  <si>
+    <t>136.962.509,27</t>
+  </si>
+  <si>
+    <t>-3.899.324.835,34</t>
+  </si>
+  <si>
+    <t>140.490.771,16</t>
+  </si>
+  <si>
+    <t>50.046.665.058,12</t>
+  </si>
+  <si>
+    <t>398.307.902,81</t>
+  </si>
+  <si>
+    <t>23.997.189,99</t>
+  </si>
+  <si>
+    <t>237.208.719,37</t>
+  </si>
+  <si>
+    <t>46.947.344.806,11</t>
+  </si>
+  <si>
+    <t>928.559,93</t>
+  </si>
+  <si>
+    <t>10.003.806.150,00</t>
+  </si>
+  <si>
+    <t>10.004.734.709,93</t>
+  </si>
+  <si>
+    <t>56.952.079.516,04</t>
+  </si>
+  <si>
+    <t>113.853.752.634,19</t>
+  </si>
+  <si>
+    <t>1.395.745.899,06</t>
+  </si>
+  <si>
+    <t>50.083.298.032,66</t>
+  </si>
+  <si>
+    <t>400.150.100,11</t>
+  </si>
+  <si>
+    <t>32.824.478,37</t>
+  </si>
+  <si>
+    <t>166.002.979.863,76</t>
+  </si>
+  <si>
+    <t>4.054.901,52</t>
+  </si>
+  <si>
+    <t>10.007.861.051,52</t>
+  </si>
+  <si>
+    <t>176.010.840.915,28</t>
   </si>
   <si>
     <t>No se incluyen los ingresos pendientes de aplicación</t>
   </si>
   <si>
     <t>DISTRIBUCIÓN GEOGRÁFICA DE LOS DERECHOS RECONOCIDOS NETOS</t>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">COTIZACIONES SOCIALES </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
-      <t xml:space="preserve">A FIN DE OCTUBRE DE 2025</t>
+      <t xml:space="preserve">A FIN DE NOVIEMBRE DE 2025</t>
     </r>
   </si>
   <si>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
       </rPr>
       <t xml:space="preserve">RÉGIMEN
 </t>
     </r>
     <r xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
       <rPr>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <u val="none"/>
         <sz val="6"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
@@ -4459,2821 +4468,2821 @@
         <v>9</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L11" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M11" s="7"/>
       <c r="N11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="O11" s="5" t="s">
         <v>13</v>
       </c>
       <c r="P11" s="6"/>
       <c r="Q11" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="9">
-        <v>13845080.42</v>
+        <v>15093807.26</v>
       </c>
       <c r="E12" s="10">
-        <v>2139432.7</v>
+        <v>2383082.62</v>
       </c>
       <c r="G12" s="11">
         <v>1364.02</v>
       </c>
       <c r="H12" s="11">
-        <v>1663571194.28</v>
+        <v>1825497774.11</v>
       </c>
       <c r="I12" s="11">
         <v>115680.81</v>
       </c>
       <c r="J12" s="11">
         <v>0</v>
       </c>
       <c r="K12" s="12">
-        <v>1679672752.23</v>
+        <v>1843091708.82</v>
       </c>
       <c r="L12" s="11">
-        <v>59910.84</v>
+        <v>63856.44</v>
       </c>
       <c r="N12" s="11">
         <v>0</v>
       </c>
       <c r="O12" s="12">
-        <v>59910.84</v>
+        <v>63856.44</v>
       </c>
       <c r="Q12" s="13">
-        <v>1679732663.07</v>
+        <v>1843155565.26</v>
       </c>
     </row>
     <row r="13" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B13" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="9">
-        <v>23539560.95</v>
+        <v>25719683.42</v>
       </c>
       <c r="E13" s="10">
-        <v>4782206.18</v>
+        <v>5331516.27</v>
       </c>
       <c r="G13" s="11">
-        <v>6333.04</v>
+        <v>6745.68</v>
       </c>
       <c r="H13" s="11">
-        <v>3808296488.28</v>
+        <v>4171482646.15</v>
       </c>
       <c r="I13" s="11">
-        <v>189401.78</v>
+        <v>219737.92</v>
       </c>
       <c r="J13" s="11">
         <v>0</v>
       </c>
       <c r="K13" s="12">
-        <v>3836813990.23</v>
+        <v>4202760329.44</v>
       </c>
       <c r="L13" s="11">
-        <v>79172.27</v>
+        <v>82172.27</v>
       </c>
       <c r="N13" s="11">
         <v>0</v>
       </c>
       <c r="O13" s="12">
-        <v>79172.27</v>
+        <v>82172.27</v>
       </c>
       <c r="Q13" s="13">
-        <v>3836893162.5</v>
+        <v>4202842501.71</v>
       </c>
     </row>
     <row r="14" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B14" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="9">
-        <v>20822394.69</v>
+        <v>22744146.12</v>
       </c>
       <c r="E14" s="10">
-        <v>2880823.08</v>
+        <v>3156625.68</v>
       </c>
       <c r="G14" s="11">
         <v>570.42</v>
       </c>
       <c r="H14" s="11">
-        <v>2475895631.61</v>
+        <v>2710079818.58</v>
       </c>
       <c r="I14" s="11">
         <v>131911.76</v>
       </c>
       <c r="J14" s="11">
         <v>0</v>
       </c>
       <c r="K14" s="12">
-        <v>2499731331.56</v>
+        <v>2736113072.56</v>
       </c>
       <c r="L14" s="11">
-        <v>48222.96</v>
+        <v>64098.21</v>
       </c>
       <c r="N14" s="11">
         <v>0</v>
       </c>
       <c r="O14" s="12">
-        <v>48222.96</v>
+        <v>64098.21</v>
       </c>
       <c r="Q14" s="13">
-        <v>2499779554.52</v>
+        <v>2736177170.77</v>
       </c>
     </row>
     <row r="15" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B15" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="9">
-        <v>18644617.75</v>
+        <v>20356866.88</v>
       </c>
       <c r="E15" s="10">
-        <v>2370275.32</v>
+        <v>2683117.45</v>
       </c>
       <c r="G15" s="11">
         <v>240</v>
       </c>
       <c r="H15" s="11">
-        <v>2826051344.08</v>
+        <v>3095970436.87</v>
       </c>
       <c r="I15" s="11">
         <v>103745.28</v>
       </c>
       <c r="J15" s="11">
         <v>0</v>
       </c>
       <c r="K15" s="12">
-        <v>2847170222.43</v>
+        <v>3119114406.48</v>
       </c>
       <c r="L15" s="11">
-        <v>69097.41</v>
+        <v>86648.37</v>
       </c>
       <c r="N15" s="11">
         <v>0</v>
       </c>
       <c r="O15" s="12">
-        <v>69097.41</v>
+        <v>86648.37</v>
       </c>
       <c r="Q15" s="13">
-        <v>2847239319.84</v>
+        <v>3119201054.85</v>
       </c>
     </row>
     <row r="16" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B16" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="9">
-        <v>12172384.89</v>
+        <v>13300899.68</v>
       </c>
       <c r="E16" s="10">
-        <v>3197127.62</v>
+        <v>3565261.87</v>
       </c>
       <c r="G16" s="11">
         <v>21.2</v>
       </c>
       <c r="H16" s="11">
-        <v>1585733871.88</v>
+        <v>1736834869.44</v>
       </c>
       <c r="I16" s="11">
-        <v>118796.35</v>
+        <v>172233.44</v>
       </c>
       <c r="J16" s="11">
         <v>0</v>
       </c>
       <c r="K16" s="12">
-        <v>1601222201.94</v>
+        <v>1753873285.63</v>
       </c>
       <c r="L16" s="11">
-        <v>38678.48</v>
+        <v>47704.16</v>
       </c>
       <c r="N16" s="11">
         <v>0</v>
       </c>
       <c r="O16" s="12">
-        <v>38678.48</v>
+        <v>47704.16</v>
       </c>
       <c r="Q16" s="13">
-        <v>1601260880.42</v>
+        <v>1753920989.79</v>
       </c>
     </row>
     <row r="17" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B17" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="9">
-        <v>14979427.23</v>
+        <v>16346440.69</v>
       </c>
       <c r="E17" s="10">
-        <v>1826106.66</v>
+        <v>2045591.28</v>
       </c>
       <c r="G17" s="11">
         <v>0.47</v>
       </c>
       <c r="H17" s="11">
-        <v>2008488881.92</v>
+        <v>2199502650.93</v>
       </c>
       <c r="I17" s="11">
-        <v>55377.1</v>
+        <v>63159.82</v>
       </c>
       <c r="J17" s="11">
         <v>0</v>
       </c>
       <c r="K17" s="12">
-        <v>2025349793.38</v>
+        <v>2217957843.19</v>
       </c>
       <c r="L17" s="11">
-        <v>54974.29</v>
+        <v>62111.49</v>
       </c>
       <c r="N17" s="11">
         <v>0</v>
       </c>
       <c r="O17" s="12">
-        <v>54974.29</v>
+        <v>62111.49</v>
       </c>
       <c r="Q17" s="13">
-        <v>2025404767.67</v>
+        <v>2218019954.68</v>
       </c>
     </row>
     <row r="18" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B18" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="9">
-        <v>27876847.43</v>
+        <v>30453726.48</v>
       </c>
       <c r="E18" s="10">
-        <v>3777050</v>
+        <v>4158610.14</v>
       </c>
       <c r="G18" s="11">
         <v>5050.31</v>
       </c>
       <c r="H18" s="11">
-        <v>4354541204.71</v>
+        <v>4765493410.79</v>
       </c>
       <c r="I18" s="11">
-        <v>496871.08</v>
+        <v>518319.5</v>
       </c>
       <c r="J18" s="11">
         <v>0</v>
       </c>
       <c r="K18" s="12">
-        <v>4386697023.53</v>
+        <v>4800629117.22</v>
       </c>
       <c r="L18" s="11">
-        <v>115548.34</v>
+        <v>130112.34</v>
       </c>
       <c r="N18" s="11">
         <v>0</v>
       </c>
       <c r="O18" s="12">
-        <v>115548.34</v>
+        <v>130112.34</v>
       </c>
       <c r="Q18" s="13">
-        <v>4386812571.87</v>
+        <v>4800759229.56</v>
       </c>
     </row>
     <row r="19" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B19" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="9">
-        <v>31680838.22</v>
+        <v>34551349.06</v>
       </c>
       <c r="E19" s="10">
-        <v>4606819.37</v>
+        <v>4960893.03</v>
       </c>
       <c r="G19" s="11">
-        <v>17189.83</v>
+        <v>17862.22</v>
       </c>
       <c r="H19" s="11">
-        <v>6158637895.45</v>
+        <v>6742428798.45</v>
       </c>
       <c r="I19" s="11">
-        <v>630889.16</v>
+        <v>891637.41</v>
       </c>
       <c r="J19" s="11">
         <v>0</v>
       </c>
       <c r="K19" s="12">
-        <v>6195573632.03</v>
+        <v>6782850540.17</v>
       </c>
       <c r="L19" s="11">
-        <v>128968.3</v>
+        <v>142967.98</v>
       </c>
       <c r="N19" s="11">
         <v>0</v>
       </c>
       <c r="O19" s="12">
-        <v>128968.3</v>
+        <v>142967.98</v>
       </c>
       <c r="Q19" s="13">
-        <v>6195702600.33</v>
+        <v>6782993508.15</v>
       </c>
     </row>
     <row r="20" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B20" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="15">
-        <v>163561151.58</v>
+        <v>178566919.59</v>
       </c>
       <c r="E20" s="16">
-        <v>25579840.93</v>
+        <v>28284698.34</v>
       </c>
       <c r="G20" s="17">
-        <v>30769.29</v>
+        <v>31854.32</v>
       </c>
       <c r="H20" s="17">
-        <v>24881216512.21</v>
+        <v>27247290405.32</v>
       </c>
       <c r="I20" s="17">
-        <v>1842673.32</v>
+        <v>2216425.94</v>
       </c>
       <c r="J20" s="17">
         <v>0</v>
       </c>
       <c r="K20" s="18">
-        <v>25072230947.33</v>
+        <v>27456390303.51</v>
       </c>
       <c r="L20" s="17">
-        <v>594572.89</v>
+        <v>679671.26</v>
       </c>
       <c r="N20" s="17">
         <v>0</v>
       </c>
       <c r="O20" s="18">
-        <v>594572.89</v>
+        <v>679671.26</v>
       </c>
       <c r="Q20" s="19">
-        <v>25072825520.22</v>
+        <v>27457069974.77</v>
       </c>
     </row>
     <row r="21" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B21" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="20">
-        <v>5060837.28</v>
+        <v>5505222.37</v>
       </c>
       <c r="E21" s="21">
-        <v>994440.99</v>
+        <v>1118416.39</v>
       </c>
       <c r="G21" s="22">
         <v>0</v>
       </c>
       <c r="H21" s="22">
-        <v>821886332.65</v>
+        <v>898585075.4</v>
       </c>
       <c r="I21" s="22">
-        <v>0</v>
+        <v>2484.25</v>
       </c>
       <c r="J21" s="22">
         <v>0</v>
       </c>
       <c r="K21" s="23">
-        <v>827941610.92</v>
+        <v>905211198.41</v>
       </c>
       <c r="L21" s="22">
         <v>11233.44</v>
       </c>
       <c r="N21" s="22">
         <v>0</v>
       </c>
       <c r="O21" s="23">
         <v>11233.44</v>
       </c>
       <c r="Q21" s="24">
-        <v>827952844.36</v>
+        <v>905222431.85</v>
       </c>
     </row>
     <row r="22" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B22" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C22" s="20">
-        <v>3848708</v>
+        <v>4206726.45</v>
       </c>
       <c r="E22" s="21">
-        <v>539275.71</v>
+        <v>585667.87</v>
       </c>
       <c r="G22" s="22">
         <v>0</v>
       </c>
       <c r="H22" s="22">
-        <v>540729099.03</v>
+        <v>591306462.59</v>
       </c>
       <c r="I22" s="22">
         <v>18928.03</v>
       </c>
       <c r="J22" s="22">
         <v>0</v>
       </c>
       <c r="K22" s="23">
-        <v>545136010.77</v>
+        <v>596117784.94</v>
       </c>
       <c r="L22" s="22">
-        <v>13201.92</v>
+        <v>14901.84</v>
       </c>
       <c r="N22" s="22">
         <v>0</v>
       </c>
       <c r="O22" s="23">
-        <v>13201.92</v>
+        <v>14901.84</v>
       </c>
       <c r="Q22" s="24">
-        <v>545149212.69</v>
+        <v>596132686.78</v>
       </c>
     </row>
     <row r="23" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B23" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="20">
-        <v>17634744.32</v>
+        <v>19215191.4</v>
       </c>
       <c r="E23" s="21">
-        <v>2814223.83</v>
+        <v>3000142.4</v>
       </c>
       <c r="G23" s="22">
         <v>246.15</v>
       </c>
       <c r="H23" s="22">
-        <v>3812259661.05</v>
+        <v>4168297313.55</v>
       </c>
       <c r="I23" s="22">
-        <v>68857.65</v>
+        <v>76759.99</v>
       </c>
       <c r="J23" s="22">
         <v>0</v>
       </c>
       <c r="K23" s="23">
-        <v>3832777733</v>
+        <v>4190589653.49</v>
       </c>
       <c r="L23" s="22">
-        <v>53138.53</v>
+        <v>58988.41</v>
       </c>
       <c r="N23" s="22">
         <v>0</v>
       </c>
       <c r="O23" s="23">
-        <v>53138.53</v>
+        <v>58988.41</v>
       </c>
       <c r="Q23" s="24">
-        <v>3832830871.53</v>
+        <v>4190648641.9</v>
       </c>
     </row>
     <row r="24" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B24" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="15">
-        <v>26544289.6</v>
+        <v>28927140.22</v>
       </c>
       <c r="E24" s="16">
-        <v>4347940.53</v>
+        <v>4704226.66</v>
       </c>
       <c r="G24" s="17">
         <v>246.15</v>
       </c>
       <c r="H24" s="17">
-        <v>5174875092.73</v>
+        <v>5658188851.54</v>
       </c>
       <c r="I24" s="17">
-        <v>87785.68</v>
+        <v>98172.27</v>
       </c>
       <c r="J24" s="17">
         <v>0</v>
       </c>
       <c r="K24" s="18">
-        <v>5205855354.69</v>
+        <v>5691918636.84</v>
       </c>
       <c r="L24" s="17">
-        <v>77573.89</v>
+        <v>85123.69</v>
       </c>
       <c r="N24" s="17">
         <v>0</v>
       </c>
       <c r="O24" s="18">
-        <v>77573.89</v>
+        <v>85123.69</v>
       </c>
       <c r="Q24" s="19">
-        <v>5205932928.58</v>
+        <v>5692003760.53</v>
       </c>
     </row>
     <row r="25" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B25" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="20">
-        <v>23731315.17</v>
+        <v>25845211.24</v>
       </c>
       <c r="E25" s="21">
-        <v>5421755.25</v>
+        <v>5844230.91</v>
       </c>
       <c r="G25" s="22">
         <v>0</v>
       </c>
       <c r="H25" s="22">
-        <v>5401116393.64</v>
+        <v>5903104054.32</v>
       </c>
       <c r="I25" s="22">
-        <v>142839.83</v>
+        <v>194809.58</v>
       </c>
       <c r="J25" s="22">
         <v>0</v>
       </c>
       <c r="K25" s="23">
-        <v>5430412303.89</v>
+        <v>5934988306.05</v>
       </c>
       <c r="L25" s="22">
         <v>35817.6</v>
       </c>
       <c r="N25" s="22">
         <v>0</v>
       </c>
       <c r="O25" s="23">
         <v>35817.6</v>
       </c>
       <c r="Q25" s="24">
-        <v>5430448121.49</v>
+        <v>5935024123.65</v>
       </c>
     </row>
     <row r="26" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B26" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C26" s="15">
-        <v>23731315.17</v>
+        <v>25845211.24</v>
       </c>
       <c r="E26" s="16">
-        <v>5421755.25</v>
+        <v>5844230.91</v>
       </c>
       <c r="G26" s="17">
         <v>0</v>
       </c>
       <c r="H26" s="17">
-        <v>5401116393.64</v>
+        <v>5903104054.32</v>
       </c>
       <c r="I26" s="17">
-        <v>142839.83</v>
+        <v>194809.58</v>
       </c>
       <c r="J26" s="17">
         <v>0</v>
       </c>
       <c r="K26" s="18">
-        <v>5430412303.89</v>
+        <v>5934988306.05</v>
       </c>
       <c r="L26" s="17">
         <v>35817.6</v>
       </c>
       <c r="N26" s="17">
         <v>0</v>
       </c>
       <c r="O26" s="18">
         <v>35817.6</v>
       </c>
       <c r="Q26" s="19">
-        <v>5430448121.49</v>
+        <v>5935024123.65</v>
       </c>
     </row>
     <row r="27" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B27" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C27" s="20">
-        <v>18914954.26</v>
+        <v>20591098.43</v>
       </c>
       <c r="E27" s="21">
-        <v>2976313.51</v>
+        <v>3317181.5</v>
       </c>
       <c r="G27" s="22">
         <v>0</v>
       </c>
       <c r="H27" s="22">
-        <v>3120301457.23</v>
+        <v>3415263527.91</v>
       </c>
       <c r="I27" s="22">
-        <v>55837.06</v>
+        <v>73023.9</v>
       </c>
       <c r="J27" s="22">
         <v>0</v>
       </c>
       <c r="K27" s="23">
-        <v>3142248562.06</v>
+        <v>3439244831.74</v>
       </c>
       <c r="L27" s="22">
-        <v>53783.16</v>
+        <v>63087</v>
       </c>
       <c r="N27" s="22">
         <v>0</v>
       </c>
       <c r="O27" s="23">
-        <v>53783.16</v>
+        <v>63087</v>
       </c>
       <c r="Q27" s="24">
-        <v>3142302345.22</v>
+        <v>3439307918.74</v>
       </c>
     </row>
     <row r="28" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B28" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="15">
-        <v>18914954.26</v>
+        <v>20591098.43</v>
       </c>
       <c r="E28" s="16">
-        <v>2976313.51</v>
+        <v>3317181.5</v>
       </c>
       <c r="G28" s="17">
         <v>0</v>
       </c>
       <c r="H28" s="17">
-        <v>3120301457.23</v>
+        <v>3415263527.91</v>
       </c>
       <c r="I28" s="17">
-        <v>55837.06</v>
+        <v>73023.9</v>
       </c>
       <c r="J28" s="17">
         <v>0</v>
       </c>
       <c r="K28" s="18">
-        <v>3142248562.06</v>
+        <v>3439244831.74</v>
       </c>
       <c r="L28" s="17">
-        <v>53783.16</v>
+        <v>63087</v>
       </c>
       <c r="N28" s="17">
         <v>0</v>
       </c>
       <c r="O28" s="18">
-        <v>53783.16</v>
+        <v>63087</v>
       </c>
       <c r="Q28" s="19">
-        <v>3142302345.22</v>
+        <v>3439307918.74</v>
       </c>
     </row>
     <row r="29" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B29" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C29" s="20">
-        <v>24731808.52</v>
+        <v>27104680.48</v>
       </c>
       <c r="E29" s="21">
-        <v>4388515.22</v>
+        <v>5101362.95</v>
       </c>
       <c r="G29" s="22">
-        <v>79345.09</v>
+        <v>95669.08</v>
       </c>
       <c r="H29" s="22">
-        <v>3071732065.05</v>
+        <v>3360978952.25</v>
       </c>
       <c r="I29" s="22">
-        <v>296417.97</v>
+        <v>307661.45</v>
       </c>
       <c r="J29" s="22">
         <v>0</v>
       </c>
       <c r="K29" s="23">
-        <v>3101228151.85</v>
+        <v>3393588326.21</v>
       </c>
       <c r="L29" s="22">
-        <v>106432.68</v>
+        <v>119601.48</v>
       </c>
       <c r="N29" s="22">
         <v>0</v>
       </c>
       <c r="O29" s="23">
-        <v>106432.68</v>
+        <v>119601.48</v>
       </c>
       <c r="Q29" s="24">
-        <v>3101334584.53</v>
+        <v>3393707927.69</v>
       </c>
     </row>
     <row r="30" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B30" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="20">
-        <v>17230024.14</v>
+        <v>18807883.43</v>
       </c>
       <c r="E30" s="21">
-        <v>2833297.56</v>
+        <v>3093666.42</v>
       </c>
       <c r="G30" s="22">
         <v>0</v>
       </c>
       <c r="H30" s="22">
-        <v>2637373370.91</v>
+        <v>2887150750.5</v>
       </c>
       <c r="I30" s="22">
-        <v>229640.42</v>
+        <v>322606.53</v>
       </c>
       <c r="J30" s="22">
         <v>0</v>
       </c>
       <c r="K30" s="23">
-        <v>2657666333.03</v>
+        <v>2909374906.88</v>
       </c>
       <c r="L30" s="22">
-        <v>37535.44</v>
+        <v>51484.75</v>
       </c>
       <c r="N30" s="22">
         <v>0</v>
       </c>
       <c r="O30" s="23">
-        <v>37535.44</v>
+        <v>51484.75</v>
       </c>
       <c r="Q30" s="24">
-        <v>2657703868.47</v>
+        <v>2909426391.63</v>
       </c>
     </row>
     <row r="31" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B31" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="15">
-        <v>41961832.66</v>
+        <v>45912563.91</v>
       </c>
       <c r="E31" s="16">
-        <v>7221812.78</v>
+        <v>8195029.37</v>
       </c>
       <c r="G31" s="17">
-        <v>79345.09</v>
+        <v>95669.08</v>
       </c>
       <c r="H31" s="17">
-        <v>5709105435.96</v>
+        <v>6248129702.75</v>
       </c>
       <c r="I31" s="17">
-        <v>526058.39</v>
+        <v>630267.98</v>
       </c>
       <c r="J31" s="17">
         <v>0</v>
       </c>
       <c r="K31" s="18">
-        <v>5758894484.88</v>
+        <v>6302963233.09</v>
       </c>
       <c r="L31" s="17">
-        <v>143968.12</v>
+        <v>171086.23</v>
       </c>
       <c r="N31" s="17">
         <v>0</v>
       </c>
       <c r="O31" s="18">
-        <v>143968.12</v>
+        <v>171086.23</v>
       </c>
       <c r="Q31" s="19">
-        <v>5759038453</v>
+        <v>6303134319.32</v>
       </c>
     </row>
     <row r="32" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B32" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="20">
-        <v>16349482.2</v>
+        <v>17824603.1</v>
       </c>
       <c r="E32" s="21">
-        <v>3509728.65</v>
+        <v>3937504.33</v>
       </c>
       <c r="G32" s="22">
         <v>0</v>
       </c>
       <c r="H32" s="22">
-        <v>2424246009.95</v>
+        <v>2649758268.17</v>
       </c>
       <c r="I32" s="22">
-        <v>133317.67</v>
+        <v>136434.19</v>
       </c>
       <c r="J32" s="22">
         <v>0</v>
       </c>
       <c r="K32" s="23">
-        <v>2444238538.47</v>
+        <v>2671656809.79</v>
       </c>
       <c r="L32" s="22">
-        <v>40913.76</v>
+        <v>48293.04</v>
       </c>
       <c r="N32" s="22">
         <v>0</v>
       </c>
       <c r="O32" s="23">
-        <v>40913.76</v>
+        <v>48293.04</v>
       </c>
       <c r="Q32" s="24">
-        <v>2444279452.23</v>
+        <v>2671705102.83</v>
       </c>
     </row>
     <row r="33" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B33" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C33" s="15">
-        <v>16349482.2</v>
+        <v>17824603.1</v>
       </c>
       <c r="E33" s="16">
-        <v>3509728.65</v>
+        <v>3937504.33</v>
       </c>
       <c r="G33" s="17">
         <v>0</v>
       </c>
       <c r="H33" s="17">
-        <v>2424246009.95</v>
+        <v>2649758268.17</v>
       </c>
       <c r="I33" s="17">
-        <v>133317.67</v>
+        <v>136434.19</v>
       </c>
       <c r="J33" s="17">
         <v>0</v>
       </c>
       <c r="K33" s="18">
-        <v>2444238538.47</v>
+        <v>2671656809.79</v>
       </c>
       <c r="L33" s="17">
-        <v>40913.76</v>
+        <v>48293.04</v>
       </c>
       <c r="N33" s="17">
         <v>0</v>
       </c>
       <c r="O33" s="18">
-        <v>40913.76</v>
+        <v>48293.04</v>
       </c>
       <c r="Q33" s="19">
-        <v>2444279452.23</v>
+        <v>2671705102.83</v>
       </c>
     </row>
     <row r="34" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B34" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C34" s="20">
-        <v>10632698.52</v>
+        <v>11631267.31</v>
       </c>
       <c r="E34" s="21">
-        <v>1773551.49</v>
+        <v>1965132.4</v>
       </c>
       <c r="G34" s="22">
         <v>813.76</v>
       </c>
       <c r="H34" s="22">
-        <v>1106338841.97</v>
+        <v>1211495520.4</v>
       </c>
       <c r="I34" s="22">
-        <v>45249.96</v>
+        <v>46711.64</v>
       </c>
       <c r="J34" s="22">
         <v>0</v>
       </c>
       <c r="K34" s="23">
-        <v>1118791155.7</v>
+        <v>1225139445.51</v>
       </c>
       <c r="L34" s="22">
-        <v>20647.44</v>
+        <v>30064.16</v>
       </c>
       <c r="N34" s="22">
         <v>0</v>
       </c>
       <c r="O34" s="23">
-        <v>20647.44</v>
+        <v>30064.16</v>
       </c>
       <c r="Q34" s="24">
-        <v>1118811803.14</v>
+        <v>1225169509.67</v>
       </c>
     </row>
     <row r="35" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B35" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C35" s="20">
-        <v>8759777.2</v>
+        <v>9558383.15</v>
       </c>
       <c r="E35" s="21">
-        <v>1449996.28</v>
+        <v>1577247.21</v>
       </c>
       <c r="G35" s="22">
-        <v>14.88</v>
+        <v>54.7</v>
       </c>
       <c r="H35" s="22">
-        <v>1550456694.38</v>
+        <v>1697162813.7</v>
       </c>
       <c r="I35" s="22">
-        <v>248654.63</v>
+        <v>317583.38</v>
       </c>
       <c r="J35" s="22">
         <v>0</v>
       </c>
       <c r="K35" s="23">
-        <v>1560915137.37</v>
+        <v>1708616082.14</v>
       </c>
       <c r="L35" s="22">
-        <v>4296</v>
+        <v>12558</v>
       </c>
       <c r="N35" s="22">
         <v>0</v>
       </c>
       <c r="O35" s="23">
-        <v>4296</v>
+        <v>12558</v>
       </c>
       <c r="Q35" s="24">
-        <v>1560919433.37</v>
+        <v>1708628640.14</v>
       </c>
     </row>
     <row r="36" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B36" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C36" s="20">
-        <v>3942290.35</v>
+        <v>4312950.71</v>
       </c>
       <c r="E36" s="21">
-        <v>595173.03</v>
+        <v>665912.05</v>
       </c>
       <c r="G36" s="22">
         <v>0</v>
       </c>
       <c r="H36" s="22">
-        <v>610492604.11</v>
+        <v>667470859.91</v>
       </c>
       <c r="I36" s="22">
         <v>82636.46</v>
       </c>
       <c r="J36" s="22">
         <v>0</v>
       </c>
       <c r="K36" s="23">
-        <v>615112703.95</v>
+        <v>672532359.13</v>
       </c>
       <c r="L36" s="22">
         <v>9677.73</v>
       </c>
       <c r="N36" s="22">
         <v>0</v>
       </c>
       <c r="O36" s="23">
         <v>9677.73</v>
       </c>
       <c r="Q36" s="24">
-        <v>615122381.68</v>
+        <v>672542036.86</v>
       </c>
     </row>
     <row r="37" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B37" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C37" s="20">
-        <v>9701915.76</v>
+        <v>10617239.43</v>
       </c>
       <c r="E37" s="21">
-        <v>1251860.4</v>
+        <v>1450926.65</v>
       </c>
       <c r="G37" s="22">
         <v>0</v>
       </c>
       <c r="H37" s="22">
-        <v>769272499.64</v>
+        <v>841825054.36</v>
       </c>
       <c r="I37" s="22">
-        <v>65589.81</v>
+        <v>87133.4</v>
       </c>
       <c r="J37" s="22">
         <v>0</v>
       </c>
       <c r="K37" s="23">
-        <v>780291865.61</v>
+        <v>853980353.84</v>
       </c>
       <c r="L37" s="22">
         <v>17234.4</v>
       </c>
       <c r="N37" s="22">
         <v>0</v>
       </c>
       <c r="O37" s="23">
         <v>17234.4</v>
       </c>
       <c r="Q37" s="24">
-        <v>780309100.01</v>
+        <v>853997588.24</v>
       </c>
     </row>
     <row r="38" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B38" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C38" s="20">
-        <v>10268336.71</v>
+        <v>11187098.87</v>
       </c>
       <c r="E38" s="21">
-        <v>1511805.72</v>
+        <v>1683813.15</v>
       </c>
       <c r="G38" s="22">
         <v>19.5</v>
       </c>
       <c r="H38" s="22">
-        <v>1873856189.88</v>
+        <v>2051455550.52</v>
       </c>
       <c r="I38" s="22">
         <v>41926.21</v>
       </c>
       <c r="J38" s="22">
         <v>0</v>
       </c>
       <c r="K38" s="23">
-        <v>1885678278.02</v>
+        <v>2064368408.25</v>
       </c>
       <c r="L38" s="22">
         <v>22134.9</v>
       </c>
       <c r="N38" s="22">
         <v>0</v>
       </c>
       <c r="O38" s="23">
         <v>22134.9</v>
       </c>
       <c r="Q38" s="24">
-        <v>1885700412.92</v>
+        <v>2064390543.15</v>
       </c>
     </row>
     <row r="39" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B39" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C39" s="15">
-        <v>43305018.54</v>
+        <v>47306939.47</v>
       </c>
       <c r="E39" s="16">
-        <v>6582386.92</v>
+        <v>7343031.46</v>
       </c>
       <c r="G39" s="17">
-        <v>848.14</v>
+        <v>887.96</v>
       </c>
       <c r="H39" s="17">
-        <v>5910416829.98</v>
+        <v>6469409798.89</v>
       </c>
       <c r="I39" s="17">
-        <v>484057.07</v>
+        <v>575991.09</v>
       </c>
       <c r="J39" s="17">
         <v>0</v>
       </c>
       <c r="K39" s="18">
-        <v>5960789140.65</v>
+        <v>6524636648.87</v>
       </c>
       <c r="L39" s="17">
-        <v>73990.47</v>
+        <v>91669.19</v>
       </c>
       <c r="N39" s="17">
         <v>0</v>
       </c>
       <c r="O39" s="18">
-        <v>73990.47</v>
+        <v>91669.19</v>
       </c>
       <c r="Q39" s="19">
-        <v>5960863131.12</v>
+        <v>6524728318.06</v>
       </c>
     </row>
     <row r="40" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B40" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C40" s="20">
-        <v>4311664.79</v>
+        <v>4708456.02</v>
       </c>
       <c r="E40" s="21">
-        <v>564039.57</v>
+        <v>605689.79</v>
       </c>
       <c r="G40" s="22">
         <v>0</v>
       </c>
       <c r="H40" s="22">
-        <v>543440367.55</v>
+        <v>594600173.05</v>
       </c>
       <c r="I40" s="22">
-        <v>0</v>
+        <v>28761.7</v>
       </c>
       <c r="J40" s="22">
         <v>0</v>
       </c>
       <c r="K40" s="23">
-        <v>548316071.91</v>
+        <v>599943080.56</v>
       </c>
       <c r="L40" s="22">
         <v>11712</v>
       </c>
       <c r="N40" s="22">
         <v>0</v>
       </c>
       <c r="O40" s="23">
         <v>11712</v>
       </c>
       <c r="Q40" s="24">
-        <v>548327783.91</v>
+        <v>599954792.56</v>
       </c>
     </row>
     <row r="41" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B41" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C41" s="20">
-        <v>9394242.21</v>
+        <v>10246260.33</v>
       </c>
       <c r="E41" s="21">
-        <v>3194355.32</v>
+        <v>3462486.99</v>
       </c>
       <c r="G41" s="22">
         <v>0</v>
       </c>
       <c r="H41" s="22">
-        <v>1548074611.31</v>
+        <v>1692494335.1</v>
       </c>
       <c r="I41" s="22">
-        <v>187138.43</v>
+        <v>238216.68</v>
       </c>
       <c r="J41" s="22">
         <v>0</v>
       </c>
       <c r="K41" s="23">
-        <v>1560850347.27</v>
+        <v>1706441299.1</v>
       </c>
       <c r="L41" s="22">
-        <v>2715.75</v>
+        <v>5715.75</v>
       </c>
       <c r="N41" s="22">
         <v>0</v>
       </c>
       <c r="O41" s="23">
-        <v>2715.75</v>
+        <v>5715.75</v>
       </c>
       <c r="Q41" s="24">
-        <v>1560853063.02</v>
+        <v>1706447014.85</v>
       </c>
     </row>
     <row r="42" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B42" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="20">
-        <v>15917443.28</v>
+        <v>17383264.69</v>
       </c>
       <c r="E42" s="21">
-        <v>2899717.71</v>
+        <v>3193697.19</v>
       </c>
       <c r="G42" s="22">
         <v>498.07</v>
       </c>
       <c r="H42" s="22">
-        <v>2142696835.03</v>
+        <v>2341501965.22</v>
       </c>
       <c r="I42" s="22">
-        <v>247832.56</v>
+        <v>248822.56</v>
       </c>
       <c r="J42" s="22">
         <v>0</v>
       </c>
       <c r="K42" s="23">
-        <v>2161762326.65</v>
+        <v>2362328247.73</v>
       </c>
       <c r="L42" s="22">
         <v>16948.18</v>
       </c>
       <c r="N42" s="22">
         <v>0</v>
       </c>
       <c r="O42" s="23">
         <v>16948.18</v>
       </c>
       <c r="Q42" s="24">
-        <v>2161779274.83</v>
+        <v>2362345195.91</v>
       </c>
     </row>
     <row r="43" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B43" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="20">
-        <v>4374211.76</v>
+        <v>4785083.66</v>
       </c>
       <c r="E43" s="21">
-        <v>742380.22</v>
+        <v>801420.09</v>
       </c>
       <c r="G43" s="22">
         <v>51.85</v>
       </c>
       <c r="H43" s="22">
-        <v>695044737.56</v>
+        <v>759914942.05</v>
       </c>
       <c r="I43" s="22">
         <v>55073.15</v>
       </c>
       <c r="J43" s="22">
         <v>0</v>
       </c>
       <c r="K43" s="23">
-        <v>700216454.54</v>
+        <v>765556570.8</v>
       </c>
       <c r="L43" s="22">
         <v>6186.72</v>
       </c>
       <c r="N43" s="22">
         <v>0</v>
       </c>
       <c r="O43" s="23">
         <v>6186.72</v>
       </c>
       <c r="Q43" s="24">
-        <v>700222641.26</v>
+        <v>765562757.52</v>
       </c>
     </row>
     <row r="44" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B44" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C44" s="20">
-        <v>11352039.23</v>
+        <v>12459345.05</v>
       </c>
       <c r="E44" s="21">
-        <v>5748739.18</v>
+        <v>6284102.25</v>
       </c>
       <c r="G44" s="22">
-        <v>380.57</v>
+        <v>545.25</v>
       </c>
       <c r="H44" s="22">
-        <v>1198107316.62</v>
+        <v>1310701725.6</v>
       </c>
       <c r="I44" s="22">
         <v>52595.93</v>
       </c>
       <c r="J44" s="22">
         <v>0</v>
       </c>
       <c r="K44" s="23">
-        <v>1215261071.53</v>
+        <v>1329498314.08</v>
       </c>
       <c r="L44" s="22">
-        <v>12624.24</v>
+        <v>15624.24</v>
       </c>
       <c r="N44" s="22">
         <v>0</v>
       </c>
       <c r="O44" s="23">
-        <v>12624.24</v>
+        <v>15624.24</v>
       </c>
       <c r="Q44" s="24">
-        <v>1215273695.77</v>
+        <v>1329513938.32</v>
       </c>
     </row>
     <row r="45" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B45" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C45" s="20">
-        <v>4197807.15</v>
+        <v>4584423.49</v>
       </c>
       <c r="E45" s="21">
-        <v>573499.44</v>
+        <v>655885.46</v>
       </c>
       <c r="G45" s="22">
         <v>0</v>
       </c>
       <c r="H45" s="22">
-        <v>523119884.42</v>
+        <v>572283776.65</v>
       </c>
       <c r="I45" s="22">
-        <v>27981.25</v>
+        <v>33763.25</v>
       </c>
       <c r="J45" s="22">
         <v>0</v>
       </c>
       <c r="K45" s="23">
-        <v>527919172.26</v>
+        <v>577557848.85</v>
       </c>
       <c r="L45" s="22">
-        <v>5432</v>
+        <v>9440</v>
       </c>
       <c r="N45" s="22">
         <v>0</v>
       </c>
       <c r="O45" s="23">
-        <v>5432</v>
+        <v>9440</v>
       </c>
       <c r="Q45" s="24">
-        <v>527924604.26</v>
+        <v>577567288.85</v>
       </c>
     </row>
     <row r="46" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B46" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C46" s="20">
-        <v>4334233.46</v>
+        <v>4726627.89</v>
       </c>
       <c r="E46" s="21">
-        <v>464288.48</v>
+        <v>521780.34</v>
       </c>
       <c r="G46" s="22">
         <v>0</v>
       </c>
       <c r="H46" s="22">
-        <v>339258690.93</v>
+        <v>371075004.78</v>
       </c>
       <c r="I46" s="22">
         <v>10763.16</v>
       </c>
       <c r="J46" s="22">
         <v>0</v>
       </c>
       <c r="K46" s="23">
-        <v>344067976.03</v>
+        <v>376334176.17</v>
       </c>
       <c r="L46" s="22">
         <v>0</v>
       </c>
       <c r="N46" s="22">
         <v>0</v>
       </c>
       <c r="O46" s="23">
         <v>0</v>
       </c>
       <c r="Q46" s="24">
-        <v>344067976.03</v>
+        <v>376334176.17</v>
       </c>
     </row>
     <row r="47" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B47" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C47" s="20">
-        <v>10324400.54</v>
+        <v>11249897.74</v>
       </c>
       <c r="E47" s="21">
-        <v>2091200.14</v>
+        <v>2254248.2</v>
       </c>
       <c r="G47" s="22">
         <v>0</v>
       </c>
       <c r="H47" s="22">
-        <v>2082601407.98</v>
+        <v>2278000436.9</v>
       </c>
       <c r="I47" s="22">
-        <v>0</v>
+        <v>6271.43</v>
       </c>
       <c r="J47" s="22">
         <v>0</v>
       </c>
       <c r="K47" s="23">
-        <v>2095017008.66</v>
+        <v>2291510854.27</v>
       </c>
       <c r="L47" s="22">
         <v>27182</v>
       </c>
       <c r="N47" s="22">
         <v>0</v>
       </c>
       <c r="O47" s="23">
         <v>27182</v>
       </c>
       <c r="Q47" s="24">
-        <v>2095044190.66</v>
+        <v>2291538036.27</v>
       </c>
     </row>
     <row r="48" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B48" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C48" s="20">
-        <v>4852609.2</v>
+        <v>5305347.68</v>
       </c>
       <c r="E48" s="21">
-        <v>463213.58</v>
+        <v>507364.77</v>
       </c>
       <c r="G48" s="22">
         <v>7.73</v>
       </c>
       <c r="H48" s="22">
-        <v>629792223.85</v>
+        <v>688589037.85</v>
       </c>
       <c r="I48" s="22">
         <v>0</v>
       </c>
       <c r="J48" s="22">
         <v>0</v>
       </c>
       <c r="K48" s="23">
-        <v>635108054.36</v>
+        <v>694401758.03</v>
       </c>
       <c r="L48" s="22">
         <v>7824.99</v>
       </c>
       <c r="N48" s="22">
         <v>0</v>
       </c>
       <c r="O48" s="23">
         <v>7824.99</v>
       </c>
       <c r="Q48" s="24">
-        <v>635115879.35</v>
+        <v>694409583.02</v>
       </c>
     </row>
     <row r="49" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B49" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C49" s="15">
-        <v>69058651.62</v>
+        <v>75448706.55</v>
       </c>
       <c r="E49" s="16">
-        <v>16741433.64</v>
+        <v>18286675.08</v>
       </c>
       <c r="G49" s="17">
-        <v>938.22</v>
+        <v>1102.9</v>
       </c>
       <c r="H49" s="17">
-        <v>9702136075.25</v>
+        <v>10609161397.2</v>
       </c>
       <c r="I49" s="17">
-        <v>581384.48</v>
+        <v>674267.86</v>
       </c>
       <c r="J49" s="17">
         <v>0</v>
       </c>
       <c r="K49" s="18">
-        <v>9788518483.21</v>
+        <v>10703572149.59</v>
       </c>
       <c r="L49" s="17">
-        <v>90625.88</v>
+        <v>100633.88</v>
       </c>
       <c r="N49" s="17">
         <v>0</v>
       </c>
       <c r="O49" s="18">
-        <v>90625.88</v>
+        <v>100633.88</v>
       </c>
       <c r="Q49" s="19">
-        <v>9788609109.09</v>
+        <v>10703672783.47</v>
       </c>
     </row>
     <row r="50" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B50" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C50" s="20">
-        <v>66574360.74</v>
+        <v>72357610.04</v>
       </c>
       <c r="E50" s="21">
-        <v>13292868.85</v>
+        <v>15064969.92</v>
       </c>
       <c r="G50" s="22">
         <v>15.56</v>
       </c>
       <c r="H50" s="22">
-        <v>22476438072.58</v>
+        <v>24569291492.43</v>
       </c>
       <c r="I50" s="22">
-        <v>784035.14</v>
+        <v>810920.79</v>
       </c>
       <c r="J50" s="22">
         <v>0</v>
       </c>
       <c r="K50" s="23">
-        <v>22557089352.87</v>
+        <v>24657525008.74</v>
       </c>
       <c r="L50" s="22">
-        <v>176012.66</v>
+        <v>183477.18</v>
       </c>
       <c r="N50" s="22">
         <v>0</v>
       </c>
       <c r="O50" s="23">
-        <v>176012.66</v>
+        <v>183477.18</v>
       </c>
       <c r="Q50" s="24">
-        <v>22557265365.53</v>
+        <v>24657708485.92</v>
       </c>
     </row>
     <row r="51" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B51" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C51" s="20">
-        <v>10216706.77</v>
+        <v>11127009.33</v>
       </c>
       <c r="E51" s="21">
-        <v>2086273.99</v>
+        <v>2262916.62</v>
       </c>
       <c r="G51" s="22">
-        <v>1007.14</v>
+        <v>1009.65</v>
       </c>
       <c r="H51" s="22">
-        <v>2493881831.9</v>
+        <v>2727303194.7</v>
       </c>
       <c r="I51" s="22">
         <v>4358.18</v>
       </c>
       <c r="J51" s="22">
         <v>0</v>
       </c>
       <c r="K51" s="23">
-        <v>2506190177.98</v>
+        <v>2740698488.48</v>
       </c>
       <c r="L51" s="22">
-        <v>36666</v>
+        <v>37166</v>
       </c>
       <c r="N51" s="22">
         <v>0</v>
       </c>
       <c r="O51" s="23">
-        <v>36666</v>
+        <v>37166</v>
       </c>
       <c r="Q51" s="24">
-        <v>2506226843.98</v>
+        <v>2740735654.48</v>
       </c>
     </row>
     <row r="52" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B52" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C52" s="20">
-        <v>7681904.37</v>
+        <v>8365423.64</v>
       </c>
       <c r="E52" s="21">
-        <v>1154781.24</v>
+        <v>1241851.41</v>
       </c>
       <c r="G52" s="22">
         <v>1007.74</v>
       </c>
       <c r="H52" s="22">
-        <v>1461146511.16</v>
+        <v>1598065245.11</v>
       </c>
       <c r="I52" s="22">
         <v>143166.85</v>
       </c>
       <c r="J52" s="22">
         <v>0</v>
       </c>
       <c r="K52" s="23">
-        <v>1470127371.36</v>
+        <v>1607816694.75</v>
       </c>
       <c r="L52" s="22">
         <v>15322.68</v>
       </c>
       <c r="N52" s="22">
         <v>0</v>
       </c>
       <c r="O52" s="23">
         <v>15322.68</v>
       </c>
       <c r="Q52" s="24">
-        <v>1470142694.04</v>
+        <v>1607832017.43</v>
       </c>
     </row>
     <row r="53" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B53" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C53" s="20">
-        <v>12368675.1</v>
+        <v>13477153.34</v>
       </c>
       <c r="E53" s="21">
-        <v>1981587.2</v>
+        <v>2153638.87</v>
       </c>
       <c r="G53" s="22">
         <v>0</v>
       </c>
       <c r="H53" s="22">
-        <v>2830977990.45</v>
+        <v>3099374223.91</v>
       </c>
       <c r="I53" s="22">
-        <v>120339.27</v>
+        <v>121059</v>
       </c>
       <c r="J53" s="22">
         <v>0</v>
       </c>
       <c r="K53" s="23">
-        <v>2845448592.02</v>
+        <v>3115126075.12</v>
       </c>
       <c r="L53" s="22">
         <v>12783.84</v>
       </c>
       <c r="N53" s="22">
         <v>0</v>
       </c>
       <c r="O53" s="23">
         <v>12783.84</v>
       </c>
       <c r="Q53" s="24">
-        <v>2845461375.86</v>
+        <v>3115138858.96</v>
       </c>
     </row>
     <row r="54" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B54" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C54" s="15">
-        <v>96841646.98</v>
+        <v>105327196.35</v>
       </c>
       <c r="E54" s="16">
-        <v>18515511.28</v>
+        <v>20723376.82</v>
       </c>
       <c r="G54" s="17">
-        <v>2030.44</v>
+        <v>2032.95</v>
       </c>
       <c r="H54" s="17">
-        <v>29262444406.09</v>
+        <v>31994034156.15</v>
       </c>
       <c r="I54" s="17">
-        <v>1051899.44</v>
+        <v>1079504.82</v>
       </c>
       <c r="J54" s="17">
         <v>0</v>
       </c>
       <c r="K54" s="18">
-        <v>29378855494.23</v>
+        <v>32121166267.09</v>
       </c>
       <c r="L54" s="17">
-        <v>240785.18</v>
+        <v>248749.7</v>
       </c>
       <c r="N54" s="17">
         <v>0</v>
       </c>
       <c r="O54" s="18">
-        <v>240785.18</v>
+        <v>248749.7</v>
       </c>
       <c r="Q54" s="19">
-        <v>29379096279.41</v>
+        <v>32121415016.79</v>
       </c>
     </row>
     <row r="55" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B55" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C55" s="20">
-        <v>12709424.08</v>
+        <v>13891455.95</v>
       </c>
       <c r="E55" s="21">
-        <v>2172463.62</v>
+        <v>2441191.38</v>
       </c>
       <c r="G55" s="22">
         <v>402.6</v>
       </c>
       <c r="H55" s="22">
-        <v>1976169376.86</v>
+        <v>2165191942.52</v>
       </c>
       <c r="I55" s="22">
-        <v>211086.36</v>
+        <v>238200.94</v>
       </c>
       <c r="J55" s="22">
         <v>0</v>
       </c>
       <c r="K55" s="23">
-        <v>1991262753.52</v>
+        <v>2181763193.39</v>
       </c>
       <c r="L55" s="22">
-        <v>24504</v>
+        <v>30096</v>
       </c>
       <c r="N55" s="22">
         <v>0</v>
       </c>
       <c r="O55" s="23">
-        <v>24504</v>
+        <v>30096</v>
       </c>
       <c r="Q55" s="24">
-        <v>1991287257.52</v>
+        <v>2181793289.39</v>
       </c>
     </row>
     <row r="56" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B56" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C56" s="20">
-        <v>13908980.65</v>
+        <v>15201009.19</v>
       </c>
       <c r="E56" s="21">
-        <v>2191336.41</v>
+        <v>2433278.31</v>
       </c>
       <c r="G56" s="22">
         <v>0</v>
       </c>
       <c r="H56" s="22">
-        <v>1325793237.34</v>
+        <v>1451658246.19</v>
       </c>
       <c r="I56" s="22">
-        <v>93489.76</v>
+        <v>209795.57</v>
       </c>
       <c r="J56" s="22">
         <v>0</v>
       </c>
       <c r="K56" s="23">
-        <v>1341987044.16</v>
+        <v>1469502329.26</v>
       </c>
       <c r="L56" s="22">
         <v>17716</v>
       </c>
       <c r="N56" s="22">
         <v>0</v>
       </c>
       <c r="O56" s="23">
         <v>17716</v>
       </c>
       <c r="Q56" s="24">
-        <v>1342004760.16</v>
+        <v>1469520045.26</v>
       </c>
     </row>
     <row r="57" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B57" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C57" s="15">
-        <v>26618404.73</v>
+        <v>29092465.14</v>
       </c>
       <c r="E57" s="16">
-        <v>4363800.03</v>
+        <v>4874469.69</v>
       </c>
       <c r="G57" s="17">
         <v>402.6</v>
       </c>
       <c r="H57" s="17">
-        <v>3301962614.2</v>
+        <v>3616850188.71</v>
       </c>
       <c r="I57" s="17">
-        <v>304576.12</v>
+        <v>447996.51</v>
       </c>
       <c r="J57" s="17">
         <v>0</v>
       </c>
       <c r="K57" s="18">
-        <v>3333249797.68</v>
+        <v>3651265522.65</v>
       </c>
       <c r="L57" s="17">
-        <v>42220</v>
+        <v>47812</v>
       </c>
       <c r="N57" s="17">
         <v>0</v>
       </c>
       <c r="O57" s="18">
-        <v>42220</v>
+        <v>47812</v>
       </c>
       <c r="Q57" s="19">
-        <v>3333292017.68</v>
+        <v>3651313334.65</v>
       </c>
     </row>
     <row r="58" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B58" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C58" s="20">
-        <v>34408616.55</v>
+        <v>37603226.3</v>
       </c>
       <c r="E58" s="21">
-        <v>6870933.62</v>
+        <v>7616574.28</v>
       </c>
       <c r="G58" s="22">
-        <v>0</v>
+        <v>0.25</v>
       </c>
       <c r="H58" s="22">
-        <v>4285538658.28</v>
+        <v>4685458388.95</v>
       </c>
       <c r="I58" s="22">
-        <v>368993.64</v>
+        <v>450966.64</v>
       </c>
       <c r="J58" s="22">
         <v>0</v>
       </c>
       <c r="K58" s="23">
-        <v>4327187202.09</v>
+        <v>4731129156.42</v>
       </c>
       <c r="L58" s="22">
-        <v>76365.87</v>
+        <v>79365.87</v>
       </c>
       <c r="N58" s="22">
         <v>0</v>
       </c>
       <c r="O58" s="23">
-        <v>76365.87</v>
+        <v>79365.87</v>
       </c>
       <c r="Q58" s="24">
-        <v>4327263567.96</v>
+        <v>4731208522.29</v>
       </c>
     </row>
     <row r="59" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B59" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C59" s="20">
-        <v>10215835.12</v>
+        <v>11137305.64</v>
       </c>
       <c r="E59" s="21">
-        <v>1768003.17</v>
+        <v>1898512.58</v>
       </c>
       <c r="G59" s="22">
         <v>1593.79</v>
       </c>
       <c r="H59" s="22">
-        <v>1365768959.11</v>
+        <v>1493009264.8</v>
       </c>
       <c r="I59" s="22">
         <v>3957.11</v>
       </c>
       <c r="J59" s="22">
         <v>0</v>
       </c>
       <c r="K59" s="23">
-        <v>1377758348.3</v>
+        <v>1506050633.92</v>
       </c>
       <c r="L59" s="22">
-        <v>33301.31</v>
+        <v>38256.35</v>
       </c>
       <c r="N59" s="22">
         <v>0</v>
       </c>
       <c r="O59" s="23">
-        <v>33301.31</v>
+        <v>38256.35</v>
       </c>
       <c r="Q59" s="24">
-        <v>1377791649.61</v>
+        <v>1506088890.27</v>
       </c>
     </row>
     <row r="60" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B60" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C60" s="20">
-        <v>9985447.04</v>
+        <v>10903073.17</v>
       </c>
       <c r="E60" s="21">
-        <v>1172942.36</v>
+        <v>1273941.15</v>
       </c>
       <c r="G60" s="22">
         <v>0</v>
       </c>
       <c r="H60" s="22">
-        <v>1254343055.3</v>
+        <v>1371595928.72</v>
       </c>
       <c r="I60" s="22">
-        <v>14529.69</v>
+        <v>207731.87</v>
       </c>
       <c r="J60" s="22">
         <v>0</v>
       </c>
       <c r="K60" s="23">
-        <v>1265515974.39</v>
+        <v>1383980674.91</v>
       </c>
       <c r="L60" s="22">
-        <v>31673.94</v>
+        <v>32873.94</v>
       </c>
       <c r="N60" s="22">
         <v>0</v>
       </c>
       <c r="O60" s="23">
-        <v>31673.94</v>
+        <v>32873.94</v>
       </c>
       <c r="Q60" s="24">
-        <v>1265547648.33</v>
+        <v>1384013548.85</v>
       </c>
     </row>
     <row r="61" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B61" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C61" s="20">
-        <v>26660010.67</v>
+        <v>29049135.48</v>
       </c>
       <c r="E61" s="21">
-        <v>6718582.46</v>
+        <v>7493294.03</v>
       </c>
       <c r="G61" s="22">
-        <v>29.09</v>
+        <v>901.21</v>
       </c>
       <c r="H61" s="22">
-        <v>3632368161.18</v>
+        <v>3971067427.62</v>
       </c>
       <c r="I61" s="22">
-        <v>515110.21</v>
+        <v>582263.2</v>
       </c>
       <c r="J61" s="22">
         <v>0</v>
       </c>
       <c r="K61" s="23">
-        <v>3666261893.61</v>
+        <v>4008193021.54</v>
       </c>
       <c r="L61" s="22">
-        <v>105578.74</v>
+        <v>130136.5</v>
       </c>
       <c r="N61" s="22">
         <v>0</v>
       </c>
       <c r="O61" s="23">
-        <v>105578.74</v>
+        <v>130136.5</v>
       </c>
       <c r="Q61" s="24">
-        <v>3666367472.35</v>
+        <v>4008323158.04</v>
       </c>
     </row>
     <row r="62" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B62" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C62" s="15">
-        <v>81269909.38</v>
+        <v>88692740.59</v>
       </c>
       <c r="E62" s="16">
-        <v>16530461.61</v>
+        <v>18282322.04</v>
       </c>
       <c r="G62" s="17">
-        <v>1622.88</v>
+        <v>2495.25</v>
       </c>
       <c r="H62" s="17">
-        <v>10538018833.87</v>
+        <v>11521131010.09</v>
       </c>
       <c r="I62" s="17">
-        <v>902590.65</v>
+        <v>1244918.82</v>
       </c>
       <c r="J62" s="17">
         <v>0</v>
       </c>
       <c r="K62" s="18">
-        <v>10636723418.39</v>
+        <v>11629353486.79</v>
       </c>
       <c r="L62" s="17">
-        <v>246919.86</v>
+        <v>280632.66</v>
       </c>
       <c r="N62" s="17">
         <v>0</v>
       </c>
       <c r="O62" s="18">
-        <v>246919.86</v>
+        <v>280632.66</v>
       </c>
       <c r="Q62" s="19">
-        <v>10636970338.25</v>
+        <v>11629634119.45</v>
       </c>
     </row>
     <row r="63" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B63" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C63" s="20">
-        <v>7919465.47</v>
+        <v>8682590.32</v>
       </c>
       <c r="E63" s="21">
-        <v>1679240.16</v>
+        <v>1851395.97</v>
       </c>
       <c r="G63" s="22">
         <v>46.29</v>
       </c>
       <c r="H63" s="22">
-        <v>1143439901.6</v>
+        <v>1251705526.49</v>
       </c>
       <c r="I63" s="22">
         <v>72245.17</v>
       </c>
       <c r="J63" s="22">
         <v>0</v>
       </c>
       <c r="K63" s="23">
-        <v>1153110898.69</v>
+        <v>1262311804.24</v>
       </c>
       <c r="L63" s="22">
-        <v>5793.06</v>
+        <v>11160.9</v>
       </c>
       <c r="N63" s="22">
         <v>0</v>
       </c>
       <c r="O63" s="23">
-        <v>5793.06</v>
+        <v>11160.9</v>
       </c>
       <c r="Q63" s="24">
-        <v>1153116691.75</v>
+        <v>1262322965.14</v>
       </c>
     </row>
     <row r="64" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B64" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C64" s="15">
-        <v>7919465.47</v>
+        <v>8682590.32</v>
       </c>
       <c r="E64" s="16">
-        <v>1679240.16</v>
+        <v>1851395.97</v>
       </c>
       <c r="G64" s="17">
         <v>46.29</v>
       </c>
       <c r="H64" s="17">
-        <v>1143439901.6</v>
+        <v>1251705526.49</v>
       </c>
       <c r="I64" s="17">
         <v>72245.17</v>
       </c>
       <c r="J64" s="17">
         <v>0</v>
       </c>
       <c r="K64" s="18">
-        <v>1153110898.69</v>
+        <v>1262311804.24</v>
       </c>
       <c r="L64" s="17">
-        <v>5793.06</v>
+        <v>11160.9</v>
       </c>
       <c r="N64" s="17">
         <v>0</v>
       </c>
       <c r="O64" s="18">
-        <v>5793.06</v>
+        <v>11160.9</v>
       </c>
       <c r="Q64" s="19">
-        <v>1153116691.75</v>
+        <v>1262322965.14</v>
       </c>
     </row>
     <row r="65" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B65" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C65" s="20">
-        <v>70779396.98</v>
+        <v>77108397.55</v>
       </c>
       <c r="E65" s="21">
-        <v>12530302.65</v>
+        <v>14410004.64</v>
       </c>
       <c r="G65" s="22">
         <v>60.18</v>
       </c>
       <c r="H65" s="22">
-        <v>23232734155.38</v>
+        <v>25400131355.43</v>
       </c>
       <c r="I65" s="22">
-        <v>246064.12</v>
+        <v>306629.69</v>
       </c>
       <c r="J65" s="22">
         <v>0</v>
       </c>
       <c r="K65" s="23">
-        <v>23316289979.31</v>
+        <v>25491956447.49</v>
       </c>
       <c r="L65" s="22">
-        <v>171327</v>
+        <v>191055</v>
       </c>
       <c r="N65" s="22">
         <v>0</v>
       </c>
       <c r="O65" s="23">
-        <v>171327</v>
+        <v>191055</v>
       </c>
       <c r="Q65" s="24">
-        <v>23316461306.31</v>
+        <v>25492147502.49</v>
       </c>
     </row>
     <row r="66" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B66" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C66" s="15">
-        <v>70779396.98</v>
+        <v>77108397.55</v>
       </c>
       <c r="E66" s="16">
-        <v>12530302.65</v>
+        <v>14410004.64</v>
       </c>
       <c r="G66" s="17">
         <v>60.18</v>
       </c>
       <c r="H66" s="17">
-        <v>23232734155.38</v>
+        <v>25400131355.43</v>
       </c>
       <c r="I66" s="17">
-        <v>246064.12</v>
+        <v>306629.69</v>
       </c>
       <c r="J66" s="17">
         <v>0</v>
       </c>
       <c r="K66" s="18">
-        <v>23316289979.31</v>
+        <v>25491956447.49</v>
       </c>
       <c r="L66" s="17">
-        <v>171327</v>
+        <v>191055</v>
       </c>
       <c r="N66" s="17">
         <v>0</v>
       </c>
       <c r="O66" s="18">
-        <v>171327</v>
+        <v>191055</v>
       </c>
       <c r="Q66" s="19">
-        <v>23316461306.31</v>
+        <v>25492147502.49</v>
       </c>
     </row>
     <row r="67" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B67" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C67" s="20">
-        <v>24501298.31</v>
+        <v>26753474.66</v>
       </c>
       <c r="E67" s="21">
-        <v>4038341.89</v>
+        <v>4442055</v>
       </c>
       <c r="G67" s="22">
         <v>104.32</v>
       </c>
       <c r="H67" s="22">
-        <v>3979363159.41</v>
+        <v>4355471685.89</v>
       </c>
       <c r="I67" s="22">
-        <v>955137.66</v>
+        <v>1069064.73</v>
       </c>
       <c r="J67" s="22">
         <v>0</v>
       </c>
       <c r="K67" s="23">
-        <v>4008858041.59</v>
+        <v>4387736384.6</v>
       </c>
       <c r="L67" s="22">
-        <v>91883.36</v>
+        <v>96623.36</v>
       </c>
       <c r="N67" s="22">
         <v>0</v>
       </c>
       <c r="O67" s="23">
-        <v>91883.36</v>
+        <v>96623.36</v>
       </c>
       <c r="Q67" s="24">
-        <v>4008949924.95</v>
+        <v>4387833007.96</v>
       </c>
     </row>
     <row r="68" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B68" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C68" s="15">
-        <v>24501298.31</v>
+        <v>26753474.66</v>
       </c>
       <c r="E68" s="16">
-        <v>4038341.89</v>
+        <v>4442055</v>
       </c>
       <c r="G68" s="17">
         <v>104.32</v>
       </c>
       <c r="H68" s="17">
-        <v>3979363159.41</v>
+        <v>4355471685.89</v>
       </c>
       <c r="I68" s="17">
-        <v>955137.66</v>
+        <v>1069064.73</v>
       </c>
       <c r="J68" s="17">
         <v>0</v>
       </c>
       <c r="K68" s="18">
-        <v>4008858041.59</v>
+        <v>4387736384.6</v>
       </c>
       <c r="L68" s="17">
-        <v>91883.36</v>
+        <v>96623.36</v>
       </c>
       <c r="N68" s="17">
         <v>0</v>
       </c>
       <c r="O68" s="18">
-        <v>91883.36</v>
+        <v>96623.36</v>
       </c>
       <c r="Q68" s="19">
-        <v>4008949924.95</v>
+        <v>4387833007.96</v>
       </c>
     </row>
     <row r="69" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B69" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C69" s="20">
-        <v>9384453.75</v>
+        <v>10216006.02</v>
       </c>
       <c r="E69" s="21">
-        <v>1760396.4</v>
+        <v>1892326.71</v>
       </c>
       <c r="G69" s="22">
         <v>1457.7</v>
       </c>
       <c r="H69" s="22">
-        <v>2595274842.95</v>
+        <v>2834836053.56</v>
       </c>
       <c r="I69" s="22">
-        <v>11579.06</v>
+        <v>18728.35</v>
       </c>
       <c r="J69" s="22">
         <v>0</v>
       </c>
       <c r="K69" s="23">
-        <v>2606432729.86</v>
+        <v>2846964572.34</v>
       </c>
       <c r="L69" s="22">
-        <v>6375.36</v>
+        <v>9375.36</v>
       </c>
       <c r="N69" s="22">
         <v>0</v>
       </c>
       <c r="O69" s="23">
-        <v>6375.36</v>
+        <v>9375.36</v>
       </c>
       <c r="Q69" s="24">
-        <v>2606439105.22</v>
+        <v>2846973947.7</v>
       </c>
     </row>
     <row r="70" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B70" s="14" t="s">
         <v>73</v>
       </c>
       <c r="C70" s="15">
-        <v>9384453.75</v>
+        <v>10216006.02</v>
       </c>
       <c r="E70" s="16">
-        <v>1760396.4</v>
+        <v>1892326.71</v>
       </c>
       <c r="G70" s="17">
         <v>1457.7</v>
       </c>
       <c r="H70" s="17">
-        <v>2595274842.95</v>
+        <v>2834836053.56</v>
       </c>
       <c r="I70" s="17">
-        <v>11579.06</v>
+        <v>18728.35</v>
       </c>
       <c r="J70" s="17">
         <v>0</v>
       </c>
       <c r="K70" s="18">
-        <v>2606432729.86</v>
+        <v>2846964572.34</v>
       </c>
       <c r="L70" s="17">
-        <v>6375.36</v>
+        <v>9375.36</v>
       </c>
       <c r="N70" s="17">
         <v>0</v>
       </c>
       <c r="O70" s="18">
-        <v>6375.36</v>
+        <v>9375.36</v>
       </c>
       <c r="Q70" s="19">
-        <v>2606439105.22</v>
+        <v>2846973947.7</v>
       </c>
     </row>
     <row r="71" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B71" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C71" s="20">
-        <v>27515136.76</v>
+        <v>29984775.26</v>
       </c>
       <c r="E71" s="21">
-        <v>4405878.11</v>
+        <v>4813959.8</v>
       </c>
       <c r="G71" s="22">
-        <v>2156.52</v>
+        <v>2575.59</v>
       </c>
       <c r="H71" s="22">
-        <v>4836236971.2</v>
+        <v>5294609297.24</v>
       </c>
       <c r="I71" s="22">
-        <v>157876.4</v>
+        <v>163054.33</v>
       </c>
       <c r="J71" s="22">
         <v>0</v>
       </c>
       <c r="K71" s="23">
-        <v>4868318018.99</v>
+        <v>5329573662.22</v>
       </c>
       <c r="L71" s="22">
-        <v>87668.31</v>
+        <v>106194.87</v>
       </c>
       <c r="N71" s="22">
         <v>0</v>
       </c>
       <c r="O71" s="23">
-        <v>87668.31</v>
+        <v>106194.87</v>
       </c>
       <c r="Q71" s="24">
-        <v>4868405687.3</v>
+        <v>5329679857.09</v>
       </c>
     </row>
     <row r="72" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B72" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C72" s="20">
-        <v>10002102.38</v>
+        <v>10918175.13</v>
       </c>
       <c r="E72" s="21">
-        <v>1958133</v>
+        <v>2208617.27</v>
       </c>
       <c r="G72" s="22">
-        <v>3242</v>
+        <v>3260</v>
       </c>
       <c r="H72" s="22">
-        <v>1980433695.77</v>
+        <v>2167904768.6</v>
       </c>
       <c r="I72" s="22">
-        <v>31435.9</v>
+        <v>67299.84</v>
       </c>
       <c r="J72" s="22">
         <v>0</v>
       </c>
       <c r="K72" s="23">
-        <v>1992428609.05</v>
+        <v>2181102120.84</v>
       </c>
       <c r="L72" s="22">
         <v>17361.64</v>
       </c>
       <c r="N72" s="22">
         <v>0</v>
       </c>
       <c r="O72" s="23">
         <v>17361.64</v>
       </c>
       <c r="Q72" s="24">
-        <v>1992445970.69</v>
+        <v>2181119482.48</v>
       </c>
     </row>
     <row r="73" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B73" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C73" s="20">
-        <v>46309431</v>
+        <v>50501173.2</v>
       </c>
       <c r="E73" s="21">
-        <v>9695435.92</v>
+        <v>10643865.87</v>
       </c>
       <c r="G73" s="22">
         <v>0</v>
       </c>
       <c r="H73" s="22">
-        <v>8717100025.37</v>
+        <v>9553524506.76</v>
       </c>
       <c r="I73" s="22">
-        <v>1078108.04</v>
+        <v>1406539.56</v>
       </c>
       <c r="J73" s="22">
         <v>0</v>
       </c>
       <c r="K73" s="23">
-        <v>8774183000.33</v>
+        <v>9616076085.39</v>
       </c>
       <c r="L73" s="22">
-        <v>97330.38</v>
+        <v>99330.42</v>
       </c>
       <c r="N73" s="22">
         <v>0</v>
       </c>
       <c r="O73" s="23">
-        <v>97330.38</v>
+        <v>99330.42</v>
       </c>
       <c r="Q73" s="24">
-        <v>8774280330.71</v>
+        <v>9616175415.81</v>
       </c>
     </row>
     <row r="74" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B74" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C74" s="15">
-        <v>83826670.14</v>
+        <v>91404123.59</v>
       </c>
       <c r="E74" s="16">
-        <v>16059447.03</v>
+        <v>17666442.94</v>
       </c>
       <c r="G74" s="17">
-        <v>5398.52</v>
+        <v>5835.59</v>
       </c>
       <c r="H74" s="17">
-        <v>15533770692.34</v>
+        <v>17016038572.6</v>
       </c>
       <c r="I74" s="17">
-        <v>1267420.34</v>
+        <v>1636893.73</v>
       </c>
       <c r="J74" s="17">
         <v>0</v>
       </c>
       <c r="K74" s="18">
-        <v>15634929628.37</v>
+        <v>17126751868.45</v>
       </c>
       <c r="L74" s="17">
-        <v>202360.33</v>
+        <v>222886.93</v>
       </c>
       <c r="N74" s="17">
         <v>0</v>
       </c>
       <c r="O74" s="18">
-        <v>202360.33</v>
+        <v>222886.93</v>
       </c>
       <c r="Q74" s="19">
-        <v>15635131988.7</v>
+        <v>17126974755.38</v>
       </c>
     </row>
     <row r="75" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B75" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C75" s="20">
-        <v>6506549.15</v>
+        <v>7088317.72</v>
       </c>
       <c r="E75" s="21">
-        <v>1311680.79</v>
+        <v>1384272.63</v>
       </c>
       <c r="G75" s="22">
         <v>0</v>
       </c>
       <c r="H75" s="22">
-        <v>1628372634.03</v>
+        <v>1780557158.24</v>
       </c>
       <c r="I75" s="22">
         <v>38949.9</v>
       </c>
       <c r="J75" s="22">
         <v>0</v>
       </c>
       <c r="K75" s="23">
-        <v>1636229813.87</v>
+        <v>1789068698.49</v>
       </c>
       <c r="L75" s="22">
-        <v>13631.76</v>
+        <v>18445.2</v>
       </c>
       <c r="N75" s="22">
         <v>0</v>
       </c>
       <c r="O75" s="23">
-        <v>13631.76</v>
+        <v>18445.2</v>
       </c>
       <c r="Q75" s="24">
-        <v>1636243445.63</v>
+        <v>1789087143.69</v>
       </c>
     </row>
     <row r="76" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B76" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C76" s="20">
-        <v>11374965.72</v>
+        <v>12389614.38</v>
       </c>
       <c r="E76" s="21">
-        <v>2485476.17</v>
+        <v>2651957.97</v>
       </c>
       <c r="G76" s="22">
         <v>0</v>
       </c>
       <c r="H76" s="22">
-        <v>3684576215.18</v>
+        <v>4026213345.88</v>
       </c>
       <c r="I76" s="22">
         <v>75275.55</v>
       </c>
       <c r="J76" s="22">
         <v>0</v>
       </c>
       <c r="K76" s="23">
-        <v>3698511932.62</v>
+        <v>4041330193.78</v>
       </c>
       <c r="L76" s="22">
-        <v>19123.76</v>
+        <v>21619.76</v>
       </c>
       <c r="N76" s="22">
         <v>0</v>
       </c>
       <c r="O76" s="23">
-        <v>19123.76</v>
+        <v>21619.76</v>
       </c>
       <c r="Q76" s="24">
-        <v>3698531056.38</v>
+        <v>4041351813.54</v>
       </c>
     </row>
     <row r="77" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B77" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C77" s="20">
-        <v>22376987.57</v>
+        <v>24382729.56</v>
       </c>
       <c r="E77" s="21">
-        <v>3877383.4</v>
+        <v>4198585</v>
       </c>
       <c r="G77" s="22">
         <v>0</v>
       </c>
       <c r="H77" s="22">
-        <v>5840143578.79</v>
+        <v>6382135525.98</v>
       </c>
       <c r="I77" s="22">
-        <v>748101.63</v>
+        <v>761977.97</v>
       </c>
       <c r="J77" s="22">
         <v>0</v>
       </c>
       <c r="K77" s="23">
-        <v>5867146051.39</v>
+        <v>6411478818.51</v>
       </c>
       <c r="L77" s="22">
-        <v>8962.32</v>
+        <v>14362.32</v>
       </c>
       <c r="N77" s="22">
         <v>0</v>
       </c>
       <c r="O77" s="23">
-        <v>8962.32</v>
+        <v>14362.32</v>
       </c>
       <c r="Q77" s="24">
-        <v>5867155013.71</v>
+        <v>6411493180.83</v>
       </c>
     </row>
     <row r="78" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B78" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C78" s="15">
-        <v>40258502.44</v>
+        <v>43860661.66</v>
       </c>
       <c r="E78" s="16">
-        <v>7674540.36</v>
+        <v>8234815.6</v>
       </c>
       <c r="G78" s="17">
         <v>0</v>
       </c>
       <c r="H78" s="17">
-        <v>11153092428</v>
+        <v>12188906030.1</v>
       </c>
       <c r="I78" s="17">
-        <v>862327.08</v>
+        <v>876203.42</v>
       </c>
       <c r="J78" s="17">
         <v>0</v>
       </c>
       <c r="K78" s="18">
-        <v>11201887797.88</v>
+        <v>12241877710.78</v>
       </c>
       <c r="L78" s="17">
-        <v>41717.84</v>
+        <v>54427.28</v>
       </c>
       <c r="N78" s="17">
         <v>0</v>
       </c>
       <c r="O78" s="18">
-        <v>41717.84</v>
+        <v>54427.28</v>
       </c>
       <c r="Q78" s="19">
-        <v>11201929515.72</v>
+        <v>12241932138.06</v>
       </c>
     </row>
     <row r="79" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B79" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C79" s="20">
-        <v>76411058.76</v>
+        <v>83905272.61</v>
       </c>
       <c r="E79" s="21">
-        <v>39633894.36</v>
+        <v>42855086.29</v>
       </c>
       <c r="G79" s="22">
         <v>1785.23</v>
       </c>
       <c r="H79" s="22">
-        <v>195949050.61</v>
+        <v>215597586.52</v>
       </c>
       <c r="I79" s="22">
-        <v>1770333.01</v>
+        <v>2015693.62</v>
       </c>
       <c r="J79" s="22">
         <v>0</v>
       </c>
       <c r="K79" s="23">
-        <v>313766121.97</v>
+        <v>344375424.27</v>
       </c>
       <c r="L79" s="22">
-        <v>36986.32</v>
+        <v>44498.32</v>
       </c>
       <c r="N79" s="22">
         <v>0</v>
       </c>
       <c r="O79" s="23">
-        <v>36986.32</v>
+        <v>44498.32</v>
       </c>
       <c r="Q79" s="24">
-        <v>313803108.29</v>
+        <v>344419922.59</v>
       </c>
     </row>
     <row r="80" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B80" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C80" s="15">
-        <v>76411058.76</v>
+        <v>83905272.61</v>
       </c>
       <c r="E80" s="16">
-        <v>39633894.36</v>
+        <v>42855086.29</v>
       </c>
       <c r="G80" s="17">
         <v>1785.23</v>
       </c>
       <c r="H80" s="17">
-        <v>195949050.61</v>
+        <v>215597586.52</v>
       </c>
       <c r="I80" s="17">
-        <v>1770333.01</v>
+        <v>2015693.62</v>
       </c>
       <c r="J80" s="17">
         <v>0</v>
       </c>
       <c r="K80" s="18">
-        <v>313766121.97</v>
+        <v>344375424.27</v>
       </c>
       <c r="L80" s="17">
-        <v>36986.32</v>
+        <v>44498.32</v>
       </c>
       <c r="N80" s="17">
         <v>0</v>
       </c>
       <c r="O80" s="18">
-        <v>36986.32</v>
+        <v>44498.32</v>
       </c>
       <c r="Q80" s="19">
-        <v>313803108.29</v>
+        <v>344419922.59</v>
       </c>
     </row>
     <row r="81" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B81" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C81" s="20">
-        <v>85519186.75</v>
+        <v>94161562.79</v>
       </c>
       <c r="E81" s="21">
-        <v>40967320.36</v>
+        <v>46578479.07</v>
       </c>
       <c r="G81" s="22">
         <v>30452.1</v>
       </c>
       <c r="H81" s="22">
-        <v>195229530.09</v>
+        <v>215526748.37</v>
       </c>
       <c r="I81" s="22">
-        <v>802879.25</v>
+        <v>942141.02</v>
       </c>
       <c r="J81" s="22">
         <v>0</v>
       </c>
       <c r="K81" s="23">
-        <v>322549368.55</v>
+        <v>357239383.35</v>
       </c>
       <c r="L81" s="22">
-        <v>24739.36</v>
+        <v>77006.08</v>
       </c>
       <c r="N81" s="22">
         <v>0</v>
       </c>
       <c r="O81" s="23">
-        <v>24739.36</v>
+        <v>77006.08</v>
       </c>
       <c r="Q81" s="24">
-        <v>322574107.91</v>
+        <v>357316389.43</v>
       </c>
     </row>
     <row r="82" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B82" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C82" s="15">
-        <v>85519186.75</v>
+        <v>94161562.79</v>
       </c>
       <c r="E82" s="16">
-        <v>40967320.36</v>
+        <v>46578479.07</v>
       </c>
       <c r="G82" s="17">
         <v>30452.1</v>
       </c>
       <c r="H82" s="17">
-        <v>195229530.09</v>
+        <v>215526748.37</v>
       </c>
       <c r="I82" s="17">
-        <v>802879.25</v>
+        <v>942141.02</v>
       </c>
       <c r="J82" s="17">
         <v>0</v>
       </c>
       <c r="K82" s="18">
-        <v>322549368.55</v>
+        <v>357239383.35</v>
       </c>
       <c r="L82" s="17">
-        <v>24739.36</v>
+        <v>77006.08</v>
       </c>
       <c r="N82" s="17">
         <v>0</v>
       </c>
       <c r="O82" s="18">
-        <v>24739.36</v>
+        <v>77006.08</v>
       </c>
       <c r="Q82" s="19">
-        <v>322574107.91</v>
+        <v>357316389.43</v>
       </c>
     </row>
     <row r="83" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B83" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C83" s="15">
-        <v>251533815.96</v>
+        <v>274799479.98</v>
       </c>
       <c r="E83" s="16">
-        <v>342020603.96</v>
+        <v>380427991.5</v>
       </c>
       <c r="G83" s="17">
-        <v>164683.93</v>
+        <v>183001.34</v>
       </c>
       <c r="H83" s="17">
-        <v>6064913705.15</v>
+        <v>7235150956.28</v>
       </c>
       <c r="I83" s="17">
-        <v>174342319.76</v>
+        <v>186049968.53</v>
       </c>
       <c r="J83" s="17">
-        <v>1583733.32</v>
+        <v>2160127.6</v>
       </c>
       <c r="K83" s="18">
-        <v>6834558862.08</v>
+        <v>8078771525.23</v>
       </c>
       <c r="L83" s="17">
-        <v>963683.35</v>
+        <v>1202944.29</v>
       </c>
       <c r="N83" s="17">
         <v>0</v>
       </c>
       <c r="O83" s="18">
-        <v>963683.35</v>
+        <v>1202944.29</v>
       </c>
       <c r="Q83" s="19">
-        <v>6835522545.43</v>
+        <v>8079974469.52</v>
       </c>
     </row>
     <row r="84" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B84" s="25" t="s">
         <v>87</v>
       </c>
       <c r="C84" s="26">
-        <v>1258290505.28</v>
+        <v>1374427153.77</v>
       </c>
       <c r="D84" s="27"/>
       <c r="E84" s="28">
-        <v>578155072.3</v>
+        <v>642151343.92</v>
       </c>
       <c r="F84" s="27"/>
       <c r="G84" s="29">
-        <v>320191.08</v>
+        <v>357433.96</v>
       </c>
       <c r="H84" s="29">
-        <v>169519607126.64</v>
+        <v>186045685876.29</v>
       </c>
       <c r="I84" s="29">
-        <v>186443325.16</v>
+        <v>200359381.22</v>
       </c>
       <c r="J84" s="29">
-        <v>1583733.32</v>
+        <v>2160127.6</v>
       </c>
       <c r="K84" s="29">
-        <v>171544399953.78</v>
+        <v>188265141316.76</v>
       </c>
       <c r="L84" s="29">
-        <v>3186036.79</v>
+        <v>3762553.77</v>
       </c>
       <c r="M84" s="27"/>
       <c r="N84" s="29">
         <v>0</v>
       </c>
       <c r="O84" s="29">
-        <v>3186036.79</v>
+        <v>3762553.77</v>
       </c>
       <c r="P84" s="27"/>
       <c r="Q84" s="30">
-        <v>171547585990.57</v>
+        <v>188268903870.53</v>
       </c>
     </row>
     <row r="85" ht="1.05" customHeight="1" s="1" customFormat="1"/>
     <row r="86" ht="16.05" customHeight="1" s="1" customFormat="1">
       <c r="B86" s="31" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="87" ht="5.45" customHeight="1" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:C5"/>
     <mergeCell ref="F3:L3"/>
     <mergeCell ref="F5:L6"/>
     <mergeCell ref="F8:L8"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="O12:P12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="O13:P13"/>
     <mergeCell ref="C14:D14"/>
@@ -7553,1724 +7562,1724 @@
         <v>90</v>
       </c>
       <c r="D10" s="6"/>
       <c r="E10" s="32" t="s">
         <v>91</v>
       </c>
       <c r="F10" s="32" t="s">
         <v>92</v>
       </c>
       <c r="G10" s="32" t="s">
         <v>93</v>
       </c>
       <c r="H10" s="32" t="s">
         <v>94</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="32" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="11" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B11" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="9">
-        <v>133346910.82</v>
+        <v>146290072.61</v>
       </c>
       <c r="E11" s="9">
-        <v>909412686.01</v>
+        <v>994515492.08</v>
       </c>
       <c r="F11" s="9">
-        <v>208024735.82</v>
+        <v>227200772.96</v>
       </c>
       <c r="G11" s="9">
-        <v>21296539.46</v>
+        <v>23273917.48</v>
       </c>
       <c r="H11" s="9">
-        <v>3765133.55</v>
+        <v>4155003.59</v>
       </c>
       <c r="J11" s="33">
-        <v>1275846005.66</v>
+        <v>1395435258.72</v>
       </c>
     </row>
     <row r="12" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B12" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="9">
-        <v>461157832.15</v>
+        <v>504935869.96</v>
       </c>
       <c r="E12" s="9">
-        <v>2075716600.91</v>
+        <v>2267533425.6</v>
       </c>
       <c r="F12" s="9">
-        <v>513428054.34</v>
+        <v>560460376.38</v>
       </c>
       <c r="G12" s="9">
-        <v>50712624.7</v>
+        <v>55290655.7</v>
       </c>
       <c r="H12" s="9">
-        <v>23131427.86</v>
+        <v>25266209.95</v>
       </c>
       <c r="J12" s="33">
-        <v>3124146539.96</v>
+        <v>3413486537.59</v>
       </c>
     </row>
     <row r="13" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B13" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="9">
-        <v>188725227.98</v>
+        <v>206729964.64</v>
       </c>
       <c r="E13" s="9">
-        <v>1468276917.17</v>
+        <v>1604389988.81</v>
       </c>
       <c r="F13" s="9">
-        <v>321495813.68</v>
+        <v>350923192.69</v>
       </c>
       <c r="G13" s="9">
-        <v>30377837.52</v>
+        <v>33141308.7</v>
       </c>
       <c r="H13" s="9">
-        <v>10405746.86</v>
+        <v>11410516.79</v>
       </c>
       <c r="J13" s="33">
-        <v>2019281543.21</v>
+        <v>2206594971.63</v>
       </c>
     </row>
     <row r="14" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B14" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="9">
-        <v>283789392.95</v>
+        <v>310829414.97</v>
       </c>
       <c r="E14" s="9">
-        <v>1630008623.66</v>
+        <v>1781060300.1</v>
       </c>
       <c r="F14" s="9">
-        <v>329964080.51</v>
+        <v>360217118.28</v>
       </c>
       <c r="G14" s="9">
-        <v>32569648</v>
+        <v>35474904.84</v>
       </c>
       <c r="H14" s="9">
-        <v>10688393.03</v>
+        <v>11689080.39</v>
       </c>
       <c r="J14" s="33">
-        <v>2287020138.15</v>
+        <v>2499270818.58</v>
       </c>
     </row>
     <row r="15" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B15" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="9">
-        <v>151559856.98</v>
+        <v>166134916.82</v>
       </c>
       <c r="E15" s="9">
-        <v>893357094.61</v>
+        <v>975840723.12</v>
       </c>
       <c r="F15" s="9">
-        <v>210741614.96</v>
+        <v>230082820.75</v>
       </c>
       <c r="G15" s="9">
-        <v>19817963.69</v>
+        <v>21682242.01</v>
       </c>
       <c r="H15" s="9">
-        <v>6494436.82</v>
+        <v>7091621.76</v>
       </c>
       <c r="J15" s="33">
-        <v>1281970967.06</v>
+        <v>1400832324.46</v>
       </c>
     </row>
     <row r="16" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B16" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="9">
-        <v>245164386.85</v>
+        <v>268275409.24</v>
       </c>
       <c r="E16" s="9">
-        <v>1085966211.49</v>
+        <v>1186326754.96</v>
       </c>
       <c r="F16" s="9">
-        <v>260177352.89</v>
+        <v>284016386.59</v>
       </c>
       <c r="G16" s="9">
-        <v>22478489.62</v>
+        <v>24515121.33</v>
       </c>
       <c r="H16" s="9">
-        <v>5701275</v>
+        <v>6229542.4</v>
       </c>
       <c r="J16" s="33">
-        <v>1619487715.85</v>
+        <v>1769363214.52</v>
       </c>
     </row>
     <row r="17" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B17" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="9">
-        <v>404958495.19</v>
+        <v>442928771.25</v>
       </c>
       <c r="E17" s="9">
-        <v>2570020209.57</v>
+        <v>2807185503.53</v>
       </c>
       <c r="F17" s="9">
-        <v>549757523.22</v>
+        <v>599864981.3</v>
       </c>
       <c r="G17" s="9">
-        <v>56823085.49</v>
+        <v>62003259.73</v>
       </c>
       <c r="H17" s="9">
-        <v>12976930.26</v>
+        <v>14158149.25</v>
       </c>
       <c r="J17" s="33">
-        <v>3594536243.73</v>
+        <v>3926140665.06</v>
       </c>
     </row>
     <row r="18" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B18" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="9">
-        <v>716086778.15</v>
+        <v>784212523.17</v>
       </c>
       <c r="E18" s="9">
-        <v>3438796829.84</v>
+        <v>3756703660.98</v>
       </c>
       <c r="F18" s="9">
-        <v>789477017.99</v>
+        <v>861885530.19</v>
       </c>
       <c r="G18" s="9">
-        <v>76187358.76</v>
+        <v>83158986.02</v>
       </c>
       <c r="H18" s="9">
-        <v>22812230.9</v>
+        <v>24968074.35</v>
       </c>
       <c r="J18" s="33">
-        <v>5043360215.64</v>
+        <v>5510928774.71</v>
       </c>
     </row>
     <row r="19" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B19" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="15">
-        <v>2584788881.07</v>
+        <v>2830336942.66</v>
       </c>
       <c r="E19" s="15">
-        <v>14071555173.26</v>
+        <v>15373555849.18</v>
       </c>
       <c r="F19" s="15">
-        <v>3183066193.41</v>
+        <v>3474651179.14</v>
       </c>
       <c r="G19" s="15">
-        <v>310263547.24</v>
+        <v>338540395.81</v>
       </c>
       <c r="H19" s="15">
-        <v>95975574.28</v>
+        <v>104968198.48</v>
       </c>
       <c r="J19" s="34">
-        <v>20245649369.26</v>
+        <v>22122052565.27</v>
       </c>
     </row>
     <row r="20" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B20" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="20">
-        <v>62210650.05</v>
+        <v>67997362.86</v>
       </c>
       <c r="E20" s="20">
-        <v>537431164.62</v>
+        <v>587037738.07</v>
       </c>
       <c r="F20" s="20">
-        <v>109833494.12</v>
+        <v>119845635.76</v>
       </c>
       <c r="G20" s="20">
-        <v>7849358.22</v>
+        <v>8562869.35</v>
       </c>
       <c r="H20" s="20">
-        <v>621930.86</v>
+        <v>676467.85</v>
       </c>
       <c r="J20" s="35">
-        <v>717946597.87</v>
+        <v>784120073.89</v>
       </c>
     </row>
     <row r="21" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B21" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="20">
-        <v>44088195</v>
+        <v>48246584.79</v>
       </c>
       <c r="E21" s="20">
-        <v>359140349.47</v>
+        <v>392265004.96</v>
       </c>
       <c r="F21" s="20">
-        <v>69639588.62</v>
+        <v>75974804.94</v>
       </c>
       <c r="G21" s="20">
-        <v>4843902.4</v>
+        <v>5300884.01</v>
       </c>
       <c r="H21" s="20">
-        <v>842304.33</v>
+        <v>919570.14</v>
       </c>
       <c r="J21" s="35">
-        <v>478554339.82</v>
+        <v>522706848.84</v>
       </c>
     </row>
     <row r="22" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B22" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="20">
-        <v>201340449.76</v>
+        <v>220155776.9</v>
       </c>
       <c r="E22" s="20">
-        <v>2623221736.17</v>
+        <v>2864651332.25</v>
       </c>
       <c r="F22" s="20">
-        <v>528749168.09</v>
+        <v>577198825.61</v>
       </c>
       <c r="G22" s="20">
-        <v>36178877.43</v>
+        <v>39452955.13</v>
       </c>
       <c r="H22" s="20">
-        <v>5621420.73</v>
+        <v>6122479.15</v>
       </c>
       <c r="J22" s="35">
-        <v>3395111652.18</v>
+        <v>3707581369.04</v>
       </c>
     </row>
     <row r="23" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B23" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="15">
-        <v>307639294.81</v>
+        <v>336399724.55</v>
       </c>
       <c r="E23" s="15">
-        <v>3519793250.26</v>
+        <v>3843954075.28</v>
       </c>
       <c r="F23" s="15">
-        <v>708222250.83</v>
+        <v>773019266.31</v>
       </c>
       <c r="G23" s="15">
-        <v>48872138.05</v>
+        <v>53316708.49</v>
       </c>
       <c r="H23" s="15">
-        <v>7085655.92</v>
+        <v>7718517.14</v>
       </c>
       <c r="J23" s="34">
-        <v>4591612589.87</v>
+        <v>5014408291.77</v>
       </c>
     </row>
     <row r="24" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B24" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="20">
-        <v>411537667.71</v>
+        <v>450039426.27</v>
       </c>
       <c r="E24" s="20">
-        <v>3554115431.95</v>
+        <v>3879296611.72</v>
       </c>
       <c r="F24" s="20">
-        <v>843968469.92</v>
+        <v>921051584.13</v>
       </c>
       <c r="G24" s="20">
-        <v>55163199.24</v>
+        <v>60190084.06</v>
       </c>
       <c r="H24" s="20">
-        <v>22556639.61</v>
+        <v>24606700.22</v>
       </c>
       <c r="J24" s="35">
-        <v>4887341408.43</v>
+        <v>5335184406.4</v>
       </c>
     </row>
     <row r="25" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B25" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="15">
-        <v>411537667.71</v>
+        <v>450039426.27</v>
       </c>
       <c r="E25" s="15">
-        <v>3554115431.95</v>
+        <v>3879296611.72</v>
       </c>
       <c r="F25" s="15">
-        <v>843968469.92</v>
+        <v>921051584.13</v>
       </c>
       <c r="G25" s="15">
-        <v>55163199.24</v>
+        <v>60190084.06</v>
       </c>
       <c r="H25" s="15">
-        <v>22556639.61</v>
+        <v>24606700.22</v>
       </c>
       <c r="J25" s="34">
-        <v>4887341408.43</v>
+        <v>5335184406.4</v>
       </c>
     </row>
     <row r="26" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B26" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C26" s="20">
-        <v>235733618.44</v>
+        <v>257712024.05</v>
       </c>
       <c r="E26" s="20">
-        <v>2089191997.22</v>
+        <v>2282927853.67</v>
       </c>
       <c r="F26" s="20">
-        <v>385919145.01</v>
+        <v>421349801.81</v>
       </c>
       <c r="G26" s="20">
-        <v>26926086.45</v>
+        <v>29414712.96</v>
       </c>
       <c r="H26" s="20">
-        <v>898614.85</v>
+        <v>978203.3</v>
       </c>
       <c r="J26" s="35">
-        <v>2738669461.97</v>
+        <v>2992382595.79</v>
       </c>
     </row>
     <row r="27" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B27" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="15">
-        <v>235733618.44</v>
+        <v>257712024.05</v>
       </c>
       <c r="E27" s="15">
-        <v>2089191997.22</v>
+        <v>2282927853.67</v>
       </c>
       <c r="F27" s="15">
-        <v>385919145.01</v>
+        <v>421349801.81</v>
       </c>
       <c r="G27" s="15">
-        <v>26926086.45</v>
+        <v>29414712.96</v>
       </c>
       <c r="H27" s="15">
-        <v>898614.85</v>
+        <v>978203.3</v>
       </c>
       <c r="J27" s="34">
-        <v>2738669461.97</v>
+        <v>2992382595.79</v>
       </c>
     </row>
     <row r="28" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B28" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="20">
-        <v>439345422.31</v>
+        <v>481726613.14</v>
       </c>
       <c r="E28" s="20">
-        <v>1613176641.38</v>
+        <v>1762036643.81</v>
       </c>
       <c r="F28" s="20">
-        <v>356883811.35</v>
+        <v>389403980.97</v>
       </c>
       <c r="G28" s="20">
-        <v>42649693.66</v>
+        <v>46521908.96</v>
       </c>
       <c r="H28" s="20">
-        <v>13580531.94</v>
+        <v>14818488.23</v>
       </c>
       <c r="J28" s="35">
-        <v>2465636100.64</v>
+        <v>2694507635.11</v>
       </c>
     </row>
     <row r="29" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B29" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="20">
-        <v>291475889.19</v>
+        <v>319044729.9</v>
       </c>
       <c r="E29" s="20">
-        <v>1433311868.35</v>
+        <v>1565472754.45</v>
       </c>
       <c r="F29" s="20">
-        <v>313790076</v>
+        <v>342457539.94</v>
       </c>
       <c r="G29" s="20">
-        <v>31349152.92</v>
+        <v>34192232.13</v>
       </c>
       <c r="H29" s="20">
-        <v>6615708.61</v>
+        <v>7200335.4</v>
       </c>
       <c r="J29" s="35">
-        <v>2076542695.07</v>
+        <v>2268367591.82</v>
       </c>
     </row>
     <row r="30" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B30" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C30" s="15">
-        <v>730821311.5</v>
+        <v>800771343.04</v>
       </c>
       <c r="E30" s="15">
-        <v>3046488509.73</v>
+        <v>3327509398.26</v>
       </c>
       <c r="F30" s="15">
-        <v>670673887.35</v>
+        <v>731861520.91</v>
       </c>
       <c r="G30" s="15">
-        <v>73998846.58</v>
+        <v>80714141.09</v>
       </c>
       <c r="H30" s="15">
-        <v>20196240.55</v>
+        <v>22018823.63</v>
       </c>
       <c r="J30" s="34">
-        <v>4542178795.71</v>
+        <v>4962875226.93</v>
       </c>
     </row>
     <row r="31" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B31" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="20">
-        <v>189780108.08</v>
+        <v>207357277.9</v>
       </c>
       <c r="E31" s="20">
-        <v>1581477273.48</v>
+        <v>1727051117.79</v>
       </c>
       <c r="F31" s="20">
-        <v>347408944.33</v>
+        <v>379175827.43</v>
       </c>
       <c r="G31" s="20">
-        <v>25819852.92</v>
+        <v>28153809.97</v>
       </c>
       <c r="H31" s="20">
-        <v>12390612.8</v>
+        <v>13522090.24</v>
       </c>
       <c r="J31" s="35">
-        <v>2156876791.61</v>
+        <v>2355260123.33</v>
       </c>
     </row>
     <row r="32" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B32" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="15">
-        <v>189780108.08</v>
+        <v>207357277.9</v>
       </c>
       <c r="E32" s="15">
-        <v>1581477273.48</v>
+        <v>1727051117.79</v>
       </c>
       <c r="F32" s="15">
-        <v>347408944.33</v>
+        <v>379175827.43</v>
       </c>
       <c r="G32" s="15">
-        <v>25819852.92</v>
+        <v>28153809.97</v>
       </c>
       <c r="H32" s="15">
-        <v>12390612.8</v>
+        <v>13522090.24</v>
       </c>
       <c r="J32" s="34">
-        <v>2156876791.61</v>
+        <v>2355260123.33</v>
       </c>
     </row>
     <row r="33" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B33" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="20">
-        <v>83355447.5</v>
+        <v>91078024.85</v>
       </c>
       <c r="E33" s="20">
-        <v>654541791.87</v>
+        <v>715119230.41</v>
       </c>
       <c r="F33" s="20">
-        <v>139923258.41</v>
+        <v>152767294.33</v>
       </c>
       <c r="G33" s="20">
-        <v>12987224.67</v>
+        <v>14160769.46</v>
       </c>
       <c r="H33" s="20">
-        <v>4834246</v>
+        <v>5271233.94</v>
       </c>
       <c r="J33" s="35">
-        <v>895641968.45</v>
+        <v>978396552.99</v>
       </c>
     </row>
     <row r="34" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B34" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C34" s="20">
-        <v>189720106.69</v>
+        <v>207571599.45</v>
       </c>
       <c r="E34" s="20">
-        <v>845991262.53</v>
+        <v>924181944.63</v>
       </c>
       <c r="F34" s="20">
-        <v>217971569.76</v>
+        <v>237945380.88</v>
       </c>
       <c r="G34" s="20">
-        <v>18786270.11</v>
+        <v>20492869.05</v>
       </c>
       <c r="H34" s="20">
-        <v>6671064.22</v>
+        <v>7299963.71</v>
       </c>
       <c r="J34" s="35">
-        <v>1279140273.31</v>
+        <v>1397491757.72</v>
       </c>
     </row>
     <row r="35" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B35" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="20">
-        <v>72899566.2</v>
+        <v>79753786.64</v>
       </c>
       <c r="E35" s="20">
-        <v>340536436.3</v>
+        <v>371892408.7</v>
       </c>
       <c r="F35" s="20">
-        <v>77552462.41</v>
+        <v>84628816.6</v>
       </c>
       <c r="G35" s="20">
-        <v>7077426.11</v>
+        <v>7724824.1</v>
       </c>
       <c r="H35" s="20">
-        <v>1995764.99</v>
+        <v>2179059.6</v>
       </c>
       <c r="J35" s="35">
-        <v>500061656.01</v>
+        <v>546178895.64</v>
       </c>
     </row>
     <row r="36" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B36" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C36" s="20">
-        <v>80011282.21</v>
+        <v>87624606.83</v>
       </c>
       <c r="E36" s="20">
-        <v>497266961.76</v>
+        <v>543367435.79</v>
       </c>
       <c r="F36" s="20">
-        <v>92265074.53</v>
+        <v>100710319.77</v>
       </c>
       <c r="G36" s="20">
-        <v>7724364.89</v>
+        <v>8440300.38</v>
       </c>
       <c r="H36" s="20">
-        <v>861276.43</v>
+        <v>937806.99</v>
       </c>
       <c r="J36" s="35">
-        <v>678128959.82</v>
+        <v>741080469.76</v>
       </c>
     </row>
     <row r="37" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B37" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C37" s="20">
-        <v>139282184.21</v>
+        <v>152446497.64</v>
       </c>
       <c r="E37" s="20">
-        <v>1148986452.3</v>
+        <v>1255598525.83</v>
       </c>
       <c r="F37" s="20">
-        <v>242736329.04</v>
+        <v>265016359.53</v>
       </c>
       <c r="G37" s="20">
-        <v>20054689.17</v>
+        <v>21894877.14</v>
       </c>
       <c r="H37" s="20">
-        <v>3905596.2</v>
+        <v>4262414.69</v>
       </c>
       <c r="J37" s="35">
-        <v>1554965250.92</v>
+        <v>1699218674.83</v>
       </c>
     </row>
     <row r="38" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B38" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="15">
-        <v>565268586.81</v>
+        <v>618474515.41</v>
       </c>
       <c r="E38" s="15">
-        <v>3487322904.76</v>
+        <v>3810159545.36</v>
       </c>
       <c r="F38" s="15">
-        <v>770448694.15</v>
+        <v>841068171.11</v>
       </c>
       <c r="G38" s="15">
-        <v>66629974.95</v>
+        <v>72713640.13</v>
       </c>
       <c r="H38" s="15">
-        <v>18267947.84</v>
+        <v>19950478.93</v>
       </c>
       <c r="J38" s="34">
-        <v>4907938108.51</v>
+        <v>5362366350.94</v>
       </c>
     </row>
     <row r="39" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B39" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="20">
-        <v>38332675.9</v>
+        <v>42004302.39</v>
       </c>
       <c r="E39" s="20">
-        <v>341882620.66</v>
+        <v>373432624.48</v>
       </c>
       <c r="F39" s="20">
-        <v>70277755.8</v>
+        <v>76710254.74</v>
       </c>
       <c r="G39" s="20">
-        <v>5969116.22</v>
+        <v>6510967.97</v>
       </c>
       <c r="H39" s="20">
-        <v>1718361.66</v>
+        <v>1874725.19</v>
       </c>
       <c r="J39" s="35">
-        <v>458180530.24</v>
+        <v>500532874.77</v>
       </c>
     </row>
     <row r="40" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B40" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C40" s="20">
-        <v>76123199.47</v>
+        <v>83388785.03</v>
       </c>
       <c r="E40" s="20">
-        <v>1105937639.04</v>
+        <v>1207995535.93</v>
       </c>
       <c r="F40" s="20">
-        <v>196247903.76</v>
+        <v>214333607.22</v>
       </c>
       <c r="G40" s="20">
-        <v>14452406.79</v>
+        <v>15773078.1</v>
       </c>
       <c r="H40" s="20">
-        <v>2688060.65</v>
+        <v>2938458.33</v>
       </c>
       <c r="J40" s="35">
-        <v>1395449209.71</v>
+        <v>1524429464.61</v>
       </c>
     </row>
     <row r="41" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B41" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C41" s="20">
-        <v>191933275.31</v>
+        <v>209895504.11</v>
       </c>
       <c r="E41" s="20">
-        <v>1388859916.76</v>
+        <v>1516141329.35</v>
       </c>
       <c r="F41" s="20">
-        <v>305253478.01</v>
+        <v>333100077.87</v>
       </c>
       <c r="G41" s="20">
-        <v>21826437.27</v>
+        <v>23791470.47</v>
       </c>
       <c r="H41" s="20">
-        <v>9948781.41</v>
+        <v>10894085.85</v>
       </c>
       <c r="J41" s="35">
-        <v>1917821888.76</v>
+        <v>2093822467.65</v>
       </c>
     </row>
     <row r="42" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B42" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C42" s="20">
-        <v>50984944.06</v>
+        <v>55679526.35</v>
       </c>
       <c r="E42" s="20">
-        <v>460034652.01</v>
+        <v>502412498.57</v>
       </c>
       <c r="F42" s="20">
-        <v>92139534.29</v>
+        <v>100592947.23</v>
       </c>
       <c r="G42" s="20">
-        <v>7214066.43</v>
+        <v>7876093.27</v>
       </c>
       <c r="H42" s="20">
-        <v>2341462.23</v>
+        <v>2555615.16</v>
       </c>
       <c r="J42" s="35">
-        <v>612714659.02</v>
+        <v>669116680.58</v>
       </c>
     </row>
     <row r="43" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B43" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C43" s="20">
-        <v>69249793.63</v>
+        <v>75859032.68</v>
       </c>
       <c r="E43" s="20">
-        <v>779042746.81</v>
+        <v>850858459.99</v>
       </c>
       <c r="F43" s="20">
-        <v>157396101.1</v>
+        <v>171811022.41</v>
       </c>
       <c r="G43" s="20">
-        <v>12148709.93</v>
+        <v>13244989.91</v>
       </c>
       <c r="H43" s="20">
-        <v>4740753.93</v>
+        <v>5182883.63</v>
       </c>
       <c r="J43" s="35">
-        <v>1022578105.4</v>
+        <v>1116956388.62</v>
       </c>
     </row>
     <row r="44" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B44" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C44" s="20">
-        <v>31541189.77</v>
+        <v>34663581.18</v>
       </c>
       <c r="E44" s="20">
-        <v>351819360.84</v>
+        <v>384250559.4</v>
       </c>
       <c r="F44" s="20">
-        <v>67972035.35</v>
+        <v>74175551.56</v>
       </c>
       <c r="G44" s="20">
-        <v>5073537.58</v>
+        <v>5522761.6</v>
       </c>
       <c r="H44" s="20">
-        <v>981094.6</v>
+        <v>1075120.93</v>
       </c>
       <c r="J44" s="35">
-        <v>457387218.14</v>
+        <v>499687574.67</v>
       </c>
     </row>
     <row r="45" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B45" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C45" s="20">
-        <v>16326924.45</v>
+        <v>17907447.34</v>
       </c>
       <c r="E45" s="20">
-        <v>239333679.89</v>
+        <v>261430722.16</v>
       </c>
       <c r="F45" s="20">
-        <v>41232446.35</v>
+        <v>45025300.82</v>
       </c>
       <c r="G45" s="20">
-        <v>3441891.75</v>
+        <v>3751751.8</v>
       </c>
       <c r="H45" s="20">
-        <v>530147.11</v>
+        <v>575976.29</v>
       </c>
       <c r="J45" s="35">
-        <v>300865089.55</v>
+        <v>328691198.41</v>
       </c>
     </row>
     <row r="46" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B46" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C46" s="20">
-        <v>136400901.99</v>
+        <v>149589356.49</v>
       </c>
       <c r="E46" s="20">
-        <v>1405469133.72</v>
+        <v>1534907146.46</v>
       </c>
       <c r="F46" s="20">
-        <v>288877282.7</v>
+        <v>315435195.01</v>
       </c>
       <c r="G46" s="20">
-        <v>19299296.34</v>
+        <v>21068361.47</v>
       </c>
       <c r="H46" s="20">
-        <v>5784436.32</v>
+        <v>6309354.21</v>
       </c>
       <c r="J46" s="35">
-        <v>1855831051.07</v>
+        <v>2027309413.64</v>
       </c>
     </row>
     <row r="47" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B47" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C47" s="20">
-        <v>26067373.03</v>
+        <v>28451805.46</v>
       </c>
       <c r="E47" s="20">
-        <v>401532726.21</v>
+        <v>438408121.84</v>
       </c>
       <c r="F47" s="20">
-        <v>87871947.56</v>
+        <v>95901931.96</v>
       </c>
       <c r="G47" s="20">
-        <v>6984520.03</v>
+        <v>7626609.6</v>
       </c>
       <c r="H47" s="20">
-        <v>2621895.3</v>
+        <v>2862536.99</v>
       </c>
       <c r="J47" s="35">
-        <v>525078462.13</v>
+        <v>573251005.85</v>
       </c>
     </row>
     <row r="48" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B48" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="15">
-        <v>636960277.61</v>
+        <v>697439341.03</v>
       </c>
       <c r="E48" s="15">
-        <v>6473912475.94</v>
+        <v>7069836998.18</v>
       </c>
       <c r="F48" s="15">
-        <v>1307268484.92</v>
+        <v>1427085888.82</v>
       </c>
       <c r="G48" s="15">
-        <v>96409982.34</v>
+        <v>105166084.19</v>
       </c>
       <c r="H48" s="15">
-        <v>31354993.21</v>
+        <v>34268756.58</v>
       </c>
       <c r="J48" s="34">
-        <v>8545906214.02</v>
+        <v>9333797068.8</v>
       </c>
     </row>
     <row r="49" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B49" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C49" s="20">
-        <v>1846122717.34</v>
+        <v>2019405401.63</v>
       </c>
       <c r="E49" s="20">
-        <v>15115910096.4</v>
+        <v>16506577662.97</v>
       </c>
       <c r="F49" s="20">
-        <v>2947768844.21</v>
+        <v>3217717135.01</v>
       </c>
       <c r="G49" s="20">
-        <v>203612025.56</v>
+        <v>222552000.85</v>
       </c>
       <c r="H49" s="20">
-        <v>10243876.8</v>
+        <v>11172367.37</v>
       </c>
       <c r="J49" s="35">
-        <v>20123657560.31</v>
+        <v>21977424567.83</v>
       </c>
     </row>
     <row r="50" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B50" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C50" s="20">
-        <v>180173428.35</v>
+        <v>197041531.5</v>
       </c>
       <c r="E50" s="20">
-        <v>1688168793.5</v>
+        <v>1843948077.03</v>
       </c>
       <c r="F50" s="20">
-        <v>308701228.44</v>
+        <v>336938399.03</v>
       </c>
       <c r="G50" s="20">
-        <v>20534045.11</v>
+        <v>22402553.65</v>
       </c>
       <c r="H50" s="20">
-        <v>529464.97</v>
+        <v>568460.14</v>
       </c>
       <c r="J50" s="35">
-        <v>2198106960.37</v>
+        <v>2400899021.35</v>
       </c>
     </row>
     <row r="51" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B51" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C51" s="20">
-        <v>143679515.52</v>
+        <v>157213030.16</v>
       </c>
       <c r="E51" s="20">
-        <v>930416798.42</v>
+        <v>1016489061.84</v>
       </c>
       <c r="F51" s="20">
-        <v>188320157.93</v>
+        <v>205529271.63</v>
       </c>
       <c r="G51" s="20">
-        <v>14265254.47</v>
+        <v>15569779.75</v>
       </c>
       <c r="H51" s="20">
-        <v>520775.97</v>
+        <v>566933.04</v>
       </c>
       <c r="J51" s="35">
-        <v>1277202502.31</v>
+        <v>1395368076.42</v>
       </c>
     </row>
     <row r="52" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B52" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C52" s="20">
-        <v>249233548.98</v>
+        <v>273079713.98</v>
       </c>
       <c r="E52" s="20">
-        <v>1833374490.28</v>
+        <v>2003491055.06</v>
       </c>
       <c r="F52" s="20">
-        <v>365460410.14</v>
+        <v>399115128.96</v>
       </c>
       <c r="G52" s="20">
-        <v>26230103.58</v>
+        <v>28684463.04</v>
       </c>
       <c r="H52" s="20">
-        <v>1348834.86</v>
+        <v>1472164.26</v>
       </c>
       <c r="J52" s="35">
-        <v>2475647387.84</v>
+        <v>2705842525.3</v>
       </c>
     </row>
     <row r="53" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B53" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C53" s="15">
-        <v>2419209210.19</v>
+        <v>2646739677.27</v>
       </c>
       <c r="E53" s="15">
-        <v>19567870178.6</v>
+        <v>21370505856.9</v>
       </c>
       <c r="F53" s="15">
-        <v>3810250640.72</v>
+        <v>4159299934.63</v>
       </c>
       <c r="G53" s="15">
-        <v>264641428.72</v>
+        <v>289208797.29</v>
       </c>
       <c r="H53" s="15">
-        <v>12642952.6</v>
+        <v>13779924.81</v>
       </c>
       <c r="J53" s="34">
-        <v>26074614410.83</v>
+        <v>28479534190.9</v>
       </c>
     </row>
     <row r="54" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B54" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C54" s="20">
-        <v>209392665.41</v>
+        <v>229258470.21</v>
       </c>
       <c r="E54" s="20">
-        <v>1046231620.55</v>
+        <v>1143350371.96</v>
       </c>
       <c r="F54" s="20">
-        <v>255558880.6</v>
+        <v>279050682.8</v>
       </c>
       <c r="G54" s="20">
-        <v>25325996.79</v>
+        <v>27653725.27</v>
       </c>
       <c r="H54" s="20">
-        <v>10468780.39</v>
+        <v>11419329.91</v>
       </c>
       <c r="J54" s="35">
-        <v>1546977943.74</v>
+        <v>1690732580.15</v>
       </c>
     </row>
     <row r="55" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B55" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C55" s="20">
-        <v>116183756.59</v>
+        <v>127153654.06</v>
       </c>
       <c r="E55" s="20">
-        <v>776512409.08</v>
+        <v>848528671.11</v>
       </c>
       <c r="F55" s="20">
-        <v>169343070.15</v>
+        <v>184800691.01</v>
       </c>
       <c r="G55" s="20">
-        <v>13925393.56</v>
+        <v>15188357.08</v>
       </c>
       <c r="H55" s="20">
-        <v>4252167.53</v>
+        <v>4661243.48</v>
       </c>
       <c r="J55" s="35">
-        <v>1080216796.91</v>
+        <v>1180332616.74</v>
       </c>
     </row>
     <row r="56" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B56" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C56" s="15">
-        <v>325576422</v>
+        <v>356412124.27</v>
       </c>
       <c r="E56" s="15">
-        <v>1822744029.63</v>
+        <v>1991879043.07</v>
       </c>
       <c r="F56" s="15">
-        <v>424901950.75</v>
+        <v>463851373.81</v>
       </c>
       <c r="G56" s="15">
-        <v>39251390.35</v>
+        <v>42842082.35</v>
       </c>
       <c r="H56" s="15">
-        <v>14720947.92</v>
+        <v>16080573.39</v>
       </c>
       <c r="J56" s="34">
-        <v>2627194740.65</v>
+        <v>2871065196.89</v>
       </c>
     </row>
     <row r="57" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B57" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C57" s="20">
-        <v>363222718.26</v>
+        <v>397093194.79</v>
       </c>
       <c r="E57" s="20">
-        <v>2647945498.46</v>
+        <v>2891235587.39</v>
       </c>
       <c r="F57" s="20">
-        <v>578052730.69</v>
+        <v>630949946.09</v>
       </c>
       <c r="G57" s="20">
-        <v>43906059.33</v>
+        <v>47843546.54</v>
       </c>
       <c r="H57" s="20">
-        <v>17141862.04</v>
+        <v>18751207.13</v>
       </c>
       <c r="J57" s="35">
-        <v>3650268868.78</v>
+        <v>3985873481.94</v>
       </c>
     </row>
     <row r="58" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B58" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C58" s="20">
-        <v>138019184.12</v>
+        <v>151227045.18</v>
       </c>
       <c r="E58" s="20">
-        <v>831817638.2</v>
+        <v>908476419.99</v>
       </c>
       <c r="F58" s="20">
-        <v>178690127</v>
+        <v>194976938.72</v>
       </c>
       <c r="G58" s="20">
-        <v>12924740.32</v>
+        <v>14089776.07</v>
       </c>
       <c r="H58" s="20">
-        <v>6345537.16</v>
+        <v>6920957.26</v>
       </c>
       <c r="J58" s="35">
-        <v>1167797226.8</v>
+        <v>1275691137.22</v>
       </c>
     </row>
     <row r="59" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B59" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C59" s="20">
-        <v>150686362.32</v>
+        <v>165108976.34</v>
       </c>
       <c r="E59" s="20">
-        <v>719720077.08</v>
+        <v>785958768.42</v>
       </c>
       <c r="F59" s="20">
-        <v>155686545.49</v>
+        <v>169917560.32</v>
       </c>
       <c r="G59" s="20">
-        <v>11759977.89</v>
+        <v>12820253.18</v>
       </c>
       <c r="H59" s="20">
-        <v>6682359.9</v>
+        <v>7336612.08</v>
       </c>
       <c r="J59" s="35">
-        <v>1044535322.68</v>
+        <v>1141142170.34</v>
       </c>
     </row>
     <row r="60" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B60" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C60" s="20">
-        <v>305334276.25</v>
+        <v>334605718.39</v>
       </c>
       <c r="E60" s="20">
-        <v>2279827624.22</v>
+        <v>2489092228.73</v>
       </c>
       <c r="F60" s="20">
-        <v>483586804.83</v>
+        <v>527911506.1</v>
       </c>
       <c r="G60" s="20">
-        <v>40560872.38</v>
+        <v>44269893.75</v>
       </c>
       <c r="H60" s="20">
-        <v>16087972.81</v>
+        <v>17576375.06</v>
       </c>
       <c r="J60" s="35">
-        <v>3125397550.49</v>
+        <v>3413455722.03</v>
       </c>
     </row>
     <row r="61" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B61" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C61" s="15">
-        <v>957262540.95</v>
+        <v>1048034934.7</v>
       </c>
       <c r="E61" s="15">
-        <v>6479310837.96</v>
+        <v>7074763004.53</v>
       </c>
       <c r="F61" s="15">
-        <v>1396016208.01</v>
+        <v>1523755951.23</v>
       </c>
       <c r="G61" s="15">
-        <v>109151649.92</v>
+        <v>119023469.54</v>
       </c>
       <c r="H61" s="15">
-        <v>46257731.91</v>
+        <v>50585151.53</v>
       </c>
       <c r="J61" s="34">
-        <v>8987998968.75</v>
+        <v>9816162511.53</v>
       </c>
     </row>
     <row r="62" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B62" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C62" s="20">
-        <v>67678658.29</v>
+        <v>74416772.33</v>
       </c>
       <c r="E62" s="20">
-        <v>787553206.21</v>
+        <v>860639889.62</v>
       </c>
       <c r="F62" s="20">
-        <v>144477863.75</v>
+        <v>157780564.79</v>
       </c>
       <c r="G62" s="20">
-        <v>9440670.56</v>
+        <v>10309595.97</v>
       </c>
       <c r="H62" s="20">
-        <v>1348091.7</v>
+        <v>1467727.46</v>
       </c>
       <c r="J62" s="35">
-        <v>1010498490.51</v>
+        <v>1104614550.17</v>
       </c>
     </row>
     <row r="63" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B63" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C63" s="15">
-        <v>67678658.29</v>
+        <v>74416772.33</v>
       </c>
       <c r="E63" s="15">
-        <v>787553206.21</v>
+        <v>860639889.62</v>
       </c>
       <c r="F63" s="15">
-        <v>144477863.75</v>
+        <v>157780564.79</v>
       </c>
       <c r="G63" s="15">
-        <v>9440670.56</v>
+        <v>10309595.97</v>
       </c>
       <c r="H63" s="15">
-        <v>1348091.7</v>
+        <v>1467727.46</v>
       </c>
       <c r="J63" s="34">
-        <v>1010498490.51</v>
+        <v>1104614550.17</v>
       </c>
     </row>
     <row r="64" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B64" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C64" s="20">
-        <v>1366746423.86</v>
+        <v>1495836158.27</v>
       </c>
       <c r="E64" s="20">
-        <v>15987692228.52</v>
+        <v>17463122233.31</v>
       </c>
       <c r="F64" s="20">
-        <v>2979412509.67</v>
+        <v>3252244787.38</v>
       </c>
       <c r="G64" s="20">
-        <v>203439393.6</v>
+        <v>221980903.45</v>
       </c>
       <c r="H64" s="20">
-        <v>25702644.98</v>
+        <v>28097131.51</v>
       </c>
       <c r="J64" s="35">
-        <v>20562993200.63</v>
+        <v>22461281213.92</v>
       </c>
     </row>
     <row r="65" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B65" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C65" s="15">
-        <v>1366746423.86</v>
+        <v>1495836158.27</v>
       </c>
       <c r="E65" s="15">
-        <v>15987692228.52</v>
+        <v>17463122233.31</v>
       </c>
       <c r="F65" s="15">
-        <v>2979412509.67</v>
+        <v>3252244787.38</v>
       </c>
       <c r="G65" s="15">
-        <v>203439393.6</v>
+        <v>221980903.45</v>
       </c>
       <c r="H65" s="15">
-        <v>25702644.98</v>
+        <v>28097131.51</v>
       </c>
       <c r="J65" s="34">
-        <v>20562993200.63</v>
+        <v>22461281213.92</v>
       </c>
     </row>
     <row r="66" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B66" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C66" s="20">
-        <v>368599067.78</v>
+        <v>403632479.69</v>
       </c>
       <c r="E66" s="20">
-        <v>2224781660.66</v>
+        <v>2430941373.02</v>
       </c>
       <c r="F66" s="20">
-        <v>499791347.5</v>
+        <v>545764592.44</v>
       </c>
       <c r="G66" s="20">
-        <v>52241830.87</v>
+        <v>56978439.7</v>
       </c>
       <c r="H66" s="20">
-        <v>11737990.45</v>
+        <v>12823918.46</v>
       </c>
       <c r="J66" s="35">
-        <v>3157151897.26</v>
+        <v>3450140803.31</v>
       </c>
     </row>
     <row r="67" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B67" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C67" s="15">
-        <v>368599067.78</v>
+        <v>403632479.69</v>
       </c>
       <c r="E67" s="15">
-        <v>2224781660.66</v>
+        <v>2430941373.02</v>
       </c>
       <c r="F67" s="15">
-        <v>499791347.5</v>
+        <v>545764592.44</v>
       </c>
       <c r="G67" s="15">
-        <v>52241830.87</v>
+        <v>56978439.7</v>
       </c>
       <c r="H67" s="15">
-        <v>11737990.45</v>
+        <v>12823918.46</v>
       </c>
       <c r="J67" s="34">
-        <v>3157151897.26</v>
+        <v>3450140803.31</v>
       </c>
     </row>
     <row r="68" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B68" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C68" s="20">
-        <v>165625010.73</v>
+        <v>181037179.73</v>
       </c>
       <c r="E68" s="20">
-        <v>1833167102.11</v>
+        <v>2002234724.26</v>
       </c>
       <c r="F68" s="20">
-        <v>312993103.11</v>
+        <v>341688699.58</v>
       </c>
       <c r="G68" s="20">
-        <v>23223973.28</v>
+        <v>25356305.86</v>
       </c>
       <c r="H68" s="20">
-        <v>3183534.15</v>
+        <v>3482205.28</v>
       </c>
       <c r="J68" s="35">
-        <v>2338192723.38</v>
+        <v>2553799114.71</v>
       </c>
     </row>
     <row r="69" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B69" s="14" t="s">
         <v>73</v>
       </c>
       <c r="C69" s="15">
-        <v>165625010.73</v>
+        <v>181037179.73</v>
       </c>
       <c r="E69" s="15">
-        <v>1833167102.11</v>
+        <v>2002234724.26</v>
       </c>
       <c r="F69" s="15">
-        <v>312993103.11</v>
+        <v>341688699.58</v>
       </c>
       <c r="G69" s="15">
-        <v>23223973.28</v>
+        <v>25356305.86</v>
       </c>
       <c r="H69" s="15">
-        <v>3183534.15</v>
+        <v>3482205.28</v>
       </c>
       <c r="J69" s="34">
-        <v>2338192723.38</v>
+        <v>2553799114.71</v>
       </c>
     </row>
     <row r="70" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B70" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C70" s="20">
-        <v>297550924.99</v>
+        <v>325699562.96</v>
       </c>
       <c r="E70" s="20">
-        <v>2991708520.53</v>
+        <v>3268948645.3</v>
       </c>
       <c r="F70" s="20">
-        <v>656358755.14</v>
+        <v>716423315.51</v>
       </c>
       <c r="G70" s="20">
-        <v>52075342.09</v>
+        <v>56806299.82</v>
       </c>
       <c r="H70" s="20">
-        <v>9462074.95</v>
+        <v>10312984.88</v>
       </c>
       <c r="J70" s="35">
-        <v>4007155617.7</v>
+        <v>4378190808.47</v>
       </c>
     </row>
     <row r="71" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B71" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C71" s="20">
-        <v>183976767.8</v>
+        <v>201549189.76</v>
       </c>
       <c r="E71" s="20">
-        <v>1256516698.14</v>
+        <v>1372494772.09</v>
       </c>
       <c r="F71" s="20">
-        <v>257911259.42</v>
+        <v>281631227.6</v>
       </c>
       <c r="G71" s="20">
-        <v>21031199.67</v>
+        <v>22964714.6</v>
       </c>
       <c r="H71" s="20">
-        <v>1750353.82</v>
+        <v>1907094.81</v>
       </c>
       <c r="J71" s="35">
-        <v>1721186278.85</v>
+        <v>1880546998.86</v>
       </c>
     </row>
     <row r="72" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B72" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C72" s="20">
-        <v>759994650.03</v>
+        <v>831618619.47</v>
       </c>
       <c r="E72" s="20">
-        <v>5472478102.78</v>
+        <v>5977208895.84</v>
       </c>
       <c r="F72" s="20">
-        <v>1151515850.21</v>
+        <v>1257178084.25</v>
       </c>
       <c r="G72" s="20">
-        <v>99127016.61</v>
+        <v>108091242.2</v>
       </c>
       <c r="H72" s="20">
-        <v>8931881.02</v>
+        <v>9736655.56</v>
       </c>
       <c r="J72" s="35">
-        <v>7492047500.65</v>
+        <v>8183833497.32</v>
       </c>
     </row>
     <row r="73" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B73" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C73" s="15">
-        <v>1241522342.82</v>
+        <v>1358867372.19</v>
       </c>
       <c r="E73" s="15">
-        <v>9720703321.45</v>
+        <v>10618652313.23</v>
       </c>
       <c r="F73" s="15">
-        <v>2065785864.77</v>
+        <v>2255232627.36</v>
       </c>
       <c r="G73" s="15">
-        <v>172233558.37</v>
+        <v>187862256.62</v>
       </c>
       <c r="H73" s="15">
-        <v>20144309.79</v>
+        <v>21956735.25</v>
       </c>
       <c r="J73" s="34">
-        <v>13220389397.2</v>
+        <v>14442571304.65</v>
       </c>
     </row>
     <row r="74" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B74" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C74" s="20">
-        <v>109521294.75</v>
+        <v>119830552.51</v>
       </c>
       <c r="E74" s="20">
-        <v>1146839271.36</v>
+        <v>1252489458.1</v>
       </c>
       <c r="F74" s="20">
-        <v>202688315.15</v>
+        <v>221283000.75</v>
       </c>
       <c r="G74" s="20">
-        <v>12589319.01</v>
+        <v>13730320.77</v>
       </c>
       <c r="H74" s="20">
-        <v>1535968.77</v>
+        <v>1674588.71</v>
       </c>
       <c r="J74" s="35">
-        <v>1473174169.04</v>
+        <v>1609007920.84</v>
       </c>
     </row>
     <row r="75" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B75" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C75" s="20">
-        <v>221199591</v>
+        <v>242287842.33</v>
       </c>
       <c r="E75" s="20">
-        <v>2584637948.4</v>
+        <v>2822277757.9</v>
       </c>
       <c r="F75" s="20">
-        <v>499336507.64</v>
+        <v>544958247.67</v>
       </c>
       <c r="G75" s="20">
-        <v>30960918.83</v>
+        <v>33823042.63</v>
       </c>
       <c r="H75" s="20">
-        <v>5451564.29</v>
+        <v>5965658.64</v>
       </c>
       <c r="J75" s="35">
-        <v>3341586530.16</v>
+        <v>3649312549.17</v>
       </c>
     </row>
     <row r="76" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B76" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C76" s="20">
-        <v>376149541.56</v>
+        <v>411311389.63</v>
       </c>
       <c r="E76" s="20">
-        <v>3972679490.55</v>
+        <v>4338372812.9</v>
       </c>
       <c r="F76" s="20">
-        <v>867606230.24</v>
+        <v>946805132.37</v>
       </c>
       <c r="G76" s="20">
-        <v>60559575.23</v>
+        <v>66094862.52</v>
       </c>
       <c r="H76" s="20">
-        <v>16951129.02</v>
+        <v>18514407.1</v>
       </c>
       <c r="J76" s="35">
-        <v>5293945966.6</v>
+        <v>5781098604.52</v>
       </c>
     </row>
     <row r="77" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B77" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C77" s="15">
-        <v>706870427.31</v>
+        <v>773429784.47</v>
       </c>
       <c r="E77" s="15">
-        <v>7704156710.31</v>
+        <v>8413140028.9</v>
       </c>
       <c r="F77" s="15">
-        <v>1569631053.03</v>
+        <v>1713046380.79</v>
       </c>
       <c r="G77" s="15">
-        <v>104109813.07</v>
+        <v>113648225.92</v>
       </c>
       <c r="H77" s="15">
-        <v>23938662.08</v>
+        <v>26154654.45</v>
       </c>
       <c r="J77" s="34">
-        <v>10108706665.8</v>
+        <v>11039419074.53</v>
       </c>
     </row>
     <row r="78" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B78" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C78" s="20">
-        <v>15907790.37</v>
+        <v>17468784.92</v>
       </c>
       <c r="E78" s="20">
-        <v>84694301.97</v>
+        <v>92578849.02</v>
       </c>
       <c r="F78" s="20">
-        <v>24887269.04</v>
+        <v>27163110.8</v>
       </c>
       <c r="G78" s="20">
-        <v>3100771.39</v>
+        <v>3380911.13</v>
       </c>
       <c r="H78" s="20">
-        <v>446248.38</v>
+        <v>485528.7</v>
       </c>
       <c r="J78" s="35">
-        <v>129036381.15</v>
+        <v>141077184.57</v>
       </c>
     </row>
     <row r="79" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B79" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C79" s="15">
-        <v>15907790.37</v>
+        <v>17468784.92</v>
       </c>
       <c r="E79" s="15">
-        <v>84694301.97</v>
+        <v>92578849.02</v>
       </c>
       <c r="F79" s="15">
-        <v>24887269.04</v>
+        <v>27163110.8</v>
       </c>
       <c r="G79" s="15">
-        <v>3100771.39</v>
+        <v>3380911.13</v>
       </c>
       <c r="H79" s="15">
-        <v>446248.38</v>
+        <v>485528.7</v>
       </c>
       <c r="J79" s="34">
-        <v>129036381.15</v>
+        <v>141077184.57</v>
       </c>
     </row>
     <row r="80" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B80" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C80" s="20">
-        <v>18971158.9</v>
+        <v>20816575.86</v>
       </c>
       <c r="E80" s="20">
-        <v>76571796.84</v>
+        <v>83747716.3</v>
       </c>
       <c r="F80" s="20">
-        <v>19932250.03</v>
+        <v>21771995.29</v>
       </c>
       <c r="G80" s="20">
-        <v>2598451.13</v>
+        <v>2859484.46</v>
       </c>
       <c r="H80" s="20">
-        <v>175167.77</v>
+        <v>191139.32</v>
       </c>
       <c r="J80" s="35">
-        <v>118248824.67</v>
+        <v>129386911.23</v>
       </c>
     </row>
     <row r="81" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B81" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C81" s="15">
-        <v>18971158.9</v>
+        <v>20816575.86</v>
       </c>
       <c r="E81" s="15">
-        <v>76571796.84</v>
+        <v>83747716.3</v>
       </c>
       <c r="F81" s="15">
-        <v>19932250.03</v>
+        <v>21771995.29</v>
       </c>
       <c r="G81" s="15">
-        <v>2598451.13</v>
+        <v>2859484.46</v>
       </c>
       <c r="H81" s="15">
-        <v>175167.77</v>
+        <v>191139.32</v>
       </c>
       <c r="J81" s="34">
-        <v>118248824.67</v>
+        <v>129386911.23</v>
       </c>
     </row>
     <row r="82" ht="12.1" customHeight="1" s="1" customFormat="1">
       <c r="B82" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C82" s="15">
         <v>0</v>
       </c>
       <c r="E82" s="15">
         <v>0</v>
       </c>
       <c r="F82" s="15">
         <v>0</v>
       </c>
       <c r="G82" s="15">
         <v>0</v>
       </c>
       <c r="H82" s="15">
         <v>0</v>
       </c>
       <c r="J82" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="83" ht="12.05" customHeight="1" s="1" customFormat="1">
       <c r="B83" s="25" t="s">
         <v>87</v>
       </c>
       <c r="C83" s="26">
-        <v>13316498799.23</v>
+        <v>14575222438.61</v>
       </c>
       <c r="D83" s="27"/>
       <c r="E83" s="26">
-        <v>104113102390.86</v>
+        <v>113716496481.6</v>
       </c>
       <c r="F83" s="26">
-        <v>21465056130.3</v>
+        <v>23430863257.76</v>
       </c>
       <c r="G83" s="26">
-        <v>1687516559.03</v>
+        <v>1841660048.99</v>
       </c>
       <c r="H83" s="26">
-        <v>369024560.79</v>
+        <v>403136458.68</v>
       </c>
       <c r="I83" s="27"/>
       <c r="J83" s="36">
-        <v>140951198440.21</v>
+        <v>153967378685.64</v>
       </c>
     </row>
     <row r="84" ht="0.05" customHeight="1" s="1" customFormat="1"/>
     <row r="85" ht="3.95" customHeight="1" s="1" customFormat="1"/>
     <row r="86" ht="16.05" customHeight="1" s="1" customFormat="1">
       <c r="B86" s="31" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="87" ht="20.2" customHeight="1" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B4"/>
     <mergeCell ref="D2:H2"/>
     <mergeCell ref="D4:H5"/>
     <mergeCell ref="D7:H7"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="H11:I11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="C14:D14"/>
@@ -9488,2381 +9497,2381 @@
       <c r="G10" s="5" t="s">
         <v>100</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>101</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>102</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>103</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>104</v>
       </c>
       <c r="L10" s="6"/>
       <c r="M10" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B11" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="9">
-        <v>59774751.66</v>
+        <v>65131218.17</v>
       </c>
       <c r="E11" s="9">
-        <v>966243.43</v>
+        <v>1082943.27</v>
       </c>
       <c r="F11" s="9">
-        <v>56033106.69</v>
+        <v>62021279.95</v>
       </c>
       <c r="G11" s="9">
-        <v>506034.76</v>
+        <v>543734.27</v>
       </c>
       <c r="H11" s="9">
         <v>0</v>
       </c>
       <c r="I11" s="9">
         <v>103.48</v>
       </c>
       <c r="J11" s="9">
         <v>0</v>
       </c>
       <c r="K11" s="9">
         <v>0</v>
       </c>
       <c r="M11" s="33">
-        <v>117280240.02</v>
+        <v>128779279.14</v>
       </c>
     </row>
     <row r="12" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B12" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="9">
-        <v>85971194.48</v>
+        <v>94994066.44</v>
       </c>
       <c r="E12" s="9">
-        <v>2332418.76</v>
+        <v>2542443.74</v>
       </c>
       <c r="F12" s="9">
-        <v>64030493.66</v>
+        <v>70876954.36</v>
       </c>
       <c r="G12" s="9">
-        <v>1303912.07</v>
+        <v>1470841.36</v>
       </c>
       <c r="H12" s="9">
-        <v>4349331.6</v>
+        <v>4605902.84</v>
       </c>
       <c r="I12" s="9">
         <v>0</v>
       </c>
       <c r="J12" s="9">
         <v>0</v>
       </c>
       <c r="K12" s="9">
         <v>0</v>
       </c>
       <c r="M12" s="33">
-        <v>157987350.57</v>
+        <v>174490208.74</v>
       </c>
     </row>
     <row r="13" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B13" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="9">
-        <v>59714716.39</v>
+        <v>65945043.66</v>
       </c>
       <c r="E13" s="9">
-        <v>960908.38</v>
+        <v>1059301.55</v>
       </c>
       <c r="F13" s="9">
-        <v>48609528.03</v>
+        <v>53397466.48</v>
       </c>
       <c r="G13" s="9">
-        <v>672917.96</v>
+        <v>729634.25</v>
       </c>
       <c r="H13" s="9">
         <v>0</v>
       </c>
       <c r="I13" s="9">
         <v>0</v>
       </c>
       <c r="J13" s="9">
         <v>0</v>
       </c>
       <c r="K13" s="9">
         <v>0</v>
       </c>
       <c r="M13" s="33">
-        <v>109958070.76</v>
+        <v>121131445.94</v>
       </c>
     </row>
     <row r="14" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B14" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="9">
-        <v>74738204.59</v>
+        <v>82368604.5</v>
       </c>
       <c r="E14" s="9">
-        <v>1240120.96</v>
+        <v>1370197.26</v>
       </c>
       <c r="F14" s="9">
-        <v>56192135.02</v>
+        <v>62334168.77</v>
       </c>
       <c r="G14" s="9">
-        <v>1201738.69</v>
+        <v>1387909.5</v>
       </c>
       <c r="H14" s="9">
         <v>0</v>
       </c>
       <c r="I14" s="9">
         <v>440</v>
       </c>
       <c r="J14" s="9">
         <v>0</v>
       </c>
       <c r="K14" s="9">
         <v>0</v>
       </c>
       <c r="M14" s="33">
-        <v>133372639.26</v>
+        <v>147461320.03</v>
       </c>
     </row>
     <row r="15" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B15" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="9">
-        <v>71744400.48</v>
+        <v>78669889.92</v>
       </c>
       <c r="E15" s="9">
-        <v>1092667.57</v>
+        <v>1234137.68</v>
       </c>
       <c r="F15" s="9">
-        <v>36404200.29</v>
+        <v>40036088.87</v>
       </c>
       <c r="G15" s="9">
-        <v>455143.47</v>
+        <v>588285.42</v>
       </c>
       <c r="H15" s="9">
         <v>0</v>
       </c>
       <c r="I15" s="9">
         <v>213.13</v>
       </c>
       <c r="J15" s="9">
         <v>0</v>
       </c>
       <c r="K15" s="9">
         <v>0</v>
       </c>
       <c r="M15" s="33">
-        <v>109696624.94</v>
+        <v>120528615.02</v>
       </c>
     </row>
     <row r="16" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B16" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="9">
-        <v>44914725.51</v>
+        <v>49462392.94</v>
       </c>
       <c r="E16" s="9">
-        <v>1413696.05</v>
+        <v>1562356.63</v>
       </c>
       <c r="F16" s="9">
-        <v>35208043.25</v>
+        <v>38830510.91</v>
       </c>
       <c r="G16" s="9">
-        <v>548452.42</v>
+        <v>582690.35</v>
       </c>
       <c r="H16" s="9">
         <v>0</v>
       </c>
       <c r="I16" s="9">
-        <v>4037.58</v>
+        <v>4347.06</v>
       </c>
       <c r="J16" s="9">
         <v>0</v>
       </c>
       <c r="K16" s="9">
         <v>0</v>
       </c>
       <c r="M16" s="33">
-        <v>82088954.81</v>
+        <v>90442297.89</v>
       </c>
     </row>
     <row r="17" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B17" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="9">
-        <v>106401572.26</v>
+        <v>117214962.05</v>
       </c>
       <c r="E17" s="9">
-        <v>2472182.19</v>
+        <v>2731431.99</v>
       </c>
       <c r="F17" s="9">
-        <v>100605796.11</v>
+        <v>110602907.15</v>
       </c>
       <c r="G17" s="9">
-        <v>1149407.53</v>
+        <v>1360873.61</v>
       </c>
       <c r="H17" s="9">
         <v>0</v>
       </c>
       <c r="I17" s="9">
         <v>0</v>
       </c>
       <c r="J17" s="9">
         <v>0</v>
       </c>
       <c r="K17" s="9">
         <v>0</v>
       </c>
       <c r="M17" s="33">
-        <v>210628958.09</v>
+        <v>231910174.8</v>
       </c>
     </row>
     <row r="18" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B18" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="9">
-        <v>192999853.38</v>
+        <v>211720384.41</v>
       </c>
       <c r="E18" s="9">
-        <v>3031190.75</v>
+        <v>3381561.97</v>
       </c>
       <c r="F18" s="9">
-        <v>139303915.02</v>
+        <v>152858937.76</v>
       </c>
       <c r="G18" s="9">
-        <v>3400627.82</v>
+        <v>3920526.37</v>
       </c>
       <c r="H18" s="9">
-        <v>72502.98</v>
+        <v>77130.83</v>
       </c>
       <c r="I18" s="9">
-        <v>5346.48</v>
+        <v>5910.78</v>
       </c>
       <c r="J18" s="9">
         <v>0</v>
       </c>
       <c r="K18" s="9">
         <v>0</v>
       </c>
       <c r="M18" s="33">
-        <v>338813436.43</v>
+        <v>371964452.12</v>
       </c>
     </row>
     <row r="19" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B19" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="15">
-        <v>696259418.75</v>
+        <v>765506562.09</v>
       </c>
       <c r="E19" s="15">
-        <v>13509428.09</v>
+        <v>14964374.09</v>
       </c>
       <c r="F19" s="15">
-        <v>536387218.07</v>
+        <v>590958314.25</v>
       </c>
       <c r="G19" s="15">
-        <v>9238234.72</v>
+        <v>10584495.13</v>
       </c>
       <c r="H19" s="15">
-        <v>4421834.58</v>
+        <v>4683033.67</v>
       </c>
       <c r="I19" s="15">
-        <v>10140.67</v>
+        <v>11014.45</v>
       </c>
       <c r="J19" s="15">
         <v>0</v>
       </c>
       <c r="K19" s="15">
         <v>0</v>
       </c>
       <c r="M19" s="34">
-        <v>1259826274.88</v>
+        <v>1386707793.68</v>
       </c>
     </row>
     <row r="20" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B20" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="20">
-        <v>18316154.93</v>
+        <v>20106883.02</v>
       </c>
       <c r="E20" s="20">
-        <v>373316.72</v>
+        <v>489511.04</v>
       </c>
       <c r="F20" s="20">
-        <v>16739941.79</v>
+        <v>18341383.58</v>
       </c>
       <c r="G20" s="20">
-        <v>203762.07</v>
+        <v>220113.62</v>
       </c>
       <c r="H20" s="20">
         <v>0</v>
       </c>
       <c r="I20" s="20">
         <v>26.3</v>
       </c>
       <c r="J20" s="20">
         <v>0</v>
       </c>
       <c r="K20" s="20">
         <v>0</v>
       </c>
       <c r="M20" s="35">
-        <v>35633201.81</v>
+        <v>39157917.56</v>
       </c>
     </row>
     <row r="21" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B21" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="20">
-        <v>10110280.24</v>
+        <v>11088183.93</v>
       </c>
       <c r="E21" s="20">
-        <v>286327.3</v>
+        <v>341376.17</v>
       </c>
       <c r="F21" s="20">
-        <v>8811833.7</v>
+        <v>9686185.48</v>
       </c>
       <c r="G21" s="20">
-        <v>229465.15</v>
+        <v>246766.52</v>
       </c>
       <c r="H21" s="20">
         <v>0</v>
       </c>
       <c r="I21" s="20">
         <v>443.56</v>
       </c>
       <c r="J21" s="20">
         <v>0</v>
       </c>
       <c r="K21" s="20">
         <v>0</v>
       </c>
       <c r="M21" s="35">
-        <v>19438349.95</v>
+        <v>21362955.66</v>
       </c>
     </row>
     <row r="22" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B22" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="20">
-        <v>83680103.57</v>
+        <v>92275742.43</v>
       </c>
       <c r="E22" s="20">
-        <v>2050244.42</v>
+        <v>2234607.2</v>
       </c>
       <c r="F22" s="20">
-        <v>67295281.77</v>
+        <v>74204487.09</v>
       </c>
       <c r="G22" s="20">
-        <v>1064983.33</v>
+        <v>1250390.03</v>
       </c>
       <c r="H22" s="20">
         <v>0</v>
       </c>
       <c r="I22" s="20">
         <v>770</v>
       </c>
       <c r="J22" s="20">
         <v>0</v>
       </c>
       <c r="K22" s="20">
         <v>0</v>
       </c>
       <c r="M22" s="35">
-        <v>154091383.09</v>
+        <v>169965996.75</v>
       </c>
     </row>
     <row r="23" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B23" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="15">
-        <v>112106538.74</v>
+        <v>123470809.38</v>
       </c>
       <c r="E23" s="15">
-        <v>2709888.44</v>
+        <v>3065494.41</v>
       </c>
       <c r="F23" s="15">
-        <v>92847057.26</v>
+        <v>102232056.15</v>
       </c>
       <c r="G23" s="15">
-        <v>1498210.55</v>
+        <v>1717270.17</v>
       </c>
       <c r="H23" s="15">
         <v>0</v>
       </c>
       <c r="I23" s="15">
         <v>1239.86</v>
       </c>
       <c r="J23" s="15">
         <v>0</v>
       </c>
       <c r="K23" s="15">
         <v>0</v>
       </c>
       <c r="M23" s="34">
-        <v>209162934.85</v>
+        <v>230486869.97</v>
       </c>
     </row>
     <row r="24" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B24" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="20">
-        <v>131135903.84</v>
+        <v>145102009.22</v>
       </c>
       <c r="E24" s="20">
-        <v>3567983.11</v>
+        <v>3937102.88</v>
       </c>
       <c r="F24" s="20">
-        <v>47069904.61</v>
+        <v>52039436.7</v>
       </c>
       <c r="G24" s="20">
-        <v>1915004.57</v>
+        <v>2035415.38</v>
       </c>
       <c r="H24" s="20">
-        <v>741657.96</v>
+        <v>803084.71</v>
       </c>
       <c r="I24" s="20">
-        <v>1063.61</v>
+        <v>7206.41</v>
       </c>
       <c r="J24" s="20">
         <v>0</v>
       </c>
       <c r="K24" s="20">
         <v>0</v>
       </c>
       <c r="M24" s="35">
-        <v>184431517.7</v>
+        <v>203924255.3</v>
       </c>
     </row>
     <row r="25" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B25" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="15">
-        <v>131135903.84</v>
+        <v>145102009.22</v>
       </c>
       <c r="E25" s="15">
-        <v>3567983.11</v>
+        <v>3937102.88</v>
       </c>
       <c r="F25" s="15">
-        <v>47069904.61</v>
+        <v>52039436.7</v>
       </c>
       <c r="G25" s="15">
-        <v>1915004.57</v>
+        <v>2035415.38</v>
       </c>
       <c r="H25" s="15">
-        <v>741657.96</v>
+        <v>803084.71</v>
       </c>
       <c r="I25" s="15">
-        <v>1063.61</v>
+        <v>7206.41</v>
       </c>
       <c r="J25" s="15">
         <v>0</v>
       </c>
       <c r="K25" s="15">
         <v>0</v>
       </c>
       <c r="M25" s="34">
-        <v>184431517.7</v>
+        <v>203924255.3</v>
       </c>
     </row>
     <row r="26" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B26" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C26" s="20">
-        <v>81158563.76</v>
+        <v>91438072.58</v>
       </c>
       <c r="E26" s="20">
-        <v>1022542.53</v>
+        <v>1185356.01</v>
       </c>
       <c r="F26" s="20">
-        <v>88143553.95</v>
+        <v>97918243.4</v>
       </c>
       <c r="G26" s="20">
-        <v>1391806.01</v>
+        <v>1611867.11</v>
       </c>
       <c r="H26" s="20">
         <v>0</v>
       </c>
       <c r="I26" s="20">
         <v>0</v>
       </c>
       <c r="J26" s="20">
         <v>0</v>
       </c>
       <c r="K26" s="20">
         <v>0</v>
       </c>
       <c r="M26" s="35">
-        <v>171716466.25</v>
+        <v>192153539.1</v>
       </c>
     </row>
     <row r="27" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B27" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C27" s="15">
-        <v>81158563.76</v>
+        <v>91438072.58</v>
       </c>
       <c r="E27" s="15">
-        <v>1022542.53</v>
+        <v>1185356.01</v>
       </c>
       <c r="F27" s="15">
-        <v>88143553.95</v>
+        <v>97918243.4</v>
       </c>
       <c r="G27" s="15">
-        <v>1391806.01</v>
+        <v>1611867.11</v>
       </c>
       <c r="H27" s="15">
         <v>0</v>
       </c>
       <c r="I27" s="15">
         <v>0</v>
       </c>
       <c r="J27" s="15">
         <v>0</v>
       </c>
       <c r="K27" s="15">
         <v>0</v>
       </c>
       <c r="M27" s="34">
-        <v>171716466.25</v>
+        <v>192153539.1</v>
       </c>
     </row>
     <row r="28" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B28" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C28" s="20">
-        <v>232635680.66</v>
+        <v>255628035.06</v>
       </c>
       <c r="E28" s="20">
-        <v>1721757.2</v>
+        <v>1874922.31</v>
       </c>
       <c r="F28" s="20">
-        <v>53749066.84</v>
+        <v>59105156.33</v>
       </c>
       <c r="G28" s="20">
-        <v>383404.64</v>
+        <v>414017</v>
       </c>
       <c r="H28" s="20">
         <v>0</v>
       </c>
       <c r="I28" s="20">
         <v>0</v>
       </c>
       <c r="J28" s="20">
         <v>0</v>
       </c>
       <c r="K28" s="20">
         <v>0</v>
       </c>
       <c r="M28" s="35">
-        <v>288489909.34</v>
+        <v>317022130.7</v>
       </c>
     </row>
     <row r="29" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B29" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C29" s="20">
-        <v>165990523.46</v>
+        <v>183071217.79</v>
       </c>
       <c r="E29" s="20">
-        <v>632436.32</v>
+        <v>684653.93</v>
       </c>
       <c r="F29" s="20">
-        <v>46580922.71</v>
+        <v>51338953.65</v>
       </c>
       <c r="G29" s="20">
-        <v>804477.95</v>
+        <v>857617.82</v>
       </c>
       <c r="H29" s="20">
         <v>0</v>
       </c>
       <c r="I29" s="20">
-        <v>12443.99</v>
+        <v>13270.45</v>
       </c>
       <c r="J29" s="20">
         <v>0</v>
       </c>
       <c r="K29" s="20">
         <v>0</v>
       </c>
       <c r="M29" s="35">
-        <v>214020804.43</v>
+        <v>235965713.64</v>
       </c>
     </row>
     <row r="30" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B30" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C30" s="15">
-        <v>398626204.12</v>
+        <v>438699252.85</v>
       </c>
       <c r="E30" s="15">
-        <v>2354193.52</v>
+        <v>2559576.24</v>
       </c>
       <c r="F30" s="15">
-        <v>100329989.55</v>
+        <v>110444109.98</v>
       </c>
       <c r="G30" s="15">
-        <v>1187882.59</v>
+        <v>1271634.82</v>
       </c>
       <c r="H30" s="15">
         <v>0</v>
       </c>
       <c r="I30" s="15">
-        <v>12443.99</v>
+        <v>13270.45</v>
       </c>
       <c r="J30" s="15">
         <v>0</v>
       </c>
       <c r="K30" s="15">
         <v>0</v>
       </c>
       <c r="M30" s="34">
-        <v>502510713.77</v>
+        <v>552987844.34</v>
       </c>
     </row>
     <row r="31" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B31" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="20">
-        <v>67610128.19</v>
+        <v>74493737.02</v>
       </c>
       <c r="E31" s="20">
-        <v>1480982.11</v>
+        <v>1595258.49</v>
       </c>
       <c r="F31" s="20">
-        <v>31019928.07</v>
+        <v>34164790.76</v>
       </c>
       <c r="G31" s="20">
-        <v>885869.58</v>
+        <v>960318.41</v>
       </c>
       <c r="H31" s="20">
-        <v>16309.15</v>
+        <v>17791.8</v>
       </c>
       <c r="I31" s="20">
         <v>3667</v>
       </c>
       <c r="J31" s="20">
         <v>0</v>
       </c>
       <c r="K31" s="20">
         <v>0</v>
       </c>
       <c r="M31" s="35">
-        <v>101016884.1</v>
+        <v>111235563.48</v>
       </c>
     </row>
     <row r="32" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B32" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C32" s="15">
-        <v>67610128.19</v>
+        <v>74493737.02</v>
       </c>
       <c r="E32" s="15">
-        <v>1480982.11</v>
+        <v>1595258.49</v>
       </c>
       <c r="F32" s="15">
-        <v>31019928.07</v>
+        <v>34164790.76</v>
       </c>
       <c r="G32" s="15">
-        <v>885869.58</v>
+        <v>960318.41</v>
       </c>
       <c r="H32" s="15">
-        <v>16309.15</v>
+        <v>17791.8</v>
       </c>
       <c r="I32" s="15">
         <v>3667</v>
       </c>
       <c r="J32" s="15">
         <v>0</v>
       </c>
       <c r="K32" s="15">
         <v>0</v>
       </c>
       <c r="M32" s="34">
-        <v>101016884.1</v>
+        <v>111235563.48</v>
       </c>
     </row>
     <row r="33" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B33" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="20">
-        <v>32025505.34</v>
+        <v>35574683.38</v>
       </c>
       <c r="E33" s="20">
-        <v>966262.63</v>
+        <v>1084034.7</v>
       </c>
       <c r="F33" s="20">
-        <v>22976878.04</v>
+        <v>25672776.21</v>
       </c>
       <c r="G33" s="20">
-        <v>270393.6</v>
+        <v>286866.17</v>
       </c>
       <c r="H33" s="20">
         <v>0</v>
       </c>
       <c r="I33" s="20">
         <v>38.48</v>
       </c>
       <c r="J33" s="20">
         <v>0</v>
       </c>
       <c r="K33" s="20">
         <v>0</v>
       </c>
       <c r="M33" s="35">
-        <v>56239078.09</v>
+        <v>62618398.94</v>
       </c>
     </row>
     <row r="34" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B34" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C34" s="20">
-        <v>42140343.63</v>
+        <v>46526143.17</v>
       </c>
       <c r="E34" s="20">
-        <v>1061104.45</v>
+        <v>1226901.11</v>
       </c>
       <c r="F34" s="20">
-        <v>27014915.88</v>
+        <v>29577384.69</v>
       </c>
       <c r="G34" s="20">
-        <v>533206.34</v>
+        <v>679984.67</v>
       </c>
       <c r="H34" s="20">
         <v>0</v>
       </c>
       <c r="I34" s="20">
-        <v>90.29</v>
+        <v>127.15</v>
       </c>
       <c r="J34" s="20">
         <v>0</v>
       </c>
       <c r="K34" s="20">
         <v>0</v>
       </c>
       <c r="M34" s="35">
-        <v>70749660.59</v>
+        <v>78010540.79</v>
       </c>
     </row>
     <row r="35" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B35" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="20">
-        <v>11600343.99</v>
+        <v>12806743.07</v>
       </c>
       <c r="E35" s="20">
-        <v>269093.02</v>
+        <v>303275.72</v>
       </c>
       <c r="F35" s="20">
-        <v>11220840.94</v>
+        <v>12330501.6</v>
       </c>
       <c r="G35" s="20">
-        <v>135973.33</v>
+        <v>176440.55</v>
       </c>
       <c r="H35" s="20">
         <v>0</v>
       </c>
       <c r="I35" s="20">
         <v>55.48</v>
       </c>
       <c r="J35" s="20">
         <v>0</v>
       </c>
       <c r="K35" s="20">
         <v>0</v>
       </c>
       <c r="M35" s="35">
-        <v>23226306.76</v>
+        <v>25617016.42</v>
       </c>
     </row>
     <row r="36" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B36" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C36" s="20">
-        <v>14797464.86</v>
+        <v>16309824.97</v>
       </c>
       <c r="E36" s="20">
-        <v>515434.84</v>
+        <v>593879.12</v>
       </c>
       <c r="F36" s="20">
-        <v>20351228.19</v>
+        <v>22421151.44</v>
       </c>
       <c r="G36" s="20">
-        <v>192434.24</v>
+        <v>202502.08</v>
       </c>
       <c r="H36" s="20">
         <v>0</v>
       </c>
       <c r="I36" s="20">
         <v>140.22</v>
       </c>
       <c r="J36" s="20">
         <v>0</v>
       </c>
       <c r="K36" s="20">
         <v>0</v>
       </c>
       <c r="M36" s="35">
-        <v>35856702.35</v>
+        <v>39527497.83</v>
       </c>
     </row>
     <row r="37" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B37" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C37" s="20">
-        <v>44178479.74</v>
+        <v>48682266.54</v>
       </c>
       <c r="E37" s="20">
-        <v>1249007.47</v>
+        <v>1388432.35</v>
       </c>
       <c r="F37" s="20">
-        <v>45229820.22</v>
+        <v>49703855.13</v>
       </c>
       <c r="G37" s="20">
-        <v>488106.97</v>
+        <v>599826.47</v>
       </c>
       <c r="H37" s="20">
         <v>0</v>
       </c>
       <c r="I37" s="20">
         <v>0</v>
       </c>
       <c r="J37" s="20">
         <v>0</v>
       </c>
       <c r="K37" s="20">
         <v>0</v>
       </c>
       <c r="M37" s="35">
-        <v>91145414.4</v>
+        <v>100374380.49</v>
       </c>
     </row>
     <row r="38" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B38" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C38" s="15">
-        <v>144742137.56</v>
+        <v>159899661.13</v>
       </c>
       <c r="E38" s="15">
-        <v>4060902.41</v>
+        <v>4596523</v>
       </c>
       <c r="F38" s="15">
-        <v>126793683.27</v>
+        <v>139705669.07</v>
       </c>
       <c r="G38" s="15">
-        <v>1620114.48</v>
+        <v>1945619.94</v>
       </c>
       <c r="H38" s="15">
         <v>0</v>
       </c>
       <c r="I38" s="15">
-        <v>324.47</v>
+        <v>361.33</v>
       </c>
       <c r="J38" s="15">
         <v>0</v>
       </c>
       <c r="K38" s="15">
         <v>0</v>
       </c>
       <c r="M38" s="34">
-        <v>277217162.19</v>
+        <v>306147834.47</v>
       </c>
     </row>
     <row r="39" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B39" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C39" s="20">
-        <v>6771763.54</v>
+        <v>7493979.29</v>
       </c>
       <c r="E39" s="20">
-        <v>184995.59</v>
+        <v>209203.5</v>
       </c>
       <c r="F39" s="20">
-        <v>7071279.88</v>
+        <v>7836037.85</v>
       </c>
       <c r="G39" s="20">
-        <v>223964.43</v>
+        <v>243095.28</v>
       </c>
       <c r="H39" s="20">
         <v>0</v>
       </c>
       <c r="I39" s="20">
-        <v>5159.84</v>
+        <v>5488.54</v>
       </c>
       <c r="J39" s="20">
         <v>0</v>
       </c>
       <c r="K39" s="20">
         <v>0</v>
       </c>
       <c r="M39" s="35">
-        <v>14257163.28</v>
+        <v>15787804.46</v>
       </c>
     </row>
     <row r="40" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B40" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C40" s="20">
-        <v>23050326.41</v>
+        <v>25313724.21</v>
       </c>
       <c r="E40" s="20">
-        <v>1046129.17</v>
+        <v>1133734.34</v>
       </c>
       <c r="F40" s="20">
-        <v>23066170.56</v>
+        <v>25431533.58</v>
       </c>
       <c r="G40" s="20">
-        <v>486522.24</v>
+        <v>528885.33</v>
       </c>
       <c r="H40" s="20">
         <v>0</v>
       </c>
       <c r="I40" s="20">
         <v>0</v>
       </c>
       <c r="J40" s="20">
         <v>0</v>
       </c>
       <c r="K40" s="20">
         <v>0</v>
       </c>
       <c r="M40" s="35">
-        <v>47649148.38</v>
+        <v>52407877.46</v>
       </c>
     </row>
     <row r="41" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B41" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C41" s="20">
-        <v>37707811.08</v>
+        <v>41871222.3</v>
       </c>
       <c r="E41" s="20">
-        <v>1222339.7</v>
+        <v>1322536.49</v>
       </c>
       <c r="F41" s="20">
-        <v>19069308.9</v>
+        <v>20764553.94</v>
       </c>
       <c r="G41" s="20">
-        <v>1268818.11</v>
+        <v>1413466.87</v>
       </c>
       <c r="H41" s="20">
         <v>0</v>
       </c>
       <c r="I41" s="20">
         <v>0</v>
       </c>
       <c r="J41" s="20">
         <v>0</v>
       </c>
       <c r="K41" s="20">
         <v>0</v>
       </c>
       <c r="M41" s="35">
-        <v>59268277.79</v>
+        <v>65371779.6</v>
       </c>
     </row>
     <row r="42" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B42" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C42" s="20">
-        <v>13153067.77</v>
+        <v>14503307.87</v>
       </c>
       <c r="E42" s="20">
-        <v>381006.31</v>
+        <v>403205.42</v>
       </c>
       <c r="F42" s="20">
-        <v>8444944.96</v>
+        <v>9271704.75</v>
       </c>
       <c r="G42" s="20">
-        <v>236730.51</v>
+        <v>272169.51</v>
       </c>
       <c r="H42" s="20">
         <v>0</v>
       </c>
       <c r="I42" s="20">
         <v>0</v>
       </c>
       <c r="J42" s="20">
         <v>0</v>
       </c>
       <c r="K42" s="20">
         <v>0</v>
       </c>
       <c r="M42" s="35">
-        <v>22215749.55</v>
+        <v>24450387.55</v>
       </c>
     </row>
     <row r="43" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B43" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C43" s="20">
-        <v>20426003.78</v>
+        <v>22522770.68</v>
       </c>
       <c r="E43" s="20">
-        <v>332852.17</v>
+        <v>368163.9</v>
       </c>
       <c r="F43" s="20">
-        <v>14855682.37</v>
+        <v>16327104.08</v>
       </c>
       <c r="G43" s="20">
-        <v>638984.16</v>
+        <v>786026.09</v>
       </c>
       <c r="H43" s="20">
         <v>0</v>
       </c>
       <c r="I43" s="20">
         <v>0</v>
       </c>
       <c r="J43" s="20">
         <v>0</v>
       </c>
       <c r="K43" s="20">
         <v>0</v>
       </c>
       <c r="M43" s="35">
-        <v>36253522.48</v>
+        <v>40004064.75</v>
       </c>
     </row>
     <row r="44" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B44" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C44" s="20">
-        <v>6225578.7</v>
+        <v>6881426.58</v>
       </c>
       <c r="E44" s="20">
-        <v>246148.33</v>
+        <v>265702.68</v>
       </c>
       <c r="F44" s="20">
-        <v>9388921.39</v>
+        <v>10308668.77</v>
       </c>
       <c r="G44" s="20">
-        <v>514493.04</v>
+        <v>577570.49</v>
       </c>
       <c r="H44" s="20">
         <v>0</v>
       </c>
       <c r="I44" s="20">
         <v>0</v>
       </c>
       <c r="J44" s="20">
         <v>0</v>
       </c>
       <c r="K44" s="20">
         <v>0</v>
       </c>
       <c r="M44" s="35">
-        <v>16375141.46</v>
+        <v>18033368.52</v>
       </c>
     </row>
     <row r="45" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B45" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C45" s="20">
-        <v>5408520.53</v>
+        <v>6003298.79</v>
       </c>
       <c r="E45" s="20">
-        <v>173545.57</v>
+        <v>202963.37</v>
       </c>
       <c r="F45" s="20">
-        <v>5588882.17</v>
+        <v>6151571.3</v>
       </c>
       <c r="G45" s="20">
-        <v>170085.7</v>
+        <v>183199.89</v>
       </c>
       <c r="H45" s="20">
         <v>0</v>
       </c>
       <c r="I45" s="20">
         <v>0</v>
       </c>
       <c r="J45" s="20">
         <v>0</v>
       </c>
       <c r="K45" s="20">
         <v>0</v>
       </c>
       <c r="M45" s="35">
-        <v>11341033.97</v>
+        <v>12541033.35</v>
       </c>
     </row>
     <row r="46" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B46" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C46" s="20">
-        <v>33645242.83</v>
+        <v>37097061.87</v>
       </c>
       <c r="E46" s="20">
-        <v>844770.53</v>
+        <v>946772.68</v>
       </c>
       <c r="F46" s="20">
-        <v>33030828.19</v>
+        <v>36334065.7</v>
       </c>
       <c r="G46" s="20">
-        <v>638427.92</v>
+        <v>674133.16</v>
       </c>
       <c r="H46" s="20">
         <v>0</v>
       </c>
       <c r="I46" s="20">
         <v>0</v>
       </c>
       <c r="J46" s="20">
         <v>0</v>
       </c>
       <c r="K46" s="20">
         <v>0</v>
       </c>
       <c r="M46" s="35">
-        <v>68159269.47</v>
+        <v>75052033.41</v>
       </c>
     </row>
     <row r="47" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B47" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C47" s="20">
-        <v>8164025.06</v>
+        <v>9026393.78</v>
       </c>
       <c r="E47" s="20">
-        <v>280190.89</v>
+        <v>320142.7</v>
       </c>
       <c r="F47" s="20">
-        <v>6359885.51</v>
+        <v>7039767</v>
       </c>
       <c r="G47" s="20">
-        <v>192420.8</v>
+        <v>207363.87</v>
       </c>
       <c r="H47" s="20">
         <v>0</v>
       </c>
       <c r="I47" s="20">
         <v>0</v>
       </c>
       <c r="J47" s="20">
         <v>0</v>
       </c>
       <c r="K47" s="20">
         <v>0</v>
       </c>
       <c r="M47" s="35">
-        <v>14996522.26</v>
+        <v>16593667.35</v>
       </c>
     </row>
     <row r="48" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B48" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="15">
-        <v>154552339.7</v>
+        <v>170713185.37</v>
       </c>
       <c r="E48" s="15">
-        <v>4711978.26</v>
+        <v>5172425.08</v>
       </c>
       <c r="F48" s="15">
-        <v>126875903.93</v>
+        <v>139465006.97</v>
       </c>
       <c r="G48" s="15">
-        <v>4370446.91</v>
+        <v>4885910.49</v>
       </c>
       <c r="H48" s="15">
         <v>0</v>
       </c>
       <c r="I48" s="15">
-        <v>5159.84</v>
+        <v>5488.54</v>
       </c>
       <c r="J48" s="15">
         <v>0</v>
       </c>
       <c r="K48" s="15">
         <v>0</v>
       </c>
       <c r="M48" s="34">
-        <v>290515828.64</v>
+        <v>320242016.45</v>
       </c>
     </row>
     <row r="49" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B49" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C49" s="20">
-        <v>640819278.99</v>
+        <v>707803782.4</v>
       </c>
       <c r="E49" s="20">
-        <v>14299736.42</v>
+        <v>15722713.97</v>
       </c>
       <c r="F49" s="20">
-        <v>474286801.18</v>
+        <v>523553185.69</v>
       </c>
       <c r="G49" s="20">
-        <v>6859596.73</v>
+        <v>7443732.84</v>
       </c>
       <c r="H49" s="20">
         <v>0</v>
       </c>
       <c r="I49" s="20">
-        <v>24.32</v>
+        <v>81.52</v>
       </c>
       <c r="J49" s="20">
         <v>0</v>
       </c>
       <c r="K49" s="20">
         <v>0</v>
       </c>
       <c r="M49" s="35">
-        <v>1136265437.64</v>
+        <v>1254523496.42</v>
       </c>
     </row>
     <row r="50" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B50" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C50" s="20">
-        <v>54403114.15</v>
+        <v>59935266.86</v>
       </c>
       <c r="E50" s="20">
-        <v>1287221.88</v>
+        <v>1390528.57</v>
       </c>
       <c r="F50" s="20">
-        <v>57498225.99</v>
+        <v>63708555.92</v>
       </c>
       <c r="G50" s="20">
-        <v>535872.77</v>
+        <v>581572.58</v>
       </c>
       <c r="H50" s="20">
         <v>0</v>
       </c>
       <c r="I50" s="20">
         <v>0</v>
       </c>
       <c r="J50" s="20">
         <v>0</v>
       </c>
       <c r="K50" s="20">
         <v>0</v>
       </c>
       <c r="M50" s="35">
-        <v>113724434.79</v>
+        <v>125615923.93</v>
       </c>
     </row>
     <row r="51" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B51" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C51" s="20">
-        <v>24104660.24</v>
+        <v>26450950.88</v>
       </c>
       <c r="E51" s="20">
-        <v>1133088.45</v>
+        <v>1208762.28</v>
       </c>
       <c r="F51" s="20">
-        <v>34379059.43</v>
+        <v>38208373.82</v>
       </c>
       <c r="G51" s="20">
-        <v>310280.09</v>
+        <v>329678.92</v>
       </c>
       <c r="H51" s="20">
         <v>0</v>
       </c>
       <c r="I51" s="20">
         <v>0</v>
       </c>
       <c r="J51" s="20">
         <v>0</v>
       </c>
       <c r="K51" s="20">
         <v>0</v>
       </c>
       <c r="M51" s="35">
-        <v>59927088.21</v>
+        <v>66197765.9</v>
       </c>
     </row>
     <row r="52" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B52" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C52" s="20">
-        <v>69618943.41</v>
+        <v>77160616.69</v>
       </c>
       <c r="E52" s="20">
-        <v>1917541.76</v>
+        <v>2129532.87</v>
       </c>
       <c r="F52" s="20">
-        <v>53912280.97</v>
+        <v>59550018.19</v>
       </c>
       <c r="G52" s="20">
-        <v>932998.11</v>
+        <v>993420.81</v>
       </c>
       <c r="H52" s="20">
         <v>0</v>
       </c>
       <c r="I52" s="20">
         <v>0</v>
       </c>
       <c r="J52" s="20">
         <v>0</v>
       </c>
       <c r="K52" s="20">
         <v>0</v>
       </c>
       <c r="M52" s="35">
-        <v>126381764.25</v>
+        <v>139833588.56</v>
       </c>
     </row>
     <row r="53" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B53" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C53" s="15">
-        <v>788945996.79</v>
+        <v>871350616.83</v>
       </c>
       <c r="E53" s="15">
-        <v>18637588.51</v>
+        <v>20451537.69</v>
       </c>
       <c r="F53" s="15">
-        <v>620076367.57</v>
+        <v>685020133.62</v>
       </c>
       <c r="G53" s="15">
-        <v>8638747.7</v>
+        <v>9348405.15</v>
       </c>
       <c r="H53" s="15">
         <v>0</v>
       </c>
       <c r="I53" s="15">
-        <v>24.32</v>
+        <v>81.52</v>
       </c>
       <c r="J53" s="15">
         <v>0</v>
       </c>
       <c r="K53" s="15">
         <v>0</v>
       </c>
       <c r="M53" s="34">
-        <v>1436298724.89</v>
+        <v>1586170774.81</v>
       </c>
     </row>
     <row r="54" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B54" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C54" s="20">
-        <v>67295370.83</v>
+        <v>74859007.25</v>
       </c>
       <c r="E54" s="20">
-        <v>742153.83</v>
+        <v>842328.23</v>
       </c>
       <c r="F54" s="20">
-        <v>35602977.44</v>
+        <v>39480358.18</v>
       </c>
       <c r="G54" s="20">
-        <v>1097040.41</v>
+        <v>1163142</v>
       </c>
       <c r="H54" s="20">
         <v>0</v>
       </c>
       <c r="I54" s="20">
-        <v>21540.9</v>
+        <v>21494.54</v>
       </c>
       <c r="J54" s="20">
         <v>0</v>
       </c>
       <c r="K54" s="20">
         <v>0</v>
       </c>
       <c r="M54" s="35">
-        <v>104759083.41</v>
+        <v>116366330.2</v>
       </c>
     </row>
     <row r="55" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B55" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C55" s="20">
-        <v>34498463.98</v>
+        <v>38250923.88</v>
       </c>
       <c r="E55" s="20">
-        <v>621174.42</v>
+        <v>681483.14</v>
       </c>
       <c r="F55" s="20">
-        <v>18492268.98</v>
+        <v>20325205.72</v>
       </c>
       <c r="G55" s="20">
-        <v>586176.05</v>
+        <v>628236.26</v>
       </c>
       <c r="H55" s="20">
         <v>0</v>
       </c>
       <c r="I55" s="20">
-        <v>843.6</v>
+        <v>974.32</v>
       </c>
       <c r="J55" s="20">
         <v>0</v>
       </c>
       <c r="K55" s="20">
         <v>0</v>
       </c>
       <c r="M55" s="35">
-        <v>54198927.03</v>
+        <v>59886823.32</v>
       </c>
     </row>
     <row r="56" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B56" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C56" s="15">
-        <v>101793834.81</v>
+        <v>113109931.13</v>
       </c>
       <c r="E56" s="15">
-        <v>1363328.25</v>
+        <v>1523811.37</v>
       </c>
       <c r="F56" s="15">
-        <v>54095246.42</v>
+        <v>59805563.9</v>
       </c>
       <c r="G56" s="15">
-        <v>1683216.46</v>
+        <v>1791378.26</v>
       </c>
       <c r="H56" s="15">
         <v>0</v>
       </c>
       <c r="I56" s="15">
-        <v>22384.5</v>
+        <v>22468.86</v>
       </c>
       <c r="J56" s="15">
         <v>0</v>
       </c>
       <c r="K56" s="15">
         <v>0</v>
       </c>
       <c r="M56" s="34">
-        <v>158958010.44</v>
+        <v>176253153.52</v>
       </c>
     </row>
     <row r="57" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B57" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C57" s="20">
-        <v>143377289.13</v>
+        <v>158105236.05</v>
       </c>
       <c r="E57" s="20">
-        <v>2582771.4</v>
+        <v>2835541.23</v>
       </c>
       <c r="F57" s="20">
-        <v>64346138.97</v>
+        <v>70392745.86</v>
       </c>
       <c r="G57" s="20">
-        <v>1284394.37</v>
+        <v>1502181.87</v>
       </c>
       <c r="H57" s="20">
-        <v>5738812.98</v>
+        <v>6235285.63</v>
       </c>
       <c r="I57" s="20">
         <v>248.99</v>
       </c>
       <c r="J57" s="20">
         <v>0</v>
       </c>
       <c r="K57" s="20">
         <v>0</v>
       </c>
       <c r="M57" s="35">
-        <v>217329655.84</v>
+        <v>239071239.63</v>
       </c>
     </row>
     <row r="58" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B58" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C58" s="20">
-        <v>36220695.53</v>
+        <v>39914257.26</v>
       </c>
       <c r="E58" s="20">
-        <v>731557.36</v>
+        <v>807859.31</v>
       </c>
       <c r="F58" s="20">
-        <v>14961510.57</v>
+        <v>16308749.71</v>
       </c>
       <c r="G58" s="20">
-        <v>378634.95</v>
+        <v>406150.95</v>
       </c>
       <c r="H58" s="20">
         <v>0</v>
       </c>
       <c r="I58" s="20">
         <v>0</v>
       </c>
       <c r="J58" s="20">
         <v>0</v>
       </c>
       <c r="K58" s="20">
         <v>0</v>
       </c>
       <c r="M58" s="35">
-        <v>52292398.41</v>
+        <v>57437017.23</v>
       </c>
     </row>
     <row r="59" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B59" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C59" s="20">
-        <v>36019495.7</v>
+        <v>39898169.09</v>
       </c>
       <c r="E59" s="20">
-        <v>549323.24</v>
+        <v>629566.74</v>
       </c>
       <c r="F59" s="20">
-        <v>11330915.91</v>
+        <v>12359852.24</v>
       </c>
       <c r="G59" s="20">
-        <v>421222.39</v>
+        <v>487545.17</v>
       </c>
       <c r="H59" s="20">
         <v>0</v>
       </c>
       <c r="I59" s="20">
         <v>200068.92</v>
       </c>
       <c r="J59" s="20">
         <v>0</v>
       </c>
       <c r="K59" s="20">
         <v>0</v>
       </c>
       <c r="M59" s="35">
-        <v>48521026.16</v>
+        <v>53575202.16</v>
       </c>
     </row>
     <row r="60" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B60" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C60" s="20">
-        <v>122461180.58</v>
+        <v>134816792.37</v>
       </c>
       <c r="E60" s="20">
-        <v>2166752.08</v>
+        <v>2365690.27</v>
       </c>
       <c r="F60" s="20">
-        <v>47715990.06</v>
+        <v>52552171.9</v>
       </c>
       <c r="G60" s="20">
-        <v>786750.6</v>
+        <v>851839.77</v>
       </c>
       <c r="H60" s="20">
         <v>0</v>
       </c>
       <c r="I60" s="20">
         <v>863.52</v>
       </c>
       <c r="J60" s="20">
         <v>0</v>
       </c>
       <c r="K60" s="20">
         <v>0</v>
       </c>
       <c r="M60" s="35">
-        <v>173131536.84</v>
+        <v>190587357.83</v>
       </c>
     </row>
     <row r="61" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B61" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C61" s="15">
-        <v>338078660.94</v>
+        <v>372734454.77</v>
       </c>
       <c r="E61" s="15">
-        <v>6030404.08</v>
+        <v>6638657.55</v>
       </c>
       <c r="F61" s="15">
-        <v>138354555.51</v>
+        <v>151613519.71</v>
       </c>
       <c r="G61" s="15">
-        <v>2871002.31</v>
+        <v>3247717.76</v>
       </c>
       <c r="H61" s="15">
-        <v>5738812.98</v>
+        <v>6235285.63</v>
       </c>
       <c r="I61" s="15">
         <v>201181.43</v>
       </c>
       <c r="J61" s="15">
         <v>0</v>
       </c>
       <c r="K61" s="15">
         <v>0</v>
       </c>
       <c r="M61" s="34">
-        <v>491274617.25</v>
+        <v>540670816.85</v>
       </c>
     </row>
     <row r="62" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B62" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C62" s="20">
-        <v>14292927.77</v>
+        <v>15547370.62</v>
       </c>
       <c r="E62" s="20">
-        <v>815683.14</v>
+        <v>1010207.16</v>
       </c>
       <c r="F62" s="20">
-        <v>20340123.53</v>
+        <v>22467890.95</v>
       </c>
       <c r="G62" s="20">
-        <v>256579.48</v>
+        <v>276211.69</v>
       </c>
       <c r="H62" s="20">
         <v>0</v>
       </c>
       <c r="I62" s="20">
         <v>170.04</v>
       </c>
       <c r="J62" s="20">
         <v>0</v>
       </c>
       <c r="K62" s="20">
         <v>0</v>
       </c>
       <c r="M62" s="35">
-        <v>35705483.96</v>
+        <v>39301850.46</v>
       </c>
     </row>
     <row r="63" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B63" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C63" s="15">
-        <v>14292927.77</v>
+        <v>15547370.62</v>
       </c>
       <c r="E63" s="15">
-        <v>815683.14</v>
+        <v>1010207.16</v>
       </c>
       <c r="F63" s="15">
-        <v>20340123.53</v>
+        <v>22467890.95</v>
       </c>
       <c r="G63" s="15">
-        <v>256579.48</v>
+        <v>276211.69</v>
       </c>
       <c r="H63" s="15">
         <v>0</v>
       </c>
       <c r="I63" s="15">
         <v>170.04</v>
       </c>
       <c r="J63" s="15">
         <v>0</v>
       </c>
       <c r="K63" s="15">
         <v>0</v>
       </c>
       <c r="M63" s="34">
-        <v>35705483.96</v>
+        <v>39301850.46</v>
       </c>
     </row>
     <row r="64" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B64" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C64" s="20">
-        <v>566359749</v>
+        <v>622520420.8</v>
       </c>
       <c r="E64" s="20">
-        <v>5826348.06</v>
+        <v>6466071.54</v>
       </c>
       <c r="F64" s="20">
-        <v>638489921.71</v>
+        <v>701442406.34</v>
       </c>
       <c r="G64" s="20">
-        <v>16899998.47</v>
+        <v>19180192.9</v>
       </c>
       <c r="H64" s="20">
-        <v>430091.09</v>
+        <v>443824.8</v>
       </c>
       <c r="I64" s="20">
         <v>1159.05</v>
       </c>
       <c r="J64" s="20">
         <v>0</v>
       </c>
       <c r="K64" s="20">
         <v>0</v>
       </c>
       <c r="M64" s="35">
-        <v>1228007267.38</v>
+        <v>1350054075.43</v>
       </c>
     </row>
     <row r="65" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B65" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C65" s="15">
-        <v>566359749</v>
+        <v>622520420.8</v>
       </c>
       <c r="E65" s="15">
-        <v>5826348.06</v>
+        <v>6466071.54</v>
       </c>
       <c r="F65" s="15">
-        <v>638489921.71</v>
+        <v>701442406.34</v>
       </c>
       <c r="G65" s="15">
-        <v>16899998.47</v>
+        <v>19180192.9</v>
       </c>
       <c r="H65" s="15">
-        <v>430091.09</v>
+        <v>443824.8</v>
       </c>
       <c r="I65" s="15">
         <v>1159.05</v>
       </c>
       <c r="J65" s="15">
         <v>0</v>
       </c>
       <c r="K65" s="15">
         <v>0</v>
       </c>
       <c r="M65" s="34">
-        <v>1228007267.38</v>
+        <v>1350054075.43</v>
       </c>
     </row>
     <row r="66" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B66" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C66" s="20">
-        <v>192416995.8</v>
+        <v>211883990.85</v>
       </c>
       <c r="E66" s="20">
-        <v>2307922.34</v>
+        <v>2645783.78</v>
       </c>
       <c r="F66" s="20">
-        <v>108648229.58</v>
+        <v>119123732.89</v>
       </c>
       <c r="G66" s="20">
-        <v>1529861.55</v>
+        <v>1651877.71</v>
       </c>
       <c r="H66" s="20">
-        <v>2839938.85</v>
+        <v>2936612.62</v>
       </c>
       <c r="I66" s="20">
         <v>824.62</v>
       </c>
       <c r="J66" s="20">
         <v>0</v>
       </c>
       <c r="K66" s="20">
         <v>0</v>
       </c>
       <c r="M66" s="35">
-        <v>307743772.74</v>
+        <v>338242822.47</v>
       </c>
     </row>
     <row r="67" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B67" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C67" s="15">
-        <v>192416995.8</v>
+        <v>211883990.85</v>
       </c>
       <c r="E67" s="15">
-        <v>2307922.34</v>
+        <v>2645783.78</v>
       </c>
       <c r="F67" s="15">
-        <v>108648229.58</v>
+        <v>119123732.89</v>
       </c>
       <c r="G67" s="15">
-        <v>1529861.55</v>
+        <v>1651877.71</v>
       </c>
       <c r="H67" s="15">
-        <v>2839938.85</v>
+        <v>2936612.62</v>
       </c>
       <c r="I67" s="15">
         <v>824.62</v>
       </c>
       <c r="J67" s="15">
         <v>0</v>
       </c>
       <c r="K67" s="15">
         <v>0</v>
       </c>
       <c r="M67" s="34">
-        <v>307743772.74</v>
+        <v>338242822.47</v>
       </c>
     </row>
     <row r="68" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B68" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C68" s="20">
-        <v>83523174.91</v>
+        <v>91334305.01</v>
       </c>
       <c r="E68" s="20">
-        <v>1588797.87</v>
+        <v>1734700.95</v>
       </c>
       <c r="F68" s="20">
-        <v>52311354.33</v>
+        <v>56863330.77</v>
       </c>
       <c r="G68" s="20">
-        <v>880427.89</v>
+        <v>941259.71</v>
       </c>
       <c r="H68" s="20">
         <v>0</v>
       </c>
       <c r="I68" s="20">
         <v>41.15</v>
       </c>
       <c r="J68" s="20">
         <v>0</v>
       </c>
       <c r="K68" s="20">
         <v>0</v>
       </c>
       <c r="M68" s="35">
-        <v>138303796.15</v>
+        <v>150873637.59</v>
       </c>
     </row>
     <row r="69" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B69" s="14" t="s">
         <v>73</v>
       </c>
       <c r="C69" s="15">
-        <v>83523174.91</v>
+        <v>91334305.01</v>
       </c>
       <c r="E69" s="15">
-        <v>1588797.87</v>
+        <v>1734700.95</v>
       </c>
       <c r="F69" s="15">
-        <v>52311354.33</v>
+        <v>56863330.77</v>
       </c>
       <c r="G69" s="15">
-        <v>880427.89</v>
+        <v>941259.71</v>
       </c>
       <c r="H69" s="15">
         <v>0</v>
       </c>
       <c r="I69" s="15">
         <v>41.15</v>
       </c>
       <c r="J69" s="15">
         <v>0</v>
       </c>
       <c r="K69" s="15">
         <v>0</v>
       </c>
       <c r="M69" s="34">
-        <v>138303796.15</v>
+        <v>150873637.59</v>
       </c>
     </row>
     <row r="70" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B70" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C70" s="20">
-        <v>106528557.5</v>
+        <v>116860467.9</v>
       </c>
       <c r="E70" s="20">
-        <v>1848817.19</v>
+        <v>2115707.76</v>
       </c>
       <c r="F70" s="20">
-        <v>98721168.48</v>
+        <v>108888167.46</v>
       </c>
       <c r="G70" s="20">
-        <v>983889.01</v>
+        <v>1124320.92</v>
       </c>
       <c r="H70" s="20">
         <v>0</v>
       </c>
       <c r="I70" s="20">
         <v>276.02</v>
       </c>
       <c r="J70" s="20">
         <v>0</v>
       </c>
       <c r="K70" s="20">
         <v>0</v>
       </c>
       <c r="M70" s="35">
-        <v>208082708.2</v>
+        <v>228988940.06</v>
       </c>
     </row>
     <row r="71" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B71" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C71" s="20">
-        <v>32256266.63</v>
+        <v>35411586.23</v>
       </c>
       <c r="E71" s="20">
-        <v>757723.37</v>
+        <v>937036.05</v>
       </c>
       <c r="F71" s="20">
-        <v>36041234.17</v>
+        <v>39921718.6</v>
       </c>
       <c r="G71" s="20">
-        <v>524299.36</v>
+        <v>558754.06</v>
       </c>
       <c r="H71" s="20">
         <v>0</v>
       </c>
       <c r="I71" s="20">
         <v>0</v>
       </c>
       <c r="J71" s="20">
         <v>0</v>
       </c>
       <c r="K71" s="20">
         <v>0</v>
       </c>
       <c r="M71" s="35">
-        <v>69579523.53</v>
+        <v>76829094.94</v>
       </c>
     </row>
     <row r="72" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B72" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C72" s="20">
-        <v>237713890.88</v>
+        <v>266758717.38</v>
       </c>
       <c r="E72" s="20">
-        <v>4494235.33</v>
+        <v>4955588.72</v>
       </c>
       <c r="F72" s="20">
-        <v>160037240.33</v>
+        <v>191780198.94</v>
       </c>
       <c r="G72" s="20">
-        <v>2043152.96</v>
+        <v>2164402.48</v>
       </c>
       <c r="H72" s="20">
-        <v>686581.6</v>
+        <v>688831.78</v>
       </c>
       <c r="I72" s="20">
         <v>0</v>
       </c>
       <c r="J72" s="20">
         <v>0</v>
       </c>
       <c r="K72" s="20">
         <v>0</v>
       </c>
       <c r="M72" s="35">
-        <v>404975101.1</v>
+        <v>466347739.3</v>
       </c>
     </row>
     <row r="73" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B73" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C73" s="15">
-        <v>376498715.01</v>
+        <v>419030771.51</v>
       </c>
       <c r="E73" s="15">
-        <v>7100775.89</v>
+        <v>8008332.53</v>
       </c>
       <c r="F73" s="15">
-        <v>294799642.98</v>
+        <v>340590085</v>
       </c>
       <c r="G73" s="15">
-        <v>3551341.33</v>
+        <v>3847477.46</v>
       </c>
       <c r="H73" s="15">
-        <v>686581.6</v>
+        <v>688831.78</v>
       </c>
       <c r="I73" s="15">
         <v>276.02</v>
       </c>
       <c r="J73" s="15">
         <v>0</v>
       </c>
       <c r="K73" s="15">
         <v>0</v>
       </c>
       <c r="M73" s="34">
-        <v>682637332.83</v>
+        <v>772165774.3</v>
       </c>
     </row>
     <row r="74" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B74" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C74" s="20">
-        <v>76741547.12</v>
+        <v>85127008.98</v>
       </c>
       <c r="E74" s="20">
-        <v>1457749.86</v>
+        <v>1762465.33</v>
       </c>
       <c r="F74" s="20">
-        <v>24876291.14</v>
+        <v>27213142.9</v>
       </c>
       <c r="G74" s="20">
-        <v>640704.01</v>
+        <v>668042.41</v>
       </c>
       <c r="H74" s="20">
         <v>0</v>
       </c>
       <c r="I74" s="20">
         <v>0</v>
       </c>
       <c r="J74" s="20">
         <v>0</v>
       </c>
       <c r="K74" s="20">
         <v>0</v>
       </c>
       <c r="M74" s="35">
-        <v>103716292.13</v>
+        <v>114770659.62</v>
       </c>
     </row>
     <row r="75" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B75" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C75" s="20">
-        <v>150377686.94</v>
+        <v>166220341.73</v>
       </c>
       <c r="E75" s="20">
-        <v>2487227.4</v>
+        <v>2772667.21</v>
       </c>
       <c r="F75" s="20">
-        <v>62430526.59</v>
+        <v>69331965.56</v>
       </c>
       <c r="G75" s="20">
-        <v>827112.58</v>
+        <v>932000.15</v>
       </c>
       <c r="H75" s="20">
-        <v>37332.71</v>
+        <v>39967.52</v>
       </c>
       <c r="I75" s="20">
         <v>0</v>
       </c>
       <c r="J75" s="20">
         <v>0</v>
       </c>
       <c r="K75" s="20">
         <v>0</v>
       </c>
       <c r="M75" s="35">
-        <v>216159886.22</v>
+        <v>239296942.17</v>
       </c>
     </row>
     <row r="76" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B76" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C76" s="20">
-        <v>251626672.4</v>
+        <v>278198468.14</v>
       </c>
       <c r="E76" s="20">
-        <v>3644964.64</v>
+        <v>4050288.84</v>
       </c>
       <c r="F76" s="20">
-        <v>85621898.33</v>
+        <v>94547310.19</v>
       </c>
       <c r="G76" s="20">
-        <v>1421644.74</v>
+        <v>1652112.43</v>
       </c>
       <c r="H76" s="20">
         <v>77592.69</v>
       </c>
       <c r="I76" s="20">
         <v>12279.86</v>
       </c>
       <c r="J76" s="20">
         <v>0</v>
       </c>
       <c r="K76" s="20">
         <v>0</v>
       </c>
       <c r="M76" s="35">
-        <v>342405052.66</v>
+        <v>378538052.15</v>
       </c>
     </row>
     <row r="77" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B77" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C77" s="15">
-        <v>478745906.46</v>
+        <v>529545818.85</v>
       </c>
       <c r="E77" s="15">
-        <v>7589941.9</v>
+        <v>8585421.38</v>
       </c>
       <c r="F77" s="15">
-        <v>172928716.06</v>
+        <v>191092418.65</v>
       </c>
       <c r="G77" s="15">
-        <v>2889461.33</v>
+        <v>3252154.99</v>
       </c>
       <c r="H77" s="15">
-        <v>114925.4</v>
+        <v>117560.21</v>
       </c>
       <c r="I77" s="15">
         <v>12279.86</v>
       </c>
       <c r="J77" s="15">
         <v>0</v>
       </c>
       <c r="K77" s="15">
         <v>0</v>
       </c>
       <c r="M77" s="34">
-        <v>662281231.01</v>
+        <v>732605653.94</v>
       </c>
     </row>
     <row r="78" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B78" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C78" s="20">
-        <v>10886790.41</v>
+        <v>12112412.5</v>
       </c>
       <c r="E78" s="20">
-        <v>85406.57</v>
+        <v>93407.59</v>
       </c>
       <c r="F78" s="20">
-        <v>3855677.73</v>
+        <v>4250298.89</v>
       </c>
       <c r="G78" s="20">
-        <v>80657.53</v>
+        <v>88074.75</v>
       </c>
       <c r="H78" s="20">
         <v>0</v>
       </c>
       <c r="I78" s="20">
         <v>0</v>
       </c>
       <c r="J78" s="20">
         <v>0</v>
       </c>
       <c r="K78" s="20">
         <v>0</v>
       </c>
       <c r="M78" s="35">
-        <v>14908532.24</v>
+        <v>16544193.73</v>
       </c>
     </row>
     <row r="79" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B79" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C79" s="15">
-        <v>10886790.41</v>
+        <v>12112412.5</v>
       </c>
       <c r="E79" s="15">
-        <v>85406.57</v>
+        <v>93407.59</v>
       </c>
       <c r="F79" s="15">
-        <v>3855677.73</v>
+        <v>4250298.89</v>
       </c>
       <c r="G79" s="15">
-        <v>80657.53</v>
+        <v>88074.75</v>
       </c>
       <c r="H79" s="15">
         <v>0</v>
       </c>
       <c r="I79" s="15">
         <v>0</v>
       </c>
       <c r="J79" s="15">
         <v>0</v>
       </c>
       <c r="K79" s="15">
         <v>0</v>
       </c>
       <c r="M79" s="34">
-        <v>14908532.24</v>
+        <v>16544193.73</v>
       </c>
     </row>
     <row r="80" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B80" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C80" s="20">
-        <v>11751062.56</v>
+        <v>13074604.51</v>
       </c>
       <c r="E80" s="20">
-        <v>83115.27</v>
+        <v>90325.25</v>
       </c>
       <c r="F80" s="20">
-        <v>4678696.28</v>
+        <v>5190006.81</v>
       </c>
       <c r="G80" s="20">
-        <v>88594.12</v>
+        <v>93209.61</v>
       </c>
       <c r="H80" s="20">
         <v>0</v>
       </c>
       <c r="I80" s="20">
         <v>0</v>
       </c>
       <c r="J80" s="20">
         <v>0</v>
       </c>
       <c r="K80" s="20">
         <v>0</v>
       </c>
       <c r="M80" s="35">
-        <v>16601468.23</v>
+        <v>18448146.18</v>
       </c>
     </row>
     <row r="81" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B81" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C81" s="15">
-        <v>11751062.56</v>
+        <v>13074604.51</v>
       </c>
       <c r="E81" s="15">
-        <v>83115.27</v>
+        <v>90325.25</v>
       </c>
       <c r="F81" s="15">
-        <v>4678696.28</v>
+        <v>5190006.81</v>
       </c>
       <c r="G81" s="15">
-        <v>88594.12</v>
+        <v>93209.61</v>
       </c>
       <c r="H81" s="15">
         <v>0</v>
       </c>
       <c r="I81" s="15">
         <v>0</v>
       </c>
       <c r="J81" s="15">
         <v>0</v>
       </c>
       <c r="K81" s="15">
         <v>0</v>
       </c>
       <c r="M81" s="34">
-        <v>16601468.23</v>
+        <v>18448146.18</v>
       </c>
     </row>
     <row r="82" ht="12.2" customHeight="1" s="1" customFormat="1">
       <c r="B82" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C82" s="15">
         <v>0</v>
       </c>
       <c r="E82" s="15">
         <v>0</v>
       </c>
       <c r="F82" s="15">
         <v>0</v>
       </c>
       <c r="G82" s="15">
-        <v>182404.36</v>
+        <v>280133.31</v>
       </c>
       <c r="H82" s="15">
         <v>0</v>
       </c>
       <c r="I82" s="15">
         <v>0</v>
       </c>
       <c r="J82" s="15">
         <v>0</v>
       </c>
       <c r="K82" s="15">
         <v>0</v>
       </c>
       <c r="M82" s="34">
-        <v>182404.36</v>
+        <v>280133.31</v>
       </c>
     </row>
     <row r="83" ht="12.15" customHeight="1" s="1" customFormat="1">
       <c r="B83" s="25" t="s">
         <v>87</v>
       </c>
       <c r="C83" s="26">
-        <v>4749485049.12</v>
+        <v>5241567987.02</v>
       </c>
       <c r="D83" s="27"/>
       <c r="E83" s="26">
-        <v>84847210.35</v>
+        <v>94324366.99</v>
       </c>
       <c r="F83" s="26">
-        <v>3258045770.41</v>
+        <v>3604387014.81</v>
       </c>
       <c r="G83" s="26">
-        <v>61659861.94</v>
+        <v>69010624.75</v>
       </c>
       <c r="H83" s="26">
-        <v>14990151.61</v>
+        <v>15926025.22</v>
       </c>
       <c r="I83" s="26">
-        <v>272380.43</v>
+        <v>280730.59</v>
       </c>
       <c r="J83" s="26">
         <v>0</v>
       </c>
       <c r="K83" s="26">
         <v>0</v>
       </c>
       <c r="L83" s="27"/>
       <c r="M83" s="36">
-        <v>8169300423.86</v>
+        <v>9025496749.38</v>
       </c>
     </row>
     <row r="84" ht="38.3" customHeight="1" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C4"/>
     <mergeCell ref="E2:K2"/>
     <mergeCell ref="E4:K5"/>
     <mergeCell ref="E7:K7"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="K12:L12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="K13:L13"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="K14:L14"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="K15:L15"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="K16:L16"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="K17:L17"/>
@@ -14807,105 +14816,105 @@
       <c r="C82" s="39" t="s">
         <v>541</v>
       </c>
       <c r="E82" s="39" t="s">
         <v>542</v>
       </c>
       <c r="G82" s="39" t="s">
         <v>543</v>
       </c>
       <c r="I82" s="39" t="s">
         <v>544</v>
       </c>
       <c r="J82" s="39" t="s">
         <v>545</v>
       </c>
       <c r="K82" s="39" t="s">
         <v>546</v>
       </c>
       <c r="L82" s="39" t="s">
         <v>547</v>
       </c>
       <c r="M82" s="39" t="s">
         <v>548</v>
       </c>
       <c r="N82" s="39" t="s">
-        <v>117</v>
+        <v>549</v>
       </c>
       <c r="P82" s="39" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="Q82" s="40" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
     </row>
     <row r="83" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B83" s="25" t="s">
         <v>87</v>
       </c>
       <c r="C83" s="43" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D83" s="27"/>
       <c r="E83" s="43" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F83" s="27"/>
       <c r="G83" s="43" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="H83" s="27"/>
       <c r="I83" s="43" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="J83" s="43" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="K83" s="43" t="s">
         <v>546</v>
       </c>
       <c r="L83" s="43" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="M83" s="43" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="N83" s="43" t="s">
-        <v>117</v>
+        <v>549</v>
       </c>
       <c r="O83" s="27"/>
       <c r="P83" s="43" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="Q83" s="44" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
     </row>
     <row r="84" ht="9.75" customHeight="1" s="1" customFormat="1"/>
     <row r="85" ht="17" customHeight="1" s="1" customFormat="1">
       <c r="B85" s="45" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
     </row>
     <row r="86" ht="17" customHeight="1" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:C4"/>
     <mergeCell ref="F2:N2"/>
     <mergeCell ref="F4:N5"/>
     <mergeCell ref="F7:N7"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="N10:O10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="N11:O11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="G12:H12"/>
     <mergeCell ref="N12:O12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="E13:F13"/>
     <mergeCell ref="G13:H13"/>
     <mergeCell ref="N13:O13"/>
@@ -15217,2886 +15226,2886 @@
     <col min="5" max="5" width="14.22265625" customWidth="1" style="1"/>
     <col min="6" max="6" width="2.33203125" customWidth="1" style="1"/>
     <col min="7" max="7" width="8.7109375" customWidth="1" style="1"/>
     <col min="8" max="8" width="3.171875" customWidth="1" style="1"/>
     <col min="9" max="9" width="14.5234375" customWidth="1" style="1"/>
     <col min="10" max="10" width="15.57421875" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.86328125" customWidth="1" style="1"/>
     <col min="12" max="12" width="16.40234375" customWidth="1" style="1"/>
     <col min="13" max="13" width="0.0234375" customWidth="1" style="1"/>
     <col min="14" max="14" width="15.5625" customWidth="1" style="1"/>
     <col min="15" max="15" width="17.1015625" customWidth="1" style="1"/>
     <col min="16" max="16" width="15.2109375" customWidth="1" style="1"/>
     <col min="17" max="17" width="15.08203125" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="0.7" customHeight="1" s="1" customFormat="1"/>
     <row r="2" ht="17" customHeight="1" s="1" customFormat="1"/>
     <row r="3" ht="14.15" customHeight="1" s="1" customFormat="1">
       <c r="G3" s="2" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="4" ht="4" customHeight="1" s="1" customFormat="1"/>
     <row r="5" ht="8.05" customHeight="1" s="1" customFormat="1">
       <c r="G5" s="2" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
     </row>
     <row r="6" ht="6.1" customHeight="1" s="1" customFormat="1"/>
     <row r="7" ht="0.05" customHeight="1" s="1" customFormat="1"/>
     <row r="8" ht="14.15" customHeight="1" s="1" customFormat="1">
       <c r="G8" s="3" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
     </row>
     <row r="9" ht="19" customHeight="1" s="1" customFormat="1"/>
     <row r="10" ht="1" customHeight="1" s="1" customFormat="1"/>
     <row r="11" ht="41" customHeight="1" s="1" customFormat="1">
       <c r="B11" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="D11" s="6"/>
       <c r="E11" s="5" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="G11" s="46"/>
       <c r="H11" s="6"/>
       <c r="I11" s="5" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="L11" s="5" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="M11" s="7"/>
       <c r="N11" s="5" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="O11" s="5" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="P11" s="5" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="Q11" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="9">
-        <v>987568711.49</v>
+        <v>1106870363.2</v>
       </c>
       <c r="E12" s="9">
-        <v>128017214.65</v>
+        <v>143495674.92</v>
       </c>
       <c r="F12" s="9">
-        <v>38503.18</v>
+        <v>37497.56</v>
       </c>
       <c r="I12" s="9">
-        <v>2787535.31</v>
+        <v>3204047.61</v>
       </c>
       <c r="J12" s="9">
         <v>0</v>
       </c>
       <c r="K12" s="9">
-        <v>2615.49</v>
+        <v>2616.07</v>
       </c>
       <c r="L12" s="9">
-        <v>8893944.32</v>
+        <v>10027155.08</v>
       </c>
       <c r="N12" s="9">
         <v>0</v>
       </c>
       <c r="O12" s="9">
-        <v>101619328.45</v>
+        <v>119228112.78</v>
       </c>
       <c r="P12" s="9">
-        <v>39474558.55</v>
+        <v>44521681.09</v>
       </c>
       <c r="Q12" s="33">
-        <v>1268402411.44</v>
+        <v>1427387148.31</v>
       </c>
     </row>
     <row r="13" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B13" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="9">
-        <v>1472542710.28</v>
+        <v>1669066136.6</v>
       </c>
       <c r="E13" s="9">
-        <v>140693560.7</v>
+        <v>158205941.5</v>
       </c>
       <c r="F13" s="9">
-        <v>10408.73</v>
+        <v>10386.02</v>
       </c>
       <c r="I13" s="9">
-        <v>32891395.17</v>
+        <v>37038474.98</v>
       </c>
       <c r="J13" s="9">
         <v>26728.76</v>
       </c>
       <c r="K13" s="9">
-        <v>819.19</v>
+        <v>774.4</v>
       </c>
       <c r="L13" s="9">
-        <v>14192239.69</v>
+        <v>16070015.97</v>
       </c>
       <c r="N13" s="9">
         <v>0</v>
       </c>
       <c r="O13" s="9">
-        <v>180589686.07</v>
+        <v>202762589.26</v>
       </c>
       <c r="P13" s="9">
-        <v>56397794.44</v>
+        <v>63985545.25</v>
       </c>
       <c r="Q13" s="33">
-        <v>1897345343.03</v>
+        <v>2147166592.74</v>
       </c>
     </row>
     <row r="14" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B14" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="9">
-        <v>936668714.31</v>
+        <v>1054126249.28</v>
       </c>
       <c r="E14" s="9">
-        <v>114911733.55</v>
+        <v>129304550.69</v>
       </c>
       <c r="F14" s="9">
-        <v>21940.1</v>
+        <v>22609.68</v>
       </c>
       <c r="I14" s="9">
-        <v>3307.81</v>
+        <v>3909.77</v>
       </c>
       <c r="J14" s="9">
-        <v>22184.31</v>
+        <v>24080.79</v>
       </c>
       <c r="K14" s="9">
-        <v>231.11</v>
+        <v>289.34</v>
       </c>
       <c r="L14" s="9">
-        <v>9508687.95</v>
+        <v>10682708.54</v>
       </c>
       <c r="N14" s="9">
         <v>0</v>
       </c>
       <c r="O14" s="9">
-        <v>118180173.7</v>
+        <v>134173425.69</v>
       </c>
       <c r="P14" s="9">
-        <v>37281245.33</v>
+        <v>42080980.7</v>
       </c>
       <c r="Q14" s="33">
-        <v>1216598218.17</v>
+        <v>1370418804.48</v>
       </c>
     </row>
     <row r="15" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B15" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="9">
-        <v>1177868975.24</v>
+        <v>1326001067.74</v>
       </c>
       <c r="E15" s="9">
-        <v>144030794.68</v>
+        <v>161913359.18</v>
       </c>
       <c r="F15" s="9">
-        <v>26391.85</v>
+        <v>26583.67</v>
       </c>
       <c r="I15" s="9">
-        <v>703791.44</v>
+        <v>807250.31</v>
       </c>
       <c r="J15" s="9">
         <v>8544.45</v>
       </c>
       <c r="K15" s="9">
-        <v>208.9</v>
+        <v>288.77</v>
       </c>
       <c r="L15" s="9">
-        <v>13269171.25</v>
+        <v>14942865.08</v>
       </c>
       <c r="N15" s="9">
         <v>0</v>
       </c>
       <c r="O15" s="9">
-        <v>138219063.04</v>
+        <v>156503930.82</v>
       </c>
       <c r="P15" s="9">
-        <v>45861087.72</v>
+        <v>51784626.77</v>
       </c>
       <c r="Q15" s="33">
-        <v>1519988028.57</v>
+        <v>1711988516.79</v>
       </c>
     </row>
     <row r="16" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B16" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="9">
-        <v>743052448.91</v>
+        <v>832538607.65</v>
       </c>
       <c r="E16" s="9">
-        <v>63138783.84</v>
+        <v>70987117.85</v>
       </c>
       <c r="F16" s="9">
-        <v>53148.34</v>
+        <v>53512.39</v>
       </c>
       <c r="I16" s="9">
-        <v>6293185.34</v>
+        <v>7104871.12</v>
       </c>
       <c r="J16" s="9">
         <v>0</v>
       </c>
       <c r="K16" s="9">
-        <v>-203.84</v>
+        <v>-325.66</v>
       </c>
       <c r="L16" s="9">
-        <v>7169130.67</v>
+        <v>8083843.92</v>
       </c>
       <c r="N16" s="9">
         <v>0</v>
       </c>
       <c r="O16" s="9">
-        <v>77745741.33</v>
+        <v>89401153.42</v>
       </c>
       <c r="P16" s="9">
-        <v>30201942.25</v>
+        <v>33869008.2</v>
       </c>
       <c r="Q16" s="33">
-        <v>927654176.84</v>
+        <v>1042037788.89</v>
       </c>
     </row>
     <row r="17" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B17" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="9">
-        <v>688371658.69</v>
+        <v>773825080.46</v>
       </c>
       <c r="E17" s="9">
-        <v>87496345.08</v>
+        <v>98445145.38</v>
       </c>
       <c r="F17" s="9">
-        <v>21215.4</v>
+        <v>21030.08</v>
       </c>
       <c r="I17" s="9">
         <v>0</v>
       </c>
       <c r="J17" s="9">
-        <v>19528.46</v>
+        <v>20847.95</v>
       </c>
       <c r="K17" s="9">
         <v>-401.55</v>
       </c>
       <c r="L17" s="9">
-        <v>7896474.86</v>
+        <v>8880576.23</v>
       </c>
       <c r="N17" s="9">
         <v>0</v>
       </c>
       <c r="O17" s="9">
-        <v>90189131.99</v>
+        <v>102590730.43</v>
       </c>
       <c r="P17" s="9">
-        <v>28093730.14</v>
+        <v>31670235.96</v>
       </c>
       <c r="Q17" s="33">
-        <v>902087683.07</v>
+        <v>1015453244.94</v>
       </c>
     </row>
     <row r="18" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B18" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="9">
-        <v>2528878783.88</v>
+        <v>2858265884.18</v>
       </c>
       <c r="E18" s="9">
-        <v>291881617.45</v>
+        <v>328287513.14</v>
       </c>
       <c r="F18" s="9">
-        <v>328.54</v>
+        <v>308.05</v>
       </c>
       <c r="I18" s="9">
-        <v>4256436.12</v>
+        <v>4905772.1</v>
       </c>
       <c r="J18" s="9">
-        <v>4829.8</v>
+        <v>5312.78</v>
       </c>
       <c r="K18" s="9">
-        <v>1471.72</v>
+        <v>1479.3</v>
       </c>
       <c r="L18" s="9">
-        <v>17108668.1</v>
+        <v>19193437.96</v>
       </c>
       <c r="N18" s="9">
         <v>0</v>
       </c>
       <c r="O18" s="9">
-        <v>249885855.58</v>
+        <v>280396878.96</v>
       </c>
       <c r="P18" s="9">
-        <v>94598294.87</v>
+        <v>107198891.27</v>
       </c>
       <c r="Q18" s="33">
-        <v>3186616286.06</v>
+        <v>3598255477.74</v>
       </c>
     </row>
     <row r="19" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B19" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="9">
-        <v>2951619075.05</v>
+        <v>3320018933.43</v>
       </c>
       <c r="E19" s="9">
-        <v>257108604.88</v>
+        <v>288917959.2</v>
       </c>
       <c r="F19" s="9">
-        <v>43627.9</v>
+        <v>44211.02</v>
       </c>
       <c r="I19" s="9">
-        <v>1853295.84</v>
+        <v>2089713.08</v>
       </c>
       <c r="J19" s="9">
         <v>5023.59</v>
       </c>
       <c r="K19" s="9">
-        <v>1725.44</v>
+        <v>1695.29</v>
       </c>
       <c r="L19" s="9">
-        <v>25165015.49</v>
+        <v>28300836.93</v>
       </c>
       <c r="N19" s="9">
         <v>0</v>
       </c>
       <c r="O19" s="9">
-        <v>292091043.56</v>
+        <v>331181509.96</v>
       </c>
       <c r="P19" s="9">
-        <v>110788742.95</v>
+        <v>125104308.85</v>
       </c>
       <c r="Q19" s="33">
-        <v>3638676154.7</v>
+        <v>4095664191.35</v>
       </c>
     </row>
     <row r="20" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B20" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="15">
-        <v>11486571077.85</v>
+        <v>12940712322.54</v>
       </c>
       <c r="E20" s="15">
-        <v>1227278654.83</v>
+        <v>1379557261.86</v>
       </c>
       <c r="F20" s="15">
-        <v>215564.04</v>
+        <v>216138.47</v>
       </c>
       <c r="I20" s="15">
-        <v>48788947.03</v>
+        <v>55154038.97</v>
       </c>
       <c r="J20" s="15">
-        <v>86839.37</v>
+        <v>90538.32</v>
       </c>
       <c r="K20" s="15">
-        <v>6466.46</v>
+        <v>6415.96</v>
       </c>
       <c r="L20" s="15">
-        <v>103203332.33</v>
+        <v>116181439.71</v>
       </c>
       <c r="N20" s="15">
         <v>0</v>
       </c>
       <c r="O20" s="15">
-        <v>1248520023.72</v>
+        <v>1416238331.32</v>
       </c>
       <c r="P20" s="15">
-        <v>442697396.25</v>
+        <v>500215278.09</v>
       </c>
       <c r="Q20" s="34">
-        <v>14557368301.88</v>
+        <v>16408371765.24</v>
       </c>
     </row>
     <row r="21" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B21" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="20">
-        <v>384738112.35</v>
+        <v>435991121.4</v>
       </c>
       <c r="E21" s="20">
-        <v>49399356.34</v>
+        <v>55455523.36</v>
       </c>
       <c r="F21" s="20">
-        <v>535.82</v>
+        <v>587.88</v>
       </c>
       <c r="I21" s="20">
         <v>0</v>
       </c>
       <c r="J21" s="20">
         <v>91.78</v>
       </c>
       <c r="K21" s="20">
         <v>0</v>
       </c>
       <c r="L21" s="20">
-        <v>172288.51</v>
+        <v>190396.85</v>
       </c>
       <c r="N21" s="20">
         <v>0</v>
       </c>
       <c r="O21" s="20">
-        <v>25374517.16</v>
+        <v>28357503.81</v>
       </c>
       <c r="P21" s="20">
-        <v>14080469.74</v>
+        <v>15988676.06</v>
       </c>
       <c r="Q21" s="35">
-        <v>473765371.7</v>
+        <v>535983901.14</v>
       </c>
     </row>
     <row r="22" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B22" s="8" t="s">
         <v>25</v>
       </c>
       <c r="C22" s="20">
-        <v>199627623.77</v>
+        <v>225292466.89</v>
       </c>
       <c r="E22" s="20">
-        <v>26868093.56</v>
+        <v>30177363.31</v>
       </c>
       <c r="F22" s="20">
         <v>-120.64</v>
       </c>
       <c r="I22" s="20">
         <v>0</v>
       </c>
       <c r="J22" s="20">
-        <v>191287.03</v>
+        <v>207901.25</v>
       </c>
       <c r="K22" s="20">
         <v>-50.62</v>
       </c>
       <c r="L22" s="20">
-        <v>124293.42</v>
+        <v>141154.45</v>
       </c>
       <c r="N22" s="20">
         <v>0</v>
       </c>
       <c r="O22" s="20">
-        <v>13666186.71</v>
+        <v>15446340.49</v>
       </c>
       <c r="P22" s="20">
-        <v>7590533.01</v>
+        <v>8583715.82</v>
       </c>
       <c r="Q22" s="35">
-        <v>248067846.24</v>
+        <v>279848770.95</v>
       </c>
     </row>
     <row r="23" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B23" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="20">
-        <v>1886690436.78</v>
+        <v>2122287325.76</v>
       </c>
       <c r="E23" s="20">
-        <v>155827822.23</v>
+        <v>174956367.71</v>
       </c>
       <c r="F23" s="20">
-        <v>1283.29</v>
+        <v>1244.64</v>
       </c>
       <c r="I23" s="20">
-        <v>19696.15</v>
+        <v>22429.12</v>
       </c>
       <c r="J23" s="20">
-        <v>8581.6</v>
+        <v>9248.36</v>
       </c>
       <c r="K23" s="20">
-        <v>1659.01</v>
+        <v>1659.75</v>
       </c>
       <c r="L23" s="20">
-        <v>1223815.71</v>
+        <v>1335993.35</v>
       </c>
       <c r="N23" s="20">
         <v>0</v>
       </c>
       <c r="O23" s="20">
-        <v>125956711.73</v>
+        <v>142580357.55</v>
       </c>
       <c r="P23" s="20">
-        <v>66189442.39</v>
+        <v>74703689.7</v>
       </c>
       <c r="Q23" s="35">
-        <v>2235919448.89</v>
+        <v>2515898315.94</v>
       </c>
     </row>
     <row r="24" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B24" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="15">
-        <v>2471056172.9</v>
+        <v>2783570914.05</v>
       </c>
       <c r="E24" s="15">
-        <v>232095272.13</v>
+        <v>260589254.38</v>
       </c>
       <c r="F24" s="15">
-        <v>1698.47</v>
+        <v>1711.88</v>
       </c>
       <c r="I24" s="15">
-        <v>19696.15</v>
+        <v>22429.12</v>
       </c>
       <c r="J24" s="15">
-        <v>199960.41</v>
+        <v>217241.39</v>
       </c>
       <c r="K24" s="15">
-        <v>1608.39</v>
+        <v>1609.13</v>
       </c>
       <c r="L24" s="15">
-        <v>1520397.64</v>
+        <v>1667544.65</v>
       </c>
       <c r="N24" s="15">
         <v>0</v>
       </c>
       <c r="O24" s="15">
-        <v>164997415.6</v>
+        <v>186384201.85</v>
       </c>
       <c r="P24" s="15">
-        <v>87860445.14</v>
+        <v>99276081.58</v>
       </c>
       <c r="Q24" s="34">
-        <v>2957752666.83</v>
+        <v>3331730988.03</v>
       </c>
     </row>
     <row r="25" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B25" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="20">
-        <v>1536127747.65</v>
+        <v>1734662275.74</v>
       </c>
       <c r="E25" s="20">
-        <v>170769137.33</v>
+        <v>192453694.98</v>
       </c>
       <c r="F25" s="20">
-        <v>-14.16</v>
+        <v>-43.79</v>
       </c>
       <c r="I25" s="20">
-        <v>6378015.69</v>
+        <v>7191215.23</v>
       </c>
       <c r="J25" s="20">
-        <v>29869695.23</v>
+        <v>33386299.01</v>
       </c>
       <c r="K25" s="20">
-        <v>1878.99</v>
+        <v>1879.51</v>
       </c>
       <c r="L25" s="20">
-        <v>3044675.18</v>
+        <v>3411365.39</v>
       </c>
       <c r="N25" s="20">
         <v>0</v>
       </c>
       <c r="O25" s="20">
-        <v>129829371.3</v>
+        <v>145699054.44</v>
       </c>
       <c r="P25" s="20">
-        <v>57310593.8</v>
+        <v>64842197.81</v>
       </c>
       <c r="Q25" s="35">
-        <v>1933331101.01</v>
+        <v>2181647938.32</v>
       </c>
     </row>
     <row r="26" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B26" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C26" s="15">
-        <v>1536127747.65</v>
+        <v>1734662275.74</v>
       </c>
       <c r="E26" s="15">
-        <v>170769137.33</v>
+        <v>192453694.98</v>
       </c>
       <c r="F26" s="15">
-        <v>-14.16</v>
+        <v>-43.79</v>
       </c>
       <c r="I26" s="15">
-        <v>6378015.69</v>
+        <v>7191215.23</v>
       </c>
       <c r="J26" s="15">
-        <v>29869695.23</v>
+        <v>33386299.01</v>
       </c>
       <c r="K26" s="15">
-        <v>1878.99</v>
+        <v>1879.51</v>
       </c>
       <c r="L26" s="15">
-        <v>3044675.18</v>
+        <v>3411365.39</v>
       </c>
       <c r="N26" s="15">
         <v>0</v>
       </c>
       <c r="O26" s="15">
-        <v>129829371.3</v>
+        <v>145699054.44</v>
       </c>
       <c r="P26" s="15">
-        <v>57310593.8</v>
+        <v>64842197.81</v>
       </c>
       <c r="Q26" s="34">
-        <v>1933331101.01</v>
+        <v>2181647938.32</v>
       </c>
     </row>
     <row r="27" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B27" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C27" s="20">
-        <v>2280406035.78</v>
+        <v>2636975955.9</v>
       </c>
       <c r="E27" s="20">
-        <v>234300135.01</v>
+        <v>263503054.02</v>
       </c>
       <c r="F27" s="20">
-        <v>1770.67</v>
+        <v>1537.75</v>
       </c>
       <c r="I27" s="20">
-        <v>9992564.26</v>
+        <v>11925165.39</v>
       </c>
       <c r="J27" s="20">
-        <v>18054.01</v>
+        <v>20294.46</v>
       </c>
       <c r="K27" s="20">
-        <v>3287.16</v>
+        <v>3454.28</v>
       </c>
       <c r="L27" s="20">
-        <v>1331402.23</v>
+        <v>1434277.62</v>
       </c>
       <c r="N27" s="20">
         <v>0</v>
       </c>
       <c r="O27" s="20">
-        <v>244924136.21</v>
+        <v>259990779.65</v>
       </c>
       <c r="P27" s="20">
-        <v>86046307.98</v>
+        <v>98691742.23</v>
       </c>
       <c r="Q27" s="35">
-        <v>2857023693.31</v>
+        <v>3272546261.3</v>
       </c>
     </row>
     <row r="28" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B28" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="15">
-        <v>2280406035.78</v>
+        <v>2636975955.9</v>
       </c>
       <c r="E28" s="15">
-        <v>234300135.01</v>
+        <v>263503054.02</v>
       </c>
       <c r="F28" s="15">
-        <v>1770.67</v>
+        <v>1537.75</v>
       </c>
       <c r="I28" s="15">
-        <v>9992564.26</v>
+        <v>11925165.39</v>
       </c>
       <c r="J28" s="15">
-        <v>18054.01</v>
+        <v>20294.46</v>
       </c>
       <c r="K28" s="15">
-        <v>3287.16</v>
+        <v>3454.28</v>
       </c>
       <c r="L28" s="15">
-        <v>1331402.23</v>
+        <v>1434277.62</v>
       </c>
       <c r="N28" s="15">
         <v>0</v>
       </c>
       <c r="O28" s="15">
-        <v>244924136.21</v>
+        <v>259990779.65</v>
       </c>
       <c r="P28" s="15">
-        <v>86046307.98</v>
+        <v>98691742.23</v>
       </c>
       <c r="Q28" s="34">
-        <v>2857023693.31</v>
+        <v>3272546261.3</v>
       </c>
     </row>
     <row r="29" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B29" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C29" s="20">
-        <v>1835508202.79</v>
+        <v>2060433562.82</v>
       </c>
       <c r="E29" s="20">
-        <v>153366692</v>
+        <v>172182388.98</v>
       </c>
       <c r="F29" s="20">
-        <v>37566.52</v>
+        <v>37848.52</v>
       </c>
       <c r="I29" s="20">
-        <v>16218624.75</v>
+        <v>18340971.44</v>
       </c>
       <c r="J29" s="20">
         <v>0</v>
       </c>
       <c r="K29" s="20">
-        <v>5172.54</v>
+        <v>5004.66</v>
       </c>
       <c r="L29" s="20">
-        <v>1213617.21</v>
+        <v>1311388.32</v>
       </c>
       <c r="N29" s="20">
         <v>0</v>
       </c>
       <c r="O29" s="20">
-        <v>151138906.48</v>
+        <v>172364270.07</v>
       </c>
       <c r="P29" s="20">
-        <v>65293211.58</v>
+        <v>73610593.22</v>
       </c>
       <c r="Q29" s="35">
-        <v>2222781993.87</v>
+        <v>2498286028.03</v>
       </c>
     </row>
     <row r="30" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B30" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C30" s="20">
-        <v>1610868504.39</v>
+        <v>1813795177.04</v>
       </c>
       <c r="E30" s="20">
-        <v>146862149.84</v>
+        <v>165066437.35</v>
       </c>
       <c r="F30" s="20">
-        <v>9013.12</v>
+        <v>9095.79</v>
       </c>
       <c r="I30" s="20">
-        <v>6101565.67</v>
+        <v>6916530.26</v>
       </c>
       <c r="J30" s="20">
         <v>0</v>
       </c>
       <c r="K30" s="20">
         <v>201.52</v>
       </c>
       <c r="L30" s="20">
-        <v>968898.51</v>
+        <v>1049910.2</v>
       </c>
       <c r="N30" s="20">
         <v>0</v>
       </c>
       <c r="O30" s="20">
-        <v>137202491.24</v>
+        <v>156062758.85</v>
       </c>
       <c r="P30" s="20">
-        <v>57526128.84</v>
+        <v>65012534.25</v>
       </c>
       <c r="Q30" s="35">
-        <v>1959538953.13</v>
+        <v>2207912645.26</v>
       </c>
     </row>
     <row r="31" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B31" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C31" s="15">
-        <v>3446376707.18</v>
+        <v>3874228739.86</v>
       </c>
       <c r="E31" s="15">
-        <v>300228841.84</v>
+        <v>337248826.33</v>
       </c>
       <c r="F31" s="15">
-        <v>46579.64</v>
+        <v>46944.31</v>
       </c>
       <c r="I31" s="15">
-        <v>22320190.42</v>
+        <v>25257501.7</v>
       </c>
       <c r="J31" s="15">
         <v>0</v>
       </c>
       <c r="K31" s="15">
-        <v>5374.06</v>
+        <v>5206.18</v>
       </c>
       <c r="L31" s="15">
-        <v>2182515.72</v>
+        <v>2361298.52</v>
       </c>
       <c r="N31" s="15">
         <v>0</v>
       </c>
       <c r="O31" s="15">
-        <v>288341397.72</v>
+        <v>328427028.92</v>
       </c>
       <c r="P31" s="15">
-        <v>122819340.42</v>
+        <v>138623127.47</v>
       </c>
       <c r="Q31" s="34">
-        <v>4182320947</v>
+        <v>4706198673.29</v>
       </c>
     </row>
     <row r="32" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B32" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="20">
-        <v>898069045.44</v>
+        <v>1015072823.35</v>
       </c>
       <c r="E32" s="20">
-        <v>95825265.57</v>
+        <v>107744620.88</v>
       </c>
       <c r="F32" s="20">
         <v>64.22</v>
       </c>
       <c r="I32" s="20">
-        <v>4381315.24</v>
+        <v>4980386.38</v>
       </c>
       <c r="J32" s="20">
-        <v>22009.52</v>
+        <v>23871.2</v>
       </c>
       <c r="K32" s="20">
-        <v>145.23</v>
+        <v>210.4</v>
       </c>
       <c r="L32" s="20">
-        <v>993165.86</v>
+        <v>1094289.6</v>
       </c>
       <c r="N32" s="20">
         <v>0</v>
       </c>
       <c r="O32" s="20">
-        <v>71189158.83</v>
+        <v>80376683.25</v>
       </c>
       <c r="P32" s="20">
-        <v>32518552.71</v>
+        <v>36845402.49</v>
       </c>
       <c r="Q32" s="35">
-        <v>1102998722.62</v>
+        <v>1246138351.77</v>
       </c>
     </row>
     <row r="33" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B33" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C33" s="15">
-        <v>898069045.44</v>
+        <v>1015072823.35</v>
       </c>
       <c r="E33" s="15">
-        <v>95825265.57</v>
+        <v>107744620.88</v>
       </c>
       <c r="F33" s="15">
         <v>64.22</v>
       </c>
       <c r="I33" s="15">
-        <v>4381315.24</v>
+        <v>4980386.38</v>
       </c>
       <c r="J33" s="15">
-        <v>22009.52</v>
+        <v>23871.2</v>
       </c>
       <c r="K33" s="15">
-        <v>145.23</v>
+        <v>210.4</v>
       </c>
       <c r="L33" s="15">
-        <v>993165.86</v>
+        <v>1094289.6</v>
       </c>
       <c r="N33" s="15">
         <v>0</v>
       </c>
       <c r="O33" s="15">
-        <v>71189158.83</v>
+        <v>80376683.25</v>
       </c>
       <c r="P33" s="15">
-        <v>32518552.71</v>
+        <v>36845402.49</v>
       </c>
       <c r="Q33" s="34">
-        <v>1102998722.62</v>
+        <v>1246138351.77</v>
       </c>
     </row>
     <row r="34" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B34" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C34" s="20">
-        <v>518226623.33</v>
+        <v>585779411.25</v>
       </c>
       <c r="E34" s="20">
-        <v>64061188.86</v>
+        <v>71985645.13</v>
       </c>
       <c r="F34" s="20">
-        <v>13319.93</v>
+        <v>13182.09</v>
       </c>
       <c r="I34" s="20">
-        <v>6720.17</v>
+        <v>7564.25</v>
       </c>
       <c r="J34" s="20">
         <v>0</v>
       </c>
       <c r="K34" s="20">
-        <v>719.89</v>
+        <v>643.34</v>
       </c>
       <c r="L34" s="20">
-        <v>432057.53</v>
+        <v>470234.26</v>
       </c>
       <c r="N34" s="20">
         <v>0</v>
       </c>
       <c r="O34" s="20">
-        <v>54032732.42</v>
+        <v>60835635.84</v>
       </c>
       <c r="P34" s="20">
-        <v>19657823.48</v>
+        <v>22275450.32</v>
       </c>
       <c r="Q34" s="35">
-        <v>656431185.61</v>
+        <v>741367766.48</v>
       </c>
     </row>
     <row r="35" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B35" s="8" t="s">
         <v>38</v>
       </c>
       <c r="C35" s="20">
-        <v>607016700.8</v>
+        <v>686340911.16</v>
       </c>
       <c r="E35" s="20">
-        <v>74158775.12</v>
+        <v>83367893.18</v>
       </c>
       <c r="F35" s="20">
-        <v>1435.23</v>
+        <v>1409.84</v>
       </c>
       <c r="I35" s="20">
         <v>0</v>
       </c>
       <c r="J35" s="20">
         <v>1418.41</v>
       </c>
       <c r="K35" s="20">
-        <v>1989.97</v>
+        <v>1974.89</v>
       </c>
       <c r="L35" s="20">
-        <v>382800.72</v>
+        <v>423926.56</v>
       </c>
       <c r="N35" s="20">
         <v>0</v>
       </c>
       <c r="O35" s="20">
-        <v>57230645.79</v>
+        <v>64501573.64</v>
       </c>
       <c r="P35" s="20">
-        <v>22722528.79</v>
+        <v>25759171.73</v>
       </c>
       <c r="Q35" s="35">
-        <v>761516294.83</v>
+        <v>860398279.41</v>
       </c>
     </row>
     <row r="36" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B36" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C36" s="20">
-        <v>241891264.26</v>
+        <v>273469254.08</v>
       </c>
       <c r="E36" s="20">
-        <v>35913173.04</v>
+        <v>40422634.84</v>
       </c>
       <c r="F36" s="20">
-        <v>-2301.94</v>
+        <v>-2451.64</v>
       </c>
       <c r="I36" s="20">
         <v>0</v>
       </c>
       <c r="J36" s="20">
         <v>0</v>
       </c>
       <c r="K36" s="20">
-        <v>462.13</v>
+        <v>404.05</v>
       </c>
       <c r="L36" s="20">
-        <v>244942.29</v>
+        <v>277502.07</v>
       </c>
       <c r="N36" s="20">
         <v>0</v>
       </c>
       <c r="O36" s="20">
-        <v>22623741.4</v>
+        <v>25488920.22</v>
       </c>
       <c r="P36" s="20">
-        <v>9665002.13</v>
+        <v>10934563.55</v>
       </c>
       <c r="Q36" s="35">
-        <v>310336283.31</v>
+        <v>350590827.17</v>
       </c>
     </row>
     <row r="37" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B37" s="8" t="s">
         <v>40</v>
       </c>
       <c r="C37" s="20">
-        <v>428574167.36</v>
+        <v>484234141.2</v>
       </c>
       <c r="E37" s="20">
-        <v>33702913.82</v>
+        <v>37908189.04</v>
       </c>
       <c r="F37" s="20">
         <v>0</v>
       </c>
       <c r="I37" s="20">
         <v>0</v>
       </c>
       <c r="J37" s="20">
         <v>0</v>
       </c>
       <c r="K37" s="20">
         <v>0</v>
       </c>
       <c r="L37" s="20">
-        <v>265515.07</v>
+        <v>291791.42</v>
       </c>
       <c r="N37" s="20">
         <v>0</v>
       </c>
       <c r="O37" s="20">
-        <v>38066610.92</v>
+        <v>42848547.02</v>
       </c>
       <c r="P37" s="20">
-        <v>15225283.29</v>
+        <v>17232987.88</v>
       </c>
       <c r="Q37" s="35">
-        <v>515834490.46</v>
+        <v>582515656.56</v>
       </c>
     </row>
     <row r="38" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B38" s="8" t="s">
         <v>41</v>
       </c>
       <c r="C38" s="20">
-        <v>951654959.69</v>
+        <v>1074926303.39</v>
       </c>
       <c r="E38" s="20">
-        <v>107628419.26</v>
+        <v>120951530.42</v>
       </c>
       <c r="F38" s="20">
-        <v>4582.57</v>
+        <v>4534.66</v>
       </c>
       <c r="I38" s="20">
         <v>0</v>
       </c>
       <c r="J38" s="20">
         <v>2010.64</v>
       </c>
       <c r="K38" s="20">
-        <v>3854.59</v>
+        <v>3995.71</v>
       </c>
       <c r="L38" s="20">
-        <v>132957.11</v>
+        <v>181343.44</v>
       </c>
       <c r="N38" s="20">
         <v>0</v>
       </c>
       <c r="O38" s="20">
-        <v>88808136.02</v>
+        <v>100192390.66</v>
       </c>
       <c r="P38" s="20">
-        <v>34909395.89</v>
+        <v>39512737.67</v>
       </c>
       <c r="Q38" s="35">
-        <v>1183144315.77</v>
+        <v>1335774846.59</v>
       </c>
     </row>
     <row r="39" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B39" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C39" s="15">
-        <v>2747363715.44</v>
+        <v>3104750021.08</v>
       </c>
       <c r="E39" s="15">
-        <v>315464470.1</v>
+        <v>354635892.61</v>
       </c>
       <c r="F39" s="15">
-        <v>17035.79</v>
+        <v>16674.95</v>
       </c>
       <c r="I39" s="15">
-        <v>6720.17</v>
+        <v>7564.25</v>
       </c>
       <c r="J39" s="15">
         <v>3429.05</v>
       </c>
       <c r="K39" s="15">
-        <v>7026.58</v>
+        <v>7017.99</v>
       </c>
       <c r="L39" s="15">
-        <v>1458272.72</v>
+        <v>1644797.75</v>
       </c>
       <c r="N39" s="15">
         <v>0</v>
       </c>
       <c r="O39" s="15">
-        <v>260761866.55</v>
+        <v>293867067.38</v>
       </c>
       <c r="P39" s="15">
-        <v>102180033.58</v>
+        <v>115714911.15</v>
       </c>
       <c r="Q39" s="34">
-        <v>3427262569.98</v>
+        <v>3870647376.21</v>
       </c>
     </row>
     <row r="40" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B40" s="8" t="s">
         <v>43</v>
       </c>
       <c r="C40" s="20">
-        <v>179744710.57</v>
+        <v>203401360.9</v>
       </c>
       <c r="E40" s="20">
-        <v>28121537.01</v>
+        <v>31577078.25</v>
       </c>
       <c r="F40" s="20">
         <v>16.25</v>
       </c>
       <c r="I40" s="20">
-        <v>2395.16</v>
+        <v>2696.14</v>
       </c>
       <c r="J40" s="20">
         <v>313.16</v>
       </c>
       <c r="K40" s="20">
         <v>0</v>
       </c>
       <c r="L40" s="20">
-        <v>1317989.35</v>
+        <v>1499200.63</v>
       </c>
       <c r="N40" s="20">
         <v>0</v>
       </c>
       <c r="O40" s="20">
-        <v>17198267.17</v>
+        <v>19308290.29</v>
       </c>
       <c r="P40" s="20">
-        <v>6911413.56</v>
+        <v>7832208.04</v>
       </c>
       <c r="Q40" s="35">
-        <v>233296642.23</v>
+        <v>263621163.66</v>
       </c>
     </row>
     <row r="41" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B41" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C41" s="20">
-        <v>637647445.46</v>
+        <v>718971093.96</v>
       </c>
       <c r="E41" s="20">
-        <v>59918700.85</v>
+        <v>67378157.93</v>
       </c>
       <c r="F41" s="20">
-        <v>22.03</v>
+        <v>13.26</v>
       </c>
       <c r="I41" s="20">
-        <v>2395.16</v>
+        <v>2696.14</v>
       </c>
       <c r="J41" s="20">
-        <v>25628.84</v>
+        <v>28970.52</v>
       </c>
       <c r="K41" s="20">
         <v>0</v>
       </c>
       <c r="L41" s="20">
-        <v>2993082.28</v>
+        <v>3385339.5</v>
       </c>
       <c r="N41" s="20">
         <v>0</v>
       </c>
       <c r="O41" s="20">
-        <v>43336542.65</v>
+        <v>49040654.05</v>
       </c>
       <c r="P41" s="20">
-        <v>22714366.8</v>
+        <v>25666229.14</v>
       </c>
       <c r="Q41" s="35">
-        <v>766638184.07</v>
+        <v>864473154.5</v>
       </c>
     </row>
     <row r="42" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B42" s="8" t="s">
         <v>45</v>
       </c>
       <c r="C42" s="20">
-        <v>592744467.22</v>
+        <v>668875684.95</v>
       </c>
       <c r="E42" s="20">
-        <v>77840328.85</v>
+        <v>87727295.92</v>
       </c>
       <c r="F42" s="20">
         <v>-348.67</v>
       </c>
       <c r="I42" s="20">
-        <v>17583.44</v>
+        <v>19792.41</v>
       </c>
       <c r="J42" s="20">
-        <v>3598181.88</v>
+        <v>4073002.08</v>
       </c>
       <c r="K42" s="20">
-        <v>1874.58</v>
+        <v>2008.18</v>
       </c>
       <c r="L42" s="20">
-        <v>4656123.78</v>
+        <v>5257605.17</v>
       </c>
       <c r="N42" s="20">
         <v>0</v>
       </c>
       <c r="O42" s="20">
-        <v>54701766.9</v>
+        <v>61699372.84</v>
       </c>
       <c r="P42" s="20">
-        <v>22098746.15</v>
+        <v>24991707.72</v>
       </c>
       <c r="Q42" s="35">
-        <v>755658724.13</v>
+        <v>852646120.6</v>
       </c>
     </row>
     <row r="43" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B43" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C43" s="20">
-        <v>248393063.17</v>
+        <v>279998742.78</v>
       </c>
       <c r="E43" s="20">
-        <v>27026428.54</v>
+        <v>30309872.47</v>
       </c>
       <c r="F43" s="20">
-        <v>2109.26</v>
+        <v>2109.65</v>
       </c>
       <c r="I43" s="20">
         <v>0</v>
       </c>
       <c r="J43" s="20">
-        <v>580744.76</v>
+        <v>646325.54</v>
       </c>
       <c r="K43" s="20">
         <v>0</v>
       </c>
       <c r="L43" s="20">
-        <v>1307917.77</v>
+        <v>1483764.96</v>
       </c>
       <c r="N43" s="20">
         <v>0</v>
       </c>
       <c r="O43" s="20">
-        <v>16747879.45</v>
+        <v>19002480.52</v>
       </c>
       <c r="P43" s="20">
-        <v>8899939.39</v>
+        <v>10053617.17</v>
       </c>
       <c r="Q43" s="35">
-        <v>302958082.34</v>
+        <v>341496913.09</v>
       </c>
     </row>
     <row r="44" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B44" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C44" s="20">
-        <v>442594621.61</v>
+        <v>499794395.41</v>
       </c>
       <c r="E44" s="20">
-        <v>53652548.27</v>
+        <v>60292460.54</v>
       </c>
       <c r="F44" s="20">
-        <v>60.87</v>
+        <v>-50.45</v>
       </c>
       <c r="I44" s="20">
         <v>2094.18</v>
       </c>
       <c r="J44" s="20">
         <v>0</v>
       </c>
       <c r="K44" s="20">
         <v>343.39</v>
       </c>
       <c r="L44" s="20">
-        <v>3177456.93</v>
+        <v>3604998.29</v>
       </c>
       <c r="N44" s="20">
         <v>0</v>
       </c>
       <c r="O44" s="20">
-        <v>36730123.54</v>
+        <v>41582842.78</v>
       </c>
       <c r="P44" s="20">
-        <v>16312741.79</v>
+        <v>18463491.11</v>
       </c>
       <c r="Q44" s="35">
-        <v>552469990.58</v>
+        <v>623740575.25</v>
       </c>
     </row>
     <row r="45" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B45" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C45" s="20">
-        <v>220849946.95</v>
+        <v>249764288.31</v>
       </c>
       <c r="E45" s="20">
-        <v>30703948.67</v>
+        <v>34484526.13</v>
       </c>
       <c r="F45" s="20">
         <v>-136.73</v>
       </c>
       <c r="I45" s="20">
-        <v>2923.96</v>
+        <v>3291.39</v>
       </c>
       <c r="J45" s="20">
         <v>0</v>
       </c>
       <c r="K45" s="20">
         <v>0</v>
       </c>
       <c r="L45" s="20">
-        <v>1239711.64</v>
+        <v>1405811.58</v>
       </c>
       <c r="N45" s="20">
         <v>0</v>
       </c>
       <c r="O45" s="20">
-        <v>14792780.29</v>
+        <v>16645984.67</v>
       </c>
       <c r="P45" s="20">
-        <v>8197470.24</v>
+        <v>9308868.55</v>
       </c>
       <c r="Q45" s="35">
-        <v>275786645.02</v>
+        <v>311612633.9</v>
       </c>
     </row>
     <row r="46" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B46" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C46" s="20">
-        <v>148145248.19</v>
+        <v>167175155.98</v>
       </c>
       <c r="E46" s="20">
-        <v>16363041.38</v>
+        <v>18396881.92</v>
       </c>
       <c r="F46" s="20">
         <v>0</v>
       </c>
       <c r="I46" s="20">
         <v>0</v>
       </c>
       <c r="J46" s="20">
         <v>0</v>
       </c>
       <c r="K46" s="20">
         <v>0</v>
       </c>
       <c r="L46" s="20">
-        <v>914593.83</v>
+        <v>1039152.03</v>
       </c>
       <c r="N46" s="20">
         <v>0</v>
       </c>
       <c r="O46" s="20">
-        <v>8561023.87</v>
+        <v>9682943.59</v>
       </c>
       <c r="P46" s="20">
-        <v>5492960.51</v>
+        <v>6213875.07</v>
       </c>
       <c r="Q46" s="35">
-        <v>179476867.78</v>
+        <v>202508008.59</v>
       </c>
     </row>
     <row r="47" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B47" s="8" t="s">
         <v>50</v>
       </c>
       <c r="C47" s="20">
-        <v>915946864.12</v>
+        <v>1031571190.49</v>
       </c>
       <c r="E47" s="20">
-        <v>78664250.82</v>
+        <v>88272213.96</v>
       </c>
       <c r="F47" s="20">
-        <v>1397.66</v>
+        <v>1119.17</v>
       </c>
       <c r="I47" s="20">
-        <v>8916.61</v>
+        <v>10036.57</v>
       </c>
       <c r="J47" s="20">
-        <v>6500</v>
+        <v>7150</v>
       </c>
       <c r="K47" s="20">
         <v>1413.63</v>
       </c>
       <c r="L47" s="20">
-        <v>4970386.58</v>
+        <v>5636783.83</v>
       </c>
       <c r="N47" s="20">
         <v>0</v>
       </c>
       <c r="O47" s="20">
-        <v>58516972.69</v>
+        <v>66435868.03</v>
       </c>
       <c r="P47" s="20">
-        <v>32527856.79</v>
+        <v>36717514.55</v>
       </c>
       <c r="Q47" s="35">
-        <v>1090644558.9</v>
+        <v>1228653290.23</v>
       </c>
     </row>
     <row r="48" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B48" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C48" s="20">
-        <v>187293889.94</v>
+        <v>211531695.84</v>
       </c>
       <c r="E48" s="20">
-        <v>31921406.39</v>
+        <v>35828576.21</v>
       </c>
       <c r="F48" s="20">
-        <v>1559.64</v>
+        <v>2016.27</v>
       </c>
       <c r="I48" s="20">
         <v>0</v>
       </c>
       <c r="J48" s="20">
-        <v>7894.7</v>
+        <v>8612.4</v>
       </c>
       <c r="K48" s="20">
         <v>0</v>
       </c>
       <c r="L48" s="20">
-        <v>1456012.84</v>
+        <v>1651561.56</v>
       </c>
       <c r="N48" s="20">
         <v>0</v>
       </c>
       <c r="O48" s="20">
-        <v>18260453.05</v>
+        <v>20564236.12</v>
       </c>
       <c r="P48" s="20">
-        <v>7304949.09</v>
+        <v>8262565.8</v>
       </c>
       <c r="Q48" s="35">
-        <v>246246165.65</v>
+        <v>277849264.2</v>
       </c>
     </row>
     <row r="49" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B49" s="14" t="s">
         <v>52</v>
       </c>
       <c r="C49" s="15">
-        <v>3573360257.23</v>
+        <v>4031083608.62</v>
       </c>
       <c r="E49" s="15">
-        <v>404212190.78</v>
+        <v>454267063.33</v>
       </c>
       <c r="F49" s="15">
-        <v>4680.31</v>
+        <v>4738.75</v>
       </c>
       <c r="I49" s="15">
-        <v>36308.51</v>
+        <v>40606.83</v>
       </c>
       <c r="J49" s="15">
-        <v>4219263.34</v>
+        <v>4764373.7</v>
       </c>
       <c r="K49" s="15">
-        <v>3631.6</v>
+        <v>3765.2</v>
       </c>
       <c r="L49" s="15">
-        <v>22033275</v>
+        <v>24964217.55</v>
       </c>
       <c r="N49" s="15">
         <v>0</v>
       </c>
       <c r="O49" s="15">
-        <v>268845809.61</v>
+        <v>303962672.89</v>
       </c>
       <c r="P49" s="15">
-        <v>130460444.32</v>
+        <v>147510077.15</v>
       </c>
       <c r="Q49" s="34">
-        <v>4403175860.7</v>
+        <v>4966601124.02</v>
       </c>
     </row>
     <row r="50" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B50" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C50" s="20">
-        <v>13507822544.25</v>
+        <v>15175586645.81</v>
       </c>
       <c r="E50" s="20">
-        <v>986520073.93</v>
+        <v>1109162135.63</v>
       </c>
       <c r="F50" s="20">
-        <v>769.88</v>
+        <v>800.46</v>
       </c>
       <c r="I50" s="20">
-        <v>26421792.73</v>
+        <v>29903852.83</v>
       </c>
       <c r="J50" s="20">
-        <v>52224.2</v>
+        <v>58501.56</v>
       </c>
       <c r="K50" s="20">
-        <v>-8482.45</v>
+        <v>-8453.83</v>
       </c>
       <c r="L50" s="20">
-        <v>6786182.77</v>
+        <v>7177766.05</v>
       </c>
       <c r="N50" s="20">
         <v>0</v>
       </c>
       <c r="O50" s="20">
-        <v>805526518.85</v>
+        <v>915103455.55</v>
       </c>
       <c r="P50" s="20">
-        <v>496075693.27</v>
+        <v>559520751.92</v>
       </c>
       <c r="Q50" s="35">
-        <v>15829197317.43</v>
+        <v>17796505455.98</v>
       </c>
     </row>
     <row r="51" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B51" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C51" s="20">
-        <v>1420587191.44</v>
+        <v>1610560312.62</v>
       </c>
       <c r="E51" s="20">
-        <v>149927369.43</v>
+        <v>168428668</v>
       </c>
       <c r="F51" s="20">
-        <v>1205.53</v>
+        <v>845.82</v>
       </c>
       <c r="I51" s="20">
-        <v>3711668.19</v>
+        <v>4404055.37</v>
       </c>
       <c r="J51" s="20">
         <v>0</v>
       </c>
       <c r="K51" s="20">
-        <v>132.84</v>
+        <v>207.88</v>
       </c>
       <c r="L51" s="20">
-        <v>539846.01</v>
+        <v>577013.6</v>
       </c>
       <c r="N51" s="20">
         <v>0</v>
       </c>
       <c r="O51" s="20">
-        <v>106282444.65</v>
+        <v>118621396.31</v>
       </c>
       <c r="P51" s="20">
-        <v>50901921.09</v>
+        <v>57813678.87</v>
       </c>
       <c r="Q51" s="35">
-        <v>1731951779.18</v>
+        <v>1960406178.47</v>
       </c>
     </row>
     <row r="52" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B52" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C52" s="20">
-        <v>780319781.5</v>
+        <v>882447769.06</v>
       </c>
       <c r="E52" s="20">
-        <v>82063963.12</v>
+        <v>92033959.08</v>
       </c>
       <c r="F52" s="20">
-        <v>3891.61</v>
+        <v>3728.24</v>
       </c>
       <c r="I52" s="20">
-        <v>-7115.67</v>
+        <v>-7652.96</v>
       </c>
       <c r="J52" s="20">
-        <v>66223.26</v>
+        <v>70048.06</v>
       </c>
       <c r="K52" s="20">
         <v>-6.01</v>
       </c>
       <c r="L52" s="20">
-        <v>276283.29</v>
+        <v>314787.13</v>
       </c>
       <c r="N52" s="20">
         <v>0</v>
       </c>
       <c r="O52" s="20">
-        <v>49970660.48</v>
+        <v>56272955.5</v>
       </c>
       <c r="P52" s="20">
-        <v>27708190.13</v>
+        <v>31429206.92</v>
       </c>
       <c r="Q52" s="35">
-        <v>940401871.71</v>
+        <v>1062564795.02</v>
       </c>
     </row>
     <row r="53" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B53" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C53" s="20">
-        <v>1420965737.76</v>
+        <v>1607328793.06</v>
       </c>
       <c r="E53" s="20">
-        <v>123597267.9</v>
+        <v>138892670.3</v>
       </c>
       <c r="F53" s="20">
-        <v>1400.95</v>
+        <v>1366.61</v>
       </c>
       <c r="I53" s="20">
-        <v>8469091.36</v>
+        <v>9543855.4</v>
       </c>
       <c r="J53" s="20">
         <v>4184.62</v>
       </c>
       <c r="K53" s="20">
-        <v>853.2</v>
+        <v>986.44</v>
       </c>
       <c r="L53" s="20">
-        <v>808661.89</v>
+        <v>870279.94</v>
       </c>
       <c r="N53" s="20">
         <v>0</v>
       </c>
       <c r="O53" s="20">
-        <v>120986606.89</v>
+        <v>135646798.76</v>
       </c>
       <c r="P53" s="20">
-        <v>51249191.54</v>
+        <v>58068025.65</v>
       </c>
       <c r="Q53" s="35">
-        <v>1726082996.11</v>
+        <v>1950356960.78</v>
       </c>
     </row>
     <row r="54" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B54" s="14" t="s">
         <v>57</v>
       </c>
       <c r="C54" s="15">
-        <v>17129695254.95</v>
+        <v>19275923520.55</v>
       </c>
       <c r="E54" s="15">
-        <v>1342108674.38</v>
+        <v>1508517433.01</v>
       </c>
       <c r="F54" s="15">
-        <v>7267.97</v>
+        <v>6741.13</v>
       </c>
       <c r="I54" s="15">
-        <v>38595436.61</v>
+        <v>43844110.64</v>
       </c>
       <c r="J54" s="15">
-        <v>122632.08</v>
+        <v>132734.24</v>
       </c>
       <c r="K54" s="15">
-        <v>-7502.42</v>
+        <v>-7265.52</v>
       </c>
       <c r="L54" s="15">
-        <v>8410973.96</v>
+        <v>8939846.72</v>
       </c>
       <c r="N54" s="15">
         <v>0</v>
       </c>
       <c r="O54" s="15">
-        <v>1082766230.87</v>
+        <v>1225644606.12</v>
       </c>
       <c r="P54" s="15">
-        <v>625934996.03</v>
+        <v>706831663.36</v>
       </c>
       <c r="Q54" s="34">
-        <v>20227633964.43</v>
+        <v>22769833390.25</v>
       </c>
     </row>
     <row r="55" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B55" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C55" s="20">
-        <v>787946613.2</v>
+        <v>890284438.79</v>
       </c>
       <c r="E55" s="20">
-        <v>98159916.1</v>
+        <v>110171166.22</v>
       </c>
       <c r="F55" s="20">
-        <v>17425.77</v>
+        <v>18840.81</v>
       </c>
       <c r="I55" s="20">
         <v>0</v>
       </c>
       <c r="J55" s="20">
-        <v>22758.5</v>
+        <v>25034.35</v>
       </c>
       <c r="K55" s="20">
-        <v>231.02</v>
+        <v>265.33</v>
       </c>
       <c r="L55" s="20">
-        <v>5637568.16</v>
+        <v>6376792.72</v>
       </c>
       <c r="N55" s="20">
         <v>0</v>
       </c>
       <c r="O55" s="20">
-        <v>100882314.34</v>
+        <v>113558651.91</v>
       </c>
       <c r="P55" s="20">
-        <v>31282899.68</v>
+        <v>35386259.38</v>
       </c>
       <c r="Q55" s="35">
-        <v>1023949726.77</v>
+        <v>1155821449.51</v>
       </c>
     </row>
     <row r="56" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B56" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C56" s="20">
-        <v>457709802.94</v>
+        <v>517426101.58</v>
       </c>
       <c r="E56" s="20">
-        <v>60508631.47</v>
+        <v>68006678.23</v>
       </c>
       <c r="F56" s="20">
-        <v>10273.77</v>
+        <v>10888.66</v>
       </c>
       <c r="I56" s="20">
-        <v>2860.31</v>
+        <v>3227.74</v>
       </c>
       <c r="J56" s="20">
         <v>0</v>
       </c>
       <c r="K56" s="20">
         <v>0</v>
       </c>
       <c r="L56" s="20">
-        <v>3489925.03</v>
+        <v>4005988.51</v>
       </c>
       <c r="N56" s="20">
         <v>0</v>
       </c>
       <c r="O56" s="20">
-        <v>61143220.38</v>
+        <v>68641852.64</v>
       </c>
       <c r="P56" s="20">
-        <v>18514795.04</v>
+        <v>20930598.99</v>
       </c>
       <c r="Q56" s="35">
-        <v>601379508.94</v>
+        <v>679025336.35</v>
       </c>
     </row>
     <row r="57" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B57" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C57" s="15">
-        <v>1245656416.14</v>
+        <v>1407710540.37</v>
       </c>
       <c r="E57" s="15">
-        <v>158668547.57</v>
+        <v>178177844.45</v>
       </c>
       <c r="F57" s="15">
-        <v>27699.54</v>
+        <v>29729.47</v>
       </c>
       <c r="I57" s="15">
-        <v>2860.31</v>
+        <v>3227.74</v>
       </c>
       <c r="J57" s="15">
-        <v>22758.5</v>
+        <v>25034.35</v>
       </c>
       <c r="K57" s="15">
-        <v>231.02</v>
+        <v>265.33</v>
       </c>
       <c r="L57" s="15">
-        <v>9127493.19</v>
+        <v>10382781.23</v>
       </c>
       <c r="N57" s="15">
         <v>0</v>
       </c>
       <c r="O57" s="15">
-        <v>162025534.72</v>
+        <v>182200504.55</v>
       </c>
       <c r="P57" s="15">
-        <v>49797694.72</v>
+        <v>56316858.37</v>
       </c>
       <c r="Q57" s="34">
-        <v>1625329235.71</v>
+        <v>1834846785.86</v>
       </c>
     </row>
     <row r="58" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B58" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C58" s="20">
-        <v>1819769056.79</v>
+        <v>2051220383.76</v>
       </c>
       <c r="E58" s="20">
-        <v>200729259.44</v>
+        <v>225910529.4</v>
       </c>
       <c r="F58" s="20">
         <v>-108.05</v>
       </c>
       <c r="I58" s="20">
-        <v>20559555</v>
+        <v>23152618.08</v>
       </c>
       <c r="J58" s="20">
-        <v>7664.97</v>
+        <v>9183.45</v>
       </c>
       <c r="K58" s="20">
         <v>138.27</v>
       </c>
       <c r="L58" s="20">
-        <v>12978037.23</v>
+        <v>14609812.3</v>
       </c>
       <c r="N58" s="20">
         <v>0</v>
       </c>
       <c r="O58" s="20">
-        <v>126204286.08</v>
+        <v>142838357.13</v>
       </c>
       <c r="P58" s="20">
-        <v>67807855.35</v>
+        <v>76622377.04</v>
       </c>
       <c r="Q58" s="35">
-        <v>2248055745.08</v>
+        <v>2534363291.38</v>
       </c>
     </row>
     <row r="59" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B59" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C59" s="20">
-        <v>404232878.58</v>
+        <v>456374394.52</v>
       </c>
       <c r="E59" s="20">
-        <v>69780371.45</v>
+        <v>78540908.42</v>
       </c>
       <c r="F59" s="20">
-        <v>3753.96</v>
+        <v>3884.35</v>
       </c>
       <c r="I59" s="20">
-        <v>5376508.28</v>
+        <v>6045958.43</v>
       </c>
       <c r="J59" s="20">
-        <v>15451.5</v>
+        <v>16996.65</v>
       </c>
       <c r="K59" s="20">
         <v>0</v>
       </c>
       <c r="L59" s="20">
-        <v>2995258.64</v>
+        <v>3384481.97</v>
       </c>
       <c r="N59" s="20">
         <v>0</v>
       </c>
       <c r="O59" s="20">
-        <v>30796665.61</v>
+        <v>34655268.65</v>
       </c>
       <c r="P59" s="20">
-        <v>15680656.59</v>
+        <v>17727657.4</v>
       </c>
       <c r="Q59" s="35">
-        <v>528881544.61</v>
+        <v>596749550.39</v>
       </c>
     </row>
     <row r="60" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B60" s="8" t="s">
         <v>63</v>
       </c>
       <c r="C60" s="20">
-        <v>369058002.89</v>
+        <v>415169281.58</v>
       </c>
       <c r="E60" s="20">
-        <v>51107118.92</v>
+        <v>57450761.14</v>
       </c>
       <c r="F60" s="20">
         <v>68.5</v>
       </c>
       <c r="I60" s="20">
         <v>0</v>
       </c>
       <c r="J60" s="20">
-        <v>29476</v>
+        <v>32423.6</v>
       </c>
       <c r="K60" s="20">
         <v>0</v>
       </c>
       <c r="L60" s="20">
-        <v>2783136.27</v>
+        <v>3111624.82</v>
       </c>
       <c r="N60" s="20">
         <v>0</v>
       </c>
       <c r="O60" s="20">
-        <v>30568584.77</v>
+        <v>34543067.08</v>
       </c>
       <c r="P60" s="20">
-        <v>13701325.15</v>
+        <v>15435251.15</v>
       </c>
       <c r="Q60" s="35">
-        <v>467247712.5</v>
+        <v>525742477.87</v>
       </c>
     </row>
     <row r="61" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B61" s="8" t="s">
         <v>64</v>
       </c>
       <c r="C61" s="20">
-        <v>1348256593.36</v>
+        <v>1520874699.47</v>
       </c>
       <c r="E61" s="20">
-        <v>159377946.45</v>
+        <v>179470504.32</v>
       </c>
       <c r="F61" s="20">
-        <v>3901.09</v>
+        <v>3901.94</v>
       </c>
       <c r="I61" s="20">
-        <v>35124782.55</v>
+        <v>39565290.53</v>
       </c>
       <c r="J61" s="20">
         <v>0</v>
       </c>
       <c r="K61" s="20">
-        <v>222.03</v>
+        <v>222.07</v>
       </c>
       <c r="L61" s="20">
-        <v>9823095.92</v>
+        <v>11067357.89</v>
       </c>
       <c r="N61" s="20">
         <v>0</v>
       </c>
       <c r="O61" s="20">
-        <v>119390826.37</v>
+        <v>134616388.93</v>
       </c>
       <c r="P61" s="20">
-        <v>51035678.02</v>
+        <v>57704521.4</v>
       </c>
       <c r="Q61" s="35">
-        <v>1723013045.79</v>
+        <v>1943302886.55</v>
       </c>
     </row>
     <row r="62" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B62" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C62" s="15">
-        <v>3941316531.62</v>
+        <v>4443638759.33</v>
       </c>
       <c r="E62" s="15">
-        <v>480994696.26</v>
+        <v>541372703.28</v>
       </c>
       <c r="F62" s="15">
-        <v>7615.5</v>
+        <v>7746.74</v>
       </c>
       <c r="I62" s="15">
-        <v>61060845.83</v>
+        <v>68763867.04</v>
       </c>
       <c r="J62" s="15">
-        <v>52592.47</v>
+        <v>58603.7</v>
       </c>
       <c r="K62" s="15">
-        <v>360.3</v>
+        <v>360.34</v>
       </c>
       <c r="L62" s="15">
-        <v>28579528.06</v>
+        <v>32173276.98</v>
       </c>
       <c r="N62" s="15">
         <v>0</v>
       </c>
       <c r="O62" s="15">
-        <v>306960362.83</v>
+        <v>346653081.79</v>
       </c>
       <c r="P62" s="15">
-        <v>148225515.11</v>
+        <v>167489806.99</v>
       </c>
       <c r="Q62" s="34">
-        <v>4967198047.98</v>
+        <v>5600158206.19</v>
       </c>
     </row>
     <row r="63" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B63" s="8" t="s">
         <v>66</v>
       </c>
       <c r="C63" s="20">
-        <v>528397493.98</v>
+        <v>594765421.7</v>
       </c>
       <c r="E63" s="20">
-        <v>56519015.07</v>
+        <v>63475299.42</v>
       </c>
       <c r="F63" s="20">
-        <v>1017.23</v>
+        <v>1050.06</v>
       </c>
       <c r="I63" s="20">
-        <v>30986.38</v>
+        <v>35396.11</v>
       </c>
       <c r="J63" s="20">
         <v>5638.5</v>
       </c>
       <c r="K63" s="20">
         <v>0</v>
       </c>
       <c r="L63" s="20">
-        <v>390462.94</v>
+        <v>431161.71</v>
       </c>
       <c r="N63" s="20">
         <v>0</v>
       </c>
       <c r="O63" s="20">
-        <v>36963012.89</v>
+        <v>42321098.56</v>
       </c>
       <c r="P63" s="20">
-        <v>19060871.28</v>
+        <v>21525305.49</v>
       </c>
       <c r="Q63" s="35">
-        <v>641368498.27</v>
+        <v>722560371.55</v>
       </c>
     </row>
     <row r="64" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B64" s="14" t="s">
         <v>67</v>
       </c>
       <c r="C64" s="15">
-        <v>528397493.98</v>
+        <v>594765421.7</v>
       </c>
       <c r="E64" s="15">
-        <v>56519015.07</v>
+        <v>63475299.42</v>
       </c>
       <c r="F64" s="15">
-        <v>1017.23</v>
+        <v>1050.06</v>
       </c>
       <c r="I64" s="15">
-        <v>30986.38</v>
+        <v>35396.11</v>
       </c>
       <c r="J64" s="15">
         <v>5638.5</v>
       </c>
       <c r="K64" s="15">
         <v>0</v>
       </c>
       <c r="L64" s="15">
-        <v>390462.94</v>
+        <v>431161.71</v>
       </c>
       <c r="N64" s="15">
         <v>0</v>
       </c>
       <c r="O64" s="15">
-        <v>36963012.89</v>
+        <v>42321098.56</v>
       </c>
       <c r="P64" s="15">
-        <v>19060871.28</v>
+        <v>21525305.49</v>
       </c>
       <c r="Q64" s="34">
-        <v>641368498.27</v>
+        <v>722560371.55</v>
       </c>
     </row>
     <row r="65" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B65" s="8" t="s">
         <v>68</v>
       </c>
       <c r="C65" s="20">
-        <v>18140412886.62</v>
+        <v>20394456792.93</v>
       </c>
       <c r="E65" s="20">
-        <v>1006211351.72</v>
+        <v>1131675393.9</v>
       </c>
       <c r="F65" s="20">
-        <v>294.27</v>
+        <v>379.18</v>
       </c>
       <c r="I65" s="20">
-        <v>13865708.56</v>
+        <v>15776623.75</v>
       </c>
       <c r="J65" s="20">
-        <v>229704.12</v>
+        <v>258480.05</v>
       </c>
       <c r="K65" s="20">
-        <v>14862.3</v>
+        <v>14936.03</v>
       </c>
       <c r="L65" s="20">
-        <v>48646633.89</v>
+        <v>54726419.97</v>
       </c>
       <c r="N65" s="20">
         <v>0</v>
       </c>
       <c r="O65" s="20">
-        <v>923700736.29</v>
+        <v>1047846240.02</v>
       </c>
       <c r="P65" s="20">
-        <v>709648763.96</v>
+        <v>800822424.12</v>
       </c>
       <c r="Q65" s="35">
-        <v>20842730941.73</v>
+        <v>23445577689.95</v>
       </c>
     </row>
     <row r="66" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B66" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C66" s="15">
-        <v>18140412886.62</v>
+        <v>20394456792.93</v>
       </c>
       <c r="E66" s="15">
-        <v>1006211351.72</v>
+        <v>1131675393.9</v>
       </c>
       <c r="F66" s="15">
-        <v>294.27</v>
+        <v>379.18</v>
       </c>
       <c r="I66" s="15">
-        <v>13865708.56</v>
+        <v>15776623.75</v>
       </c>
       <c r="J66" s="15">
-        <v>229704.12</v>
+        <v>258480.05</v>
       </c>
       <c r="K66" s="15">
-        <v>14862.3</v>
+        <v>14936.03</v>
       </c>
       <c r="L66" s="15">
-        <v>48646633.89</v>
+        <v>54726419.97</v>
       </c>
       <c r="N66" s="15">
         <v>0</v>
       </c>
       <c r="O66" s="15">
-        <v>923700736.29</v>
+        <v>1047846240.02</v>
       </c>
       <c r="P66" s="15">
-        <v>709648763.96</v>
+        <v>800822424.12</v>
       </c>
       <c r="Q66" s="34">
-        <v>20842730941.73</v>
+        <v>23445577689.95</v>
       </c>
     </row>
     <row r="67" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B67" s="8" t="s">
         <v>70</v>
       </c>
       <c r="C67" s="20">
-        <v>2252431153.88</v>
+        <v>2536545036.38</v>
       </c>
       <c r="E67" s="20">
-        <v>233121226.82</v>
+        <v>261929360.22</v>
       </c>
       <c r="F67" s="20">
-        <v>67932.51</v>
+        <v>70311.64</v>
       </c>
       <c r="I67" s="20">
-        <v>4894289.12</v>
+        <v>5556556.9</v>
       </c>
       <c r="J67" s="20">
         <v>0</v>
       </c>
       <c r="K67" s="20">
-        <v>4078.51</v>
+        <v>4000</v>
       </c>
       <c r="L67" s="20">
-        <v>1176977.76</v>
+        <v>1294280.79</v>
       </c>
       <c r="N67" s="20">
         <v>0</v>
       </c>
       <c r="O67" s="20">
-        <v>192982277.67</v>
+        <v>219659535.17</v>
       </c>
       <c r="P67" s="20">
-        <v>85556896.36</v>
+        <v>96584177.07</v>
       </c>
       <c r="Q67" s="35">
-        <v>2770234832.63</v>
+        <v>3121643258.17</v>
       </c>
     </row>
     <row r="68" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B68" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C68" s="15">
-        <v>2252431153.88</v>
+        <v>2536545036.38</v>
       </c>
       <c r="E68" s="15">
-        <v>233121226.82</v>
+        <v>261929360.22</v>
       </c>
       <c r="F68" s="15">
-        <v>67932.51</v>
+        <v>70311.64</v>
       </c>
       <c r="I68" s="15">
-        <v>4894289.12</v>
+        <v>5556556.9</v>
       </c>
       <c r="J68" s="15">
         <v>0</v>
       </c>
       <c r="K68" s="15">
-        <v>4078.51</v>
+        <v>4000</v>
       </c>
       <c r="L68" s="15">
-        <v>1176977.76</v>
+        <v>1294280.79</v>
       </c>
       <c r="N68" s="15">
         <v>0</v>
       </c>
       <c r="O68" s="15">
-        <v>192982277.67</v>
+        <v>219659535.17</v>
       </c>
       <c r="P68" s="15">
-        <v>85556896.36</v>
+        <v>96584177.07</v>
       </c>
       <c r="Q68" s="34">
-        <v>2770234832.63</v>
+        <v>3121643258.17</v>
       </c>
     </row>
     <row r="69" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B69" s="8" t="s">
         <v>72</v>
       </c>
       <c r="C69" s="20">
-        <v>1431470071.36</v>
+        <v>1614146006.62</v>
       </c>
       <c r="E69" s="20">
-        <v>118020871.18</v>
+        <v>133371945.19</v>
       </c>
       <c r="F69" s="20">
-        <v>4592.53</v>
+        <v>2424.27</v>
       </c>
       <c r="I69" s="20">
-        <v>36802.68</v>
+        <v>42796.04</v>
       </c>
       <c r="J69" s="20">
         <v>0</v>
       </c>
       <c r="K69" s="20">
-        <v>646.27</v>
+        <v>639.74</v>
       </c>
       <c r="L69" s="20">
-        <v>2429693.08</v>
+        <v>2609150.55</v>
       </c>
       <c r="N69" s="20">
         <v>0</v>
       </c>
       <c r="O69" s="20">
-        <v>84439001.17</v>
+        <v>95654468.9</v>
       </c>
       <c r="P69" s="20">
-        <v>50124365.18</v>
+        <v>56669842.84</v>
       </c>
       <c r="Q69" s="35">
-        <v>1686526043.45</v>
+        <v>1902497274.15</v>
       </c>
     </row>
     <row r="70" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B70" s="14" t="s">
         <v>73</v>
       </c>
       <c r="C70" s="15">
-        <v>1431470071.36</v>
+        <v>1614146006.62</v>
       </c>
       <c r="E70" s="15">
-        <v>118020871.18</v>
+        <v>133371945.19</v>
       </c>
       <c r="F70" s="15">
-        <v>4592.53</v>
+        <v>2424.27</v>
       </c>
       <c r="I70" s="15">
-        <v>36802.68</v>
+        <v>42796.04</v>
       </c>
       <c r="J70" s="15">
         <v>0</v>
       </c>
       <c r="K70" s="15">
-        <v>646.27</v>
+        <v>639.74</v>
       </c>
       <c r="L70" s="15">
-        <v>2429693.08</v>
+        <v>2609150.55</v>
       </c>
       <c r="N70" s="15">
         <v>0</v>
       </c>
       <c r="O70" s="15">
-        <v>84439001.17</v>
+        <v>95654468.9</v>
       </c>
       <c r="P70" s="15">
-        <v>50124365.18</v>
+        <v>56669842.84</v>
       </c>
       <c r="Q70" s="34">
-        <v>1686526043.45</v>
+        <v>1902497274.15</v>
       </c>
     </row>
     <row r="71" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B71" s="8" t="s">
         <v>74</v>
       </c>
       <c r="C71" s="20">
-        <v>2544900949.16</v>
+        <v>2868356675.1</v>
       </c>
       <c r="E71" s="20">
-        <v>316876442.2</v>
+        <v>356079461.77</v>
       </c>
       <c r="F71" s="20">
-        <v>6830.74</v>
+        <v>7060.2</v>
       </c>
       <c r="I71" s="20">
-        <v>8923197.09</v>
+        <v>10272308.27</v>
       </c>
       <c r="J71" s="20">
-        <v>21759.17</v>
+        <v>26037.21</v>
       </c>
       <c r="K71" s="20">
-        <v>2460.15</v>
+        <v>2460.22</v>
       </c>
       <c r="L71" s="20">
-        <v>1698801.91</v>
+        <v>1810297.08</v>
       </c>
       <c r="N71" s="20">
         <v>0</v>
       </c>
       <c r="O71" s="20">
-        <v>250473587.65</v>
+        <v>283606982.04</v>
       </c>
       <c r="P71" s="20">
-        <v>95434467.09</v>
+        <v>107886658.23</v>
       </c>
       <c r="Q71" s="35">
-        <v>3218338495.16</v>
+        <v>3628047940.12</v>
       </c>
     </row>
     <row r="72" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B72" s="8" t="s">
         <v>75</v>
       </c>
       <c r="C72" s="20">
-        <v>973033842.49</v>
+        <v>1096305989.75</v>
       </c>
       <c r="E72" s="20">
-        <v>99302015.62</v>
+        <v>111659751.1</v>
       </c>
       <c r="F72" s="20">
-        <v>1624.06</v>
+        <v>1526.28</v>
       </c>
       <c r="I72" s="20">
-        <v>4825930.52</v>
+        <v>5429862.93</v>
       </c>
       <c r="J72" s="20">
         <v>0</v>
       </c>
       <c r="K72" s="20">
         <v>27.9</v>
       </c>
       <c r="L72" s="20">
-        <v>455925.9</v>
+        <v>496546.33</v>
       </c>
       <c r="N72" s="20">
         <v>0</v>
       </c>
       <c r="O72" s="20">
-        <v>85754633.82</v>
+        <v>97506720.57</v>
       </c>
       <c r="P72" s="20">
-        <v>36192296.11</v>
+        <v>41079336.49</v>
       </c>
       <c r="Q72" s="35">
-        <v>1199566296.42</v>
+        <v>1352479761.35</v>
       </c>
     </row>
     <row r="73" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B73" s="8" t="s">
         <v>76</v>
       </c>
       <c r="C73" s="20">
-        <v>4673144997.86</v>
+        <v>5242036979.72</v>
       </c>
       <c r="E73" s="20">
-        <v>451520017.54</v>
+        <v>504839496.75</v>
       </c>
       <c r="F73" s="20">
-        <v>7138.17</v>
+        <v>6297.41</v>
       </c>
       <c r="I73" s="20">
-        <v>30500588.09</v>
+        <v>34479187.97</v>
       </c>
       <c r="J73" s="20">
-        <v>21006.98</v>
+        <v>23265.11</v>
       </c>
       <c r="K73" s="20">
-        <v>28773.57</v>
+        <v>28851.04</v>
       </c>
       <c r="L73" s="20">
-        <v>3715673.67</v>
+        <v>4539512.23</v>
       </c>
       <c r="N73" s="20">
         <v>0</v>
       </c>
       <c r="O73" s="20">
-        <v>380021085.5</v>
+        <v>434580212.61</v>
       </c>
       <c r="P73" s="20">
-        <v>170327506.94</v>
+        <v>191752801.12</v>
       </c>
       <c r="Q73" s="35">
-        <v>5709286788.32</v>
+        <v>6412286603.96</v>
       </c>
     </row>
     <row r="74" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B74" s="14" t="s">
         <v>77</v>
       </c>
       <c r="C74" s="15">
-        <v>8191079789.51</v>
+        <v>9206699644.57</v>
       </c>
       <c r="E74" s="15">
-        <v>867698475.36</v>
+        <v>972578709.62</v>
       </c>
       <c r="F74" s="15">
-        <v>15592.97</v>
+        <v>14883.89</v>
       </c>
       <c r="I74" s="15">
-        <v>44249715.7</v>
+        <v>50181359.17</v>
       </c>
       <c r="J74" s="15">
-        <v>42766.15</v>
+        <v>49302.32</v>
       </c>
       <c r="K74" s="15">
-        <v>31261.62</v>
+        <v>31339.16</v>
       </c>
       <c r="L74" s="15">
-        <v>5870401.48</v>
+        <v>6846355.64</v>
       </c>
       <c r="N74" s="15">
         <v>0</v>
       </c>
       <c r="O74" s="15">
-        <v>716249306.97</v>
+        <v>815693915.22</v>
       </c>
       <c r="P74" s="15">
-        <v>301954270.14</v>
+        <v>340718795.84</v>
       </c>
       <c r="Q74" s="34">
-        <v>10127191579.9</v>
+        <v>11392814305.43</v>
       </c>
     </row>
     <row r="75" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B75" s="8" t="s">
         <v>78</v>
       </c>
       <c r="C75" s="20">
-        <v>873535675.27</v>
+        <v>982131838.47</v>
       </c>
       <c r="E75" s="20">
-        <v>52071711.57</v>
+        <v>58808153.74</v>
       </c>
       <c r="F75" s="20">
         <v>-920.93</v>
       </c>
       <c r="I75" s="20">
         <v>327.32</v>
       </c>
       <c r="J75" s="20">
-        <v>14755.3</v>
+        <v>16863.2</v>
       </c>
       <c r="K75" s="20">
         <v>-29.32</v>
       </c>
       <c r="L75" s="20">
-        <v>856708.53</v>
+        <v>957552.82</v>
       </c>
       <c r="N75" s="20">
         <v>0</v>
       </c>
       <c r="O75" s="20">
-        <v>44627122.65</v>
+        <v>50883379.64</v>
       </c>
       <c r="P75" s="20">
-        <v>29490770.54</v>
+        <v>33297859.8</v>
       </c>
       <c r="Q75" s="35">
-        <v>1000596120.93</v>
+        <v>1126095024.74</v>
       </c>
     </row>
     <row r="76" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B76" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C76" s="20">
-        <v>1589833753.82</v>
+        <v>1789061399.23</v>
       </c>
       <c r="E76" s="20">
-        <v>224651844.21</v>
+        <v>254043649.67</v>
       </c>
       <c r="F76" s="20">
         <v>-17.51</v>
       </c>
       <c r="I76" s="20">
-        <v>5052192.31</v>
+        <v>5913981.75</v>
       </c>
       <c r="J76" s="20">
         <v>0</v>
       </c>
       <c r="K76" s="20">
         <v>-50</v>
       </c>
       <c r="L76" s="20">
-        <v>4737468.65</v>
+        <v>5338937.12</v>
       </c>
       <c r="N76" s="20">
         <v>0</v>
       </c>
       <c r="O76" s="20">
-        <v>96249260.04</v>
+        <v>109880414.08</v>
       </c>
       <c r="P76" s="20">
-        <v>58622784.37</v>
+        <v>66264512.89</v>
       </c>
       <c r="Q76" s="35">
-        <v>1979147235.89</v>
+        <v>2230502827.23</v>
       </c>
     </row>
     <row r="77" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B77" s="8" t="s">
         <v>80</v>
       </c>
       <c r="C77" s="20">
-        <v>2488274078.9</v>
+        <v>2799429598.6</v>
       </c>
       <c r="E77" s="20">
-        <v>223325066.79</v>
+        <v>251965692.08</v>
       </c>
       <c r="F77" s="20">
         <v>-151.65</v>
       </c>
       <c r="I77" s="20">
-        <v>19355432.2</v>
+        <v>21686601.56</v>
       </c>
       <c r="J77" s="20">
-        <v>25645.5</v>
+        <v>27793.01</v>
       </c>
       <c r="K77" s="20">
-        <v>-489.94</v>
+        <v>-480.03</v>
       </c>
       <c r="L77" s="20">
-        <v>3014950.98</v>
+        <v>3379799.43</v>
       </c>
       <c r="N77" s="20">
         <v>0</v>
       </c>
       <c r="O77" s="20">
-        <v>146730574.56</v>
+        <v>168502578.74</v>
       </c>
       <c r="P77" s="20">
-        <v>90095172.75</v>
+        <v>101705939.24</v>
       </c>
       <c r="Q77" s="35">
-        <v>2970820280.09</v>
+        <v>3346697370.98</v>
       </c>
     </row>
     <row r="78" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B78" s="14" t="s">
         <v>81</v>
       </c>
       <c r="C78" s="15">
-        <v>4951643507.99</v>
+        <v>5570622836.3</v>
       </c>
       <c r="E78" s="15">
-        <v>500048622.57</v>
+        <v>564817495.49</v>
       </c>
       <c r="F78" s="15">
         <v>-1090.09</v>
       </c>
       <c r="I78" s="15">
-        <v>24407951.83</v>
+        <v>27600910.63</v>
       </c>
       <c r="J78" s="15">
-        <v>40400.8</v>
+        <v>44656.21</v>
       </c>
       <c r="K78" s="15">
-        <v>-569.26</v>
+        <v>-559.35</v>
       </c>
       <c r="L78" s="15">
-        <v>8609128.16</v>
+        <v>9676289.37</v>
       </c>
       <c r="N78" s="15">
         <v>0</v>
       </c>
       <c r="O78" s="15">
-        <v>287606957.25</v>
+        <v>329266372.46</v>
       </c>
       <c r="P78" s="15">
-        <v>178208727.66</v>
+        <v>201268311.93</v>
       </c>
       <c r="Q78" s="34">
-        <v>5950563636.91</v>
+        <v>6703295222.95</v>
       </c>
     </row>
     <row r="79" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B79" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C79" s="20">
-        <v>82270943.49</v>
+        <v>92824440.38</v>
       </c>
       <c r="E79" s="20">
-        <v>3940433.84</v>
+        <v>4417232.31</v>
       </c>
       <c r="F79" s="20">
-        <v>0</v>
+        <v>-22.69</v>
       </c>
       <c r="I79" s="20">
-        <v>1761043.4</v>
+        <v>2034361.7</v>
       </c>
       <c r="J79" s="20">
         <v>0</v>
       </c>
       <c r="K79" s="20">
         <v>0</v>
       </c>
       <c r="L79" s="20">
-        <v>708728.16</v>
+        <v>798842.17</v>
       </c>
       <c r="N79" s="20">
         <v>0</v>
       </c>
       <c r="O79" s="20">
-        <v>33584801.11</v>
+        <v>37826271.03</v>
       </c>
       <c r="P79" s="20">
-        <v>3690498.27</v>
+        <v>4171709.11</v>
       </c>
       <c r="Q79" s="35">
-        <v>125956448.27</v>
+        <v>142072834.01</v>
       </c>
     </row>
     <row r="80" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B80" s="14" t="s">
         <v>83</v>
       </c>
       <c r="C80" s="15">
-        <v>82270943.49</v>
+        <v>92824440.38</v>
       </c>
       <c r="E80" s="15">
-        <v>3940433.84</v>
+        <v>4417232.31</v>
       </c>
       <c r="F80" s="15">
-        <v>0</v>
+        <v>-22.69</v>
       </c>
       <c r="I80" s="15">
-        <v>1761043.4</v>
+        <v>2034361.7</v>
       </c>
       <c r="J80" s="15">
         <v>0</v>
       </c>
       <c r="K80" s="15">
         <v>0</v>
       </c>
       <c r="L80" s="15">
-        <v>708728.16</v>
+        <v>798842.17</v>
       </c>
       <c r="N80" s="15">
         <v>0</v>
       </c>
       <c r="O80" s="15">
-        <v>33584801.11</v>
+        <v>37826271.03</v>
       </c>
       <c r="P80" s="15">
-        <v>3690498.27</v>
+        <v>4171709.11</v>
       </c>
       <c r="Q80" s="34">
-        <v>125956448.27</v>
+        <v>142072834.01</v>
       </c>
     </row>
     <row r="81" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B81" s="8" t="s">
         <v>84</v>
       </c>
       <c r="C81" s="20">
-        <v>76641670.95</v>
+        <v>86508498.86</v>
       </c>
       <c r="E81" s="20">
-        <v>4645542.35</v>
+        <v>5226068.16</v>
       </c>
       <c r="F81" s="20">
         <v>0</v>
       </c>
       <c r="I81" s="20">
-        <v>228896.46</v>
+        <v>259468.13</v>
       </c>
       <c r="J81" s="20">
         <v>0</v>
       </c>
       <c r="K81" s="20">
         <v>-609.55</v>
       </c>
       <c r="L81" s="20">
-        <v>1710927.68</v>
+        <v>1921505.27</v>
       </c>
       <c r="N81" s="20">
         <v>0</v>
       </c>
       <c r="O81" s="20">
-        <v>32147433.89</v>
+        <v>36153035.9</v>
       </c>
       <c r="P81" s="20">
-        <v>3386226.19</v>
+        <v>3827686.07</v>
       </c>
       <c r="Q81" s="35">
-        <v>118760087.97</v>
+        <v>133895652.84</v>
       </c>
     </row>
     <row r="82" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B82" s="14" t="s">
         <v>85</v>
       </c>
       <c r="C82" s="15">
-        <v>76641670.95</v>
+        <v>86508498.86</v>
       </c>
       <c r="E82" s="15">
-        <v>4645542.35</v>
+        <v>5226068.16</v>
       </c>
       <c r="F82" s="15">
         <v>0</v>
       </c>
       <c r="I82" s="15">
-        <v>228896.46</v>
+        <v>259468.13</v>
       </c>
       <c r="J82" s="15">
         <v>0</v>
       </c>
       <c r="K82" s="15">
         <v>-609.55</v>
       </c>
       <c r="L82" s="15">
-        <v>1710927.68</v>
+        <v>1921505.27</v>
       </c>
       <c r="N82" s="15">
         <v>0</v>
       </c>
       <c r="O82" s="15">
-        <v>32147433.89</v>
+        <v>36153035.9</v>
       </c>
       <c r="P82" s="15">
-        <v>3386226.19</v>
+        <v>3827686.07</v>
       </c>
       <c r="Q82" s="34">
-        <v>118760087.97</v>
+        <v>133895652.84</v>
       </c>
     </row>
     <row r="83" ht="12.5" customHeight="1" s="1" customFormat="1">
       <c r="B83" s="14" t="s">
         <v>86</v>
       </c>
       <c r="C83" s="15">
-        <v>-639291959.56</v>
+        <v>-3249829162.35</v>
       </c>
       <c r="E83" s="15">
-        <v>-285518790.77</v>
+        <v>-649495672.99</v>
       </c>
       <c r="F83" s="15">
         <v>0</v>
       </c>
       <c r="I83" s="15">
         <v>0</v>
       </c>
       <c r="J83" s="15">
         <v>0</v>
       </c>
       <c r="K83" s="15">
         <v>0</v>
       </c>
       <c r="L83" s="15">
         <v>0</v>
       </c>
       <c r="N83" s="15">
         <v>0</v>
       </c>
       <c r="O83" s="15">
         <v>0</v>
       </c>
       <c r="P83" s="15">
         <v>0</v>
       </c>
       <c r="Q83" s="34">
-        <v>-924810750.33</v>
+        <v>-3899324835.34</v>
       </c>
     </row>
     <row r="84" ht="12.45" customHeight="1" s="1" customFormat="1">
       <c r="B84" s="25" t="s">
         <v>87</v>
       </c>
       <c r="C84" s="26">
-        <v>85771054520.4</v>
+        <v>94095068996.78</v>
       </c>
       <c r="D84" s="27"/>
       <c r="E84" s="26">
-        <v>7466632633.94</v>
+        <v>8066063480.45</v>
       </c>
       <c r="F84" s="26">
-        <v>418301.41</v>
+        <v>419920.14</v>
       </c>
       <c r="G84" s="27"/>
       <c r="H84" s="27"/>
       <c r="I84" s="26">
-        <v>281058294.35</v>
+        <v>318677585.72</v>
       </c>
       <c r="J84" s="26">
-        <v>34935743.55</v>
+        <v>39080496.5</v>
       </c>
       <c r="K84" s="26">
-        <v>72177.26</v>
+        <v>72664.83</v>
       </c>
       <c r="L84" s="26">
-        <v>251427985.04</v>
+        <v>282559141.19</v>
       </c>
       <c r="M84" s="27"/>
       <c r="N84" s="26">
         <v>0</v>
       </c>
       <c r="O84" s="26">
-        <v>6536834835.2</v>
+        <v>7393864949.42</v>
       </c>
       <c r="P84" s="26">
-        <v>3237481939.1</v>
+        <v>3657945399.16</v>
       </c>
       <c r="Q84" s="36">
-        <v>103579916430.25</v>
+        <v>113853752634.19</v>
       </c>
     </row>
     <row r="85" ht="5" customHeight="1" s="1" customFormat="1"/>
     <row r="86" ht="17" customHeight="1" s="1" customFormat="1">
       <c r="B86" s="45" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
     </row>
     <row r="87" ht="5.5" customHeight="1" s="1" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:C5"/>
     <mergeCell ref="G3:L3"/>
     <mergeCell ref="G5:L6"/>
     <mergeCell ref="G8:L8"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="F11:H11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="F12:H12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="F13:H13"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="F14:H14"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="F15:H15"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="F16:H16"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="F17:H17"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="F18:H18"/>