--- v0 (2025-10-10)
+++ v1 (2025-11-06)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C26066B-432A-4D76-9D8A-6767839234F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8EF2D44E-3454-4CC9-8D95-D641FE4CA8B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{15348111-176F-403F-AAB6-7A26C7D43517}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{87344435-B21B-4A7F-A77F-DED7CCB017DB}"/>
   </bookViews>
   <sheets>
     <sheet name="Evolución" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Evolución!$A$1:$K$28</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -111,51 +111,51 @@
   <si>
     <t>59 años</t>
   </si>
   <si>
     <t>58 años</t>
   </si>
   <si>
     <t>57 años</t>
   </si>
   <si>
     <t>56 años</t>
   </si>
   <si>
     <t>55 años</t>
   </si>
   <si>
     <t>Hasta 54 años</t>
   </si>
   <si>
     <t>Pensión media</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
-    <t>(acumulado a agosto)</t>
+    <t>(acumulado a septiembre)</t>
   </si>
   <si>
     <t>Año 2025</t>
   </si>
   <si>
     <t>Año 2024</t>
   </si>
   <si>
     <t>Año 2023</t>
   </si>
   <si>
     <t>Año 2022</t>
   </si>
   <si>
     <t>Año 2021</t>
   </si>
   <si>
     <t>Edades</t>
   </si>
   <si>
     <t>Datos anuales acumulados</t>
   </si>
   <si>
     <t>Evolución de las altas iniciales de Jubilación por edades. Periodo 2021 - 2025</t>
   </si>
@@ -468,51 +468,51 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{D87DC949-35C2-4D2E-A9B1-D4261D9601EA}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{04067B2B-F2C9-48EE-949C-1401516AFB5A}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -777,51 +777,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98349DE1-ACCE-404D-84BD-05143CA953BE}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C33457DF-2A07-4396-81F7-198CAA649228}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N28"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.85546875" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14" style="1" customWidth="1"/>
     <col min="2" max="11" width="11" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="28" t="s">
         <v>33</v>
       </c>
       <c r="B1" s="28"/>
       <c r="C1" s="28"/>
       <c r="D1" s="28"/>
       <c r="E1" s="28"/>
@@ -927,787 +927,787 @@
       <c r="B6" s="8">
         <v>163</v>
       </c>
       <c r="C6" s="7">
         <v>2499.2126993865018</v>
       </c>
       <c r="D6" s="8">
         <v>189</v>
       </c>
       <c r="E6" s="7">
         <v>2597.2203174603173</v>
       </c>
       <c r="F6" s="8">
         <v>165</v>
       </c>
       <c r="G6" s="7">
         <v>2679.3608484848478</v>
       </c>
       <c r="H6" s="8">
         <v>132</v>
       </c>
       <c r="I6" s="7">
         <v>2901.9803030303028</v>
       </c>
       <c r="J6" s="8">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="K6" s="7">
-        <v>2940.8587500000008</v>
+        <v>2957.6728235294122</v>
       </c>
     </row>
     <row r="7" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="8">
         <v>249</v>
       </c>
       <c r="C7" s="7">
         <v>2484.6797991967851</v>
       </c>
       <c r="D7" s="8">
         <v>245</v>
       </c>
       <c r="E7" s="7">
         <v>2573.116571428573</v>
       </c>
       <c r="F7" s="8">
         <v>268</v>
       </c>
       <c r="G7" s="7">
         <v>2749.2043656716423</v>
       </c>
       <c r="H7" s="8">
         <v>180</v>
       </c>
       <c r="I7" s="7">
         <v>2819.9255555555551</v>
       </c>
       <c r="J7" s="8">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="K7" s="7">
-        <v>2871.4114018691589</v>
+        <v>2891.580245901639</v>
       </c>
     </row>
     <row r="8" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="8">
         <v>505</v>
       </c>
       <c r="C8" s="7">
         <v>2077.6970693069288</v>
       </c>
       <c r="D8" s="8">
         <v>564</v>
       </c>
       <c r="E8" s="7">
         <v>2145.8993617021283</v>
       </c>
       <c r="F8" s="8">
         <v>524</v>
       </c>
       <c r="G8" s="7">
         <v>2196.0756679389315</v>
       </c>
       <c r="H8" s="8">
         <v>538</v>
       </c>
       <c r="I8" s="7">
         <v>2197.2021747211907</v>
       </c>
       <c r="J8" s="8">
-        <v>289</v>
+        <v>326</v>
       </c>
       <c r="K8" s="7">
-        <v>2135.654221453286</v>
+        <v>2159.7473926380353</v>
       </c>
     </row>
     <row r="9" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="8">
         <v>383</v>
       </c>
       <c r="C9" s="7">
         <v>1981.1492950391644</v>
       </c>
       <c r="D9" s="8">
         <v>377</v>
       </c>
       <c r="E9" s="7">
         <v>2059.8183554376665</v>
       </c>
       <c r="F9" s="8">
         <v>368</v>
       </c>
       <c r="G9" s="7">
         <v>2089.7923369565206</v>
       </c>
       <c r="H9" s="8">
         <v>344</v>
       </c>
       <c r="I9" s="7">
         <v>2229.4296802325575</v>
       </c>
       <c r="J9" s="8">
-        <v>241</v>
+        <v>275</v>
       </c>
       <c r="K9" s="7">
-        <v>2467.0065560165981</v>
+        <v>2491.5778181818168</v>
       </c>
     </row>
     <row r="10" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>389</v>
       </c>
       <c r="C10" s="7">
         <v>1897.0379177377886</v>
       </c>
       <c r="D10" s="8">
         <v>396</v>
       </c>
       <c r="E10" s="7">
         <v>1944.0774747474757</v>
       </c>
       <c r="F10" s="8">
         <v>352</v>
       </c>
       <c r="G10" s="7">
         <v>2030.5725568181833</v>
       </c>
       <c r="H10" s="8">
         <v>394</v>
       </c>
       <c r="I10" s="7">
         <v>2100.0358375634519</v>
       </c>
       <c r="J10" s="8">
-        <v>260</v>
+        <v>292</v>
       </c>
       <c r="K10" s="7">
-        <v>2373.1436153846148</v>
+        <v>2369.3207876712327</v>
       </c>
     </row>
     <row r="11" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="8">
         <v>1263</v>
       </c>
       <c r="C11" s="7">
         <v>2359.6368804433973</v>
       </c>
       <c r="D11" s="8">
         <v>1194</v>
       </c>
       <c r="E11" s="7">
         <v>2467.658944723617</v>
       </c>
       <c r="F11" s="8">
         <v>977</v>
       </c>
       <c r="G11" s="7">
         <v>2486.0772262026603</v>
       </c>
       <c r="H11" s="8">
         <v>928</v>
       </c>
       <c r="I11" s="7">
         <v>2627.8629849137951</v>
       </c>
       <c r="J11" s="8">
-        <v>644</v>
+        <v>716</v>
       </c>
       <c r="K11" s="7">
-        <v>2678.9693944099336</v>
+        <v>2694.8331564245777</v>
       </c>
     </row>
     <row r="12" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="8">
         <v>1832</v>
       </c>
       <c r="C12" s="7">
         <v>2350.3347980349404</v>
       </c>
       <c r="D12" s="8">
         <v>1980</v>
       </c>
       <c r="E12" s="7">
         <v>2464.2825151515126</v>
       </c>
       <c r="F12" s="8">
         <v>1947</v>
       </c>
       <c r="G12" s="7">
         <v>2587.6814072932721</v>
       </c>
       <c r="H12" s="8">
         <v>2095</v>
       </c>
       <c r="I12" s="7">
         <v>2754.694854415277</v>
       </c>
       <c r="J12" s="8">
-        <v>1494</v>
+        <v>1669</v>
       </c>
       <c r="K12" s="7">
-        <v>2888.0531392235607</v>
+        <v>2890.1659376872367</v>
       </c>
     </row>
     <row r="13" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="8">
         <v>16342</v>
       </c>
       <c r="C13" s="7">
         <v>1600.3240545832793</v>
       </c>
       <c r="D13" s="8">
         <v>12574</v>
       </c>
       <c r="E13" s="7">
         <v>1750.3051320184502</v>
       </c>
       <c r="F13" s="8">
         <v>10702</v>
       </c>
       <c r="G13" s="7">
         <v>1866.0060119603797</v>
       </c>
       <c r="H13" s="8">
         <v>9907</v>
       </c>
       <c r="I13" s="7">
         <v>1999.391039668923</v>
       </c>
       <c r="J13" s="8">
-        <v>6162</v>
+        <v>6910</v>
       </c>
       <c r="K13" s="7">
-        <v>2102.0518727685812</v>
+        <v>2109.4282749638205</v>
       </c>
     </row>
     <row r="14" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="8">
         <v>19308</v>
       </c>
       <c r="C14" s="7">
         <v>1570.2259063600561</v>
       </c>
       <c r="D14" s="8">
         <v>19487</v>
       </c>
       <c r="E14" s="7">
         <v>1567.3118653461256</v>
       </c>
       <c r="F14" s="8">
         <v>17684</v>
       </c>
       <c r="G14" s="7">
         <v>1618.6115482922401</v>
       </c>
       <c r="H14" s="8">
         <v>16198</v>
       </c>
       <c r="I14" s="7">
         <v>1715.4416026669953</v>
       </c>
       <c r="J14" s="8">
-        <v>9292</v>
+        <v>10361</v>
       </c>
       <c r="K14" s="7">
-        <v>1482.5275860955649</v>
+        <v>1453.1650468101525</v>
       </c>
     </row>
     <row r="15" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="8">
         <v>54004</v>
       </c>
       <c r="C15" s="7">
         <v>1674.4260232575407</v>
       </c>
       <c r="D15" s="8">
         <v>53592</v>
       </c>
       <c r="E15" s="7">
         <v>1691.7133880056722</v>
       </c>
       <c r="F15" s="8">
         <v>46229</v>
       </c>
       <c r="G15" s="7">
         <v>1789.1959910445814</v>
       </c>
       <c r="H15" s="8">
         <v>48945</v>
       </c>
       <c r="I15" s="7">
         <v>1981.0102923689863</v>
       </c>
       <c r="J15" s="8">
-        <v>29888</v>
+        <v>33963</v>
       </c>
       <c r="K15" s="7">
-        <v>2022.9481611349061</v>
+        <v>2041.0317610340687</v>
       </c>
     </row>
     <row r="16" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="8">
         <v>25994</v>
       </c>
       <c r="C16" s="7">
         <v>1752.7446572285935</v>
       </c>
       <c r="D16" s="8">
         <v>26799</v>
       </c>
       <c r="E16" s="7">
         <v>1620.4490182469497</v>
       </c>
       <c r="F16" s="8">
         <v>26445</v>
       </c>
       <c r="G16" s="7">
         <v>1687.0981081489881</v>
       </c>
       <c r="H16" s="8">
         <v>31717</v>
       </c>
       <c r="I16" s="7">
         <v>1786.5852303181277</v>
       </c>
       <c r="J16" s="8">
-        <v>18248</v>
+        <v>20564</v>
       </c>
       <c r="K16" s="7">
-        <v>1855.8947709338036</v>
+        <v>1876.036393697726</v>
       </c>
     </row>
     <row r="17" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="8">
         <v>117983</v>
       </c>
       <c r="C17" s="7">
         <v>1383.561480128503</v>
       </c>
       <c r="D17" s="8">
         <v>115234</v>
       </c>
       <c r="E17" s="7">
         <v>1521.4886538695112</v>
       </c>
       <c r="F17" s="8">
         <v>111576</v>
       </c>
       <c r="G17" s="7">
         <v>1557.5377483509033</v>
       </c>
       <c r="H17" s="8">
         <v>130738</v>
       </c>
       <c r="I17" s="7">
         <v>1673.886594639657</v>
       </c>
       <c r="J17" s="8">
-        <v>89706</v>
+        <v>101339</v>
       </c>
       <c r="K17" s="7">
-        <v>1760.8607355137874</v>
+        <v>1770.9020043615969</v>
       </c>
     </row>
     <row r="18" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B18" s="8">
         <v>60103</v>
       </c>
       <c r="C18" s="7">
         <v>907.89800359383207</v>
       </c>
       <c r="D18" s="8">
         <v>73991</v>
       </c>
       <c r="E18" s="7">
         <v>963.40834141990263</v>
       </c>
       <c r="F18" s="8">
         <v>84475</v>
       </c>
       <c r="G18" s="7">
         <v>1013.5453576797861</v>
       </c>
       <c r="H18" s="8">
         <v>94805</v>
       </c>
       <c r="I18" s="7">
         <v>1132.916341965087</v>
       </c>
       <c r="J18" s="8">
-        <v>59007</v>
+        <v>69071</v>
       </c>
       <c r="K18" s="7">
-        <v>1202.4438092090782</v>
+        <v>1209.9578122511625</v>
       </c>
       <c r="N18" s="14"/>
     </row>
     <row r="19" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B19" s="8">
         <v>6361</v>
       </c>
       <c r="C19" s="7">
         <v>986.17396950164937</v>
       </c>
       <c r="D19" s="8">
         <v>8533</v>
       </c>
       <c r="E19" s="7">
         <v>1033.5624200164057</v>
       </c>
       <c r="F19" s="8">
         <v>10467</v>
       </c>
       <c r="G19" s="7">
         <v>1083.6298691124489</v>
       </c>
       <c r="H19" s="8">
         <v>14136</v>
       </c>
       <c r="I19" s="7">
         <v>1169.4497870684772</v>
       </c>
       <c r="J19" s="8">
-        <v>11352</v>
+        <v>12866</v>
       </c>
       <c r="K19" s="7">
-        <v>1207.8408025017616</v>
+        <v>1224.7486849059533</v>
       </c>
     </row>
     <row r="20" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="8">
         <v>3459</v>
       </c>
       <c r="C20" s="7">
         <v>984.07368603642806</v>
       </c>
       <c r="D20" s="8">
         <v>3863</v>
       </c>
       <c r="E20" s="7">
         <v>1044.5801035464656</v>
       </c>
       <c r="F20" s="8">
         <v>4927</v>
       </c>
       <c r="G20" s="7">
         <v>1143.4284899533184</v>
       </c>
       <c r="H20" s="8">
         <v>5818</v>
       </c>
       <c r="I20" s="7">
         <v>1192.9301168786551</v>
       </c>
       <c r="J20" s="8">
-        <v>4922</v>
+        <v>5575</v>
       </c>
       <c r="K20" s="7">
-        <v>1251.3769463632671</v>
+        <v>1260.0538170403581</v>
       </c>
     </row>
     <row r="21" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="8">
         <v>2128</v>
       </c>
       <c r="C21" s="7">
         <v>998.29808740601482</v>
       </c>
       <c r="D21" s="8">
         <v>2482</v>
       </c>
       <c r="E21" s="7">
         <v>1079.6510596293328</v>
       </c>
       <c r="F21" s="8">
         <v>2921</v>
       </c>
       <c r="G21" s="7">
         <v>1166.6171687778167</v>
       </c>
       <c r="H21" s="8">
         <v>3336</v>
       </c>
       <c r="I21" s="7">
         <v>1205.1109832134296</v>
       </c>
       <c r="J21" s="8">
-        <v>2778</v>
+        <v>3118</v>
       </c>
       <c r="K21" s="7">
-        <v>1271.4238444924401</v>
+        <v>1280.1787588197562</v>
       </c>
     </row>
     <row r="22" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B22" s="8">
         <v>2015</v>
       </c>
       <c r="C22" s="7">
         <v>1365.2899106699754</v>
       </c>
       <c r="D22" s="8">
         <v>2349</v>
       </c>
       <c r="E22" s="7">
         <v>1532.5073265219251</v>
       </c>
       <c r="F22" s="8">
         <v>2586</v>
       </c>
       <c r="G22" s="7">
         <v>1540.1609590100527</v>
       </c>
       <c r="H22" s="8">
         <v>2989</v>
       </c>
       <c r="I22" s="7">
         <v>1632.3231615925063</v>
       </c>
       <c r="J22" s="8">
-        <v>2530</v>
+        <v>2921</v>
       </c>
       <c r="K22" s="7">
-        <v>1689.6740079051394</v>
+        <v>1731.4477439233153</v>
       </c>
     </row>
     <row r="23" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B23" s="8">
         <v>3675</v>
       </c>
       <c r="C23" s="7">
         <v>890.59828027211336</v>
       </c>
       <c r="D23" s="8">
         <v>4023</v>
       </c>
       <c r="E23" s="7">
         <v>920.59548844146161</v>
       </c>
       <c r="F23" s="8">
         <v>4336</v>
       </c>
       <c r="G23" s="7">
         <v>952.75929197416883</v>
       </c>
       <c r="H23" s="8">
         <v>4865</v>
       </c>
       <c r="I23" s="7">
         <v>989.01639671120233</v>
       </c>
       <c r="J23" s="8">
-        <v>4216</v>
+        <v>4670</v>
       </c>
       <c r="K23" s="7">
-        <v>1151.3065702087285</v>
+        <v>1160.78900856531</v>
       </c>
     </row>
     <row r="24" spans="1:14" s="3" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B24" s="11">
         <v>316156</v>
       </c>
       <c r="C24" s="10">
         <v>1388.3794683637234</v>
       </c>
       <c r="D24" s="11">
         <v>327872</v>
       </c>
       <c r="E24" s="10">
         <v>1426.750031933188</v>
       </c>
       <c r="F24" s="11">
         <v>326949</v>
       </c>
       <c r="G24" s="10">
         <v>1453.1407905208528</v>
       </c>
       <c r="H24" s="11">
         <v>368065</v>
       </c>
       <c r="I24" s="10">
         <v>1566.3715480961266</v>
       </c>
       <c r="J24" s="11">
-        <v>241216</v>
+        <v>274843</v>
       </c>
       <c r="K24" s="10">
-        <v>1620.5885184647784</v>
+        <v>1627.3149543557595</v>
       </c>
     </row>
     <row r="25" spans="1:14" s="3" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B25" s="8">
         <v>120432</v>
       </c>
       <c r="C25" s="7">
         <v>1688.2142761060227</v>
       </c>
       <c r="D25" s="8">
         <v>117397</v>
       </c>
       <c r="E25" s="7">
         <v>1689.5057452916153</v>
       </c>
       <c r="F25" s="8">
         <v>105661</v>
       </c>
       <c r="G25" s="7">
         <v>1771.7238823217638</v>
       </c>
       <c r="H25" s="8">
         <v>111378</v>
       </c>
       <c r="I25" s="7">
         <v>1913.278976907472</v>
       </c>
       <c r="J25" s="8">
-        <v>66705</v>
+        <v>75283</v>
       </c>
       <c r="K25" s="7">
-        <v>1940.9042767408755</v>
+        <v>1952.2233734043555</v>
       </c>
     </row>
     <row r="26" spans="1:14" s="3" customFormat="1" ht="20.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B26" s="8">
         <v>195724</v>
       </c>
       <c r="C26" s="7">
         <v>1203.8864804520626</v>
       </c>
       <c r="D26" s="8">
         <v>210475</v>
       </c>
       <c r="E26" s="7">
         <v>1280.1923292077365</v>
       </c>
       <c r="F26" s="8">
         <v>221288</v>
       </c>
       <c r="G26" s="7">
         <v>1301.0231516846966</v>
       </c>
       <c r="H26" s="8">
         <v>256687</v>
       </c>
       <c r="I26" s="7">
         <v>1415.8463730535577</v>
       </c>
       <c r="J26" s="8">
-        <v>174511</v>
+        <v>199560</v>
       </c>
       <c r="K26" s="7">
-        <v>1498.1511783784397</v>
+        <v>1504.7448976748842</v>
       </c>
     </row>
     <row r="27" spans="1:14" s="3" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B27" s="5">
         <v>64.664437587773108</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D27" s="5">
         <v>64.834673500634253</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F27" s="5">
         <v>65.054527678628943</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>0</v>
       </c>
       <c r="H27" s="5">
         <v>65.17130914376537</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>0</v>
       </c>
       <c r="J27" s="5">
-        <v>65.314937359047519</v>
+        <v>65.326862317759634</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="30.6" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
       <c r="J28" s="2"/>
       <c r="K28" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A28:K28"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:C4"/>