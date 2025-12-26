--- v1 (2025-11-06)
+++ v2 (2025-12-26)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8EF2D44E-3454-4CC9-8D95-D641FE4CA8B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9CAA0CAF-818C-45DF-8C99-5BBB4485D1F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{87344435-B21B-4A7F-A77F-DED7CCB017DB}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{A94F423A-65E8-4263-88E5-E66E84B1685C}"/>
   </bookViews>
   <sheets>
     <sheet name="Evolución" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Evolución!$A$1:$K$28</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -111,51 +111,51 @@
   <si>
     <t>59 años</t>
   </si>
   <si>
     <t>58 años</t>
   </si>
   <si>
     <t>57 años</t>
   </si>
   <si>
     <t>56 años</t>
   </si>
   <si>
     <t>55 años</t>
   </si>
   <si>
     <t>Hasta 54 años</t>
   </si>
   <si>
     <t>Pensión media</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
-    <t>(acumulado a septiembre)</t>
+    <t>(acumulado a octubre)</t>
   </si>
   <si>
     <t>Año 2025</t>
   </si>
   <si>
     <t>Año 2024</t>
   </si>
   <si>
     <t>Año 2023</t>
   </si>
   <si>
     <t>Año 2022</t>
   </si>
   <si>
     <t>Año 2021</t>
   </si>
   <si>
     <t>Edades</t>
   </si>
   <si>
     <t>Datos anuales acumulados</t>
   </si>
   <si>
     <t>Evolución de las altas iniciales de Jubilación por edades. Periodo 2021 - 2025</t>
   </si>
@@ -468,51 +468,51 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{04067B2B-F2C9-48EE-949C-1401516AFB5A}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{4F52DE33-B2DF-41D9-9922-A7F6439FA453}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -777,51 +777,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C33457DF-2A07-4396-81F7-198CAA649228}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4CDC23DD-5D7D-4DA3-9247-7D2DF067C2B7}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N28"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.85546875" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14" style="1" customWidth="1"/>
     <col min="2" max="11" width="11" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="28" t="s">
         <v>33</v>
       </c>
       <c r="B1" s="28"/>
       <c r="C1" s="28"/>
       <c r="D1" s="28"/>
       <c r="E1" s="28"/>
@@ -927,787 +927,787 @@
       <c r="B6" s="8">
         <v>163</v>
       </c>
       <c r="C6" s="7">
         <v>2499.2126993865018</v>
       </c>
       <c r="D6" s="8">
         <v>189</v>
       </c>
       <c r="E6" s="7">
         <v>2597.2203174603173</v>
       </c>
       <c r="F6" s="8">
         <v>165</v>
       </c>
       <c r="G6" s="7">
         <v>2679.3608484848478</v>
       </c>
       <c r="H6" s="8">
         <v>132</v>
       </c>
       <c r="I6" s="7">
         <v>2901.9803030303028</v>
       </c>
       <c r="J6" s="8">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="K6" s="7">
-        <v>2957.6728235294122</v>
+        <v>2967.4378651685397</v>
       </c>
     </row>
     <row r="7" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="8">
         <v>249</v>
       </c>
       <c r="C7" s="7">
         <v>2484.6797991967851</v>
       </c>
       <c r="D7" s="8">
         <v>245</v>
       </c>
       <c r="E7" s="7">
         <v>2573.116571428573</v>
       </c>
       <c r="F7" s="8">
         <v>268</v>
       </c>
       <c r="G7" s="7">
         <v>2749.2043656716423</v>
       </c>
       <c r="H7" s="8">
         <v>180</v>
       </c>
       <c r="I7" s="7">
         <v>2819.9255555555551</v>
       </c>
       <c r="J7" s="8">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="K7" s="7">
-        <v>2891.580245901639</v>
+        <v>2890.4923880597007</v>
       </c>
     </row>
     <row r="8" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="8">
         <v>505</v>
       </c>
       <c r="C8" s="7">
         <v>2077.6970693069288</v>
       </c>
       <c r="D8" s="8">
         <v>564</v>
       </c>
       <c r="E8" s="7">
         <v>2145.8993617021283</v>
       </c>
       <c r="F8" s="8">
         <v>524</v>
       </c>
       <c r="G8" s="7">
         <v>2196.0756679389315</v>
       </c>
       <c r="H8" s="8">
         <v>538</v>
       </c>
       <c r="I8" s="7">
         <v>2197.2021747211907</v>
       </c>
       <c r="J8" s="8">
-        <v>326</v>
+        <v>360</v>
       </c>
       <c r="K8" s="7">
-        <v>2159.7473926380353</v>
+        <v>2176.1227777777767</v>
       </c>
     </row>
     <row r="9" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="8">
         <v>383</v>
       </c>
       <c r="C9" s="7">
         <v>1981.1492950391644</v>
       </c>
       <c r="D9" s="8">
         <v>377</v>
       </c>
       <c r="E9" s="7">
         <v>2059.8183554376665</v>
       </c>
       <c r="F9" s="8">
         <v>368</v>
       </c>
       <c r="G9" s="7">
         <v>2089.7923369565206</v>
       </c>
       <c r="H9" s="8">
         <v>344</v>
       </c>
       <c r="I9" s="7">
         <v>2229.4296802325575</v>
       </c>
       <c r="J9" s="8">
-        <v>275</v>
+        <v>309</v>
       </c>
       <c r="K9" s="7">
-        <v>2491.5778181818168</v>
+        <v>2482.0307443365687</v>
       </c>
     </row>
     <row r="10" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>389</v>
       </c>
       <c r="C10" s="7">
         <v>1897.0379177377886</v>
       </c>
       <c r="D10" s="8">
         <v>396</v>
       </c>
       <c r="E10" s="7">
         <v>1944.0774747474757</v>
       </c>
       <c r="F10" s="8">
         <v>352</v>
       </c>
       <c r="G10" s="7">
         <v>2030.5725568181833</v>
       </c>
       <c r="H10" s="8">
         <v>394</v>
       </c>
       <c r="I10" s="7">
         <v>2100.0358375634519</v>
       </c>
       <c r="J10" s="8">
-        <v>292</v>
+        <v>326</v>
       </c>
       <c r="K10" s="7">
-        <v>2369.3207876712327</v>
+        <v>2356.1066871165649</v>
       </c>
     </row>
     <row r="11" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="8">
         <v>1263</v>
       </c>
       <c r="C11" s="7">
         <v>2359.6368804433973</v>
       </c>
       <c r="D11" s="8">
         <v>1194</v>
       </c>
       <c r="E11" s="7">
         <v>2467.658944723617</v>
       </c>
       <c r="F11" s="8">
         <v>977</v>
       </c>
       <c r="G11" s="7">
         <v>2486.0772262026603</v>
       </c>
       <c r="H11" s="8">
         <v>928</v>
       </c>
       <c r="I11" s="7">
         <v>2627.8629849137951</v>
       </c>
       <c r="J11" s="8">
-        <v>716</v>
+        <v>810</v>
       </c>
       <c r="K11" s="7">
-        <v>2694.8331564245777</v>
+        <v>2693.5042839506154</v>
       </c>
     </row>
     <row r="12" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="8">
         <v>1832</v>
       </c>
       <c r="C12" s="7">
         <v>2350.3347980349404</v>
       </c>
       <c r="D12" s="8">
         <v>1980</v>
       </c>
       <c r="E12" s="7">
         <v>2464.2825151515126</v>
       </c>
       <c r="F12" s="8">
         <v>1947</v>
       </c>
       <c r="G12" s="7">
         <v>2587.6814072932721</v>
       </c>
       <c r="H12" s="8">
         <v>2095</v>
       </c>
       <c r="I12" s="7">
         <v>2754.694854415277</v>
       </c>
       <c r="J12" s="8">
-        <v>1669</v>
+        <v>1866</v>
       </c>
       <c r="K12" s="7">
-        <v>2890.1659376872367</v>
+        <v>2894.5679421221862</v>
       </c>
     </row>
     <row r="13" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="8">
         <v>16342</v>
       </c>
       <c r="C13" s="7">
         <v>1600.3240545832793</v>
       </c>
       <c r="D13" s="8">
         <v>12574</v>
       </c>
       <c r="E13" s="7">
         <v>1750.3051320184502</v>
       </c>
       <c r="F13" s="8">
         <v>10702</v>
       </c>
       <c r="G13" s="7">
         <v>1866.0060119603797</v>
       </c>
       <c r="H13" s="8">
         <v>9907</v>
       </c>
       <c r="I13" s="7">
         <v>1999.391039668923</v>
       </c>
       <c r="J13" s="8">
-        <v>6910</v>
+        <v>7834</v>
       </c>
       <c r="K13" s="7">
-        <v>2109.4282749638205</v>
+        <v>2112.2541856012253</v>
       </c>
     </row>
     <row r="14" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="8">
         <v>19308</v>
       </c>
       <c r="C14" s="7">
         <v>1570.2259063600561</v>
       </c>
       <c r="D14" s="8">
         <v>19487</v>
       </c>
       <c r="E14" s="7">
         <v>1567.3118653461256</v>
       </c>
       <c r="F14" s="8">
         <v>17684</v>
       </c>
       <c r="G14" s="7">
         <v>1618.6115482922401</v>
       </c>
       <c r="H14" s="8">
         <v>16198</v>
       </c>
       <c r="I14" s="7">
         <v>1715.4416026669953</v>
       </c>
       <c r="J14" s="8">
-        <v>10361</v>
+        <v>11783</v>
       </c>
       <c r="K14" s="7">
-        <v>1453.1650468101525</v>
+        <v>1426.4878859373666</v>
       </c>
     </row>
     <row r="15" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="8">
         <v>54004</v>
       </c>
       <c r="C15" s="7">
         <v>1674.4260232575407</v>
       </c>
       <c r="D15" s="8">
         <v>53592</v>
       </c>
       <c r="E15" s="7">
         <v>1691.7133880056722</v>
       </c>
       <c r="F15" s="8">
         <v>46229</v>
       </c>
       <c r="G15" s="7">
         <v>1789.1959910445814</v>
       </c>
       <c r="H15" s="8">
         <v>48945</v>
       </c>
       <c r="I15" s="7">
         <v>1981.0102923689863</v>
       </c>
       <c r="J15" s="8">
-        <v>33963</v>
+        <v>38744</v>
       </c>
       <c r="K15" s="7">
-        <v>2041.0317610340687</v>
+        <v>2049.2996221350418</v>
       </c>
     </row>
     <row r="16" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="8">
         <v>25994</v>
       </c>
       <c r="C16" s="7">
         <v>1752.7446572285935</v>
       </c>
       <c r="D16" s="8">
         <v>26799</v>
       </c>
       <c r="E16" s="7">
         <v>1620.4490182469497</v>
       </c>
       <c r="F16" s="8">
         <v>26445</v>
       </c>
       <c r="G16" s="7">
         <v>1687.0981081489881</v>
       </c>
       <c r="H16" s="8">
         <v>31717</v>
       </c>
       <c r="I16" s="7">
         <v>1786.5852303181277</v>
       </c>
       <c r="J16" s="8">
-        <v>20564</v>
+        <v>23278</v>
       </c>
       <c r="K16" s="7">
-        <v>1876.036393697726</v>
+        <v>1881.1484100867783</v>
       </c>
     </row>
     <row r="17" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="8">
         <v>117983</v>
       </c>
       <c r="C17" s="7">
         <v>1383.561480128503</v>
       </c>
       <c r="D17" s="8">
         <v>115234</v>
       </c>
       <c r="E17" s="7">
         <v>1521.4886538695112</v>
       </c>
       <c r="F17" s="8">
         <v>111576</v>
       </c>
       <c r="G17" s="7">
         <v>1557.5377483509033</v>
       </c>
       <c r="H17" s="8">
         <v>130738</v>
       </c>
       <c r="I17" s="7">
         <v>1673.886594639657</v>
       </c>
       <c r="J17" s="8">
-        <v>101339</v>
+        <v>113569</v>
       </c>
       <c r="K17" s="7">
-        <v>1770.9020043615969</v>
+        <v>1774.4308993651432</v>
       </c>
     </row>
     <row r="18" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B18" s="8">
         <v>60103</v>
       </c>
       <c r="C18" s="7">
         <v>907.89800359383207</v>
       </c>
       <c r="D18" s="8">
         <v>73991</v>
       </c>
       <c r="E18" s="7">
         <v>963.40834141990263</v>
       </c>
       <c r="F18" s="8">
         <v>84475</v>
       </c>
       <c r="G18" s="7">
         <v>1013.5453576797861</v>
       </c>
       <c r="H18" s="8">
         <v>94805</v>
       </c>
       <c r="I18" s="7">
         <v>1132.916341965087</v>
       </c>
       <c r="J18" s="8">
-        <v>69071</v>
+        <v>80284</v>
       </c>
       <c r="K18" s="7">
-        <v>1209.9578122511625</v>
+        <v>1211.7664591948585</v>
       </c>
       <c r="N18" s="14"/>
     </row>
     <row r="19" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B19" s="8">
         <v>6361</v>
       </c>
       <c r="C19" s="7">
         <v>986.17396950164937</v>
       </c>
       <c r="D19" s="8">
         <v>8533</v>
       </c>
       <c r="E19" s="7">
         <v>1033.5624200164057</v>
       </c>
       <c r="F19" s="8">
         <v>10467</v>
       </c>
       <c r="G19" s="7">
         <v>1083.6298691124489</v>
       </c>
       <c r="H19" s="8">
         <v>14136</v>
       </c>
       <c r="I19" s="7">
         <v>1169.4497870684772</v>
       </c>
       <c r="J19" s="8">
-        <v>12866</v>
+        <v>14643</v>
       </c>
       <c r="K19" s="7">
-        <v>1224.7486849059533</v>
+        <v>1218.8918295431258</v>
       </c>
     </row>
     <row r="20" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="8">
         <v>3459</v>
       </c>
       <c r="C20" s="7">
         <v>984.07368603642806</v>
       </c>
       <c r="D20" s="8">
         <v>3863</v>
       </c>
       <c r="E20" s="7">
         <v>1044.5801035464656</v>
       </c>
       <c r="F20" s="8">
         <v>4927</v>
       </c>
       <c r="G20" s="7">
         <v>1143.4284899533184</v>
       </c>
       <c r="H20" s="8">
         <v>5818</v>
       </c>
       <c r="I20" s="7">
         <v>1192.9301168786551</v>
       </c>
       <c r="J20" s="8">
-        <v>5575</v>
+        <v>6369</v>
       </c>
       <c r="K20" s="7">
-        <v>1260.0538170403581</v>
+        <v>1267.7044292667599</v>
       </c>
     </row>
     <row r="21" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="8">
         <v>2128</v>
       </c>
       <c r="C21" s="7">
         <v>998.29808740601482</v>
       </c>
       <c r="D21" s="8">
         <v>2482</v>
       </c>
       <c r="E21" s="7">
         <v>1079.6510596293328</v>
       </c>
       <c r="F21" s="8">
         <v>2921</v>
       </c>
       <c r="G21" s="7">
         <v>1166.6171687778167</v>
       </c>
       <c r="H21" s="8">
         <v>3336</v>
       </c>
       <c r="I21" s="7">
         <v>1205.1109832134296</v>
       </c>
       <c r="J21" s="8">
-        <v>3118</v>
+        <v>3469</v>
       </c>
       <c r="K21" s="7">
-        <v>1280.1787588197562</v>
+        <v>1285.0290660132598</v>
       </c>
     </row>
     <row r="22" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B22" s="8">
         <v>2015</v>
       </c>
       <c r="C22" s="7">
         <v>1365.2899106699754</v>
       </c>
       <c r="D22" s="8">
         <v>2349</v>
       </c>
       <c r="E22" s="7">
         <v>1532.5073265219251</v>
       </c>
       <c r="F22" s="8">
         <v>2586</v>
       </c>
       <c r="G22" s="7">
         <v>1540.1609590100527</v>
       </c>
       <c r="H22" s="8">
         <v>2989</v>
       </c>
       <c r="I22" s="7">
         <v>1632.3231615925063</v>
       </c>
       <c r="J22" s="8">
-        <v>2921</v>
+        <v>3268</v>
       </c>
       <c r="K22" s="7">
-        <v>1731.4477439233153</v>
+        <v>1734.8543329253382</v>
       </c>
     </row>
     <row r="23" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B23" s="8">
         <v>3675</v>
       </c>
       <c r="C23" s="7">
         <v>890.59828027211336</v>
       </c>
       <c r="D23" s="8">
         <v>4023</v>
       </c>
       <c r="E23" s="7">
         <v>920.59548844146161</v>
       </c>
       <c r="F23" s="8">
         <v>4336</v>
       </c>
       <c r="G23" s="7">
         <v>952.75929197416883</v>
       </c>
       <c r="H23" s="8">
         <v>4865</v>
       </c>
       <c r="I23" s="7">
         <v>989.01639671120233</v>
       </c>
       <c r="J23" s="8">
-        <v>4670</v>
+        <v>5240</v>
       </c>
       <c r="K23" s="7">
-        <v>1160.78900856531</v>
+        <v>1170.2018893129768</v>
       </c>
     </row>
     <row r="24" spans="1:14" s="3" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B24" s="11">
         <v>316156</v>
       </c>
       <c r="C24" s="10">
         <v>1388.3794683637234</v>
       </c>
       <c r="D24" s="11">
         <v>327872</v>
       </c>
       <c r="E24" s="10">
         <v>1426.750031933188</v>
       </c>
       <c r="F24" s="11">
         <v>326949</v>
       </c>
       <c r="G24" s="10">
         <v>1453.1407905208528</v>
       </c>
       <c r="H24" s="11">
         <v>368065</v>
       </c>
       <c r="I24" s="10">
         <v>1566.3715480961266</v>
       </c>
       <c r="J24" s="11">
-        <v>274843</v>
+        <v>312375</v>
       </c>
       <c r="K24" s="10">
-        <v>1627.3149543557595</v>
+        <v>1626.5168065946377</v>
       </c>
     </row>
     <row r="25" spans="1:14" s="3" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B25" s="8">
         <v>120432</v>
       </c>
       <c r="C25" s="7">
         <v>1688.2142761060227</v>
       </c>
       <c r="D25" s="8">
         <v>117397</v>
       </c>
       <c r="E25" s="7">
         <v>1689.5057452916153</v>
       </c>
       <c r="F25" s="8">
         <v>105661</v>
       </c>
       <c r="G25" s="7">
         <v>1771.7238823217638</v>
       </c>
       <c r="H25" s="8">
         <v>111378</v>
       </c>
       <c r="I25" s="7">
         <v>1913.278976907472</v>
       </c>
       <c r="J25" s="8">
-        <v>75283</v>
+        <v>85533</v>
       </c>
       <c r="K25" s="7">
-        <v>1952.2233734043555</v>
+        <v>1953.5853527878139</v>
       </c>
     </row>
     <row r="26" spans="1:14" s="3" customFormat="1" ht="20.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B26" s="8">
         <v>195724</v>
       </c>
       <c r="C26" s="7">
         <v>1203.8864804520626</v>
       </c>
       <c r="D26" s="8">
         <v>210475</v>
       </c>
       <c r="E26" s="7">
         <v>1280.1923292077365</v>
       </c>
       <c r="F26" s="8">
         <v>221288</v>
       </c>
       <c r="G26" s="7">
         <v>1301.0231516846966</v>
       </c>
       <c r="H26" s="8">
         <v>256687</v>
       </c>
       <c r="I26" s="7">
         <v>1415.8463730535577</v>
       </c>
       <c r="J26" s="8">
-        <v>199560</v>
+        <v>226842</v>
       </c>
       <c r="K26" s="7">
-        <v>1504.7448976748842</v>
+        <v>1503.1924047574962</v>
       </c>
     </row>
     <row r="27" spans="1:14" s="3" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B27" s="5">
         <v>64.664437587773108</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D27" s="5">
         <v>64.834673500634253</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F27" s="5">
         <v>65.054527678628943</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>0</v>
       </c>
       <c r="H27" s="5">
         <v>65.17130914376537</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>0</v>
       </c>
       <c r="J27" s="5">
-        <v>65.326862317759634</v>
+        <v>65.333780840336175</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="30.6" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
       <c r="J28" s="2"/>
       <c r="K28" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A28:K28"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:C4"/>