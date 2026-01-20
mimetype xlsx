--- v2 (2025-12-26)
+++ v3 (2026-01-20)
@@ -1,57 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9CAA0CAF-818C-45DF-8C99-5BBB4485D1F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E419529E-FBD5-4B99-9DCB-9FE3168A681F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{A94F423A-65E8-4263-88E5-E66E84B1685C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0C59E403-86B7-4CBD-8380-5A7B3DE1A59B}"/>
   </bookViews>
   <sheets>
     <sheet name="Evolución" sheetId="1" r:id="rId1"/>
   </sheets>
+  <externalReferences>
+    <externalReference r:id="rId2"/>
+  </externalReferences>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Evolución!$A$1:$K$28</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -111,51 +115,51 @@
   <si>
     <t>59 años</t>
   </si>
   <si>
     <t>58 años</t>
   </si>
   <si>
     <t>57 años</t>
   </si>
   <si>
     <t>56 años</t>
   </si>
   <si>
     <t>55 años</t>
   </si>
   <si>
     <t>Hasta 54 años</t>
   </si>
   <si>
     <t>Pensión media</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
-    <t>(acumulado a octubre)</t>
+    <t>(acumulado a noviembre)</t>
   </si>
   <si>
     <t>Año 2025</t>
   </si>
   <si>
     <t>Año 2024</t>
   </si>
   <si>
     <t>Año 2023</t>
   </si>
   <si>
     <t>Año 2022</t>
   </si>
   <si>
     <t>Año 2021</t>
   </si>
   <si>
     <t>Edades</t>
   </si>
   <si>
     <t>Datos anuales acumulados</t>
   </si>
   <si>
     <t>Evolución de las altas iniciales de Jubilación por edades. Periodo 2021 - 2025</t>
   </si>
@@ -468,67 +472,103 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{4F52DE33-B2DF-41D9-9922-A7F6439FA453}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{D3519A52-74F1-49A4-9C53-95C0CE984D4A}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///I:\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACI&#211;N_INTERNET_INTRANET\RISP\RISP.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/SGGEPEE/AR_ECO/EASE/INF_MENSUAL/PUBLICACI&#211;N_INTERNET_INTRANET/RISP/RISP.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="INCIDENCIA"/>
+      <sheetName val="Por regímenes"/>
+      <sheetName val="Evolución"/>
+      <sheetName val="Por sexos (número)"/>
+      <sheetName val="Por sexos (media)"/>
+      <sheetName val="Rangos"/>
+      <sheetName val="Tabla ALINEDJ acumulado"/>
+      <sheetName val="Tabla ALINEDJ acumulado (2)"/>
+      <sheetName val="Tabla anual (edades)"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0"/>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5"/>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -777,51 +817,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4CDC23DD-5D7D-4DA3-9247-7D2DF067C2B7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F4FF0F8-CC30-409D-9DDF-EC5ED511641D}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N28"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.85546875" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14" style="1" customWidth="1"/>
     <col min="2" max="11" width="11" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="28" t="s">
         <v>33</v>
       </c>
       <c r="B1" s="28"/>
       <c r="C1" s="28"/>
       <c r="D1" s="28"/>
       <c r="E1" s="28"/>
@@ -927,787 +967,787 @@
       <c r="B6" s="8">
         <v>163</v>
       </c>
       <c r="C6" s="7">
         <v>2499.2126993865018</v>
       </c>
       <c r="D6" s="8">
         <v>189</v>
       </c>
       <c r="E6" s="7">
         <v>2597.2203174603173</v>
       </c>
       <c r="F6" s="8">
         <v>165</v>
       </c>
       <c r="G6" s="7">
         <v>2679.3608484848478</v>
       </c>
       <c r="H6" s="8">
         <v>132</v>
       </c>
       <c r="I6" s="7">
         <v>2901.9803030303028</v>
       </c>
       <c r="J6" s="8">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="K6" s="7">
-        <v>2967.4378651685397</v>
+        <v>2943.6052577319597</v>
       </c>
     </row>
     <row r="7" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="9" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="8">
         <v>249</v>
       </c>
       <c r="C7" s="7">
         <v>2484.6797991967851</v>
       </c>
       <c r="D7" s="8">
         <v>245</v>
       </c>
       <c r="E7" s="7">
         <v>2573.116571428573</v>
       </c>
       <c r="F7" s="8">
         <v>268</v>
       </c>
       <c r="G7" s="7">
         <v>2749.2043656716423</v>
       </c>
       <c r="H7" s="8">
         <v>180</v>
       </c>
       <c r="I7" s="7">
         <v>2819.9255555555551</v>
       </c>
       <c r="J7" s="8">
-        <v>134</v>
+        <v>149</v>
       </c>
       <c r="K7" s="7">
-        <v>2890.4923880597007</v>
+        <v>2886.9364429530201</v>
       </c>
     </row>
     <row r="8" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="8">
         <v>505</v>
       </c>
       <c r="C8" s="7">
         <v>2077.6970693069288</v>
       </c>
       <c r="D8" s="8">
         <v>564</v>
       </c>
       <c r="E8" s="7">
         <v>2145.8993617021283</v>
       </c>
       <c r="F8" s="8">
         <v>524</v>
       </c>
       <c r="G8" s="7">
         <v>2196.0756679389315</v>
       </c>
       <c r="H8" s="8">
         <v>538</v>
       </c>
       <c r="I8" s="7">
         <v>2197.2021747211907</v>
       </c>
       <c r="J8" s="8">
-        <v>360</v>
+        <v>409</v>
       </c>
       <c r="K8" s="7">
-        <v>2176.1227777777767</v>
+        <v>2224.3059168704149</v>
       </c>
     </row>
     <row r="9" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="8">
         <v>383</v>
       </c>
       <c r="C9" s="7">
         <v>1981.1492950391644</v>
       </c>
       <c r="D9" s="8">
         <v>377</v>
       </c>
       <c r="E9" s="7">
         <v>2059.8183554376665</v>
       </c>
       <c r="F9" s="8">
         <v>368</v>
       </c>
       <c r="G9" s="7">
         <v>2089.7923369565206</v>
       </c>
       <c r="H9" s="8">
         <v>344</v>
       </c>
       <c r="I9" s="7">
         <v>2229.4296802325575</v>
       </c>
       <c r="J9" s="8">
-        <v>309</v>
+        <v>336</v>
       </c>
       <c r="K9" s="7">
-        <v>2482.0307443365687</v>
+        <v>2487.2919642857137</v>
       </c>
     </row>
     <row r="10" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="8">
         <v>389</v>
       </c>
       <c r="C10" s="7">
         <v>1897.0379177377886</v>
       </c>
       <c r="D10" s="8">
         <v>396</v>
       </c>
       <c r="E10" s="7">
         <v>1944.0774747474757</v>
       </c>
       <c r="F10" s="8">
         <v>352</v>
       </c>
       <c r="G10" s="7">
         <v>2030.5725568181833</v>
       </c>
       <c r="H10" s="8">
         <v>394</v>
       </c>
       <c r="I10" s="7">
         <v>2100.0358375634519</v>
       </c>
       <c r="J10" s="8">
-        <v>326</v>
+        <v>356</v>
       </c>
       <c r="K10" s="7">
-        <v>2356.1066871165649</v>
+        <v>2341.0075561797757</v>
       </c>
     </row>
     <row r="11" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="9" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="8">
         <v>1263</v>
       </c>
       <c r="C11" s="7">
         <v>2359.6368804433973</v>
       </c>
       <c r="D11" s="8">
         <v>1194</v>
       </c>
       <c r="E11" s="7">
         <v>2467.658944723617</v>
       </c>
       <c r="F11" s="8">
         <v>977</v>
       </c>
       <c r="G11" s="7">
         <v>2486.0772262026603</v>
       </c>
       <c r="H11" s="8">
         <v>928</v>
       </c>
       <c r="I11" s="7">
         <v>2627.8629849137951</v>
       </c>
       <c r="J11" s="8">
-        <v>810</v>
+        <v>881</v>
       </c>
       <c r="K11" s="7">
-        <v>2693.5042839506154</v>
+        <v>2695.5014188422242</v>
       </c>
     </row>
     <row r="12" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="8">
         <v>1832</v>
       </c>
       <c r="C12" s="7">
         <v>2350.3347980349404</v>
       </c>
       <c r="D12" s="8">
         <v>1980</v>
       </c>
       <c r="E12" s="7">
         <v>2464.2825151515126</v>
       </c>
       <c r="F12" s="8">
         <v>1947</v>
       </c>
       <c r="G12" s="7">
         <v>2587.6814072932721</v>
       </c>
       <c r="H12" s="8">
         <v>2095</v>
       </c>
       <c r="I12" s="7">
         <v>2754.694854415277</v>
       </c>
       <c r="J12" s="8">
-        <v>1866</v>
+        <v>2028</v>
       </c>
       <c r="K12" s="7">
-        <v>2894.5679421221862</v>
+        <v>2883.9366074950681</v>
       </c>
     </row>
     <row r="13" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="8">
         <v>16342</v>
       </c>
       <c r="C13" s="7">
         <v>1600.3240545832793</v>
       </c>
       <c r="D13" s="8">
         <v>12574</v>
       </c>
       <c r="E13" s="7">
         <v>1750.3051320184502</v>
       </c>
       <c r="F13" s="8">
         <v>10702</v>
       </c>
       <c r="G13" s="7">
         <v>1866.0060119603797</v>
       </c>
       <c r="H13" s="8">
         <v>9907</v>
       </c>
       <c r="I13" s="7">
         <v>1999.391039668923</v>
       </c>
       <c r="J13" s="8">
-        <v>7834</v>
+        <v>8589</v>
       </c>
       <c r="K13" s="7">
-        <v>2112.2541856012253</v>
+        <v>2115.1985295144964</v>
       </c>
     </row>
     <row r="14" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="8">
         <v>19308</v>
       </c>
       <c r="C14" s="7">
         <v>1570.2259063600561</v>
       </c>
       <c r="D14" s="8">
         <v>19487</v>
       </c>
       <c r="E14" s="7">
         <v>1567.3118653461256</v>
       </c>
       <c r="F14" s="8">
         <v>17684</v>
       </c>
       <c r="G14" s="7">
         <v>1618.6115482922401</v>
       </c>
       <c r="H14" s="8">
         <v>16198</v>
       </c>
       <c r="I14" s="7">
         <v>1715.4416026669953</v>
       </c>
       <c r="J14" s="8">
-        <v>11783</v>
+        <v>12785</v>
       </c>
       <c r="K14" s="7">
-        <v>1426.4878859373666</v>
+        <v>1418.1464974579576</v>
       </c>
     </row>
     <row r="15" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="8">
         <v>54004</v>
       </c>
       <c r="C15" s="7">
         <v>1674.4260232575407</v>
       </c>
       <c r="D15" s="8">
         <v>53592</v>
       </c>
       <c r="E15" s="7">
         <v>1691.7133880056722</v>
       </c>
       <c r="F15" s="8">
         <v>46229</v>
       </c>
       <c r="G15" s="7">
         <v>1789.1959910445814</v>
       </c>
       <c r="H15" s="8">
         <v>48945</v>
       </c>
       <c r="I15" s="7">
         <v>1981.0102923689863</v>
       </c>
       <c r="J15" s="8">
-        <v>38744</v>
+        <v>42320</v>
       </c>
       <c r="K15" s="7">
-        <v>2049.2996221350418</v>
+        <v>2051.0262426748614</v>
       </c>
     </row>
     <row r="16" spans="1:11" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="8">
         <v>25994</v>
       </c>
       <c r="C16" s="7">
         <v>1752.7446572285935</v>
       </c>
       <c r="D16" s="8">
         <v>26799</v>
       </c>
       <c r="E16" s="7">
         <v>1620.4490182469497</v>
       </c>
       <c r="F16" s="8">
         <v>26445</v>
       </c>
       <c r="G16" s="7">
         <v>1687.0981081489881</v>
       </c>
       <c r="H16" s="8">
         <v>31717</v>
       </c>
       <c r="I16" s="7">
         <v>1786.5852303181277</v>
       </c>
       <c r="J16" s="8">
-        <v>23278</v>
+        <v>25559</v>
       </c>
       <c r="K16" s="7">
-        <v>1881.1484100867783</v>
+        <v>1879.4976802691806</v>
       </c>
     </row>
     <row r="17" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="8">
         <v>117983</v>
       </c>
       <c r="C17" s="7">
         <v>1383.561480128503</v>
       </c>
       <c r="D17" s="8">
         <v>115234</v>
       </c>
       <c r="E17" s="7">
         <v>1521.4886538695112</v>
       </c>
       <c r="F17" s="8">
         <v>111576</v>
       </c>
       <c r="G17" s="7">
         <v>1557.5377483509033</v>
       </c>
       <c r="H17" s="8">
         <v>130738</v>
       </c>
       <c r="I17" s="7">
         <v>1673.886594639657</v>
       </c>
       <c r="J17" s="8">
-        <v>113569</v>
+        <v>123443</v>
       </c>
       <c r="K17" s="7">
-        <v>1774.4308993651432</v>
+        <v>1776.1980340724051</v>
       </c>
     </row>
     <row r="18" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B18" s="8">
         <v>60103</v>
       </c>
       <c r="C18" s="7">
         <v>907.89800359383207</v>
       </c>
       <c r="D18" s="8">
         <v>73991</v>
       </c>
       <c r="E18" s="7">
         <v>963.40834141990263</v>
       </c>
       <c r="F18" s="8">
         <v>84475</v>
       </c>
       <c r="G18" s="7">
         <v>1013.5453576797861</v>
       </c>
       <c r="H18" s="8">
         <v>94805</v>
       </c>
       <c r="I18" s="7">
         <v>1132.916341965087</v>
       </c>
       <c r="J18" s="8">
-        <v>80284</v>
+        <v>89266</v>
       </c>
       <c r="K18" s="7">
-        <v>1211.7664591948585</v>
+        <v>1211.034323482625</v>
       </c>
       <c r="N18" s="14"/>
     </row>
     <row r="19" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B19" s="8">
         <v>6361</v>
       </c>
       <c r="C19" s="7">
         <v>986.17396950164937</v>
       </c>
       <c r="D19" s="8">
         <v>8533</v>
       </c>
       <c r="E19" s="7">
         <v>1033.5624200164057</v>
       </c>
       <c r="F19" s="8">
         <v>10467</v>
       </c>
       <c r="G19" s="7">
         <v>1083.6298691124489</v>
       </c>
       <c r="H19" s="8">
         <v>14136</v>
       </c>
       <c r="I19" s="7">
         <v>1169.4497870684772</v>
       </c>
       <c r="J19" s="8">
-        <v>14643</v>
+        <v>16298</v>
       </c>
       <c r="K19" s="7">
-        <v>1218.8918295431258</v>
+        <v>1212.6109614676641</v>
       </c>
     </row>
     <row r="20" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="8">
         <v>3459</v>
       </c>
       <c r="C20" s="7">
         <v>984.07368603642806</v>
       </c>
       <c r="D20" s="8">
         <v>3863</v>
       </c>
       <c r="E20" s="7">
         <v>1044.5801035464656</v>
       </c>
       <c r="F20" s="8">
         <v>4927</v>
       </c>
       <c r="G20" s="7">
         <v>1143.4284899533184</v>
       </c>
       <c r="H20" s="8">
         <v>5818</v>
       </c>
       <c r="I20" s="7">
         <v>1192.9301168786551</v>
       </c>
       <c r="J20" s="8">
-        <v>6369</v>
+        <v>7064</v>
       </c>
       <c r="K20" s="7">
-        <v>1267.7044292667599</v>
+        <v>1260.1107219705534</v>
       </c>
     </row>
     <row r="21" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="8">
         <v>2128</v>
       </c>
       <c r="C21" s="7">
         <v>998.29808740601482</v>
       </c>
       <c r="D21" s="8">
         <v>2482</v>
       </c>
       <c r="E21" s="7">
         <v>1079.6510596293328</v>
       </c>
       <c r="F21" s="8">
         <v>2921</v>
       </c>
       <c r="G21" s="7">
         <v>1166.6171687778167</v>
       </c>
       <c r="H21" s="8">
         <v>3336</v>
       </c>
       <c r="I21" s="7">
         <v>1205.1109832134296</v>
       </c>
       <c r="J21" s="8">
-        <v>3469</v>
+        <v>3793</v>
       </c>
       <c r="K21" s="7">
-        <v>1285.0290660132598</v>
+        <v>1281.882080147639</v>
       </c>
     </row>
     <row r="22" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B22" s="8">
         <v>2015</v>
       </c>
       <c r="C22" s="7">
         <v>1365.2899106699754</v>
       </c>
       <c r="D22" s="8">
         <v>2349</v>
       </c>
       <c r="E22" s="7">
         <v>1532.5073265219251</v>
       </c>
       <c r="F22" s="8">
         <v>2586</v>
       </c>
       <c r="G22" s="7">
         <v>1540.1609590100527</v>
       </c>
       <c r="H22" s="8">
         <v>2989</v>
       </c>
       <c r="I22" s="7">
         <v>1632.3231615925063</v>
       </c>
       <c r="J22" s="8">
-        <v>3268</v>
+        <v>3566</v>
       </c>
       <c r="K22" s="7">
-        <v>1734.8543329253382</v>
+        <v>1718.0642484576558</v>
       </c>
     </row>
     <row r="23" spans="1:14" s="13" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B23" s="8">
         <v>3675</v>
       </c>
       <c r="C23" s="7">
         <v>890.59828027211336</v>
       </c>
       <c r="D23" s="8">
         <v>4023</v>
       </c>
       <c r="E23" s="7">
         <v>920.59548844146161</v>
       </c>
       <c r="F23" s="8">
         <v>4336</v>
       </c>
       <c r="G23" s="7">
         <v>952.75929197416883</v>
       </c>
       <c r="H23" s="8">
         <v>4865</v>
       </c>
       <c r="I23" s="7">
         <v>989.01639671120233</v>
       </c>
       <c r="J23" s="8">
-        <v>5240</v>
+        <v>5726</v>
       </c>
       <c r="K23" s="7">
-        <v>1170.2018893129768</v>
+        <v>1169.6834666433824</v>
       </c>
     </row>
     <row r="24" spans="1:14" s="3" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B24" s="11">
         <v>316156</v>
       </c>
       <c r="C24" s="10">
         <v>1388.3794683637234</v>
       </c>
       <c r="D24" s="11">
         <v>327872</v>
       </c>
       <c r="E24" s="10">
         <v>1426.750031933188</v>
       </c>
       <c r="F24" s="11">
         <v>326949</v>
       </c>
       <c r="G24" s="10">
         <v>1453.1407905208528</v>
       </c>
       <c r="H24" s="11">
         <v>368065</v>
       </c>
       <c r="I24" s="10">
         <v>1566.3715480961266</v>
       </c>
       <c r="J24" s="11">
-        <v>312375</v>
+        <v>342665</v>
       </c>
       <c r="K24" s="10">
-        <v>1626.5168065946377</v>
+        <v>1623.6505948375234</v>
       </c>
     </row>
     <row r="25" spans="1:14" s="3" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B25" s="8">
         <v>120432</v>
       </c>
       <c r="C25" s="7">
         <v>1688.2142761060227</v>
       </c>
       <c r="D25" s="8">
         <v>117397</v>
       </c>
       <c r="E25" s="7">
         <v>1689.5057452916153</v>
       </c>
       <c r="F25" s="8">
         <v>105661</v>
       </c>
       <c r="G25" s="7">
         <v>1771.7238823217638</v>
       </c>
       <c r="H25" s="8">
         <v>111378</v>
       </c>
       <c r="I25" s="7">
         <v>1913.278976907472</v>
       </c>
       <c r="J25" s="8">
-        <v>85533</v>
+        <v>93509</v>
       </c>
       <c r="K25" s="7">
-        <v>1953.5853527878139</v>
+        <v>1953.3292868066185</v>
       </c>
     </row>
     <row r="26" spans="1:14" s="3" customFormat="1" ht="20.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="9" t="s">
         <v>2</v>
       </c>
       <c r="B26" s="8">
         <v>195724</v>
       </c>
       <c r="C26" s="7">
         <v>1203.8864804520626</v>
       </c>
       <c r="D26" s="8">
         <v>210475</v>
       </c>
       <c r="E26" s="7">
         <v>1280.1923292077365</v>
       </c>
       <c r="F26" s="8">
         <v>221288</v>
       </c>
       <c r="G26" s="7">
         <v>1301.0231516846966</v>
       </c>
       <c r="H26" s="8">
         <v>256687</v>
       </c>
       <c r="I26" s="7">
         <v>1415.8463730535577</v>
       </c>
       <c r="J26" s="8">
-        <v>226842</v>
+        <v>249156</v>
       </c>
       <c r="K26" s="7">
-        <v>1503.1924047574962</v>
+        <v>1499.9211851209682</v>
       </c>
     </row>
     <row r="27" spans="1:14" s="3" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B27" s="5">
         <v>64.664437587773108</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D27" s="5">
         <v>64.834673500634253</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>0</v>
       </c>
       <c r="F27" s="5">
         <v>65.054527678628943</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>0</v>
       </c>
       <c r="H27" s="5">
         <v>65.17130914376537</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>0</v>
       </c>
       <c r="J27" s="5">
-        <v>65.333780840336175</v>
+        <v>65.342844352355868</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="30.6" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
       <c r="J28" s="2"/>
       <c r="K28" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A28:K28"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:C4"/>