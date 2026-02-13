--- v3 (2026-01-20)
+++ v4 (2026-02-13)
@@ -1,542 +1,547 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E419529E-FBD5-4B99-9DCB-9FE3168A681F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\I99edfscl01-datos-server\datos\GRUPOS\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACIÓN_INTERNET_INTRANET\ROBOT\202601\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C1DF34E9-2D85-4121-85DB-A23F2C52C886}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0C59E403-86B7-4CBD-8380-5A7B3DE1A59B}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{AB8A5E97-E993-4197-8ECA-5F58E1AA50B8}"/>
   </bookViews>
   <sheets>
     <sheet name="Evolución" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Evolución!$A$1:$K$28</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="34">
   <si>
+    <t>Evolución de las altas iniciales de Jubilación por edades. Periodo 2021 - 2025</t>
+  </si>
+  <si>
+    <t>Datos anuales acumulados</t>
+  </si>
+  <si>
+    <t>Edades</t>
+  </si>
+  <si>
+    <t>Año 2021</t>
+  </si>
+  <si>
+    <t>Año 2022</t>
+  </si>
+  <si>
+    <t>Año 2023</t>
+  </si>
+  <si>
+    <t>Año 2024</t>
+  </si>
+  <si>
+    <t>Año 2025</t>
+  </si>
+  <si>
+    <t>(acumulado a diciembre)</t>
+  </si>
+  <si>
+    <t>Número</t>
+  </si>
+  <si>
+    <t>Pensión media</t>
+  </si>
+  <si>
+    <t>Hasta 54 años</t>
+  </si>
+  <si>
+    <t>55 años</t>
+  </si>
+  <si>
+    <t>56 años</t>
+  </si>
+  <si>
+    <t>57 años</t>
+  </si>
+  <si>
+    <t>58 años</t>
+  </si>
+  <si>
+    <t>59 años</t>
+  </si>
+  <si>
+    <t>60 años</t>
+  </si>
+  <si>
+    <t>61 años</t>
+  </si>
+  <si>
+    <t>62 años</t>
+  </si>
+  <si>
+    <t>63 años</t>
+  </si>
+  <si>
+    <t>64 años</t>
+  </si>
+  <si>
+    <t>65 años</t>
+  </si>
+  <si>
+    <t>66 años</t>
+  </si>
+  <si>
+    <t>67 años</t>
+  </si>
+  <si>
+    <t>68 años</t>
+  </si>
+  <si>
+    <t>69 años</t>
+  </si>
+  <si>
+    <t>70 años</t>
+  </si>
+  <si>
+    <t>Más de 70 años</t>
+  </si>
+  <si>
+    <t>Total Altas</t>
+  </si>
+  <si>
+    <t>&lt; 65 años</t>
+  </si>
+  <si>
+    <t>≥ 65 años</t>
+  </si>
+  <si>
+    <t>Edad media</t>
+  </si>
+  <si>
     <t>años</t>
-  </si>
-[...97 lines deleted...]
-    <t>Evolución de las altas iniciales de Jubilación por edades. Periodo 2021 - 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <b/>
+      <sz val="13"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="16"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="9"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-      <sz val="8"/>
+      <sz val="9"/>
       <name val="Verdana"/>
-      <family val="2"/>
-[...42 lines deleted...]
-      <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
+      <top/>
+      <bottom style="double">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
       <top style="double">
-        <color indexed="64"/>
+        <color indexed="8"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top style="double">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="double">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="thin">
-[...2 lines deleted...]
-      <bottom style="thin">
+      <top style="double">
         <color indexed="64"/>
-      </bottom>
-[...82 lines deleted...]
-        <color indexed="8"/>
       </top>
       <bottom/>
-      <diagonal/>
-[...31 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{D3519A52-74F1-49A4-9C53-95C0CE984D4A}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{045E2473-A11F-4E37-8A30-470F36DDB923}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///I:\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACI&#211;N_INTERNET_INTRANET\RISP\RISP.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/SGGEPEE/AR_ECO/EASE/INF_MENSUAL/PUBLICACI&#211;N_INTERNET_INTRANET/RISP/RISP.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\I99edfscl01-datos-server\datos\GRUPOS\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACI&#211;N_INTERNET_INTRANET\RISP\RISP.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/GRUPOS/SGGEPEE/AR_ECO/EASE/INF_MENSUAL/PUBLICACI&#211;N_INTERNET_INTRANET/RISP/RISP.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="INCIDENCIA"/>
       <sheetName val="Por regímenes"/>
       <sheetName val="Evolución"/>
       <sheetName val="Por sexos (número)"/>
       <sheetName val="Por sexos (media)"/>
       <sheetName val="Rangos"/>
       <sheetName val="Tabla ALINEDJ acumulado"/>
       <sheetName val="Tabla ALINEDJ acumulado (2)"/>
       <sheetName val="Tabla anual (edades)"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
@@ -817,954 +822,954 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F4FF0F8-CC30-409D-9DDF-EC5ED511641D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8447FB3-4792-473B-AEAC-86A77FF960DD}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N28"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.85546875" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="20.399999999999999" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="14" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="12" max="16384" width="9.85546875" style="1"/>
+    <col min="1" max="1" width="16.33203125" style="2" customWidth="1"/>
+    <col min="2" max="11" width="12.77734375" style="2" customWidth="1"/>
+    <col min="12" max="16384" width="11.44140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="28" t="s">
+    <row r="1" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="1"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+      <c r="J1" s="1"/>
+      <c r="K1" s="1"/>
+    </row>
+    <row r="2" spans="1:11" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+    </row>
+    <row r="3" spans="1:11" ht="19.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="6"/>
+      <c r="D3" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="E3" s="6"/>
+      <c r="F3" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="G3" s="6"/>
+      <c r="H3" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="I3" s="6"/>
+      <c r="J3" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="K3" s="6"/>
+    </row>
+    <row r="4" spans="1:11" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="7"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="9"/>
+      <c r="D4" s="8"/>
+      <c r="E4" s="9"/>
+      <c r="F4" s="8"/>
+      <c r="G4" s="9"/>
+      <c r="H4" s="8"/>
+      <c r="I4" s="9"/>
+      <c r="J4" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="K4" s="11"/>
+    </row>
+    <row r="5" spans="1:11" s="15" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="12"/>
+      <c r="B5" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="F5" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="G5" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="I5" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="J5" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="14" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" s="17">
+        <v>163</v>
+      </c>
+      <c r="C6" s="18">
+        <v>2499.2126993865018</v>
+      </c>
+      <c r="D6" s="17">
+        <v>189</v>
+      </c>
+      <c r="E6" s="18">
+        <v>2597.2203174603173</v>
+      </c>
+      <c r="F6" s="17">
+        <v>165</v>
+      </c>
+      <c r="G6" s="18">
+        <v>2679.3608484848478</v>
+      </c>
+      <c r="H6" s="17">
+        <v>132</v>
+      </c>
+      <c r="I6" s="18">
+        <v>2901.9803030303028</v>
+      </c>
+      <c r="J6" s="17">
+        <v>105</v>
+      </c>
+      <c r="K6" s="18">
+        <v>2915.0826666666671</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="17">
+        <v>249</v>
+      </c>
+      <c r="C7" s="18">
+        <v>2484.6797991967851</v>
+      </c>
+      <c r="D7" s="17">
+        <v>245</v>
+      </c>
+      <c r="E7" s="18">
+        <v>2573.116571428573</v>
+      </c>
+      <c r="F7" s="17">
+        <v>268</v>
+      </c>
+      <c r="G7" s="18">
+        <v>2749.2043656716423</v>
+      </c>
+      <c r="H7" s="17">
+        <v>180</v>
+      </c>
+      <c r="I7" s="18">
+        <v>2819.9255555555551</v>
+      </c>
+      <c r="J7" s="17">
+        <v>161</v>
+      </c>
+      <c r="K7" s="18">
+        <v>2886.2417391304348</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="17">
+        <v>505</v>
+      </c>
+      <c r="C8" s="18">
+        <v>2077.6970693069288</v>
+      </c>
+      <c r="D8" s="17">
+        <v>564</v>
+      </c>
+      <c r="E8" s="18">
+        <v>2145.8993617021283</v>
+      </c>
+      <c r="F8" s="17">
+        <v>524</v>
+      </c>
+      <c r="G8" s="18">
+        <v>2196.0756679389315</v>
+      </c>
+      <c r="H8" s="17">
+        <v>538</v>
+      </c>
+      <c r="I8" s="18">
+        <v>2197.2021747211907</v>
+      </c>
+      <c r="J8" s="17">
+        <v>444</v>
+      </c>
+      <c r="K8" s="18">
+        <v>2239.3558108108095</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="17">
+        <v>383</v>
+      </c>
+      <c r="C9" s="18">
+        <v>1981.1492950391644</v>
+      </c>
+      <c r="D9" s="17">
+        <v>377</v>
+      </c>
+      <c r="E9" s="18">
+        <v>2059.8183554376665</v>
+      </c>
+      <c r="F9" s="17">
+        <v>368</v>
+      </c>
+      <c r="G9" s="18">
+        <v>2089.7923369565206</v>
+      </c>
+      <c r="H9" s="17">
+        <v>344</v>
+      </c>
+      <c r="I9" s="18">
+        <v>2229.4296802325575</v>
+      </c>
+      <c r="J9" s="17">
+        <v>367</v>
+      </c>
+      <c r="K9" s="18">
+        <v>2479.8667847411439</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="17">
+        <v>389</v>
+      </c>
+      <c r="C10" s="18">
+        <v>1897.0379177377886</v>
+      </c>
+      <c r="D10" s="17">
+        <v>396</v>
+      </c>
+      <c r="E10" s="18">
+        <v>1944.0774747474757</v>
+      </c>
+      <c r="F10" s="17">
+        <v>352</v>
+      </c>
+      <c r="G10" s="18">
+        <v>2030.5725568181833</v>
+      </c>
+      <c r="H10" s="17">
+        <v>394</v>
+      </c>
+      <c r="I10" s="18">
+        <v>2100.0358375634519</v>
+      </c>
+      <c r="J10" s="17">
+        <v>393</v>
+      </c>
+      <c r="K10" s="18">
+        <v>2347.3549109414762</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" s="17">
+        <v>1263</v>
+      </c>
+      <c r="C11" s="18">
+        <v>2359.6368804433973</v>
+      </c>
+      <c r="D11" s="17">
+        <v>1194</v>
+      </c>
+      <c r="E11" s="18">
+        <v>2467.658944723617</v>
+      </c>
+      <c r="F11" s="17">
+        <v>977</v>
+      </c>
+      <c r="G11" s="18">
+        <v>2486.0772262026603</v>
+      </c>
+      <c r="H11" s="17">
+        <v>928</v>
+      </c>
+      <c r="I11" s="18">
+        <v>2627.8629849137951</v>
+      </c>
+      <c r="J11" s="17">
+        <v>950</v>
+      </c>
+      <c r="K11" s="18">
+        <v>2696.7230315789466</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" s="17">
+        <v>1832</v>
+      </c>
+      <c r="C12" s="18">
+        <v>2350.3347980349404</v>
+      </c>
+      <c r="D12" s="17">
+        <v>1980</v>
+      </c>
+      <c r="E12" s="18">
+        <v>2464.2825151515126</v>
+      </c>
+      <c r="F12" s="17">
+        <v>1947</v>
+      </c>
+      <c r="G12" s="18">
+        <v>2587.6814072932721</v>
+      </c>
+      <c r="H12" s="17">
+        <v>2095</v>
+      </c>
+      <c r="I12" s="18">
+        <v>2754.694854415277</v>
+      </c>
+      <c r="J12" s="17">
+        <v>2155</v>
+      </c>
+      <c r="K12" s="18">
+        <v>2885.1819999999984</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="B13" s="17">
+        <v>16342</v>
+      </c>
+      <c r="C13" s="18">
+        <v>1600.3240545832793</v>
+      </c>
+      <c r="D13" s="17">
+        <v>12574</v>
+      </c>
+      <c r="E13" s="18">
+        <v>1750.3051320184502</v>
+      </c>
+      <c r="F13" s="17">
+        <v>10702</v>
+      </c>
+      <c r="G13" s="18">
+        <v>1866.0060119603797</v>
+      </c>
+      <c r="H13" s="17">
+        <v>9907</v>
+      </c>
+      <c r="I13" s="18">
+        <v>1999.391039668923</v>
+      </c>
+      <c r="J13" s="17">
+        <v>9388</v>
+      </c>
+      <c r="K13" s="18">
+        <v>2120.6004079676213</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="B14" s="17">
+        <v>19308</v>
+      </c>
+      <c r="C14" s="18">
+        <v>1570.2259063600561</v>
+      </c>
+      <c r="D14" s="17">
+        <v>19487</v>
+      </c>
+      <c r="E14" s="18">
+        <v>1567.3118653461256</v>
+      </c>
+      <c r="F14" s="17">
+        <v>17684</v>
+      </c>
+      <c r="G14" s="18">
+        <v>1618.6115482922401</v>
+      </c>
+      <c r="H14" s="17">
+        <v>16198</v>
+      </c>
+      <c r="I14" s="18">
+        <v>1715.4416026669953</v>
+      </c>
+      <c r="J14" s="17">
+        <v>13815</v>
+      </c>
+      <c r="K14" s="18">
+        <v>1428.9081549040889</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" s="17">
+        <v>54004</v>
+      </c>
+      <c r="C15" s="18">
+        <v>1674.4260232575407</v>
+      </c>
+      <c r="D15" s="17">
+        <v>53592</v>
+      </c>
+      <c r="E15" s="18">
+        <v>1691.7133880056722</v>
+      </c>
+      <c r="F15" s="17">
+        <v>46229</v>
+      </c>
+      <c r="G15" s="18">
+        <v>1789.1959910445814</v>
+      </c>
+      <c r="H15" s="17">
+        <v>48945</v>
+      </c>
+      <c r="I15" s="18">
+        <v>1981.0102923689863</v>
+      </c>
+      <c r="J15" s="17">
+        <v>48711</v>
+      </c>
+      <c r="K15" s="18">
+        <v>2051.1051645418929</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="B16" s="17">
+        <v>25994</v>
+      </c>
+      <c r="C16" s="18">
+        <v>1752.7446572285935</v>
+      </c>
+      <c r="D16" s="17">
+        <v>26799</v>
+      </c>
+      <c r="E16" s="18">
+        <v>1620.4490182469497</v>
+      </c>
+      <c r="F16" s="17">
+        <v>26445</v>
+      </c>
+      <c r="G16" s="18">
+        <v>1687.0981081489881</v>
+      </c>
+      <c r="H16" s="17">
+        <v>31717</v>
+      </c>
+      <c r="I16" s="18">
+        <v>1786.5852303181277</v>
+      </c>
+      <c r="J16" s="17">
+        <v>29570</v>
+      </c>
+      <c r="K16" s="18">
+        <v>1881.5181281704406</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="B17" s="17">
+        <v>117983</v>
+      </c>
+      <c r="C17" s="18">
+        <v>1383.561480128503</v>
+      </c>
+      <c r="D17" s="17">
+        <v>115234</v>
+      </c>
+      <c r="E17" s="18">
+        <v>1521.4886538695112</v>
+      </c>
+      <c r="F17" s="17">
+        <v>111576</v>
+      </c>
+      <c r="G17" s="18">
+        <v>1557.5377483509033</v>
+      </c>
+      <c r="H17" s="17">
+        <v>130738</v>
+      </c>
+      <c r="I17" s="18">
+        <v>1673.886594639657</v>
+      </c>
+      <c r="J17" s="17">
+        <v>132345</v>
+      </c>
+      <c r="K17" s="18">
+        <v>1777.9682229778218</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="B18" s="17">
+        <v>60103</v>
+      </c>
+      <c r="C18" s="18">
+        <v>907.89800359383207</v>
+      </c>
+      <c r="D18" s="17">
+        <v>73991</v>
+      </c>
+      <c r="E18" s="18">
+        <v>963.40834141990263</v>
+      </c>
+      <c r="F18" s="17">
+        <v>84475</v>
+      </c>
+      <c r="G18" s="18">
+        <v>1013.5453576797861</v>
+      </c>
+      <c r="H18" s="17">
+        <v>94805</v>
+      </c>
+      <c r="I18" s="18">
+        <v>1132.916341965087</v>
+      </c>
+      <c r="J18" s="17">
+        <v>97483</v>
+      </c>
+      <c r="K18" s="18">
+        <v>1213.2620869279767</v>
+      </c>
+      <c r="N18" s="20"/>
+    </row>
+    <row r="19" spans="1:14" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" s="17">
+        <v>6361</v>
+      </c>
+      <c r="C19" s="18">
+        <v>986.17396950164937</v>
+      </c>
+      <c r="D19" s="17">
+        <v>8533</v>
+      </c>
+      <c r="E19" s="18">
+        <v>1033.5624200164057</v>
+      </c>
+      <c r="F19" s="17">
+        <v>10467</v>
+      </c>
+      <c r="G19" s="18">
+        <v>1083.6298691124489</v>
+      </c>
+      <c r="H19" s="17">
+        <v>14136</v>
+      </c>
+      <c r="I19" s="18">
+        <v>1169.4497870684772</v>
+      </c>
+      <c r="J19" s="17">
+        <v>17730</v>
+      </c>
+      <c r="K19" s="18">
+        <v>1210.1373463056964</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B20" s="17">
+        <v>3459</v>
+      </c>
+      <c r="C20" s="18">
+        <v>984.07368603642806</v>
+      </c>
+      <c r="D20" s="17">
+        <v>3863</v>
+      </c>
+      <c r="E20" s="18">
+        <v>1044.5801035464656</v>
+      </c>
+      <c r="F20" s="17">
+        <v>4927</v>
+      </c>
+      <c r="G20" s="18">
+        <v>1143.4284899533184</v>
+      </c>
+      <c r="H20" s="17">
+        <v>5818</v>
+      </c>
+      <c r="I20" s="18">
+        <v>1192.9301168786551</v>
+      </c>
+      <c r="J20" s="17">
+        <v>7666</v>
+      </c>
+      <c r="K20" s="18">
+        <v>1255.5854304722138</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="B21" s="17">
+        <v>2128</v>
+      </c>
+      <c r="C21" s="18">
+        <v>998.29808740601482</v>
+      </c>
+      <c r="D21" s="17">
+        <v>2482</v>
+      </c>
+      <c r="E21" s="18">
+        <v>1079.6510596293328</v>
+      </c>
+      <c r="F21" s="17">
+        <v>2921</v>
+      </c>
+      <c r="G21" s="18">
+        <v>1166.6171687778167</v>
+      </c>
+      <c r="H21" s="17">
+        <v>3336</v>
+      </c>
+      <c r="I21" s="18">
+        <v>1205.1109832134296</v>
+      </c>
+      <c r="J21" s="17">
+        <v>4061</v>
+      </c>
+      <c r="K21" s="18">
+        <v>1275.9362029056874</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="B22" s="17">
+        <v>2015</v>
+      </c>
+      <c r="C22" s="18">
+        <v>1365.2899106699754</v>
+      </c>
+      <c r="D22" s="17">
+        <v>2349</v>
+      </c>
+      <c r="E22" s="18">
+        <v>1532.5073265219251</v>
+      </c>
+      <c r="F22" s="17">
+        <v>2586</v>
+      </c>
+      <c r="G22" s="18">
+        <v>1540.1609590100527</v>
+      </c>
+      <c r="H22" s="17">
+        <v>2989</v>
+      </c>
+      <c r="I22" s="18">
+        <v>1632.3231615925063</v>
+      </c>
+      <c r="J22" s="17">
+        <v>3848</v>
+      </c>
+      <c r="K22" s="18">
+        <v>1720.3226559251559</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B23" s="17">
+        <v>3675</v>
+      </c>
+      <c r="C23" s="18">
+        <v>890.59828027211336</v>
+      </c>
+      <c r="D23" s="17">
+        <v>4023</v>
+      </c>
+      <c r="E23" s="18">
+        <v>920.59548844146161</v>
+      </c>
+      <c r="F23" s="17">
+        <v>4336</v>
+      </c>
+      <c r="G23" s="18">
+        <v>952.75929197416883</v>
+      </c>
+      <c r="H23" s="17">
+        <v>4865</v>
+      </c>
+      <c r="I23" s="18">
+        <v>989.01639671120233</v>
+      </c>
+      <c r="J23" s="17">
+        <v>6132</v>
+      </c>
+      <c r="K23" s="18">
+        <v>1166.7595939334647</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" s="24" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="B24" s="22">
+        <v>316156</v>
+      </c>
+      <c r="C24" s="23">
+        <v>1388.3794683637234</v>
+      </c>
+      <c r="D24" s="22">
+        <v>327872</v>
+      </c>
+      <c r="E24" s="23">
+        <v>1426.750031933188</v>
+      </c>
+      <c r="F24" s="22">
+        <v>326949</v>
+      </c>
+      <c r="G24" s="23">
+        <v>1453.1407905208528</v>
+      </c>
+      <c r="H24" s="22">
+        <v>368065</v>
+      </c>
+      <c r="I24" s="23">
+        <v>1566.3715480961266</v>
+      </c>
+      <c r="J24" s="22">
+        <v>375324</v>
+      </c>
+      <c r="K24" s="23">
+        <v>1628.4282104261918</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" s="24" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="B25" s="17">
+        <v>120432</v>
+      </c>
+      <c r="C25" s="18">
+        <v>1688.2142761060227</v>
+      </c>
+      <c r="D25" s="17">
+        <v>117397</v>
+      </c>
+      <c r="E25" s="18">
+        <v>1689.5057452916153</v>
+      </c>
+      <c r="F25" s="17">
+        <v>105661</v>
+      </c>
+      <c r="G25" s="18">
+        <v>1771.7238823217638</v>
+      </c>
+      <c r="H25" s="17">
+        <v>111378</v>
+      </c>
+      <c r="I25" s="18">
+        <v>1913.278976907472</v>
+      </c>
+      <c r="J25" s="17">
+        <v>106059</v>
+      </c>
+      <c r="K25" s="18">
+        <v>1957.1517341291178</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" s="24" customFormat="1" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="B26" s="17">
+        <v>195724</v>
+      </c>
+      <c r="C26" s="18">
+        <v>1203.8864804520626</v>
+      </c>
+      <c r="D26" s="17">
+        <v>210475</v>
+      </c>
+      <c r="E26" s="18">
+        <v>1280.1923292077365</v>
+      </c>
+      <c r="F26" s="17">
+        <v>221288</v>
+      </c>
+      <c r="G26" s="18">
+        <v>1301.0231516846966</v>
+      </c>
+      <c r="H26" s="17">
+        <v>256687</v>
+      </c>
+      <c r="I26" s="18">
+        <v>1415.8463730535577</v>
+      </c>
+      <c r="J26" s="17">
+        <v>269265</v>
+      </c>
+      <c r="K26" s="18">
+        <v>1498.9494879765273</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" s="24" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="25" t="s">
+        <v>32</v>
+      </c>
+      <c r="B27" s="26">
+        <v>64.664437587773108</v>
+      </c>
+      <c r="C27" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="B1" s="28"/>
-[...844 lines deleted...]
-      <c r="D27" s="5">
+      <c r="D27" s="26">
         <v>64.834673500634253</v>
       </c>
-      <c r="E27" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="5">
+      <c r="E27" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" s="26">
         <v>65.054527678628943</v>
       </c>
-      <c r="G27" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H27" s="5">
+      <c r="G27" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="H27" s="26">
         <v>65.17130914376537</v>
       </c>
-      <c r="I27" s="4" t="s">
-[...20 lines deleted...]
-      <c r="K28" s="2"/>
+      <c r="I27" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="J27" s="26">
+        <v>65.32676087860095</v>
+      </c>
+      <c r="K27" s="27" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" ht="30.6" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="28"/>
+      <c r="B28" s="28"/>
+      <c r="C28" s="28"/>
+      <c r="D28" s="28"/>
+      <c r="E28" s="28"/>
+      <c r="F28" s="28"/>
+      <c r="G28" s="28"/>
+      <c r="H28" s="28"/>
+      <c r="I28" s="28"/>
+      <c r="J28" s="28"/>
+      <c r="K28" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A28:K28"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:C4"/>
     <mergeCell ref="D3:E4"/>
     <mergeCell ref="F3:G4"/>
     <mergeCell ref="H3:I4"/>
     <mergeCell ref="J3:K3"/>
     <mergeCell ref="J4:K4"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{586dd8ec-1577-4ac3-bcff-9b1b1c87cbbc}" enabled="1" method="Standard" siteId="{a22f907a-53a6-449f-b082-22c03676d7fb}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
@@ -1784,31 +1789,31 @@
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Evolución</vt:lpstr>
       <vt:lpstr>Evolución!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>GARCIA MOYANO, ANA ROSA</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>