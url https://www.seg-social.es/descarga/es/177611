--- v4 (2026-02-13)
+++ v5 (2026-03-11)
@@ -1,119 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
-[...6 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C1DF34E9-2D85-4121-85DB-A23F2C52C886}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C1F6AA40-67BA-4B5C-95E3-70FB25D406BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{AB8A5E97-E993-4197-8ECA-5F58E1AA50B8}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{36F6BBEB-EB82-43B0-836C-9BCA270E6FDE}"/>
   </bookViews>
   <sheets>
     <sheet name="Evolución" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Evolución!$A$1:$K$28</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="34">
   <si>
-    <t>Evolución de las altas iniciales de Jubilación por edades. Periodo 2021 - 2025</t>
+    <t>Evolución de las altas iniciales de Jubilación por edades. Periodo 2022 - 2026</t>
   </si>
   <si>
     <t>Datos anuales acumulados</t>
   </si>
   <si>
     <t>Edades</t>
   </si>
   <si>
-    <t>Año 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Año 2022</t>
   </si>
   <si>
     <t>Año 2023</t>
   </si>
   <si>
     <t>Año 2024</t>
   </si>
   <si>
     <t>Año 2025</t>
   </si>
   <si>
-    <t>(acumulado a diciembre)</t>
+    <t>Año 2026</t>
+  </si>
+  <si>
+    <t>(Datos a enero)</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Pensión media</t>
   </si>
   <si>
     <t>Hasta 54 años</t>
   </si>
   <si>
     <t>55 años</t>
   </si>
   <si>
     <t>56 años</t>
   </si>
   <si>
     <t>57 años</t>
   </si>
   <si>
     <t>58 años</t>
   </si>
   <si>
     <t>59 años</t>
   </si>
@@ -477,92 +472,92 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="3" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{045E2473-A11F-4E37-8A30-470F36DDB923}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{17B7C1D6-D1EC-4454-8909-B7B4D3579AE2}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\I99edfscl01-datos-server\datos\GRUPOS\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACI&#211;N_INTERNET_INTRANET\RISP\RISP.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/GRUPOS/SGGEPEE/AR_ECO/EASE/INF_MENSUAL/PUBLICACI&#211;N_INTERNET_INTRANET/RISP/RISP.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="INCIDENCIA"/>
       <sheetName val="Por regímenes"/>
       <sheetName val="Evolución"/>
       <sheetName val="Por sexos (número)"/>
       <sheetName val="Por sexos (media)"/>
       <sheetName val="Rangos"/>
       <sheetName val="Tabla ALINEDJ acumulado"/>
       <sheetName val="Tabla ALINEDJ acumulado (2)"/>
       <sheetName val="Tabla anual (edades)"/>
     </sheetNames>
     <sheetDataSet>
-      <sheetData sheetId="0"/>
+      <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
       <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -822,51 +817,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8447FB3-4792-473B-AEAC-86A77FF960DD}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F25583F0-379A-4BBB-9837-A382062571AB}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N28"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="20.399999999999999" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="16.33203125" style="2" customWidth="1"/>
     <col min="2" max="11" width="12.77734375" style="2" customWidth="1"/>
     <col min="12" max="16384" width="11.44140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
@@ -948,811 +943,811 @@
       </c>
       <c r="F5" s="13" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="14" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>9</v>
       </c>
       <c r="I5" s="14" t="s">
         <v>10</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>9</v>
       </c>
       <c r="K5" s="14" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="17">
-        <v>163</v>
+        <v>189</v>
       </c>
       <c r="C6" s="18">
-        <v>2499.2126993865018</v>
+        <v>2597.2203174603173</v>
       </c>
       <c r="D6" s="17">
-        <v>189</v>
+        <v>165</v>
       </c>
       <c r="E6" s="18">
-        <v>2597.2203174603173</v>
+        <v>2679.3608484848478</v>
       </c>
       <c r="F6" s="17">
-        <v>165</v>
+        <v>132</v>
       </c>
       <c r="G6" s="18">
-        <v>2679.3608484848478</v>
+        <v>2901.9803030303028</v>
       </c>
       <c r="H6" s="17">
-        <v>132</v>
+        <v>105</v>
       </c>
       <c r="I6" s="18">
-        <v>2901.9803030303028</v>
+        <v>2915.0826666666671</v>
       </c>
       <c r="J6" s="17">
-        <v>105</v>
+        <v>5</v>
       </c>
       <c r="K6" s="18">
-        <v>2915.0826666666671</v>
+        <v>2850.2259999999997</v>
       </c>
     </row>
     <row r="7" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="17">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="C7" s="18">
-        <v>2484.6797991967851</v>
+        <v>2573.116571428573</v>
       </c>
       <c r="D7" s="17">
-        <v>245</v>
+        <v>268</v>
       </c>
       <c r="E7" s="18">
-        <v>2573.116571428573</v>
+        <v>2749.2043656716423</v>
       </c>
       <c r="F7" s="17">
-        <v>268</v>
+        <v>180</v>
       </c>
       <c r="G7" s="18">
-        <v>2749.2043656716423</v>
+        <v>2819.9255555555551</v>
       </c>
       <c r="H7" s="17">
-        <v>180</v>
+        <v>161</v>
       </c>
       <c r="I7" s="18">
-        <v>2819.9255555555551</v>
+        <v>2886.2417391304352</v>
       </c>
       <c r="J7" s="17">
-        <v>161</v>
+        <v>8</v>
       </c>
       <c r="K7" s="18">
-        <v>2886.2417391304348</v>
+        <v>2678.88625</v>
       </c>
     </row>
     <row r="8" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="17">
-        <v>505</v>
+        <v>564</v>
       </c>
       <c r="C8" s="18">
-        <v>2077.6970693069288</v>
+        <v>2145.8993617021283</v>
       </c>
       <c r="D8" s="17">
-        <v>564</v>
+        <v>524</v>
       </c>
       <c r="E8" s="18">
-        <v>2145.8993617021283</v>
+        <v>2196.0756679389315</v>
       </c>
       <c r="F8" s="17">
-        <v>524</v>
+        <v>538</v>
       </c>
       <c r="G8" s="18">
-        <v>2196.0756679389315</v>
+        <v>2197.2021747211907</v>
       </c>
       <c r="H8" s="17">
-        <v>538</v>
+        <v>444</v>
       </c>
       <c r="I8" s="18">
-        <v>2197.2021747211907</v>
+        <v>2239.3558108108114</v>
       </c>
       <c r="J8" s="17">
-        <v>444</v>
+        <v>33</v>
       </c>
       <c r="K8" s="18">
-        <v>2239.3558108108095</v>
+        <v>2251.7948484848489</v>
       </c>
     </row>
     <row r="9" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="17">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="C9" s="18">
-        <v>1981.1492950391644</v>
+        <v>2059.8183554376665</v>
       </c>
       <c r="D9" s="17">
-        <v>377</v>
+        <v>368</v>
       </c>
       <c r="E9" s="18">
-        <v>2059.8183554376665</v>
+        <v>2089.7923369565206</v>
       </c>
       <c r="F9" s="17">
-        <v>368</v>
+        <v>344</v>
       </c>
       <c r="G9" s="18">
-        <v>2089.7923369565206</v>
+        <v>2229.4296802325575</v>
       </c>
       <c r="H9" s="17">
-        <v>344</v>
+        <v>367</v>
       </c>
       <c r="I9" s="18">
-        <v>2229.4296802325575</v>
+        <v>2479.8667847411434</v>
       </c>
       <c r="J9" s="17">
-        <v>367</v>
+        <v>30</v>
       </c>
       <c r="K9" s="18">
-        <v>2479.8667847411439</v>
+        <v>2410.1079999999997</v>
       </c>
     </row>
     <row r="10" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="16" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="17">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="C10" s="18">
-        <v>1897.0379177377886</v>
+        <v>1944.0774747474757</v>
       </c>
       <c r="D10" s="17">
-        <v>396</v>
+        <v>352</v>
       </c>
       <c r="E10" s="18">
-        <v>1944.0774747474757</v>
+        <v>2030.5725568181833</v>
       </c>
       <c r="F10" s="17">
-        <v>352</v>
+        <v>394</v>
       </c>
       <c r="G10" s="18">
-        <v>2030.5725568181833</v>
+        <v>2100.0358375634519</v>
       </c>
       <c r="H10" s="17">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="I10" s="18">
-        <v>2100.0358375634519</v>
+        <v>2347.3549109414753</v>
       </c>
       <c r="J10" s="17">
-        <v>393</v>
+        <v>46</v>
       </c>
       <c r="K10" s="18">
-        <v>2347.3549109414762</v>
+        <v>2619.041521739131</v>
       </c>
     </row>
     <row r="11" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="16" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="17">
-        <v>1263</v>
+        <v>1194</v>
       </c>
       <c r="C11" s="18">
-        <v>2359.6368804433973</v>
+        <v>2467.658944723617</v>
       </c>
       <c r="D11" s="17">
-        <v>1194</v>
+        <v>977</v>
       </c>
       <c r="E11" s="18">
-        <v>2467.658944723617</v>
+        <v>2486.0772262026603</v>
       </c>
       <c r="F11" s="17">
-        <v>977</v>
+        <v>928</v>
       </c>
       <c r="G11" s="18">
-        <v>2486.0772262026603</v>
+        <v>2627.8629849137951</v>
       </c>
       <c r="H11" s="17">
-        <v>928</v>
+        <v>950</v>
       </c>
       <c r="I11" s="18">
-        <v>2627.8629849137951</v>
+        <v>2696.7230315789443</v>
       </c>
       <c r="J11" s="17">
-        <v>950</v>
+        <v>103</v>
       </c>
       <c r="K11" s="18">
-        <v>2696.7230315789466</v>
+        <v>2933.2259223300966</v>
       </c>
     </row>
     <row r="12" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="16" t="s">
         <v>17</v>
       </c>
       <c r="B12" s="17">
-        <v>1832</v>
+        <v>1980</v>
       </c>
       <c r="C12" s="18">
-        <v>2350.3347980349404</v>
+        <v>2464.2825151515126</v>
       </c>
       <c r="D12" s="17">
-        <v>1980</v>
+        <v>1947</v>
       </c>
       <c r="E12" s="18">
-        <v>2464.2825151515126</v>
+        <v>2587.6814072932721</v>
       </c>
       <c r="F12" s="17">
-        <v>1947</v>
+        <v>2095</v>
       </c>
       <c r="G12" s="18">
-        <v>2587.6814072932721</v>
+        <v>2754.694854415277</v>
       </c>
       <c r="H12" s="17">
-        <v>2095</v>
+        <v>2155</v>
       </c>
       <c r="I12" s="18">
-        <v>2754.694854415277</v>
+        <v>2885.1819999999993</v>
       </c>
       <c r="J12" s="17">
-        <v>2155</v>
+        <v>246</v>
       </c>
       <c r="K12" s="18">
-        <v>2885.1819999999984</v>
+        <v>3122.1054471544708</v>
       </c>
     </row>
     <row r="13" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="16" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="17">
-        <v>16342</v>
+        <v>12574</v>
       </c>
       <c r="C13" s="18">
-        <v>1600.3240545832793</v>
+        <v>1750.3051320184502</v>
       </c>
       <c r="D13" s="17">
-        <v>12574</v>
+        <v>10702</v>
       </c>
       <c r="E13" s="18">
-        <v>1750.3051320184502</v>
+        <v>1866.0060119603797</v>
       </c>
       <c r="F13" s="17">
-        <v>10702</v>
+        <v>9907</v>
       </c>
       <c r="G13" s="18">
-        <v>1866.0060119603797</v>
+        <v>1999.391039668923</v>
       </c>
       <c r="H13" s="17">
-        <v>9907</v>
+        <v>9388</v>
       </c>
       <c r="I13" s="18">
-        <v>1999.391039668923</v>
+        <v>2120.600407967619</v>
       </c>
       <c r="J13" s="17">
-        <v>9388</v>
+        <v>731</v>
       </c>
       <c r="K13" s="18">
-        <v>2120.6004079676213</v>
+        <v>2261.4293980848161</v>
       </c>
     </row>
     <row r="14" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="17">
-        <v>19308</v>
+        <v>19487</v>
       </c>
       <c r="C14" s="18">
-        <v>1570.2259063600561</v>
+        <v>1567.3118653461256</v>
       </c>
       <c r="D14" s="17">
-        <v>19487</v>
+        <v>17684</v>
       </c>
       <c r="E14" s="18">
-        <v>1567.3118653461256</v>
+        <v>1618.6115482922401</v>
       </c>
       <c r="F14" s="17">
-        <v>17684</v>
+        <v>16198</v>
       </c>
       <c r="G14" s="18">
-        <v>1618.6115482922401</v>
+        <v>1715.4416026669953</v>
       </c>
       <c r="H14" s="17">
-        <v>16198</v>
+        <v>13815</v>
       </c>
       <c r="I14" s="18">
-        <v>1715.4416026669953</v>
+        <v>1428.9081549040886</v>
       </c>
       <c r="J14" s="17">
-        <v>13815</v>
+        <v>1128</v>
       </c>
       <c r="K14" s="18">
-        <v>1428.9081549040889</v>
+        <v>1740.5391755319154</v>
       </c>
     </row>
     <row r="15" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="17">
-        <v>54004</v>
+        <v>53592</v>
       </c>
       <c r="C15" s="18">
-        <v>1674.4260232575407</v>
+        <v>1691.7133880056722</v>
       </c>
       <c r="D15" s="17">
-        <v>53592</v>
+        <v>46229</v>
       </c>
       <c r="E15" s="18">
-        <v>1691.7133880056722</v>
+        <v>1789.1959910445814</v>
       </c>
       <c r="F15" s="17">
-        <v>46229</v>
+        <v>48945</v>
       </c>
       <c r="G15" s="18">
-        <v>1789.1959910445814</v>
+        <v>1981.0102923689863</v>
       </c>
       <c r="H15" s="17">
-        <v>48945</v>
+        <v>48711</v>
       </c>
       <c r="I15" s="18">
-        <v>1981.0102923689863</v>
+        <v>2051.1051645418929</v>
       </c>
       <c r="J15" s="17">
-        <v>48711</v>
+        <v>8413</v>
       </c>
       <c r="K15" s="18">
-        <v>2051.1051645418929</v>
+        <v>2129.0221728277684</v>
       </c>
     </row>
     <row r="16" spans="1:11" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="17">
-        <v>25994</v>
+        <v>26799</v>
       </c>
       <c r="C16" s="18">
-        <v>1752.7446572285935</v>
+        <v>1620.4490182469497</v>
       </c>
       <c r="D16" s="17">
-        <v>26799</v>
+        <v>26445</v>
       </c>
       <c r="E16" s="18">
-        <v>1620.4490182469497</v>
+        <v>1687.0981081489881</v>
       </c>
       <c r="F16" s="17">
-        <v>26445</v>
+        <v>31717</v>
       </c>
       <c r="G16" s="18">
-        <v>1687.0981081489881</v>
+        <v>1786.5852303181277</v>
       </c>
       <c r="H16" s="17">
-        <v>31717</v>
+        <v>29570</v>
       </c>
       <c r="I16" s="18">
-        <v>1786.5852303181277</v>
+        <v>1881.5181281704442</v>
       </c>
       <c r="J16" s="17">
-        <v>29570</v>
+        <v>6065</v>
       </c>
       <c r="K16" s="18">
-        <v>1881.5181281704406</v>
+        <v>2025.97015333883</v>
       </c>
     </row>
     <row r="17" spans="1:14" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="16" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="17">
-        <v>117983</v>
+        <v>115234</v>
       </c>
       <c r="C17" s="18">
-        <v>1383.561480128503</v>
+        <v>1521.4886538695112</v>
       </c>
       <c r="D17" s="17">
-        <v>115234</v>
+        <v>111576</v>
       </c>
       <c r="E17" s="18">
-        <v>1521.4886538695112</v>
+        <v>1557.5377483509033</v>
       </c>
       <c r="F17" s="17">
-        <v>111576</v>
+        <v>130738</v>
       </c>
       <c r="G17" s="18">
-        <v>1557.5377483509033</v>
+        <v>1673.886594639657</v>
       </c>
       <c r="H17" s="17">
-        <v>130738</v>
+        <v>132345</v>
       </c>
       <c r="I17" s="18">
-        <v>1673.886594639657</v>
+        <v>1777.9682229778196</v>
       </c>
       <c r="J17" s="17">
-        <v>132345</v>
+        <v>11131</v>
       </c>
       <c r="K17" s="18">
-        <v>1777.9682229778218</v>
+        <v>1908.3314589884117</v>
       </c>
     </row>
     <row r="18" spans="1:14" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="16" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="17">
-        <v>60103</v>
+        <v>73991</v>
       </c>
       <c r="C18" s="18">
-        <v>907.89800359383207</v>
+        <v>963.40834141990263</v>
       </c>
       <c r="D18" s="17">
-        <v>73991</v>
+        <v>84475</v>
       </c>
       <c r="E18" s="18">
-        <v>963.40834141990263</v>
+        <v>1013.5453576797861</v>
       </c>
       <c r="F18" s="17">
-        <v>84475</v>
+        <v>94805</v>
       </c>
       <c r="G18" s="18">
-        <v>1013.5453576797861</v>
+        <v>1132.916341965087</v>
       </c>
       <c r="H18" s="17">
-        <v>94805</v>
+        <v>97483</v>
       </c>
       <c r="I18" s="18">
-        <v>1132.916341965087</v>
+        <v>1213.262086927977</v>
       </c>
       <c r="J18" s="17">
-        <v>97483</v>
+        <v>6664</v>
       </c>
       <c r="K18" s="18">
-        <v>1213.2620869279767</v>
+        <v>1439.5837199879959</v>
       </c>
       <c r="N18" s="20"/>
     </row>
     <row r="19" spans="1:14" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="16" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="17">
-        <v>6361</v>
+        <v>8533</v>
       </c>
       <c r="C19" s="18">
-        <v>986.17396950164937</v>
+        <v>1033.5624200164057</v>
       </c>
       <c r="D19" s="17">
-        <v>8533</v>
+        <v>10467</v>
       </c>
       <c r="E19" s="18">
-        <v>1033.5624200164057</v>
+        <v>1083.6298691124489</v>
       </c>
       <c r="F19" s="17">
-        <v>10467</v>
+        <v>14136</v>
       </c>
       <c r="G19" s="18">
-        <v>1083.6298691124489</v>
+        <v>1169.4497870684772</v>
       </c>
       <c r="H19" s="17">
-        <v>14136</v>
+        <v>17730</v>
       </c>
       <c r="I19" s="18">
-        <v>1169.4497870684772</v>
+        <v>1210.1373463056962</v>
       </c>
       <c r="J19" s="17">
-        <v>17730</v>
+        <v>1985</v>
       </c>
       <c r="K19" s="18">
-        <v>1210.1373463056964</v>
+        <v>1495.563435768262</v>
       </c>
     </row>
     <row r="20" spans="1:14" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="16" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="17">
-        <v>3459</v>
+        <v>3863</v>
       </c>
       <c r="C20" s="18">
-        <v>984.07368603642806</v>
+        <v>1044.5801035464656</v>
       </c>
       <c r="D20" s="17">
-        <v>3863</v>
+        <v>4927</v>
       </c>
       <c r="E20" s="18">
-        <v>1044.5801035464656</v>
+        <v>1143.4284899533184</v>
       </c>
       <c r="F20" s="17">
-        <v>4927</v>
+        <v>5818</v>
       </c>
       <c r="G20" s="18">
-        <v>1143.4284899533184</v>
+        <v>1192.9301168786551</v>
       </c>
       <c r="H20" s="17">
-        <v>5818</v>
+        <v>7666</v>
       </c>
       <c r="I20" s="18">
-        <v>1192.9301168786551</v>
+        <v>1255.5854304722159</v>
       </c>
       <c r="J20" s="17">
-        <v>7666</v>
+        <v>876</v>
       </c>
       <c r="K20" s="18">
-        <v>1255.5854304722138</v>
+        <v>1514.1476940639272</v>
       </c>
     </row>
     <row r="21" spans="1:14" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="16" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="17">
-        <v>2128</v>
+        <v>2482</v>
       </c>
       <c r="C21" s="18">
-        <v>998.29808740601482</v>
+        <v>1079.6510596293328</v>
       </c>
       <c r="D21" s="17">
-        <v>2482</v>
+        <v>2921</v>
       </c>
       <c r="E21" s="18">
-        <v>1079.6510596293328</v>
+        <v>1166.6171687778167</v>
       </c>
       <c r="F21" s="17">
-        <v>2921</v>
+        <v>3336</v>
       </c>
       <c r="G21" s="18">
-        <v>1166.6171687778167</v>
+        <v>1205.1109832134296</v>
       </c>
       <c r="H21" s="17">
-        <v>3336</v>
+        <v>4061</v>
       </c>
       <c r="I21" s="18">
-        <v>1205.1109832134296</v>
+        <v>1275.9362029056886</v>
       </c>
       <c r="J21" s="17">
-        <v>4061</v>
+        <v>462</v>
       </c>
       <c r="K21" s="18">
-        <v>1275.9362029056874</v>
+        <v>1546.8422077922075</v>
       </c>
     </row>
     <row r="22" spans="1:14" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="17">
-        <v>2015</v>
+        <v>2349</v>
       </c>
       <c r="C22" s="18">
-        <v>1365.2899106699754</v>
+        <v>1532.5073265219251</v>
       </c>
       <c r="D22" s="17">
-        <v>2349</v>
+        <v>2586</v>
       </c>
       <c r="E22" s="18">
-        <v>1532.5073265219251</v>
+        <v>1540.1609590100527</v>
       </c>
       <c r="F22" s="17">
-        <v>2586</v>
+        <v>2989</v>
       </c>
       <c r="G22" s="18">
-        <v>1540.1609590100527</v>
+        <v>1632.3231615925063</v>
       </c>
       <c r="H22" s="17">
-        <v>2989</v>
+        <v>3848</v>
       </c>
       <c r="I22" s="18">
-        <v>1632.3231615925063</v>
+        <v>1720.3226559251559</v>
       </c>
       <c r="J22" s="17">
-        <v>3848</v>
+        <v>367</v>
       </c>
       <c r="K22" s="18">
-        <v>1720.3226559251559</v>
+        <v>1761.7493732970029</v>
       </c>
     </row>
     <row r="23" spans="1:14" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="17">
-        <v>3675</v>
+        <v>4023</v>
       </c>
       <c r="C23" s="18">
-        <v>890.59828027211336</v>
+        <v>920.59548844146161</v>
       </c>
       <c r="D23" s="17">
-        <v>4023</v>
+        <v>4336</v>
       </c>
       <c r="E23" s="18">
-        <v>920.59548844146161</v>
+        <v>952.75929197416883</v>
       </c>
       <c r="F23" s="17">
-        <v>4336</v>
+        <v>4865</v>
       </c>
       <c r="G23" s="18">
-        <v>952.75929197416883</v>
+        <v>989.01639671120233</v>
       </c>
       <c r="H23" s="17">
-        <v>4865</v>
+        <v>6132</v>
       </c>
       <c r="I23" s="18">
-        <v>989.01639671120233</v>
+        <v>1166.7595939334635</v>
       </c>
       <c r="J23" s="17">
-        <v>6132</v>
+        <v>464</v>
       </c>
       <c r="K23" s="18">
-        <v>1166.7595939334647</v>
+        <v>1360.9088146551724</v>
       </c>
     </row>
     <row r="24" spans="1:14" s="24" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="21" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="22">
-        <v>316156</v>
+        <v>327872</v>
       </c>
       <c r="C24" s="23">
-        <v>1388.3794683637234</v>
+        <v>1426.750031933188</v>
       </c>
       <c r="D24" s="22">
-        <v>327872</v>
+        <v>326949</v>
       </c>
       <c r="E24" s="23">
-        <v>1426.750031933188</v>
+        <v>1453.1407905208528</v>
       </c>
       <c r="F24" s="22">
-        <v>326949</v>
+        <v>368065</v>
       </c>
       <c r="G24" s="23">
-        <v>1453.1407905208528</v>
+        <v>1566.3715480961266</v>
       </c>
       <c r="H24" s="22">
-        <v>368065</v>
+        <v>375324</v>
       </c>
       <c r="I24" s="23">
-        <v>1566.3715480961266</v>
+        <v>1628.4282104261904</v>
       </c>
       <c r="J24" s="22">
-        <v>375324</v>
+        <v>38757</v>
       </c>
       <c r="K24" s="23">
-        <v>1628.4282104261918</v>
+        <v>1865.7561575973382</v>
       </c>
     </row>
     <row r="25" spans="1:14" s="24" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="17">
-        <v>120432</v>
+        <v>117397</v>
       </c>
       <c r="C25" s="18">
-        <v>1688.2142761060227</v>
+        <v>1689.5057452916153</v>
       </c>
       <c r="D25" s="17">
-        <v>117397</v>
+        <v>105661</v>
       </c>
       <c r="E25" s="18">
-        <v>1689.5057452916153</v>
+        <v>1771.7238823217638</v>
       </c>
       <c r="F25" s="17">
-        <v>105661</v>
+        <v>111378</v>
       </c>
       <c r="G25" s="18">
-        <v>1771.7238823217638</v>
+        <v>1913.278976907472</v>
       </c>
       <c r="H25" s="17">
-        <v>111378</v>
+        <v>106059</v>
       </c>
       <c r="I25" s="18">
-        <v>1913.278976907472</v>
+        <v>1957.1517341291155</v>
       </c>
       <c r="J25" s="17">
-        <v>106059</v>
+        <v>16808</v>
       </c>
       <c r="K25" s="18">
-        <v>1957.1517341291178</v>
+        <v>2093.5469068300822</v>
       </c>
     </row>
     <row r="26" spans="1:14" s="24" customFormat="1" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="17">
-        <v>195724</v>
+        <v>210475</v>
       </c>
       <c r="C26" s="18">
-        <v>1203.8864804520626</v>
+        <v>1280.1923292077365</v>
       </c>
       <c r="D26" s="17">
-        <v>210475</v>
+        <v>221288</v>
       </c>
       <c r="E26" s="18">
-        <v>1280.1923292077365</v>
+        <v>1301.0231516846966</v>
       </c>
       <c r="F26" s="17">
-        <v>221288</v>
+        <v>256687</v>
       </c>
       <c r="G26" s="18">
-        <v>1301.0231516846966</v>
+        <v>1415.8463730535577</v>
       </c>
       <c r="H26" s="17">
-        <v>256687</v>
+        <v>269265</v>
       </c>
       <c r="I26" s="18">
-        <v>1415.8463730535577</v>
+        <v>1498.9494879765184</v>
       </c>
       <c r="J26" s="17">
-        <v>269265</v>
+        <v>21949</v>
       </c>
       <c r="K26" s="18">
-        <v>1498.9494879765273</v>
+        <v>1691.3196496423534</v>
       </c>
     </row>
     <row r="27" spans="1:14" s="24" customFormat="1" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="25" t="s">
         <v>32</v>
       </c>
       <c r="B27" s="26">
-        <v>64.664437587773108</v>
+        <v>64.834673500634253</v>
       </c>
       <c r="C27" s="27" t="s">
         <v>33</v>
       </c>
       <c r="D27" s="26">
-        <v>64.834673500634253</v>
+        <v>65.054527678628943</v>
       </c>
       <c r="E27" s="27" t="s">
         <v>33</v>
       </c>
       <c r="F27" s="26">
-        <v>65.054527678628943</v>
+        <v>65.17130914376537</v>
       </c>
       <c r="G27" s="27" t="s">
         <v>33</v>
       </c>
       <c r="H27" s="26">
-        <v>65.17130914376537</v>
+        <v>65.326760878600751</v>
       </c>
       <c r="I27" s="27" t="s">
         <v>33</v>
       </c>
       <c r="J27" s="26">
-        <v>65.32676087860095</v>
+        <v>65.061171143277335</v>
       </c>
       <c r="K27" s="27" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="30.6" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A28" s="28"/>
       <c r="B28" s="28"/>
       <c r="C28" s="28"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A28:K28"/>
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:C4"/>
@@ -1789,31 +1784,31 @@
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Evolución</vt:lpstr>
       <vt:lpstr>Evolución!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>GARCIA MOYANO, ANA ROSA</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>