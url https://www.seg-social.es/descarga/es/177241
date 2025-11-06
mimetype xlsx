--- v0 (2025-10-10)
+++ v1 (2025-11-06)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AA145A00-4517-475D-BDBB-EFDBF1047E62}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{183E33F8-7714-42A1-976C-42E9DE302A80}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{DAE4B245-900D-48C5-9D16-B977DCFA895A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{F0E104B2-28E7-4003-81D4-CD9BB9F87995}"/>
   </bookViews>
   <sheets>
     <sheet name="Por sexos (media)" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Por sexos (media)'!$A$1:$S$26</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -138,51 +138,51 @@
   <si>
     <t>&lt; 65 años</t>
   </si>
   <si>
     <t>≥ 65 años</t>
   </si>
   <si>
     <t>Hombres</t>
   </si>
   <si>
     <t>Mujeres</t>
   </si>
   <si>
     <t>No consta</t>
   </si>
   <si>
     <t>Edad media (años)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Altas iniciales de Jubilación según régimen y sexo, por edades. Año 2025</t>
   </si>
   <si>
-    <t>Datos de pensión media mensual acumulados a agosto</t>
+    <t>Datos de pensión media mensual acumulados a septiembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="Tahoma"/>
@@ -407,52 +407,52 @@
     <xf numFmtId="164" fontId="7" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 5" xfId="2" xr:uid="{9EA616E0-F331-43C1-9E00-182D6FE47675}"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{A7AB1D53-532C-461C-92B1-680B6193CF90}"/>
+    <cellStyle name="Normal 5" xfId="2" xr:uid="{3A3FCE47-70FC-4AE3-AB94-A51F8950A778}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{B88D5EB2-C5C1-43AC-A1D3-5CC264CF578F}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -717,51 +717,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FAC2AC05-9A6C-443F-962D-AEB7439325DE}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76794F38-DF3A-49AE-86A9-1278EE70E409}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S27"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:S1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.7109375" style="1" customWidth="1"/>
     <col min="2" max="3" width="8.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="8" style="1" customWidth="1"/>
     <col min="5" max="6" width="8.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="8" style="1" customWidth="1"/>
     <col min="8" max="9" width="8.85546875" style="1" customWidth="1"/>
     <col min="10" max="10" width="8" style="1" customWidth="1"/>
     <col min="11" max="12" width="8.85546875" style="1" customWidth="1"/>
     <col min="13" max="13" width="8" style="1" customWidth="1"/>
     <col min="14" max="15" width="8.85546875" style="1" customWidth="1"/>
     <col min="16" max="16" width="8" style="1" customWidth="1"/>
     <col min="17" max="18" width="8.85546875" style="1" customWidth="1"/>
     <col min="19" max="19" width="8" style="1" customWidth="1"/>
@@ -896,1335 +896,1335 @@
       </c>
       <c r="O4" s="6" t="s">
         <v>29</v>
       </c>
       <c r="P4" s="7" t="s">
         <v>30</v>
       </c>
       <c r="Q4" s="6" t="s">
         <v>28</v>
       </c>
       <c r="R4" s="6" t="s">
         <v>29</v>
       </c>
       <c r="S4" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="8">
         <v>2387.3084210526317</v>
       </c>
       <c r="C5" s="8">
-        <v>2391.9650000000001</v>
+        <v>2446.8114285714287</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="8">
         <v>1042.4100000000001</v>
       </c>
       <c r="G5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K5" s="8">
-        <v>3231.7711111111112</v>
+        <v>3239.1937931034486</v>
       </c>
       <c r="L5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q5" s="8">
-        <v>3011.9794520547953</v>
+        <v>3028.988311688312</v>
       </c>
       <c r="R5" s="8">
-        <v>2199.1714285714288</v>
+        <v>2271.26125</v>
       </c>
       <c r="S5" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="8">
-        <v>2030.3441666666668</v>
+        <v>2180.3980000000001</v>
       </c>
       <c r="C6" s="8">
-        <v>2118.21</v>
+        <v>2331.02</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H6" s="8">
         <v>2266.2988888888885</v>
       </c>
       <c r="I6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K6" s="8">
-        <v>3232.8473972602746</v>
+        <v>3238.2977777777778</v>
       </c>
       <c r="L6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q6" s="8">
-        <v>2878.5170754716983</v>
+        <v>2900.9229166666669</v>
       </c>
       <c r="R6" s="8">
-        <v>2118.21</v>
+        <v>2331.02</v>
       </c>
       <c r="S6" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="8">
-        <v>1592.9213541666666</v>
+        <v>1584.5904504504504</v>
       </c>
       <c r="C7" s="8">
-        <v>1333.578913043478</v>
+        <v>1412.2105882352937</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E7" s="8">
         <v>1136.6833333333332</v>
       </c>
       <c r="F7" s="8">
         <v>1021.885</v>
       </c>
       <c r="G7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H7" s="8">
-        <v>2656.5881052631589</v>
+        <v>2693.0607766990302</v>
       </c>
       <c r="I7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K7" s="8">
-        <v>3081.1739130434785</v>
+        <v>3090.018</v>
       </c>
       <c r="L7" s="8">
         <v>3375.3</v>
       </c>
       <c r="M7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q7" s="8">
-        <v>2293.5015416666652</v>
+        <v>2303.8082352941165</v>
       </c>
       <c r="R7" s="8">
-        <v>1362.5244897959183</v>
+        <v>1434.107592592592</v>
       </c>
       <c r="S7" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="8">
-        <v>2249.3135185185183</v>
+        <v>2228.3245614035086</v>
       </c>
       <c r="C8" s="8">
-        <v>2062.2790476190476</v>
+        <v>2044.6768181818181</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="8">
         <v>865.92</v>
       </c>
       <c r="F8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="G8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H8" s="8">
-        <v>2424.1747540983611</v>
+        <v>2448.7916666666679</v>
       </c>
       <c r="I8" s="8">
         <v>2966.08</v>
       </c>
       <c r="J8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K8" s="8">
-        <v>3103.9458536585366</v>
+        <v>3138.649387755102</v>
       </c>
       <c r="L8" s="8">
         <v>2934.69</v>
       </c>
       <c r="M8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q8" s="8">
-        <v>2501.5594036697257</v>
+        <v>2527.0925896414328</v>
       </c>
       <c r="R8" s="8">
-        <v>2139.5056521739134</v>
+        <v>2120.1525000000001</v>
       </c>
       <c r="S8" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="8">
-        <v>2271.3929032258065</v>
+        <v>2303.3044285714282</v>
       </c>
       <c r="C9" s="8">
-        <v>1805.9376190476189</v>
+        <v>1768.8478260869563</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="8">
         <v>899.8</v>
       </c>
       <c r="F9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="G9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H9" s="8">
-        <v>2278.3803787878787</v>
+        <v>2258.205945945946</v>
       </c>
       <c r="I9" s="8">
         <v>1779.05</v>
       </c>
       <c r="J9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K9" s="8">
-        <v>3131.8507142857152</v>
+        <v>3119.3756250000001</v>
       </c>
       <c r="L9" s="8">
         <v>3303.5</v>
       </c>
       <c r="M9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q9" s="8">
-        <v>2421.9835443037969</v>
+        <v>2419.758876404494</v>
       </c>
       <c r="R9" s="8">
-        <v>1869.8799999999999</v>
+        <v>1830.6419999999998</v>
       </c>
       <c r="S9" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="8">
-        <v>2926.2416020671785</v>
+        <v>2943.0200921658966</v>
       </c>
       <c r="C10" s="8">
-        <v>2353.404583333333</v>
+        <v>2342.7051851851847</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="8">
         <v>1393.7819999999999</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H10" s="8">
-        <v>2175.2607228915667</v>
+        <v>2165.0381005586601</v>
       </c>
       <c r="I10" s="8">
         <v>1458.19</v>
       </c>
       <c r="J10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K10" s="8">
-        <v>3011.30705882353</v>
+        <v>3045.5567500000002</v>
       </c>
       <c r="L10" s="8">
         <v>2644.1833333333334</v>
       </c>
       <c r="M10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q10" s="8">
-        <v>2707.6049493243199</v>
+        <v>2725.8415197568352</v>
       </c>
       <c r="R10" s="8">
-        <v>2352.9646153846152</v>
+        <v>2343.0486206896553</v>
       </c>
       <c r="S10" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="8">
-        <v>3005.7813569078949</v>
+        <v>3015.5158284023682</v>
       </c>
       <c r="C11" s="8">
-        <v>2738.7682568807345</v>
+        <v>2696.4290163934434</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E11" s="8">
         <v>1038.9516666666668</v>
       </c>
       <c r="F11" s="8">
         <v>704.54</v>
       </c>
       <c r="G11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H11" s="8">
-        <v>2031.9093478260868</v>
+        <v>2000.717961783439</v>
       </c>
       <c r="I11" s="8">
         <v>1425.81</v>
       </c>
       <c r="J11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K11" s="8">
-        <v>3149.0421739130434</v>
+        <v>3175.6143333333334</v>
       </c>
       <c r="L11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q11" s="8">
-        <v>2902.4550253073025</v>
+        <v>2907.8267055016167</v>
       </c>
       <c r="R11" s="8">
-        <v>2708.6134234234237</v>
+        <v>2670.118467741936</v>
       </c>
       <c r="S11" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="8">
-        <v>2186.9465635669799</v>
+        <v>2193.4133667083852</v>
       </c>
       <c r="C12" s="8">
-        <v>1681.2800506072883</v>
+        <v>1694.3643196347036</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="8">
-        <v>1153.4949999999999</v>
+        <v>1150.8547368421052</v>
       </c>
       <c r="F12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="G12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H12" s="8">
-        <v>1751.9120168067232</v>
+        <v>1728.5382608695652</v>
       </c>
       <c r="I12" s="8">
-        <v>2159.5800000000004</v>
+        <v>1950.8462500000001</v>
       </c>
       <c r="J12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K12" s="8">
-        <v>3082.5418000000004</v>
+        <v>3095.8074074074084</v>
       </c>
       <c r="L12" s="8">
-        <v>3303.5</v>
+        <v>3291.5333333333333</v>
       </c>
       <c r="M12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q12" s="8">
-        <v>2181.9927351916367</v>
+        <v>2187.3430530668502</v>
       </c>
       <c r="R12" s="8">
-        <v>1687.418845381527</v>
+        <v>1700.5518083182644</v>
       </c>
       <c r="S12" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="8">
-        <v>1541.8410784157779</v>
+        <v>1513.7128673425673</v>
       </c>
       <c r="C13" s="8">
-        <v>1331.0002905740619</v>
+        <v>1297.313169727676</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E13" s="8">
-        <v>1103.0039285714286</v>
+        <v>1079.2962068965514</v>
       </c>
       <c r="F13" s="8">
         <v>1031.1333333333334</v>
       </c>
       <c r="G13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H13" s="8">
-        <v>1699.3723333333328</v>
+        <v>1671.6219791666661</v>
       </c>
       <c r="I13" s="8">
-        <v>1308.6440740740741</v>
+        <v>1287.9013333333335</v>
       </c>
       <c r="J13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K13" s="8">
-        <v>3127.13</v>
+        <v>3137.2525714285721</v>
       </c>
       <c r="L13" s="8">
-        <v>3324.69</v>
+        <v>3098.4675000000002</v>
       </c>
       <c r="M13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q13" s="8">
-        <v>1549.2802688840513</v>
+        <v>1522.0033994136518</v>
       </c>
       <c r="R13" s="8">
-        <v>1332.2523023093081</v>
+        <v>1298.9783302063793</v>
       </c>
       <c r="S13" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="8">
-        <v>2125.2537193272688</v>
+        <v>2139.1682583750685</v>
       </c>
       <c r="C14" s="8">
-        <v>2014.7584239948389</v>
+        <v>2038.2063246825971</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E14" s="8">
-        <v>1308.7230755064472</v>
+        <v>1312.8165137101296</v>
       </c>
       <c r="F14" s="8">
-        <v>1150.2429809104256</v>
+        <v>1154.8515951742627</v>
       </c>
       <c r="G14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H14" s="8">
-        <v>1704.4361428571431</v>
+        <v>1700.2851315789476</v>
       </c>
       <c r="I14" s="8">
-        <v>1161.0735897435898</v>
+        <v>1165.9248780487806</v>
       </c>
       <c r="J14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K14" s="8">
-        <v>3078.5403571428569</v>
+        <v>3079.21</v>
       </c>
       <c r="L14" s="8">
         <v>3274.6725000000001</v>
       </c>
       <c r="M14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q14" s="8">
-        <v>2058.1459948645688</v>
+        <v>2073.1912132680354</v>
       </c>
       <c r="R14" s="8">
-        <v>1953.2195182525445</v>
+        <v>1978.2393332174213</v>
       </c>
       <c r="S14" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="8">
-        <v>1953.2374945120732</v>
+        <v>1967.9039022230086</v>
       </c>
       <c r="C15" s="8">
-        <v>1907.5128571428579</v>
+        <v>1936.8306192728355</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="8">
-        <v>1307.5628166465626</v>
+        <v>1313.2394438325989</v>
       </c>
       <c r="F15" s="8">
-        <v>1163.3154784240141</v>
+        <v>1161.4614310051104</v>
       </c>
       <c r="G15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H15" s="8">
-        <v>1746.5485185185187</v>
+        <v>1733.3459322033898</v>
       </c>
       <c r="I15" s="8">
         <v>1169.6380000000001</v>
       </c>
       <c r="J15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K15" s="8">
         <v>2461.0420833333333</v>
       </c>
       <c r="L15" s="8">
         <v>3267.6</v>
       </c>
       <c r="M15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q15" s="8">
-        <v>1862.2779341724813</v>
+        <v>1877.6177566338154</v>
       </c>
       <c r="R15" s="8">
-        <v>1844.3303281972285</v>
+        <v>1873.2077827502051</v>
       </c>
       <c r="S15" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="8">
-        <v>1949.1970443550979</v>
+        <v>1958.7735082373099</v>
       </c>
       <c r="C16" s="8">
-        <v>1699.0602928829449</v>
+        <v>1711.3512892325321</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="8">
-        <v>1217.4033366824071</v>
+        <v>1218.8001754701702</v>
       </c>
       <c r="F16" s="8">
-        <v>1164.0589209225702</v>
+        <v>1163.2870796460174</v>
       </c>
       <c r="G16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H16" s="8">
-        <v>1892.0393442622956</v>
+        <v>1909.9895238095241</v>
       </c>
       <c r="I16" s="8">
-        <v>1527.5415789473684</v>
+        <v>1585.732857142857</v>
       </c>
       <c r="J16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K16" s="8">
         <v>531.50199999999995</v>
       </c>
       <c r="L16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q16" s="8">
-        <v>1820.1661250663333</v>
+        <v>1829.4902529598319</v>
       </c>
       <c r="R16" s="8">
-        <v>1659.8077553050398</v>
+        <v>1671.8062828991056</v>
       </c>
       <c r="S16" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="8">
-        <v>1526.7517948168779</v>
+        <v>1527.157167825824</v>
       </c>
       <c r="C17" s="8">
-        <v>1180.0056553617458</v>
+        <v>1190.5014646049087</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E17" s="8">
-        <v>976.92905906510305</v>
+        <v>977.28978003203349</v>
       </c>
       <c r="F17" s="8">
-        <v>908.18586023883188</v>
+        <v>908.40836136595317</v>
       </c>
       <c r="G17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H17" s="8">
-        <v>1128.7728205128205</v>
+        <v>1095.92</v>
       </c>
       <c r="I17" s="8">
-        <v>1105.2065217391305</v>
+        <v>1053.5734482758621</v>
       </c>
       <c r="J17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K17" s="8">
         <v>591.18285714285707</v>
       </c>
       <c r="L17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q17" s="8">
-        <v>1321.9312417159263</v>
+        <v>1327.7594311919538</v>
       </c>
       <c r="R17" s="8">
-        <v>1129.6859811860943</v>
+        <v>1139.069768795511</v>
       </c>
       <c r="S17" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="8">
-        <v>1553.8272307239552</v>
+        <v>1570.3402491565012</v>
       </c>
       <c r="C18" s="8">
-        <v>1156.877241717792</v>
+        <v>1186.2155652358697</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E18" s="8">
-        <v>992.47837724801286</v>
+        <v>993.14732250755287</v>
       </c>
       <c r="F18" s="8">
-        <v>893.87681598897245</v>
+        <v>892.64835903763105</v>
       </c>
       <c r="G18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H18" s="8">
-        <v>1392.4860869565216</v>
+        <v>1364.8829166666667</v>
       </c>
       <c r="I18" s="8">
         <v>774.11666666666667</v>
       </c>
       <c r="J18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K18" s="8">
         <v>1315.77</v>
       </c>
       <c r="L18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q18" s="8">
-        <v>1322.2464037800687</v>
+        <v>1335.3219715291593</v>
       </c>
       <c r="R18" s="8">
-        <v>1087.4791612436727</v>
+        <v>1110.683426496131</v>
       </c>
       <c r="S18" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="8">
-        <v>1697.499095780307</v>
+        <v>1705.0094712103391</v>
       </c>
       <c r="C19" s="8">
-        <v>1165.6877490542242</v>
+        <v>1177.0278912319643</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E19" s="8">
-        <v>1015.3504735883416</v>
+        <v>1020.2515577078285</v>
       </c>
       <c r="F19" s="8">
-        <v>881.58732700135647</v>
+        <v>881.34980582524304</v>
       </c>
       <c r="G19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H19" s="8">
         <v>1424.328</v>
       </c>
       <c r="I19" s="8">
         <v>749.31</v>
       </c>
       <c r="J19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K19" s="8">
         <v>2925.47</v>
       </c>
       <c r="L19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q19" s="8">
-        <v>1409.0366114747787</v>
+        <v>1417.0562979300976</v>
       </c>
       <c r="R19" s="8">
-        <v>1075.2727956989243</v>
+        <v>1083.9935768645355</v>
       </c>
       <c r="S19" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="8">
-        <v>1746.3187677725116</v>
+        <v>1763.7150575916235</v>
       </c>
       <c r="C20" s="8">
-        <v>1181.4866105499434</v>
+        <v>1185.4139342629476</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E20" s="8">
-        <v>1015.905698729582</v>
+        <v>1011.7677938808374</v>
       </c>
       <c r="F20" s="8">
-        <v>887.63470954356865</v>
+        <v>891.99287878787879</v>
       </c>
       <c r="G20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H20" s="8">
         <v>1919.34375</v>
       </c>
       <c r="I20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K20" s="8">
         <v>1229.5550000000001</v>
       </c>
       <c r="L20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q20" s="8">
-        <v>1460.1216654804259</v>
+        <v>1469.4007187894074</v>
       </c>
       <c r="R20" s="8">
-        <v>1078.3281136198109</v>
+        <v>1084.2870953002612</v>
       </c>
       <c r="S20" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="8">
-        <v>2340.2042673796791</v>
+        <v>2396.3129702970314</v>
       </c>
       <c r="C21" s="8">
-        <v>1521.6671912832933</v>
+        <v>1544.7721995708159</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E21" s="8">
-        <v>1164.5088652482266</v>
+        <v>1170.1321338912132</v>
       </c>
       <c r="F21" s="8">
-        <v>961.89774853801123</v>
+        <v>981.57141772151886</v>
       </c>
       <c r="G21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H21" s="8">
-        <v>2082.7174999999997</v>
+        <v>1696.7180000000001</v>
       </c>
       <c r="I21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="L21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q21" s="8">
-        <v>1974.3091850220267</v>
+        <v>2026.4181053952329</v>
       </c>
       <c r="R21" s="8">
-        <v>1357.7620976027417</v>
+        <v>1377.1276563677491</v>
       </c>
       <c r="S21" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="8">
-        <v>1492.0879553072627</v>
+        <v>1505.561653225807</v>
       </c>
       <c r="C22" s="8">
-        <v>931.61691218130329</v>
+        <v>937.68471682163977</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E22" s="8">
-        <v>1227.9555555555557</v>
+        <v>1230.3698922056392</v>
       </c>
       <c r="F22" s="8">
-        <v>1028.0508896797155</v>
+        <v>1047.8056465863451</v>
       </c>
       <c r="G22" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H22" s="8">
-        <v>905.00142857142851</v>
+        <v>803.13375000000008</v>
       </c>
       <c r="I22" s="8">
         <v>1533.5475000000001</v>
       </c>
       <c r="J22" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K22" s="8">
         <v>901.8</v>
       </c>
       <c r="L22" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M22" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N22" s="8">
         <v>560</v>
       </c>
       <c r="O22" s="8">
-        <v>522.77192307692326</v>
+        <v>522.80379310344836</v>
       </c>
       <c r="P22" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q22" s="8">
-        <v>1344.0193359960049</v>
+        <v>1351.6478587596182</v>
       </c>
       <c r="R22" s="8">
-        <v>976.8810528694089</v>
+        <v>989.47360828931392</v>
       </c>
       <c r="S22" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:19" s="10" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="16" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="9">
-        <v>1909.6956641125005</v>
+        <v>1915.7906719278419</v>
       </c>
       <c r="C23" s="9">
-        <v>1509.7894968019484</v>
+        <v>1519.4605856351479</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E23" s="9">
-        <v>1122.363961756688</v>
+        <v>1122.8743165111916</v>
       </c>
       <c r="F23" s="9">
-        <v>978.58645048383812</v>
+        <v>979.27611164931113</v>
       </c>
       <c r="G23" s="9" t="s">
         <v>32</v>
       </c>
       <c r="H23" s="9">
-        <v>2026.6340105078793</v>
+        <v>2020.0002056962023</v>
       </c>
       <c r="I23" s="9">
-        <v>1275.4345333333331</v>
+        <v>1267.8796969696969</v>
       </c>
       <c r="J23" s="9" t="s">
         <v>32</v>
       </c>
       <c r="K23" s="9">
-        <v>2990.4823717948711</v>
+        <v>3016.6060227272746</v>
       </c>
       <c r="L23" s="9">
-        <v>3155.8375000000005</v>
+        <v>3121.1555555555556</v>
       </c>
       <c r="M23" s="9" t="s">
         <v>32</v>
       </c>
       <c r="N23" s="9">
         <v>560</v>
       </c>
       <c r="O23" s="9">
-        <v>522.77192307692326</v>
+        <v>522.80379310344836</v>
       </c>
       <c r="P23" s="9" t="s">
         <v>32</v>
       </c>
       <c r="Q23" s="9">
-        <v>1759.5841313224878</v>
+        <v>1766.4444090307138</v>
       </c>
       <c r="R23" s="9">
-        <v>1434.3793189004718</v>
+        <v>1443.8415953497927</v>
       </c>
       <c r="S23" s="9" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:19" s="10" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="8">
-        <v>2034.7367229476029</v>
+        <v>2042.1115259956587</v>
       </c>
       <c r="C24" s="8">
-        <v>1867.9794316062178</v>
+        <v>1886.4735285298923</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E24" s="8">
-        <v>1304.8296357121537</v>
+        <v>1309.6237142077998</v>
       </c>
       <c r="F24" s="8">
-        <v>1154.6896568627446</v>
+        <v>1156.5708637379</v>
       </c>
       <c r="G24" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H24" s="8">
-        <v>2096.2915075376886</v>
+        <v>2089.0712714156903</v>
       </c>
       <c r="I24" s="8">
-        <v>1297.8607291666667</v>
+        <v>1291.9283495145633</v>
       </c>
       <c r="J24" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K24" s="8">
-        <v>3098.958153153153</v>
+        <v>3113.4120039682543</v>
       </c>
       <c r="L24" s="8">
-        <v>3155.8375000000001</v>
+        <v>3121.1555555555556</v>
       </c>
       <c r="M24" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N24" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O24" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P24" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q24" s="8">
-        <v>1993.2620326032709</v>
+        <v>2001.6919107456533</v>
       </c>
       <c r="R24" s="8">
-        <v>1824.0177941461538</v>
+        <v>1843.0558613051633</v>
       </c>
       <c r="S24" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:19" s="10" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B25" s="8">
-        <v>1833.8790880249105</v>
+        <v>1840.1035719160877</v>
       </c>
       <c r="C25" s="8">
-        <v>1409.6509331498514</v>
+        <v>1418.2137325797075</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E25" s="8">
-        <v>1096.6808809313657</v>
+        <v>1097.197149606299</v>
       </c>
       <c r="F25" s="8">
-        <v>962.43672960215736</v>
+        <v>963.58331180386199</v>
       </c>
       <c r="G25" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H25" s="8">
-        <v>1555.1427891156466</v>
+        <v>1525.8078709677422</v>
       </c>
       <c r="I25" s="8">
-        <v>1235.5657407407407</v>
+        <v>1227.9279032258064</v>
       </c>
       <c r="J25" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K25" s="8">
         <v>983.68041666666659</v>
       </c>
       <c r="L25" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M25" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N25" s="8">
         <v>560</v>
       </c>
       <c r="O25" s="8">
-        <v>522.77192307692326</v>
+        <v>522.80379310344836</v>
       </c>
       <c r="P25" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q25" s="8">
-        <v>1642.6322118654184</v>
+        <v>1649.8223914874059</v>
       </c>
       <c r="R25" s="8">
-        <v>1336.8728362154691</v>
+        <v>1345.2475654351126</v>
       </c>
       <c r="S25" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:19" s="10" customFormat="1" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="17" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="11">
-        <v>64.723829870890171</v>
+        <v>64.73910613625408</v>
       </c>
       <c r="C26" s="11">
-        <v>65.567475292919084</v>
+        <v>65.581353384935923</v>
       </c>
       <c r="D26" s="11" t="s">
         <v>32</v>
       </c>
       <c r="E26" s="11">
-        <v>66.193651904797036</v>
+        <v>66.197010251508075</v>
       </c>
       <c r="F26" s="11">
-        <v>67.1146119003499</v>
+        <v>67.10846875756836</v>
       </c>
       <c r="G26" s="11" t="s">
         <v>32</v>
       </c>
       <c r="H26" s="11">
-        <v>60.846646234675966</v>
+        <v>60.791874999999933</v>
       </c>
       <c r="I26" s="11">
-        <v>64.35260000000001</v>
+        <v>64.36448484848485</v>
       </c>
       <c r="J26" s="11" t="s">
         <v>32</v>
       </c>
       <c r="K26" s="11">
-        <v>59.046709401709393</v>
+        <v>58.985378787878794</v>
       </c>
       <c r="L26" s="11">
-        <v>61.255625000000009</v>
+        <v>61.324444444444438</v>
       </c>
       <c r="M26" s="11" t="s">
         <v>32</v>
       </c>
       <c r="N26" s="11">
         <v>84.789999999999992</v>
       </c>
       <c r="O26" s="11">
-        <v>83.448846153846162</v>
+        <v>83.571724137931028</v>
       </c>
       <c r="P26" s="11" t="s">
         <v>32</v>
       </c>
       <c r="Q26" s="11">
-        <v>64.961665677174949</v>
+        <v>64.970959753312442</v>
       </c>
       <c r="R26" s="11">
-        <v>65.788207239713756</v>
+        <v>65.796199591671581</v>
       </c>
       <c r="S26" s="11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:19" ht="20.25" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A27" s="12"/>
       <c r="B27" s="12"/>
       <c r="C27" s="12"/>
       <c r="D27" s="12"/>
       <c r="E27" s="12"/>
       <c r="F27" s="12"/>
       <c r="G27" s="12"/>
       <c r="H27" s="12"/>
       <c r="I27" s="12"/>
       <c r="J27" s="12"/>
       <c r="K27" s="12"/>
       <c r="L27" s="12"/>
       <c r="M27" s="12"/>
       <c r="N27" s="12"/>
       <c r="O27" s="12"/>
       <c r="P27" s="12"/>
       <c r="Q27" s="12"/>
       <c r="R27" s="12"/>
       <c r="S27" s="12"/>