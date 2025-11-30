--- v1 (2025-11-06)
+++ v2 (2025-11-30)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{183E33F8-7714-42A1-976C-42E9DE302A80}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{650D8898-DD91-4030-8441-1BB878DD6AE7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{F0E104B2-28E7-4003-81D4-CD9BB9F87995}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{2DC1768E-6E8D-44B0-B07B-5D006E383381}"/>
   </bookViews>
   <sheets>
     <sheet name="Por sexos (media)" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Por sexos (media)'!$A$1:$S$26</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -138,51 +138,51 @@
   <si>
     <t>&lt; 65 años</t>
   </si>
   <si>
     <t>≥ 65 años</t>
   </si>
   <si>
     <t>Hombres</t>
   </si>
   <si>
     <t>Mujeres</t>
   </si>
   <si>
     <t>No consta</t>
   </si>
   <si>
     <t>Edad media (años)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Altas iniciales de Jubilación según régimen y sexo, por edades. Año 2025</t>
   </si>
   <si>
-    <t>Datos de pensión media mensual acumulados a septiembre</t>
+    <t>Datos de pensión media mensual acumulados a octubre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="Tahoma"/>
@@ -407,52 +407,52 @@
     <xf numFmtId="164" fontId="7" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 5" xfId="2" xr:uid="{3A3FCE47-70FC-4AE3-AB94-A51F8950A778}"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{B88D5EB2-C5C1-43AC-A1D3-5CC264CF578F}"/>
+    <cellStyle name="Normal 5" xfId="2" xr:uid="{688E7830-E796-408B-89D0-3847FBD2867A}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{9829E9D5-D6E1-4CFE-8FB8-FB9B51D1A8EA}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -717,51 +717,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76794F38-DF3A-49AE-86A9-1278EE70E409}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FF5590FD-60D6-4398-B589-D90FA44D7A65}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S27"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:S1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.7109375" style="1" customWidth="1"/>
     <col min="2" max="3" width="8.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="8" style="1" customWidth="1"/>
     <col min="5" max="6" width="8.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="8" style="1" customWidth="1"/>
     <col min="8" max="9" width="8.85546875" style="1" customWidth="1"/>
     <col min="10" max="10" width="8" style="1" customWidth="1"/>
     <col min="11" max="12" width="8.85546875" style="1" customWidth="1"/>
     <col min="13" max="13" width="8" style="1" customWidth="1"/>
     <col min="14" max="15" width="8.85546875" style="1" customWidth="1"/>
     <col min="16" max="16" width="8" style="1" customWidth="1"/>
     <col min="17" max="18" width="8.85546875" style="1" customWidth="1"/>
     <col min="19" max="19" width="8" style="1" customWidth="1"/>
@@ -893,1338 +893,1338 @@
       </c>
       <c r="N4" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O4" s="6" t="s">
         <v>29</v>
       </c>
       <c r="P4" s="7" t="s">
         <v>30</v>
       </c>
       <c r="Q4" s="6" t="s">
         <v>28</v>
       </c>
       <c r="R4" s="6" t="s">
         <v>29</v>
       </c>
       <c r="S4" s="7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="8">
-        <v>2387.3084210526317</v>
+        <v>2407.4070000000002</v>
       </c>
       <c r="C5" s="8">
         <v>2446.8114285714287</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="8">
         <v>1042.4100000000001</v>
       </c>
       <c r="G5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K5" s="8">
-        <v>3239.1937931034486</v>
+        <v>3242.3563934426234</v>
       </c>
       <c r="L5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q5" s="8">
-        <v>3028.988311688312</v>
+        <v>3036.1960493827164</v>
       </c>
       <c r="R5" s="8">
         <v>2271.26125</v>
       </c>
       <c r="S5" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="8">
-        <v>2180.3980000000001</v>
+        <v>2206.2396875000004</v>
       </c>
       <c r="C6" s="8">
         <v>2331.02</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H6" s="8">
-        <v>2266.2988888888885</v>
+        <v>2166.8927272727274</v>
       </c>
       <c r="I6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K6" s="8">
-        <v>3238.2977777777778</v>
+        <v>3238.5219101123589</v>
       </c>
       <c r="L6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q6" s="8">
-        <v>2900.9229166666669</v>
+        <v>2898.9692424242421</v>
       </c>
       <c r="R6" s="8">
         <v>2331.02</v>
       </c>
       <c r="S6" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="8">
-        <v>1584.5904504504504</v>
+        <v>1609.8132231404959</v>
       </c>
       <c r="C7" s="8">
-        <v>1412.2105882352937</v>
+        <v>1387.507222222222</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E7" s="8">
-        <v>1136.6833333333332</v>
+        <v>1044.1380000000001</v>
       </c>
       <c r="F7" s="8">
         <v>1021.885</v>
       </c>
       <c r="G7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H7" s="8">
-        <v>2693.0607766990302</v>
+        <v>2688.5364912280711</v>
       </c>
       <c r="I7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K7" s="8">
-        <v>3090.018</v>
+        <v>3119.9760317460323</v>
       </c>
       <c r="L7" s="8">
         <v>3375.3</v>
       </c>
       <c r="M7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q7" s="8">
-        <v>2303.8082352941165</v>
+        <v>2320.3291749174905</v>
       </c>
       <c r="R7" s="8">
-        <v>1434.107592592592</v>
+        <v>1409.5519298245611</v>
       </c>
       <c r="S7" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="8">
-        <v>2228.3245614035086</v>
+        <v>2191.2830158730162</v>
       </c>
       <c r="C8" s="8">
-        <v>2044.6768181818181</v>
+        <v>1961.6676923076923</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="8">
         <v>865.92</v>
       </c>
       <c r="F8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="G8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H8" s="8">
-        <v>2448.7916666666679</v>
+        <v>2444.3648427672965</v>
       </c>
       <c r="I8" s="8">
-        <v>2966.08</v>
+        <v>2572.5349999999999</v>
       </c>
       <c r="J8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K8" s="8">
-        <v>3138.649387755102</v>
+        <v>3163.0459649122804</v>
       </c>
       <c r="L8" s="8">
         <v>2934.69</v>
       </c>
       <c r="M8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q8" s="8">
-        <v>2527.0925896414328</v>
+        <v>2528.0870714285707</v>
       </c>
       <c r="R8" s="8">
-        <v>2120.1525000000001</v>
+        <v>2037.3489655172414</v>
       </c>
       <c r="S8" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="8">
-        <v>2303.3044285714282</v>
+        <v>2292.9978205128205</v>
       </c>
       <c r="C9" s="8">
-        <v>1768.8478260869563</v>
+        <v>1751.6088461538459</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="8">
         <v>899.8</v>
       </c>
       <c r="F9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="G9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H9" s="8">
-        <v>2258.205945945946</v>
+        <v>2246.7424550898204</v>
       </c>
       <c r="I9" s="8">
         <v>1779.05</v>
       </c>
       <c r="J9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K9" s="8">
-        <v>3119.3756250000001</v>
+        <v>3125.1303846153846</v>
       </c>
       <c r="L9" s="8">
         <v>3303.5</v>
       </c>
       <c r="M9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q9" s="8">
-        <v>2419.758876404494</v>
+        <v>2407.6053691275174</v>
       </c>
       <c r="R9" s="8">
-        <v>1830.6419999999998</v>
+        <v>1808.0135714285714</v>
       </c>
       <c r="S9" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="8">
-        <v>2943.0200921658966</v>
+        <v>2935.3240529531563</v>
       </c>
       <c r="C10" s="8">
-        <v>2342.7051851851847</v>
+        <v>2345.1187500000005</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="8">
-        <v>1393.7819999999999</v>
+        <v>1370.6183333333336</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H10" s="8">
-        <v>2165.0381005586601</v>
+        <v>2163.1491919191926</v>
       </c>
       <c r="I10" s="8">
         <v>1458.19</v>
       </c>
       <c r="J10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K10" s="8">
-        <v>3045.5567500000002</v>
+        <v>3074.2291489361701</v>
       </c>
       <c r="L10" s="8">
         <v>2644.1833333333334</v>
       </c>
       <c r="M10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q10" s="8">
-        <v>2725.8415197568352</v>
+        <v>2725.4179649595667</v>
       </c>
       <c r="R10" s="8">
-        <v>2343.0486206896553</v>
+        <v>2345.2697058823533</v>
       </c>
       <c r="S10" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="8">
-        <v>3015.5158284023682</v>
+        <v>3019.47470899471</v>
       </c>
       <c r="C11" s="8">
-        <v>2696.4290163934434</v>
+        <v>2721.5047368421056</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E11" s="8">
-        <v>1038.9516666666668</v>
+        <v>1054.0957142857144</v>
       </c>
       <c r="F11" s="8">
         <v>704.54</v>
       </c>
       <c r="G11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H11" s="8">
-        <v>2000.717961783439</v>
+        <v>1991.4355113636354</v>
       </c>
       <c r="I11" s="8">
         <v>1425.81</v>
       </c>
       <c r="J11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K11" s="8">
-        <v>3175.6143333333334</v>
+        <v>3162.6727777777778</v>
       </c>
       <c r="L11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P11" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q11" s="8">
-        <v>2907.8267055016167</v>
+        <v>2909.9787983824372</v>
       </c>
       <c r="R11" s="8">
-        <v>2670.118467741936</v>
+        <v>2696.966518518519</v>
       </c>
       <c r="S11" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="8">
-        <v>2193.4133667083852</v>
+        <v>2196.6270463868723</v>
       </c>
       <c r="C12" s="8">
-        <v>1694.3643196347036</v>
+        <v>1685.7521658615137</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="8">
-        <v>1150.8547368421052</v>
+        <v>1147.2070000000001</v>
       </c>
       <c r="F12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="G12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H12" s="8">
-        <v>1728.5382608695652</v>
+        <v>1777.7594936708861</v>
       </c>
       <c r="I12" s="8">
         <v>1950.8462500000001</v>
       </c>
       <c r="J12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K12" s="8">
-        <v>3095.8074074074084</v>
+        <v>3113.349193548388</v>
       </c>
       <c r="L12" s="8">
-        <v>3291.5333333333333</v>
+        <v>3168.0533333333333</v>
       </c>
       <c r="M12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P12" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q12" s="8">
-        <v>2187.3430530668502</v>
+        <v>2192.015811796899</v>
       </c>
       <c r="R12" s="8">
-        <v>1700.5518083182644</v>
+        <v>1694.5217197452223</v>
       </c>
       <c r="S12" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="8">
-        <v>1513.7128673425673</v>
+        <v>1484.070322298563</v>
       </c>
       <c r="C13" s="8">
-        <v>1297.313169727676</v>
+        <v>1272.2170794458577</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E13" s="8">
-        <v>1079.2962068965514</v>
+        <v>1087.0857575757575</v>
       </c>
       <c r="F13" s="8">
-        <v>1031.1333333333334</v>
+        <v>1035.7085714285713</v>
       </c>
       <c r="G13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H13" s="8">
-        <v>1671.6219791666661</v>
+        <v>1606.4866956521732</v>
       </c>
       <c r="I13" s="8">
-        <v>1287.9013333333335</v>
+        <v>1270.2643243243244</v>
       </c>
       <c r="J13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K13" s="8">
-        <v>3137.2525714285721</v>
+        <v>3141.2445238095243</v>
       </c>
       <c r="L13" s="8">
-        <v>3098.4675000000002</v>
+        <v>3098.6014285714286</v>
       </c>
       <c r="M13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P13" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q13" s="8">
-        <v>1522.0033994136518</v>
+        <v>1492.6827333740075</v>
       </c>
       <c r="R13" s="8">
-        <v>1298.9783302063793</v>
+        <v>1275.2987068004463</v>
       </c>
       <c r="S13" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="8">
-        <v>2139.1682583750685</v>
+        <v>2147.4264579887194</v>
       </c>
       <c r="C14" s="8">
-        <v>2038.2063246825971</v>
+        <v>2041.9634804725949</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E14" s="8">
-        <v>1312.8165137101296</v>
+        <v>1316.7443276036404</v>
       </c>
       <c r="F14" s="8">
-        <v>1154.8515951742627</v>
+        <v>1153.1213647342997</v>
       </c>
       <c r="G14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H14" s="8">
-        <v>1700.2851315789476</v>
+        <v>1637.0809195402301</v>
       </c>
       <c r="I14" s="8">
-        <v>1165.9248780487806</v>
+        <v>1161.8397619047621</v>
       </c>
       <c r="J14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K14" s="8">
-        <v>3079.21</v>
+        <v>2915.2457894736854</v>
       </c>
       <c r="L14" s="8">
-        <v>3274.6725000000001</v>
+        <v>3238.7733333333331</v>
       </c>
       <c r="M14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P14" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q14" s="8">
-        <v>2073.1912132680354</v>
+        <v>2082.8504384735224</v>
       </c>
       <c r="R14" s="8">
-        <v>1978.2393332174213</v>
+        <v>1983.348537966933</v>
       </c>
       <c r="S14" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="8">
-        <v>1967.9039022230086</v>
+        <v>1973.7417413130431</v>
       </c>
       <c r="C15" s="8">
-        <v>1936.8306192728355</v>
+        <v>1944.7512823177865</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="8">
-        <v>1313.2394438325989</v>
+        <v>1310.2771803597468</v>
       </c>
       <c r="F15" s="8">
-        <v>1161.4614310051104</v>
+        <v>1154.1396846846844</v>
       </c>
       <c r="G15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H15" s="8">
-        <v>1733.3459322033898</v>
+        <v>1701.0371428571427</v>
       </c>
       <c r="I15" s="8">
-        <v>1169.6380000000001</v>
+        <v>1142.5461904761905</v>
       </c>
       <c r="J15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K15" s="8">
         <v>2461.0420833333333</v>
       </c>
       <c r="L15" s="8">
         <v>3267.6</v>
       </c>
       <c r="M15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q15" s="8">
-        <v>1877.6177566338154</v>
+        <v>1881.7366527899026</v>
       </c>
       <c r="R15" s="8">
-        <v>1873.2077827502051</v>
+        <v>1880.1036040548609</v>
       </c>
       <c r="S15" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="8">
-        <v>1958.7735082373099</v>
+        <v>1963.9258581994372</v>
       </c>
       <c r="C16" s="8">
-        <v>1711.3512892325321</v>
+        <v>1711.8126449914382</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E16" s="8">
-        <v>1218.8001754701702</v>
+        <v>1226.0810595495723</v>
       </c>
       <c r="F16" s="8">
-        <v>1163.2870796460174</v>
+        <v>1167.3644386252042</v>
       </c>
       <c r="G16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H16" s="8">
-        <v>1909.9895238095241</v>
+        <v>1940.4523188405801</v>
       </c>
       <c r="I16" s="8">
-        <v>1585.732857142857</v>
+        <v>1667.0768181818182</v>
       </c>
       <c r="J16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K16" s="8">
-        <v>531.50199999999995</v>
+        <v>764.83875</v>
       </c>
       <c r="L16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P16" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q16" s="8">
-        <v>1829.4902529598319</v>
+        <v>1834.7759202174591</v>
       </c>
       <c r="R16" s="8">
-        <v>1671.8062828991056</v>
+        <v>1672.374885308059</v>
       </c>
       <c r="S16" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="8">
-        <v>1527.157167825824</v>
+        <v>1524.1363843360996</v>
       </c>
       <c r="C17" s="8">
-        <v>1190.5014646049087</v>
+        <v>1193.1563741951159</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E17" s="8">
-        <v>977.28978003203349</v>
+        <v>976.58768032098465</v>
       </c>
       <c r="F17" s="8">
-        <v>908.40836136595317</v>
+        <v>910.41619289901587</v>
       </c>
       <c r="G17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H17" s="8">
-        <v>1095.92</v>
+        <v>1079.588125</v>
       </c>
       <c r="I17" s="8">
-        <v>1053.5734482758621</v>
+        <v>1021.676666666667</v>
       </c>
       <c r="J17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K17" s="8">
-        <v>591.18285714285707</v>
+        <v>1305.9810000000002</v>
       </c>
       <c r="L17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P17" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q17" s="8">
-        <v>1327.7594311919538</v>
+        <v>1328.1091232739982</v>
       </c>
       <c r="R17" s="8">
-        <v>1139.069768795511</v>
+        <v>1142.1517193254892</v>
       </c>
       <c r="S17" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="8">
-        <v>1570.3402491565012</v>
+        <v>1568.0019972228642</v>
       </c>
       <c r="C18" s="8">
-        <v>1186.2155652358697</v>
+        <v>1181.7604421131518</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E18" s="8">
-        <v>993.14732250755287</v>
+        <v>993.30538134206267</v>
       </c>
       <c r="F18" s="8">
-        <v>892.64835903763105</v>
+        <v>887.69277306468723</v>
       </c>
       <c r="G18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H18" s="8">
-        <v>1364.8829166666667</v>
+        <v>1405.2351724137932</v>
       </c>
       <c r="I18" s="8">
         <v>774.11666666666667</v>
       </c>
       <c r="J18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K18" s="8">
         <v>1315.77</v>
       </c>
       <c r="L18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P18" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q18" s="8">
-        <v>1335.3219715291593</v>
+        <v>1330.2526035343303</v>
       </c>
       <c r="R18" s="8">
-        <v>1110.683426496131</v>
+        <v>1104.7123803596126</v>
       </c>
       <c r="S18" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="8">
-        <v>1705.0094712103391</v>
+        <v>1724.715985439417</v>
       </c>
       <c r="C19" s="8">
-        <v>1177.0278912319643</v>
+        <v>1181.6099032882014</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E19" s="8">
-        <v>1020.2515577078285</v>
+        <v>1026.265181058496</v>
       </c>
       <c r="F19" s="8">
-        <v>881.34980582524304</v>
+        <v>885.28934619506992</v>
       </c>
       <c r="G19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H19" s="8">
-        <v>1424.328</v>
+        <v>1615.9233333333329</v>
       </c>
       <c r="I19" s="8">
         <v>749.31</v>
       </c>
       <c r="J19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K19" s="8">
         <v>2925.47</v>
       </c>
       <c r="L19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P19" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q19" s="8">
-        <v>1417.0562979300976</v>
+        <v>1426.9063131313117</v>
       </c>
       <c r="R19" s="8">
-        <v>1083.9935768645355</v>
+        <v>1089.2583616383613</v>
       </c>
       <c r="S19" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="8">
-        <v>1763.7150575916235</v>
+        <v>1759.5286281929996</v>
       </c>
       <c r="C20" s="8">
-        <v>1185.4139342629476</v>
+        <v>1193.3539355992841</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E20" s="8">
-        <v>1011.7677938808374</v>
+        <v>1024.2132416787272</v>
       </c>
       <c r="F20" s="8">
-        <v>891.99287878787879</v>
+        <v>907.63770657672899</v>
       </c>
       <c r="G20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H20" s="8">
         <v>1919.34375</v>
       </c>
       <c r="I20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K20" s="8">
         <v>1229.5550000000001</v>
       </c>
       <c r="L20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P20" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q20" s="8">
-        <v>1469.4007187894074</v>
+        <v>1470.6296757679165</v>
       </c>
       <c r="R20" s="8">
-        <v>1084.2870953002612</v>
+        <v>1094.3301344243137</v>
       </c>
       <c r="S20" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B21" s="8">
-        <v>2396.3129702970314</v>
+        <v>2385.4071784565936</v>
       </c>
       <c r="C21" s="8">
-        <v>1544.7721995708159</v>
+        <v>1556.3982964388842</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E21" s="8">
-        <v>1170.1321338912132</v>
+        <v>1188.7879406307968</v>
       </c>
       <c r="F21" s="8">
-        <v>981.57141772151886</v>
+        <v>985.63122727272696</v>
       </c>
       <c r="G21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H21" s="8">
-        <v>1696.7180000000001</v>
+        <v>1754.1933333333334</v>
       </c>
       <c r="I21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="L21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P21" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q21" s="8">
-        <v>2026.4181053952329</v>
+        <v>2022.7660089435451</v>
       </c>
       <c r="R21" s="8">
-        <v>1377.1276563677491</v>
+        <v>1386.5960581473992</v>
       </c>
       <c r="S21" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="8">
-        <v>1505.561653225807</v>
+        <v>1508.290778175314</v>
       </c>
       <c r="C22" s="8">
-        <v>937.68471682163977</v>
+        <v>946.31189825360718</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E22" s="8">
-        <v>1230.3698922056392</v>
+        <v>1240.3791224188794</v>
       </c>
       <c r="F22" s="8">
-        <v>1047.8056465863451</v>
+        <v>1060.2546743020785</v>
       </c>
       <c r="G22" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H22" s="8">
-        <v>803.13375000000008</v>
+        <v>795.82</v>
       </c>
       <c r="I22" s="8">
-        <v>1533.5475000000001</v>
+        <v>1708.5360000000001</v>
       </c>
       <c r="J22" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K22" s="8">
         <v>901.8</v>
       </c>
       <c r="L22" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M22" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N22" s="8">
         <v>560</v>
       </c>
       <c r="O22" s="8">
-        <v>522.80379310344836</v>
+        <v>526.83742857142863</v>
       </c>
       <c r="P22" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q22" s="8">
-        <v>1351.6478587596182</v>
+        <v>1358.5709412711185</v>
       </c>
       <c r="R22" s="8">
-        <v>989.47360828931392</v>
+        <v>1000.1635947712414</v>
       </c>
       <c r="S22" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:19" s="10" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="16" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="9">
-        <v>1915.7906719278419</v>
+        <v>1916.4695734098741</v>
       </c>
       <c r="C23" s="9">
-        <v>1519.4605856351479</v>
+        <v>1517.0407379406679</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>32</v>
       </c>
       <c r="E23" s="9">
-        <v>1122.8743165111916</v>
+        <v>1125.2153241804597</v>
       </c>
       <c r="F23" s="9">
-        <v>979.27611164931113</v>
+        <v>980.64188700265117</v>
       </c>
       <c r="G23" s="9" t="s">
         <v>32</v>
       </c>
       <c r="H23" s="9">
-        <v>2020.0002056962023</v>
+        <v>2008.0179971890359</v>
       </c>
       <c r="I23" s="9">
-        <v>1267.8796969696969</v>
+        <v>1272.2786187845304</v>
       </c>
       <c r="J23" s="9" t="s">
         <v>32</v>
       </c>
       <c r="K23" s="9">
-        <v>3016.6060227272746</v>
+        <v>3019.1537437604024</v>
       </c>
       <c r="L23" s="9">
-        <v>3121.1555555555556</v>
+        <v>3113.2619230769228</v>
       </c>
       <c r="M23" s="9" t="s">
         <v>32</v>
       </c>
       <c r="N23" s="9">
         <v>560</v>
       </c>
       <c r="O23" s="9">
-        <v>522.80379310344836</v>
+        <v>526.83742857142863</v>
       </c>
       <c r="P23" s="9" t="s">
         <v>32</v>
       </c>
       <c r="Q23" s="9">
-        <v>1766.4444090307138</v>
+        <v>1767.373297506625</v>
       </c>
       <c r="R23" s="9">
-        <v>1443.8415953497927</v>
+        <v>1441.9917410853104</v>
       </c>
       <c r="S23" s="9" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:19" s="10" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="8">
-        <v>2042.1115259956587</v>
+        <v>2042.6611170875328</v>
       </c>
       <c r="C24" s="8">
-        <v>1886.4735285298923</v>
+        <v>1888.014315743113</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E24" s="8">
-        <v>1309.6237142077998</v>
+        <v>1309.9238558909447</v>
       </c>
       <c r="F24" s="8">
-        <v>1156.5708637379</v>
+        <v>1152.4798671096346</v>
       </c>
       <c r="G24" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H24" s="8">
-        <v>2089.0712714156903</v>
+        <v>2073.885032051282</v>
       </c>
       <c r="I24" s="8">
-        <v>1291.9283495145633</v>
+        <v>1285.0036283185843</v>
       </c>
       <c r="J24" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K24" s="8">
-        <v>3113.4120039682543</v>
+        <v>3114.7466549912438</v>
       </c>
       <c r="L24" s="8">
-        <v>3121.1555555555556</v>
+        <v>3113.2619230769228</v>
       </c>
       <c r="M24" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N24" s="8" t="s">
         <v>32</v>
       </c>
       <c r="O24" s="8" t="s">
         <v>32</v>
       </c>
       <c r="P24" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q24" s="8">
-        <v>2001.6919107456533</v>
+        <v>2002.6197615127403</v>
       </c>
       <c r="R24" s="8">
-        <v>1843.0558613051633</v>
+        <v>1845.0667907588288</v>
       </c>
       <c r="S24" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:19" s="10" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B25" s="8">
-        <v>1840.1035719160877</v>
+        <v>1840.2783984366088</v>
       </c>
       <c r="C25" s="8">
-        <v>1418.2137325797075</v>
+        <v>1415.3992355031926</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E25" s="8">
-        <v>1097.197149606299</v>
+        <v>1100.1490016847811</v>
       </c>
       <c r="F25" s="8">
-        <v>963.58331180386199</v>
+        <v>965.73175958489514</v>
       </c>
       <c r="G25" s="8" t="s">
         <v>32</v>
       </c>
       <c r="H25" s="8">
-        <v>1525.8078709677422</v>
+        <v>1538.2919428571431</v>
       </c>
       <c r="I25" s="8">
-        <v>1227.9279032258064</v>
+        <v>1251.1326470588237</v>
       </c>
       <c r="J25" s="8" t="s">
         <v>32</v>
       </c>
       <c r="K25" s="8">
-        <v>983.68041666666659</v>
+        <v>1199.7020000000002</v>
       </c>
       <c r="L25" s="8" t="s">
         <v>32</v>
       </c>
       <c r="M25" s="8" t="s">
         <v>32</v>
       </c>
       <c r="N25" s="8">
         <v>560</v>
       </c>
       <c r="O25" s="8">
-        <v>522.80379310344836</v>
+        <v>526.83742857142863</v>
       </c>
       <c r="P25" s="8" t="s">
         <v>32</v>
       </c>
       <c r="Q25" s="8">
-        <v>1649.8223914874059</v>
+        <v>1650.1579406441342</v>
       </c>
       <c r="R25" s="8">
-        <v>1345.2475654351126</v>
+        <v>1343.1955620315644</v>
       </c>
       <c r="S25" s="8" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:19" s="10" customFormat="1" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="17" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="11">
-        <v>64.73910613625408</v>
+        <v>64.739430028989105</v>
       </c>
       <c r="C26" s="11">
-        <v>65.581353384935923</v>
+        <v>65.592583136721558</v>
       </c>
       <c r="D26" s="11" t="s">
         <v>32</v>
       </c>
       <c r="E26" s="11">
-        <v>66.197010251508075</v>
+        <v>66.206461211786348</v>
       </c>
       <c r="F26" s="11">
-        <v>67.10846875756836</v>
+        <v>67.104317241379306</v>
       </c>
       <c r="G26" s="11" t="s">
         <v>32</v>
       </c>
       <c r="H26" s="11">
-        <v>60.791874999999933</v>
+        <v>60.813478566408932</v>
       </c>
       <c r="I26" s="11">
-        <v>64.36448484848485</v>
+        <v>64.347071823204431</v>
       </c>
       <c r="J26" s="11" t="s">
         <v>32</v>
       </c>
       <c r="K26" s="11">
-        <v>58.985378787878794</v>
+        <v>59.071613976705507</v>
       </c>
       <c r="L26" s="11">
-        <v>61.324444444444438</v>
+        <v>61.682692307692292</v>
       </c>
       <c r="M26" s="11" t="s">
         <v>32</v>
       </c>
       <c r="N26" s="11">
         <v>84.789999999999992</v>
       </c>
       <c r="O26" s="11">
-        <v>83.571724137931028</v>
+        <v>83.894857142857148</v>
       </c>
       <c r="P26" s="11" t="s">
         <v>32</v>
       </c>
       <c r="Q26" s="11">
-        <v>64.970959753312442</v>
+        <v>64.973595504349589</v>
       </c>
       <c r="R26" s="11">
-        <v>65.796199591671581</v>
+        <v>65.805631461405454</v>
       </c>
       <c r="S26" s="11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:19" ht="20.25" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A27" s="12"/>
       <c r="B27" s="12"/>
       <c r="C27" s="12"/>
       <c r="D27" s="12"/>
       <c r="E27" s="12"/>
       <c r="F27" s="12"/>
       <c r="G27" s="12"/>
       <c r="H27" s="12"/>
       <c r="I27" s="12"/>
       <c r="J27" s="12"/>
       <c r="K27" s="12"/>
       <c r="L27" s="12"/>
       <c r="M27" s="12"/>
       <c r="N27" s="12"/>
       <c r="O27" s="12"/>
       <c r="P27" s="12"/>
       <c r="Q27" s="12"/>
       <c r="R27" s="12"/>
       <c r="S27" s="12"/>