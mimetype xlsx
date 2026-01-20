--- v2 (2025-11-30)
+++ v3 (2026-01-20)
@@ -1,474 +1,514 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{650D8898-DD91-4030-8441-1BB878DD6AE7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{96A3BBAE-DBF4-45FF-92CD-EB46F906D80D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{2DC1768E-6E8D-44B0-B07B-5D006E383381}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{FC85F7E7-7D6F-44B5-AB3B-44BD69E9DF80}"/>
   </bookViews>
   <sheets>
-    <sheet name="Por sexos (media)" sheetId="4" r:id="rId1"/>
+    <sheet name="Por sexos (media)" sheetId="3" r:id="rId1"/>
   </sheets>
+  <externalReferences>
+    <externalReference r:id="rId2"/>
+  </externalReferences>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Por sexos (media)'!$A$1:$S$26</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="35">
   <si>
     <t>Edades</t>
   </si>
   <si>
+    <t>Hasta 54 años</t>
+  </si>
+  <si>
+    <t>55 años</t>
+  </si>
+  <si>
+    <t>56 años</t>
+  </si>
+  <si>
+    <t>57 años</t>
+  </si>
+  <si>
+    <t>58 años</t>
+  </si>
+  <si>
+    <t>59 años</t>
+  </si>
+  <si>
+    <t>60 años</t>
+  </si>
+  <si>
+    <t>61 años</t>
+  </si>
+  <si>
+    <t>62 años</t>
+  </si>
+  <si>
+    <t>63 años</t>
+  </si>
+  <si>
+    <t>64 años</t>
+  </si>
+  <si>
+    <t>65 años</t>
+  </si>
+  <si>
+    <t>66 años</t>
+  </si>
+  <si>
+    <t>67 años</t>
+  </si>
+  <si>
+    <t>68 años</t>
+  </si>
+  <si>
+    <t>69 años</t>
+  </si>
+  <si>
+    <t>70 años</t>
+  </si>
+  <si>
+    <t>Más de 70 años</t>
+  </si>
+  <si>
+    <t>Total Altas</t>
+  </si>
+  <si>
+    <t>&lt; 65 años</t>
+  </si>
+  <si>
+    <t>≥ 65 años</t>
+  </si>
+  <si>
     <t>General</t>
   </si>
   <si>
     <t>Autónomos</t>
   </si>
   <si>
     <t>Trab. del Mar</t>
   </si>
   <si>
     <t>Minería del carbón</t>
   </si>
   <si>
     <t>Sovi</t>
   </si>
   <si>
     <t>Total Regímenes</t>
   </si>
   <si>
-    <t>Hasta 54 años</t>
-[...61 lines deleted...]
-  <si>
     <t>Hombres</t>
   </si>
   <si>
     <t>Mujeres</t>
   </si>
   <si>
     <t>No consta</t>
   </si>
   <si>
     <t>Edad media (años)</t>
   </si>
   <si>
+    <t>Altas iniciales de Jubilación según régimen y sexo, por edades. Año 2025</t>
+  </si>
+  <si>
+    <t>Datos de pensión media mensual acumulados a noviembre</t>
+  </si>
+  <si>
     <t/>
-  </si>
-[...4 lines deleted...]
-    <t>Datos de pensión media mensual acumulados a octubre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="16"/>
+      <b/>
+      <sz val="13"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-      <sz val="13"/>
+      <sz val="16"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="9"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="8"/>
       <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-      <name val="Tahoma"/>
+      <sz val="10"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
+      <sz val="16"/>
       <name val="Tahoma"/>
-      <family val="2"/>
-[...3 lines deleted...]
-      <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="double">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="double">
         <color indexed="8"/>
       </top>
       <bottom/>
-      <diagonal/>
-[...37 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="double">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top style="double">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right/>
       <top style="double">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="double">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 5" xfId="2" xr:uid="{688E7830-E796-408B-89D0-3847FBD2867A}"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{9829E9D5-D6E1-4CFE-8FB8-FB9B51D1A8EA}"/>
+    <cellStyle name="Normal 5" xfId="2" xr:uid="{9E6B5740-8625-4D9E-B2B2-F8E34A304562}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{117F48BF-B447-4927-900C-8D957BE2DB94}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///I:\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACI&#211;N_INTERNET_INTRANET\RISP\RISP.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/SGGEPEE/AR_ECO/EASE/INF_MENSUAL/PUBLICACI&#211;N_INTERNET_INTRANET/RISP/RISP.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="INCIDENCIA"/>
+      <sheetName val="Por regímenes"/>
+      <sheetName val="Evolución"/>
+      <sheetName val="Por sexos (número)"/>
+      <sheetName val="Por sexos (media)"/>
+      <sheetName val="Rangos"/>
+      <sheetName val="Tabla ALINEDJ acumulado"/>
+      <sheetName val="Tabla ALINEDJ acumulado (2)"/>
+      <sheetName val="Tabla anual (edades)"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0"/>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5"/>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -717,1539 +757,1539 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FF5590FD-60D6-4398-B589-D90FA44D7A65}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AEB9B99B-3752-4DED-BF7E-04C047286782}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S27"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:S1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="16.7109375" style="1" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="24" max="16384" width="10.7109375" style="1"/>
+    <col min="1" max="1" width="16.7109375" style="2" customWidth="1"/>
+    <col min="2" max="3" width="8.85546875" style="2" customWidth="1"/>
+    <col min="4" max="4" width="8" style="2" customWidth="1"/>
+    <col min="5" max="6" width="8.85546875" style="2" customWidth="1"/>
+    <col min="7" max="7" width="8" style="2" customWidth="1"/>
+    <col min="8" max="9" width="8.85546875" style="2" customWidth="1"/>
+    <col min="10" max="10" width="8" style="2" customWidth="1"/>
+    <col min="11" max="12" width="8.85546875" style="2" customWidth="1"/>
+    <col min="13" max="13" width="8" style="2" customWidth="1"/>
+    <col min="14" max="15" width="8.85546875" style="2" customWidth="1"/>
+    <col min="16" max="16" width="8" style="2" customWidth="1"/>
+    <col min="17" max="18" width="8.85546875" style="2" customWidth="1"/>
+    <col min="19" max="19" width="8" style="2" customWidth="1"/>
+    <col min="20" max="20" width="12.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="14.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="10.7109375" style="2"/>
+    <col min="23" max="23" width="11.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="24" max="16384" width="10.7109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="13" t="s">
+      <c r="A1" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="1"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+      <c r="J1" s="1"/>
+      <c r="K1" s="1"/>
+      <c r="L1" s="1"/>
+      <c r="M1" s="1"/>
+      <c r="N1" s="1"/>
+      <c r="O1" s="1"/>
+      <c r="P1" s="1"/>
+      <c r="Q1" s="1"/>
+      <c r="R1" s="1"/>
+      <c r="S1" s="1"/>
+    </row>
+    <row r="2" spans="1:19" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B1" s="13"/>
-[...39 lines deleted...]
-      <c r="S2" s="14"/>
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="3"/>
+      <c r="O2" s="3"/>
+      <c r="P2" s="3"/>
+      <c r="Q2" s="3"/>
+      <c r="R2" s="3"/>
+      <c r="S2" s="3"/>
     </row>
     <row r="3" spans="1:19" ht="30" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="3" t="s">
+      <c r="B3" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" s="13"/>
+      <c r="D3" s="14"/>
+      <c r="E3" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="F3" s="13"/>
+      <c r="G3" s="14"/>
+      <c r="H3" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="I3" s="13"/>
+      <c r="J3" s="14"/>
+      <c r="K3" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="L3" s="13"/>
+      <c r="M3" s="14"/>
+      <c r="N3" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" s="13"/>
+      <c r="P3" s="14"/>
+      <c r="Q3" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="R3" s="13"/>
+      <c r="S3" s="14"/>
+    </row>
+    <row r="4" spans="1:19" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="18"/>
+      <c r="B4" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E4" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="I4" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K4" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="L4" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N4" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="O4" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="P4" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q4" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="R4" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="S4" s="5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="18"/>
-[...1 lines deleted...]
-      <c r="E3" s="3" t="s">
+      <c r="B5" s="7">
+        <v>2382.9369565217394</v>
+      </c>
+      <c r="C5" s="7">
+        <v>2446.8114285714287</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" s="7">
+        <v>1042.4100000000001</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="J5" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" s="7">
+        <v>3220.4859090909094</v>
+      </c>
+      <c r="L5" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="M5" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N5" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O5" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P5" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q5" s="7">
+        <v>3004.0406741573038</v>
+      </c>
+      <c r="R5" s="7">
+        <v>2271.26125</v>
+      </c>
+      <c r="S5" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="18"/>
-[...1 lines deleted...]
-      <c r="H3" s="3" t="s">
+      <c r="B6" s="7">
+        <v>2177.6421621621625</v>
+      </c>
+      <c r="C6" s="7">
+        <v>2331.02</v>
+      </c>
+      <c r="D6" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" s="7">
+        <v>2166.8927272727274</v>
+      </c>
+      <c r="I6" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="J6" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" s="7">
+        <v>3243.2617171717175</v>
+      </c>
+      <c r="L6" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="M6" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N6" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O6" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P6" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q6" s="7">
+        <v>2894.499931972789</v>
+      </c>
+      <c r="R6" s="7">
+        <v>2331.02</v>
+      </c>
+      <c r="S6" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="I3" s="18"/>
-[...1 lines deleted...]
-      <c r="K3" s="3" t="s">
+      <c r="B7" s="7">
+        <v>1644.0084848484851</v>
+      </c>
+      <c r="C7" s="7">
+        <v>1402.4818644067796</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" s="7">
+        <v>1044.1380000000001</v>
+      </c>
+      <c r="F7" s="7">
+        <v>1021.885</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" s="7">
+        <v>2665.071328125</v>
+      </c>
+      <c r="I7" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="J7" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" s="7">
+        <v>3148.9839024390244</v>
+      </c>
+      <c r="L7" s="7">
+        <v>3375.3</v>
+      </c>
+      <c r="M7" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N7" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O7" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P7" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>2367.6530835734861</v>
+      </c>
+      <c r="R7" s="7">
+        <v>1422.0241935483868</v>
+      </c>
+      <c r="S7" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="L3" s="18"/>
-[...1 lines deleted...]
-      <c r="N3" s="3" t="s">
+      <c r="B8" s="7">
+        <v>2191.8992424242424</v>
+      </c>
+      <c r="C8" s="7">
+        <v>1937.9740740740742</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E8" s="7">
+        <v>865.92</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8" s="7">
+        <v>2442.1794318181819</v>
+      </c>
+      <c r="I8" s="7">
+        <v>2572.5349999999999</v>
+      </c>
+      <c r="J8" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" s="7">
+        <v>3174.1300000000006</v>
+      </c>
+      <c r="L8" s="7">
+        <v>2934.69</v>
+      </c>
+      <c r="M8" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N8" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O8" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P8" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>2533.7419607843126</v>
+      </c>
+      <c r="R8" s="7">
+        <v>2013.5020000000002</v>
+      </c>
+      <c r="S8" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="9" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="O3" s="18"/>
-[...1 lines deleted...]
-      <c r="Q3" s="3" t="s">
+      <c r="B9" s="7">
+        <v>2266.3247674418608</v>
+      </c>
+      <c r="C9" s="7">
+        <v>1744.8418518518517</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" s="7">
+        <v>899.8</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9" s="7">
+        <v>2221.2571270718227</v>
+      </c>
+      <c r="I9" s="7">
+        <v>1779.05</v>
+      </c>
+      <c r="J9" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" s="7">
+        <v>3107.6972881355928</v>
+      </c>
+      <c r="L9" s="7">
+        <v>3303.5</v>
+      </c>
+      <c r="M9" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N9" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O9" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P9" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>2389.0073700305816</v>
+      </c>
+      <c r="R9" s="7">
+        <v>1799.768275862069</v>
+      </c>
+      <c r="S9" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="10" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="R3" s="18"/>
-[...60 lines deleted...]
-      <c r="A5" s="15" t="s">
+      <c r="B10" s="7">
+        <v>2939.1309732824429</v>
+      </c>
+      <c r="C10" s="7">
+        <v>2365.9181690140854</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" s="7">
+        <v>1370.6183333333336</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10" s="7">
+        <v>2162.9547963800906</v>
+      </c>
+      <c r="I10" s="7">
+        <v>1458.19</v>
+      </c>
+      <c r="J10" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" s="7">
+        <v>3109.5358181818183</v>
+      </c>
+      <c r="L10" s="7">
+        <v>2644.1833333333334</v>
+      </c>
+      <c r="M10" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N10" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O10" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P10" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>2726.2603225806442</v>
+      </c>
+      <c r="R10" s="7">
+        <v>2364.9457333333339</v>
+      </c>
+      <c r="S10" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B5" s="8">
-[...55 lines deleted...]
-      <c r="A6" s="15" t="s">
+      <c r="B11" s="7">
+        <v>3017.2843669724775</v>
+      </c>
+      <c r="C11" s="7">
+        <v>2681.3277777777785</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E11" s="7">
+        <v>1054.0957142857144</v>
+      </c>
+      <c r="F11" s="7">
+        <v>704.54</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11" s="7">
+        <v>1943.8070918367339</v>
+      </c>
+      <c r="I11" s="7">
+        <v>1425.81</v>
+      </c>
+      <c r="J11" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" s="7">
+        <v>3156.6467441860473</v>
+      </c>
+      <c r="L11" s="7">
+        <v>3021.28</v>
+      </c>
+      <c r="M11" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N11" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O11" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P11" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>2901.3081392876115</v>
+      </c>
+      <c r="R11" s="7">
+        <v>2661.6519047619058</v>
+      </c>
+      <c r="S11" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="12" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="8">
-[...55 lines deleted...]
-      <c r="A7" s="15" t="s">
+      <c r="B12" s="7">
+        <v>2199.6913163206464</v>
+      </c>
+      <c r="C12" s="7">
+        <v>1692.2812380952382</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E12" s="7">
+        <v>1158.6476190476187</v>
+      </c>
+      <c r="F12" s="7">
+        <v>901.8</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12" s="7">
+        <v>1751.6663888888886</v>
+      </c>
+      <c r="I12" s="7">
+        <v>1950.8462500000001</v>
+      </c>
+      <c r="J12" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" s="7">
+        <v>3123.7410000000009</v>
+      </c>
+      <c r="L12" s="7">
+        <v>3201.915</v>
+      </c>
+      <c r="M12" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N12" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O12" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P12" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>2194.4432343554895</v>
+      </c>
+      <c r="R12" s="7">
+        <v>1701.9448480463093</v>
+      </c>
+      <c r="S12" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="B7" s="8">
-[...55 lines deleted...]
-      <c r="A8" s="15" t="s">
+      <c r="B13" s="7">
+        <v>1476.3695679723494</v>
+      </c>
+      <c r="C13" s="7">
+        <v>1258.6839838457524</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E13" s="7">
+        <v>1088.1973529411762</v>
+      </c>
+      <c r="F13" s="7">
+        <v>1035.7085714285713</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13" s="7">
+        <v>1617.6295121951214</v>
+      </c>
+      <c r="I13" s="7">
+        <v>1267.388863636364</v>
+      </c>
+      <c r="J13" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" s="7">
+        <v>3162.9425490196086</v>
+      </c>
+      <c r="L13" s="7">
+        <v>3124.2137499999999</v>
+      </c>
+      <c r="M13" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N13" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O13" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P13" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>1486.5172209720959</v>
+      </c>
+      <c r="R13" s="7">
+        <v>1262.2114216063642</v>
+      </c>
+      <c r="S13" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="14" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B8" s="8">
-[...55 lines deleted...]
-      <c r="A9" s="15" t="s">
+      <c r="B14" s="7">
+        <v>2150.1324057959769</v>
+      </c>
+      <c r="C14" s="7">
+        <v>2042.6897869147649</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E14" s="7">
+        <v>1316.7724104234524</v>
+      </c>
+      <c r="F14" s="7">
+        <v>1150.9864873765096</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14" s="7">
+        <v>1605.6128712871289</v>
+      </c>
+      <c r="I14" s="7">
+        <v>1176.7668181818183</v>
+      </c>
+      <c r="J14" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" s="7">
+        <v>2915.2457894736854</v>
+      </c>
+      <c r="L14" s="7">
+        <v>3248.0200000000004</v>
+      </c>
+      <c r="M14" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N14" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O14" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P14" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>2085.3156810560149</v>
+      </c>
+      <c r="R14" s="7">
+        <v>1983.7671133659912</v>
+      </c>
+      <c r="S14" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="8">
-[...55 lines deleted...]
-      <c r="A10" s="15" t="s">
+      <c r="B15" s="7">
+        <v>1974.7975842135302</v>
+      </c>
+      <c r="C15" s="7">
+        <v>1939.0443793883142</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E15" s="7">
+        <v>1314.8620745614035</v>
+      </c>
+      <c r="F15" s="7">
+        <v>1156.9137331536388</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15" s="7">
+        <v>1718.2402739726028</v>
+      </c>
+      <c r="I15" s="7">
+        <v>1222.8279166666664</v>
+      </c>
+      <c r="J15" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" s="7">
+        <v>2461.0420833333333</v>
+      </c>
+      <c r="L15" s="7">
+        <v>3267.6</v>
+      </c>
+      <c r="M15" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N15" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O15" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P15" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>1882.5581688937705</v>
+      </c>
+      <c r="R15" s="7">
+        <v>1874.0278495092673</v>
+      </c>
+      <c r="S15" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="16" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B10" s="8">
-[...55 lines deleted...]
-      <c r="A11" s="15" t="s">
+      <c r="B16" s="7">
+        <v>1966.0539775945404</v>
+      </c>
+      <c r="C16" s="7">
+        <v>1713.1650608249606</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E16" s="7">
+        <v>1230.0233485529136</v>
+      </c>
+      <c r="F16" s="7">
+        <v>1168.1671017964065</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16" s="7">
+        <v>1821.2925974025977</v>
+      </c>
+      <c r="I16" s="7">
+        <v>1610.5465384615381</v>
+      </c>
+      <c r="J16" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" s="7">
+        <v>969.46888888888907</v>
+      </c>
+      <c r="L16" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="M16" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N16" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O16" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P16" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>1836.9622788677193</v>
+      </c>
+      <c r="R16" s="7">
+        <v>1673.4188215414802</v>
+      </c>
+      <c r="S16" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="B11" s="8">
-[...55 lines deleted...]
-      <c r="A12" s="15" t="s">
+      <c r="B17" s="7">
+        <v>1521.2425118814658</v>
+      </c>
+      <c r="C17" s="7">
+        <v>1192.2061516308497</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E17" s="7">
+        <v>976.82597768196786</v>
+      </c>
+      <c r="F17" s="7">
+        <v>911.30841182913514</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17" s="7">
+        <v>1040.7096078431373</v>
+      </c>
+      <c r="I17" s="7">
+        <v>1026.5154285714289</v>
+      </c>
+      <c r="J17" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" s="7">
+        <v>1305.9154545454546</v>
+      </c>
+      <c r="L17" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="M17" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N17" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O17" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P17" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>1327.3535376128089</v>
+      </c>
+      <c r="R17" s="7">
+        <v>1141.6480492908624</v>
+      </c>
+      <c r="S17" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="B12" s="8">
-[...55 lines deleted...]
-      <c r="A13" s="15" t="s">
+      <c r="B18" s="7">
+        <v>1560.8574439085758</v>
+      </c>
+      <c r="C18" s="7">
+        <v>1173.4633524162325</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E18" s="7">
+        <v>997.35448486612415</v>
+      </c>
+      <c r="F18" s="7">
+        <v>885.0440939278941</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18" s="7">
+        <v>1346.2767741935481</v>
+      </c>
+      <c r="I18" s="7">
+        <v>765.96428571428567</v>
+      </c>
+      <c r="J18" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" s="7">
+        <v>1315.77</v>
+      </c>
+      <c r="L18" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="M18" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N18" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O18" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P18" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>1324.9514677341078</v>
+      </c>
+      <c r="R18" s="7">
+        <v>1097.6202570151484</v>
+      </c>
+      <c r="S18" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="B13" s="8">
-[...55 lines deleted...]
-      <c r="A14" s="15" t="s">
+      <c r="B19" s="7">
+        <v>1713.5131424514902</v>
+      </c>
+      <c r="C19" s="7">
+        <v>1177.930799652325</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E19" s="7">
+        <v>1025.3837398373987</v>
+      </c>
+      <c r="F19" s="7">
+        <v>879.84213666987478</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19" s="7">
+        <v>1419.4424999999997</v>
+      </c>
+      <c r="I19" s="7">
+        <v>774.83666666666659</v>
+      </c>
+      <c r="J19" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" s="7">
+        <v>2925.47</v>
+      </c>
+      <c r="L19" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="M19" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N19" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O19" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P19" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q19" s="7">
+        <v>1417.5014458478884</v>
+      </c>
+      <c r="R19" s="7">
+        <v>1084.923499850433</v>
+      </c>
+      <c r="S19" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="B14" s="8">
-[...55 lines deleted...]
-      <c r="A15" s="15" t="s">
+      <c r="B20" s="7">
+        <v>1752.1927884615388</v>
+      </c>
+      <c r="C20" s="7">
+        <v>1184.1260455655001</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E20" s="7">
+        <v>1042.5905098039229</v>
+      </c>
+      <c r="F20" s="7">
+        <v>910.10756211180149</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20" s="7">
+        <v>1803.2388888888888</v>
+      </c>
+      <c r="I20" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="J20" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K20" s="7">
+        <v>1229.5550000000001</v>
+      </c>
+      <c r="L20" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="M20" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N20" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O20" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P20" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q20" s="7">
+        <v>1469.1554947916641</v>
+      </c>
+      <c r="R20" s="7">
+        <v>1089.9093326214627</v>
+      </c>
+      <c r="S20" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="21" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="B15" s="8">
-[...55 lines deleted...]
-      <c r="A16" s="15" t="s">
+      <c r="B21" s="7">
+        <v>2356.5143197026036</v>
+      </c>
+      <c r="C21" s="7">
+        <v>1548.4908695652177</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E21" s="7">
+        <v>1197.207281713343</v>
+      </c>
+      <c r="F21" s="7">
+        <v>986.95667359667334</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H21" s="7">
+        <v>1754.1933333333334</v>
+      </c>
+      <c r="I21" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="J21" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="M21" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N21" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O21" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P21" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q21" s="7">
+        <v>1995.2715730337079</v>
+      </c>
+      <c r="R21" s="7">
+        <v>1380.5195087064678</v>
+      </c>
+      <c r="S21" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="22" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="B16" s="8">
-[...55 lines deleted...]
-      <c r="A17" s="15" t="s">
+      <c r="B22" s="7">
+        <v>1499.54117647059</v>
+      </c>
+      <c r="C22" s="7">
+        <v>937.54351408450736</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E22" s="7">
+        <v>1246.4383885941647</v>
+      </c>
+      <c r="F22" s="7">
+        <v>1062.8470514511894</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22" s="7">
+        <v>795.82</v>
+      </c>
+      <c r="I22" s="7">
+        <v>1611.9133333333336</v>
+      </c>
+      <c r="J22" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" s="7">
+        <v>901.8</v>
+      </c>
+      <c r="L22" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="M22" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N22" s="7">
+        <v>560</v>
+      </c>
+      <c r="O22" s="7">
+        <v>527.41149999999993</v>
+      </c>
+      <c r="P22" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q22" s="7">
+        <v>1357.2345736151622</v>
+      </c>
+      <c r="R22" s="7">
+        <v>997.101227364186</v>
+      </c>
+      <c r="S22" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19" s="16" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="B17" s="8">
-[...352 lines deleted...]
-      </c>
       <c r="B23" s="9">
-        <v>1916.4695734098741</v>
+        <v>1915.1732482465845</v>
       </c>
       <c r="C23" s="9">
-        <v>1517.0407379406679</v>
+        <v>1512.9293486181818</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E23" s="9">
-        <v>1125.2153241804597</v>
+        <v>1127.2192967985864</v>
       </c>
       <c r="F23" s="9">
-        <v>980.64188700265117</v>
+        <v>980.26541322710705</v>
       </c>
       <c r="G23" s="9" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H23" s="9">
-        <v>2008.0179971890359</v>
+        <v>1984.835306767867</v>
       </c>
       <c r="I23" s="9">
-        <v>1272.2786187845304</v>
+        <v>1274.5821782178216</v>
       </c>
       <c r="J23" s="9" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="K23" s="9">
-        <v>3019.1537437604024</v>
+        <v>3037.6178739002967</v>
       </c>
       <c r="L23" s="9">
-        <v>3113.2619230769228</v>
+        <v>3134.8416129032257</v>
       </c>
       <c r="M23" s="9" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="N23" s="9">
         <v>560</v>
       </c>
       <c r="O23" s="9">
-        <v>526.83742857142863</v>
+        <v>527.41149999999993</v>
       </c>
       <c r="P23" s="9" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="Q23" s="9">
-        <v>1767.373297506625</v>
+        <v>1765.9840790986711</v>
       </c>
       <c r="R23" s="9">
-        <v>1441.9917410853104</v>
+        <v>1438.0562677334872</v>
       </c>
       <c r="S23" s="9" t="s">
-        <v>32</v>
-[...101 lines deleted...]
-      <c r="N25" s="8">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19" s="16" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B24" s="7">
+        <v>2043.3853824754208</v>
+      </c>
+      <c r="C24" s="7">
+        <v>1885.4319969931423</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E24" s="7">
+        <v>1312.5107770870336</v>
+      </c>
+      <c r="F24" s="7">
+        <v>1152.5052012012013</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H24" s="7">
+        <v>2055.9007841726616</v>
+      </c>
+      <c r="I24" s="7">
+        <v>1298.44488</v>
+      </c>
+      <c r="J24" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K24" s="7">
+        <v>3125.7731692307702</v>
+      </c>
+      <c r="L24" s="7">
+        <v>3134.8416129032262</v>
+      </c>
+      <c r="M24" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N24" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O24" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="P24" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q24" s="7">
+        <v>2003.4749434155594</v>
+      </c>
+      <c r="R24" s="7">
+        <v>1842.2941994362709</v>
+      </c>
+      <c r="S24" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19" s="16" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B25" s="7">
+        <v>1837.8572031884953</v>
+      </c>
+      <c r="C25" s="7">
+        <v>1411.6984594917787</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E25" s="7">
+        <v>1102.174948233953</v>
+      </c>
+      <c r="F25" s="7">
+        <v>965.30639977048702</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H25" s="7">
+        <v>1467.6572251308903</v>
+      </c>
+      <c r="I25" s="7">
+        <v>1235.844025974026</v>
+      </c>
+      <c r="J25" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" s="7">
+        <v>1246.9634375000001</v>
+      </c>
+      <c r="L25" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="M25" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N25" s="7">
         <v>560</v>
       </c>
-      <c r="O25" s="8">
-[...16 lines deleted...]
-      <c r="A26" s="17" t="s">
+      <c r="O25" s="7">
+        <v>527.41149999999993</v>
+      </c>
+      <c r="P25" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q25" s="7">
+        <v>1647.8657557250724</v>
+      </c>
+      <c r="R25" s="7">
+        <v>1339.7589883649009</v>
+      </c>
+      <c r="S25" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="26" spans="1:19" s="16" customFormat="1" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="10" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="11">
-        <v>64.739430028989105</v>
+        <v>64.745057493678829</v>
       </c>
       <c r="C26" s="11">
-        <v>65.592583136721558</v>
+        <v>65.602853762312023</v>
       </c>
       <c r="D26" s="11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E26" s="11">
-        <v>66.206461211786348</v>
+        <v>66.223650831416876</v>
       </c>
       <c r="F26" s="11">
-        <v>67.104317241379306</v>
+        <v>67.093577462084994</v>
       </c>
       <c r="G26" s="11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="H26" s="11">
-        <v>60.813478566408932</v>
+        <v>60.815363693864583</v>
       </c>
       <c r="I26" s="11">
-        <v>64.347071823204431</v>
+        <v>64.395594059405951</v>
       </c>
       <c r="J26" s="11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="K26" s="11">
-        <v>59.071613976705507</v>
+        <v>59.000527859237579</v>
       </c>
       <c r="L26" s="11">
-        <v>61.682692307692292</v>
+        <v>61.69903225806452</v>
       </c>
       <c r="M26" s="11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="N26" s="11">
         <v>84.789999999999992</v>
       </c>
       <c r="O26" s="11">
-        <v>83.894857142857148</v>
+        <v>83.716250000000002</v>
       </c>
       <c r="P26" s="11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="Q26" s="11">
-        <v>64.973595504349589</v>
+        <v>64.981426508881896</v>
       </c>
       <c r="R26" s="11">
-        <v>65.805631461405454</v>
+        <v>65.814111544409172</v>
       </c>
       <c r="S26" s="11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:19" ht="20.25" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="12"/>
-[...17 lines deleted...]
-      <c r="S27" s="12"/>
+      <c r="A27" s="17"/>
+      <c r="B27" s="17"/>
+      <c r="C27" s="17"/>
+      <c r="D27" s="17"/>
+      <c r="E27" s="17"/>
+      <c r="F27" s="17"/>
+      <c r="G27" s="17"/>
+      <c r="H27" s="17"/>
+      <c r="I27" s="17"/>
+      <c r="J27" s="17"/>
+      <c r="K27" s="17"/>
+      <c r="L27" s="17"/>
+      <c r="M27" s="17"/>
+      <c r="N27" s="17"/>
+      <c r="O27" s="17"/>
+      <c r="P27" s="17"/>
+      <c r="Q27" s="17"/>
+      <c r="R27" s="17"/>
+      <c r="S27" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A27:S27"/>
     <mergeCell ref="A1:S1"/>
     <mergeCell ref="A2:S2"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="H3:J3"/>
     <mergeCell ref="K3:M3"/>
     <mergeCell ref="N3:P3"/>
     <mergeCell ref="Q3:S3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.78740157480314965" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="84" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{586dd8ec-1577-4ac3-bcff-9b1b1c87cbbc}" enabled="1" method="Standard" siteId="{a22f907a-53a6-449f-b082-22c03676d7fb}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>