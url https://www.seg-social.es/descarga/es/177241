--- v3 (2026-01-20)
+++ v4 (2026-02-13)
@@ -1,92 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{96A3BBAE-DBF4-45FF-92CD-EB46F906D80D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\I99edfscl01-datos-server\datos\GRUPOS\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACIÓN_INTERNET_INTRANET\ROBOT\202601\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3C4BDF83-F184-4E59-AB73-1D0746655BE7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{FC85F7E7-7D6F-44B5-AB3B-44BD69E9DF80}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{F6AA30DA-EC05-4C2B-AA67-B8BF7BCD2B00}"/>
   </bookViews>
   <sheets>
-    <sheet name="Por sexos (media)" sheetId="3" r:id="rId1"/>
+    <sheet name="Por sexos (media)" sheetId="4" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Por sexos (media)'!$A$1:$S$26</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="35">
   <si>
     <t>Edades</t>
   </si>
   <si>
+    <t>General</t>
+  </si>
+  <si>
+    <t>Autónomos</t>
+  </si>
+  <si>
+    <t>Trab. del Mar</t>
+  </si>
+  <si>
+    <t>Minería del carbón</t>
+  </si>
+  <si>
+    <t>Sovi</t>
+  </si>
+  <si>
+    <t>Total Regímenes</t>
+  </si>
+  <si>
     <t>Hasta 54 años</t>
   </si>
   <si>
     <t>55 años</t>
   </si>
   <si>
     <t>56 años</t>
   </si>
   <si>
     <t>57 años</t>
   </si>
   <si>
     <t>58 años</t>
   </si>
   <si>
     <t>59 años</t>
   </si>
   <si>
     <t>60 años</t>
   </si>
   <si>
     <t>61 años</t>
   </si>
   <si>
     <t>62 años</t>
@@ -106,377 +129,359 @@
   <si>
     <t>67 años</t>
   </si>
   <si>
     <t>68 años</t>
   </si>
   <si>
     <t>69 años</t>
   </si>
   <si>
     <t>70 años</t>
   </si>
   <si>
     <t>Más de 70 años</t>
   </si>
   <si>
     <t>Total Altas</t>
   </si>
   <si>
     <t>&lt; 65 años</t>
   </si>
   <si>
     <t>≥ 65 años</t>
   </si>
   <si>
-    <t>General</t>
-[...16 lines deleted...]
-  <si>
     <t>Hombres</t>
   </si>
   <si>
     <t>Mujeres</t>
   </si>
   <si>
     <t>No consta</t>
   </si>
   <si>
     <t>Edad media (años)</t>
   </si>
   <si>
+    <t/>
+  </si>
+  <si>
     <t>Altas iniciales de Jubilación según régimen y sexo, por edades. Año 2025</t>
   </si>
   <si>
-    <t>Datos de pensión media mensual acumulados a noviembre</t>
-[...2 lines deleted...]
-    <t/>
+    <t>Datos de pensión media mensual acumulados a diciembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-      <sz val="13"/>
+      <sz val="16"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="16"/>
+      <b/>
+      <sz val="13"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="9"/>
+      <sz val="8"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
-      <name val="Verdana"/>
+      <sz val="9"/>
+      <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...4 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...4 lines deleted...]
-      <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="double">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="double">
         <color indexed="8"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top style="double">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="double">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="double">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...11 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="double">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...24 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="7" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 5" xfId="2" xr:uid="{9E6B5740-8625-4D9E-B2B2-F8E34A304562}"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{117F48BF-B447-4927-900C-8D957BE2DB94}"/>
+    <cellStyle name="Normal 5" xfId="2" xr:uid="{C811F272-3F30-4625-9EE4-00D838D47BD8}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{C1091404-BBB5-443D-B17F-418EAA17E393}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///I:\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACI&#211;N_INTERNET_INTRANET\RISP\RISP.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/SGGEPEE/AR_ECO/EASE/INF_MENSUAL/PUBLICACI&#211;N_INTERNET_INTRANET/RISP/RISP.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\I99edfscl01-datos-server\datos\GRUPOS\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACI&#211;N_INTERNET_INTRANET\RISP\RISP.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/GRUPOS/SGGEPEE/AR_ECO/EASE/INF_MENSUAL/PUBLICACI&#211;N_INTERNET_INTRANET/RISP/RISP.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="INCIDENCIA"/>
       <sheetName val="Por regímenes"/>
       <sheetName val="Evolución"/>
       <sheetName val="Por sexos (número)"/>
       <sheetName val="Por sexos (media)"/>
       <sheetName val="Rangos"/>
       <sheetName val="Tabla ALINEDJ acumulado"/>
       <sheetName val="Tabla ALINEDJ acumulado (2)"/>
       <sheetName val="Tabla anual (edades)"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
@@ -757,1539 +762,1539 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AEB9B99B-3752-4DED-BF7E-04C047286782}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB577EB4-9F18-4A8D-B1E5-0F2D55F83191}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S27"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:S1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="12.44140625" defaultRowHeight="20.399999999999999" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="16.7109375" style="2" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="24" max="16384" width="10.7109375" style="2"/>
+    <col min="1" max="1" width="19.44140625" style="1" customWidth="1"/>
+    <col min="2" max="3" width="10.33203125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="9.33203125" style="1" customWidth="1"/>
+    <col min="5" max="6" width="10.33203125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="9.33203125" style="1" customWidth="1"/>
+    <col min="8" max="9" width="10.33203125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="9.33203125" style="1" customWidth="1"/>
+    <col min="11" max="12" width="10.33203125" style="1" customWidth="1"/>
+    <col min="13" max="13" width="9.33203125" style="1" customWidth="1"/>
+    <col min="14" max="15" width="10.33203125" style="1" customWidth="1"/>
+    <col min="16" max="16" width="9.33203125" style="1" customWidth="1"/>
+    <col min="17" max="18" width="10.33203125" style="1" customWidth="1"/>
+    <col min="19" max="19" width="9.33203125" style="1" customWidth="1"/>
+    <col min="20" max="20" width="14.44140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="17.109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="12.44140625" style="1"/>
+    <col min="23" max="23" width="13.44140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="24" max="16384" width="12.44140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="A2" s="3" t="s">
+    <row r="1" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="B2" s="3"/>
-[...19 lines deleted...]
-      <c r="A3" s="4" t="s">
+      <c r="B1" s="13"/>
+      <c r="C1" s="13"/>
+      <c r="D1" s="13"/>
+      <c r="E1" s="13"/>
+      <c r="F1" s="13"/>
+      <c r="G1" s="13"/>
+      <c r="H1" s="13"/>
+      <c r="I1" s="13"/>
+      <c r="J1" s="13"/>
+      <c r="K1" s="13"/>
+      <c r="L1" s="13"/>
+      <c r="M1" s="13"/>
+      <c r="N1" s="13"/>
+      <c r="O1" s="13"/>
+      <c r="P1" s="13"/>
+      <c r="Q1" s="13"/>
+      <c r="R1" s="13"/>
+      <c r="S1" s="13"/>
+    </row>
+    <row r="2" spans="1:19" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" s="14"/>
+      <c r="C2" s="14"/>
+      <c r="D2" s="14"/>
+      <c r="E2" s="14"/>
+      <c r="F2" s="14"/>
+      <c r="G2" s="14"/>
+      <c r="H2" s="14"/>
+      <c r="I2" s="14"/>
+      <c r="J2" s="14"/>
+      <c r="K2" s="14"/>
+      <c r="L2" s="14"/>
+      <c r="M2" s="14"/>
+      <c r="N2" s="14"/>
+      <c r="O2" s="14"/>
+      <c r="P2" s="14"/>
+      <c r="Q2" s="14"/>
+      <c r="R2" s="14"/>
+      <c r="S2" s="14"/>
+    </row>
+    <row r="3" spans="1:19" ht="30" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="12" t="s">
+      <c r="B3" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C3" s="18"/>
+      <c r="D3" s="4"/>
+      <c r="E3" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="F3" s="18"/>
+      <c r="G3" s="4"/>
+      <c r="H3" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="I3" s="18"/>
+      <c r="J3" s="4"/>
+      <c r="K3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="L3" s="18"/>
+      <c r="M3" s="4"/>
+      <c r="N3" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="O3" s="18"/>
+      <c r="P3" s="4"/>
+      <c r="Q3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="R3" s="18"/>
+      <c r="S3" s="4"/>
+    </row>
+    <row r="4" spans="1:19" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="5"/>
+      <c r="B4" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="G4" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="I4" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="J4" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="K4" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="M4" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="N4" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O4" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="P4" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q4" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="R4" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="S4" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="8">
+        <v>2305.0652</v>
+      </c>
+      <c r="C5" s="8">
+        <v>2390.4700000000003</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" s="8">
+        <v>1042.4100000000001</v>
+      </c>
+      <c r="G5" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="J5" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K5" s="8">
+        <v>3215.364507042254</v>
+      </c>
+      <c r="L5" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="M5" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N5" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O5" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P5" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q5" s="8">
+        <v>2978.3073958333339</v>
+      </c>
+      <c r="R5" s="8">
+        <v>2240.6855555555558</v>
+      </c>
+      <c r="S5" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="8">
+        <v>2160.4157500000001</v>
+      </c>
+      <c r="C6" s="8">
+        <v>2331.02</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" s="8">
+        <v>2166.8927272727274</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="J6" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K6" s="8">
+        <v>3238.6150925925926</v>
+      </c>
+      <c r="L6" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="M6" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N6" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O6" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P6" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q6" s="8">
+        <v>2893.2256603773585</v>
+      </c>
+      <c r="R6" s="8">
+        <v>2331.02</v>
+      </c>
+      <c r="S6" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="7" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" s="8">
+        <v>1634.3866906474821</v>
+      </c>
+      <c r="C7" s="8">
+        <v>1387.6678125000001</v>
+      </c>
+      <c r="D7" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" s="8">
+        <v>1044.1380000000001</v>
+      </c>
+      <c r="F7" s="8">
+        <v>1021.885</v>
+      </c>
+      <c r="G7" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7" s="8">
+        <v>2684.4947552447543</v>
+      </c>
+      <c r="I7" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="J7" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" s="8">
+        <v>3152.8997777777781</v>
+      </c>
+      <c r="L7" s="8">
+        <v>3375.3</v>
+      </c>
+      <c r="M7" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N7" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O7" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P7" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q7" s="8">
+        <v>2387.3850663129961</v>
+      </c>
+      <c r="R7" s="8">
+        <v>1406.4150746268656</v>
+      </c>
+      <c r="S7" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="8" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="8">
+        <v>2193.5805882352943</v>
+      </c>
+      <c r="C8" s="8">
+        <v>1919.2554838709682</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" s="8">
+        <v>865.92</v>
+      </c>
+      <c r="F8" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H8" s="8">
+        <v>2432.9184771573596</v>
+      </c>
+      <c r="I8" s="8">
+        <v>2572.5349999999999</v>
+      </c>
+      <c r="J8" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" s="8">
+        <v>3182.3894029850749</v>
+      </c>
+      <c r="L8" s="8">
+        <v>2934.69</v>
+      </c>
+      <c r="M8" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N8" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O8" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P8" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>2530.1334234234228</v>
+      </c>
+      <c r="R8" s="8">
+        <v>1987.5494117647061</v>
+      </c>
+      <c r="S8" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="9" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="8">
+        <v>2252.4357954545458</v>
+      </c>
+      <c r="C9" s="8">
+        <v>1825.06</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" s="8">
+        <v>899.8</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H9" s="8">
+        <v>2225.0042307692302</v>
+      </c>
+      <c r="I9" s="8">
+        <v>1779.05</v>
+      </c>
+      <c r="J9" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K9" s="8">
+        <v>3116.7101538461534</v>
+      </c>
+      <c r="L9" s="8">
+        <v>3303.5</v>
+      </c>
+      <c r="M9" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N9" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O9" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P9" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q9" s="8">
+        <v>2388.1248342541439</v>
+      </c>
+      <c r="R9" s="8">
+        <v>1871.2674193548387</v>
+      </c>
+      <c r="S9" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="10" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="8">
+        <v>2945.4710834813504</v>
+      </c>
+      <c r="C10" s="8">
+        <v>2391.6053424657543</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" s="8">
+        <v>1370.6183333333336</v>
+      </c>
+      <c r="F10" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10" s="8">
+        <v>2142.7263374485597</v>
+      </c>
+      <c r="I10" s="8">
+        <v>1458.19</v>
+      </c>
+      <c r="J10" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K10" s="8">
+        <v>3126.270819672131</v>
+      </c>
+      <c r="L10" s="8">
+        <v>2644.1833333333334</v>
+      </c>
+      <c r="M10" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N10" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O10" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P10" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q10" s="8">
+        <v>2723.8361397479944</v>
+      </c>
+      <c r="R10" s="8">
+        <v>2389.3237662337669</v>
+      </c>
+      <c r="S10" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="8">
+        <v>3018.7158160919539</v>
+      </c>
+      <c r="C11" s="8">
+        <v>2690.1984563758392</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" s="8">
+        <v>1067.2037500000001</v>
+      </c>
+      <c r="F11" s="8">
+        <v>675.61500000000001</v>
+      </c>
+      <c r="G11" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H11" s="8">
+        <v>1929.8964390243889</v>
+      </c>
+      <c r="I11" s="8">
+        <v>1425.81</v>
+      </c>
+      <c r="J11" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K11" s="8">
+        <v>3146.8857142857146</v>
+      </c>
+      <c r="L11" s="8">
+        <v>3021.28</v>
+      </c>
+      <c r="M11" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N11" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O11" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P11" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>2902.5620979020964</v>
+      </c>
+      <c r="R11" s="8">
+        <v>2657.7639869281052</v>
+      </c>
+      <c r="S11" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="12" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="8">
+        <v>2204.6559902426175</v>
+      </c>
+      <c r="C12" s="8">
+        <v>1699.1501075268809</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" s="8">
+        <v>1176.8852173913044</v>
+      </c>
+      <c r="F12" s="8">
+        <v>582.33999999999992</v>
+      </c>
+      <c r="G12" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H12" s="8">
+        <v>1742.915364583333</v>
+      </c>
+      <c r="I12" s="8">
+        <v>1835.395</v>
+      </c>
+      <c r="J12" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K12" s="8">
+        <v>3122.3232098765438</v>
+      </c>
+      <c r="L12" s="8">
+        <v>3201.915</v>
+      </c>
+      <c r="M12" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N12" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O12" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P12" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q12" s="8">
+        <v>2199.8384923857907</v>
+      </c>
+      <c r="R12" s="8">
+        <v>1706.5446352785134</v>
+      </c>
+      <c r="S12" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="8">
+        <v>1490.5754703943862</v>
+      </c>
+      <c r="C13" s="8">
+        <v>1261.6439834831178</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" s="8">
+        <v>1090.3157894736839</v>
+      </c>
+      <c r="F13" s="8">
+        <v>1035.7085714285713</v>
+      </c>
+      <c r="G13" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H13" s="8">
+        <v>1605.5425563909771</v>
+      </c>
+      <c r="I13" s="8">
+        <v>1255.8161224489797</v>
+      </c>
+      <c r="J13" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K13" s="8">
+        <v>3135.4751785714288</v>
+      </c>
+      <c r="L13" s="8">
+        <v>3124.2137499999999</v>
+      </c>
+      <c r="M13" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N13" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O13" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P13" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>1500.1452376998118</v>
+      </c>
+      <c r="R13" s="8">
+        <v>1264.761286773499</v>
+      </c>
+      <c r="S13" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="14" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="8">
+        <v>2149.4435809485171</v>
+      </c>
+      <c r="C14" s="8">
+        <v>2044.648329644579</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" s="8">
+        <v>1326.7638357794517</v>
+      </c>
+      <c r="F14" s="8">
+        <v>1168.1609981167617</v>
+      </c>
+      <c r="G14" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H14" s="8">
+        <v>1615.2281308411218</v>
+      </c>
+      <c r="I14" s="8">
+        <v>1187.0564583333335</v>
+      </c>
+      <c r="J14" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K14" s="8">
+        <v>2898.6195238095247</v>
+      </c>
+      <c r="L14" s="8">
+        <v>3248.0200000000004</v>
+      </c>
+      <c r="M14" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N14" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O14" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P14" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>2084.3011355175008</v>
+      </c>
+      <c r="R14" s="8">
+        <v>1986.1757066569612</v>
+      </c>
+      <c r="S14" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="8">
+        <v>1975.9551154223975</v>
+      </c>
+      <c r="C15" s="8">
+        <v>1942.1153073727926</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" s="8">
+        <v>1323.8171071295262</v>
+      </c>
+      <c r="F15" s="8">
+        <v>1157.8205463182894</v>
+      </c>
+      <c r="G15" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15" s="8">
+        <v>1702.3729870129871</v>
+      </c>
+      <c r="I15" s="8">
+        <v>1181.8960714285713</v>
+      </c>
+      <c r="J15" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K15" s="8">
+        <v>2429.1751999999997</v>
+      </c>
+      <c r="L15" s="8">
+        <v>3267.6</v>
+      </c>
+      <c r="M15" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N15" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O15" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P15" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>1883.825845613298</v>
+      </c>
+      <c r="R15" s="8">
+        <v>1877.3274926197455</v>
+      </c>
+      <c r="S15" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="16" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="8">
+        <v>1967.8360394013782</v>
+      </c>
+      <c r="C16" s="8">
+        <v>1716.1429237660293</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" s="8">
+        <v>1234.2164758460697</v>
+      </c>
+      <c r="F16" s="8">
+        <v>1166.216439499304</v>
+      </c>
+      <c r="G16" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H16" s="8">
+        <v>1858.8505813953491</v>
+      </c>
+      <c r="I16" s="8">
+        <v>1553.7693548387094</v>
+      </c>
+      <c r="J16" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K16" s="8">
+        <v>969.46888888888907</v>
+      </c>
+      <c r="L16" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="M16" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N16" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O16" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P16" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>1838.3465728884858</v>
+      </c>
+      <c r="R16" s="8">
+        <v>1675.8333998372993</v>
+      </c>
+      <c r="S16" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" s="8">
+        <v>1523.1871654215581</v>
+      </c>
+      <c r="C17" s="8">
+        <v>1194.6508749250743</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" s="8">
+        <v>979.8725569285765</v>
+      </c>
+      <c r="F17" s="8">
+        <v>913.16473126076335</v>
+      </c>
+      <c r="G17" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H17" s="8">
+        <v>1061.3463934426231</v>
+      </c>
+      <c r="I17" s="8">
+        <v>1039.4030555555557</v>
+      </c>
+      <c r="J17" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K17" s="8">
+        <v>1305.9154545454546</v>
+      </c>
+      <c r="L17" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="M17" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N17" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O17" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P17" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>1330.1008343416565</v>
+      </c>
+      <c r="R17" s="8">
+        <v>1143.7464827631331</v>
+      </c>
+      <c r="S17" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="B18" s="8">
+        <v>1556.624947470817</v>
+      </c>
+      <c r="C18" s="8">
+        <v>1170.9015984496129</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" s="8">
+        <v>1001.8271812434149</v>
+      </c>
+      <c r="F18" s="8">
+        <v>887.29226916376319</v>
+      </c>
+      <c r="G18" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H18" s="8">
+        <v>1403.6566666666663</v>
+      </c>
+      <c r="I18" s="8">
+        <v>765.96428571428567</v>
+      </c>
+      <c r="J18" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K18" s="8">
+        <v>1315.77</v>
+      </c>
+      <c r="L18" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="M18" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N18" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O18" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P18" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q18" s="8">
+        <v>1321.2470803163624</v>
+      </c>
+      <c r="R18" s="8">
+        <v>1096.1841779961171</v>
+      </c>
+      <c r="S18" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B19" s="8">
+        <v>1708.3759876543211</v>
+      </c>
+      <c r="C19" s="8">
+        <v>1172.3750480769224</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" s="8">
+        <v>1029.8037457240598</v>
+      </c>
+      <c r="F19" s="8">
+        <v>881.93679611650441</v>
+      </c>
+      <c r="G19" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H19" s="8">
+        <v>1251.9099999999999</v>
+      </c>
+      <c r="I19" s="8">
+        <v>879.57999999999993</v>
+      </c>
+      <c r="J19" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K19" s="8">
+        <v>2925.47</v>
+      </c>
+      <c r="L19" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="M19" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N19" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O19" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P19" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q19" s="8">
+        <v>1412.4267493181242</v>
+      </c>
+      <c r="R19" s="8">
+        <v>1081.4755931736845</v>
+      </c>
+      <c r="S19" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="15" t="s">
         <v>22</v>
       </c>
-      <c r="C3" s="13"/>
-[...1 lines deleted...]
-      <c r="E3" s="12" t="s">
+      <c r="B20" s="8">
+        <v>1736.0067023907673</v>
+      </c>
+      <c r="C20" s="8">
+        <v>1179.1791026615965</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" s="8">
+        <v>1047.9689062500011</v>
+      </c>
+      <c r="F20" s="8">
+        <v>919.68388405797089</v>
+      </c>
+      <c r="G20" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H20" s="8">
+        <v>1803.2388888888888</v>
+      </c>
+      <c r="I20" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="J20" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K20" s="8">
+        <v>1229.5550000000001</v>
+      </c>
+      <c r="L20" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="M20" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N20" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O20" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P20" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q20" s="8">
+        <v>1457.380603112839</v>
+      </c>
+      <c r="R20" s="8">
+        <v>1089.876508728179</v>
+      </c>
+      <c r="S20" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="21" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="F3" s="13"/>
-[...1 lines deleted...]
-      <c r="H3" s="12" t="s">
+      <c r="B21" s="8">
+        <v>2365.7680000000023</v>
+      </c>
+      <c r="C21" s="8">
+        <v>1529.8536049382715</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" s="8">
+        <v>1213.4497428139173</v>
+      </c>
+      <c r="F21" s="8">
+        <v>991.59166666666636</v>
+      </c>
+      <c r="G21" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H21" s="8">
+        <v>1576.4257142857143</v>
+      </c>
+      <c r="I21" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="J21" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K21" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="L21" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="M21" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N21" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O21" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P21" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q21" s="8">
+        <v>2004.3889307583627</v>
+      </c>
+      <c r="R21" s="8">
+        <v>1370.7152927536213</v>
+      </c>
+      <c r="S21" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="22" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="15" t="s">
         <v>24</v>
       </c>
-      <c r="I3" s="13"/>
-[...1 lines deleted...]
-      <c r="K3" s="12" t="s">
+      <c r="B22" s="8">
+        <v>1475.2595877862609</v>
+      </c>
+      <c r="C22" s="8">
+        <v>933.9734081902244</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" s="8">
+        <v>1251.955204460967</v>
+      </c>
+      <c r="F22" s="8">
+        <v>1067.8520674846634</v>
+      </c>
+      <c r="G22" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H22" s="8">
+        <v>1137.0520000000001</v>
+      </c>
+      <c r="I22" s="8">
+        <v>1611.9133333333336</v>
+      </c>
+      <c r="J22" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K22" s="8">
+        <v>901.8</v>
+      </c>
+      <c r="L22" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="M22" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N22" s="8">
+        <v>500.5</v>
+      </c>
+      <c r="O22" s="8">
+        <v>528.92232558139528</v>
+      </c>
+      <c r="P22" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q22" s="8">
+        <v>1349.9557944879227</v>
+      </c>
+      <c r="R22" s="8">
+        <v>998.13647040400917</v>
+      </c>
+      <c r="S22" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19" s="10" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="16" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="13"/>
-[...1134 lines deleted...]
-      </c>
       <c r="B23" s="9">
-        <v>1915.1732482465845</v>
+        <v>1918.8315044536255</v>
       </c>
       <c r="C23" s="9">
-        <v>1512.9293486181818</v>
+        <v>1518.5198913549857</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E23" s="9">
-        <v>1127.2192967985864</v>
+        <v>1133.1843734021541</v>
       </c>
       <c r="F23" s="9">
-        <v>980.26541322710705</v>
+        <v>982.81817364613278</v>
       </c>
       <c r="G23" s="9" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H23" s="9">
-        <v>1984.835306767867</v>
+        <v>1986.3062355658176</v>
       </c>
       <c r="I23" s="9">
-        <v>1274.5821782178216</v>
+        <v>1267.4364732142853</v>
       </c>
       <c r="J23" s="9" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K23" s="9">
-        <v>3037.6178739002967</v>
+        <v>3043.3701204819304</v>
       </c>
       <c r="L23" s="9">
         <v>3134.8416129032257</v>
       </c>
       <c r="M23" s="9" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="N23" s="9">
-        <v>560</v>
+        <v>500.5</v>
       </c>
       <c r="O23" s="9">
-        <v>527.41149999999993</v>
+        <v>528.92232558139528</v>
       </c>
       <c r="P23" s="9" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="Q23" s="9">
-        <v>1765.9840790986711</v>
+        <v>1770.1448233059443</v>
       </c>
       <c r="R23" s="9">
-        <v>1438.0562677334872</v>
+        <v>1443.105681566657</v>
       </c>
       <c r="S23" s="9" t="s">
-        <v>34</v>
-[...36 lines deleted...]
-      <c r="L24" s="7">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19" s="10" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" s="8">
+        <v>2047.167029799708</v>
+      </c>
+      <c r="C24" s="8">
+        <v>1894.3375004038382</v>
+      </c>
+      <c r="D24" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" s="8">
+        <v>1322.1366471033696</v>
+      </c>
+      <c r="F24" s="8">
+        <v>1161.7955839416061</v>
+      </c>
+      <c r="G24" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H24" s="8">
+        <v>2056.8632585751975</v>
+      </c>
+      <c r="I24" s="8">
+        <v>1284.0632857142857</v>
+      </c>
+      <c r="J24" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K24" s="8">
+        <v>3123.7687412587416</v>
+      </c>
+      <c r="L24" s="8">
         <v>3134.8416129032262</v>
       </c>
-      <c r="M24" s="7" t="s">
-[...52 lines deleted...]
-      <c r="K25" s="7">
+      <c r="M24" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N24" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O24" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P24" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q24" s="8">
+        <v>2005.4624846268687</v>
+      </c>
+      <c r="R24" s="8">
+        <v>1850.3934849585378</v>
+      </c>
+      <c r="S24" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19" s="10" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B25" s="8">
+        <v>1837.4008825495218</v>
+      </c>
+      <c r="C25" s="8">
+        <v>1411.3891681094824</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E25" s="8">
+        <v>1105.598803758983</v>
+      </c>
+      <c r="F25" s="8">
+        <v>966.38313400679851</v>
+      </c>
+      <c r="G25" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H25" s="8">
+        <v>1491.1004629629631</v>
+      </c>
+      <c r="I25" s="8">
+        <v>1239.7251190476188</v>
+      </c>
+      <c r="J25" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K25" s="8">
         <v>1246.9634375000001</v>
       </c>
-      <c r="L25" s="7" t="s">
-[...25 lines deleted...]
-      <c r="A26" s="10" t="s">
+      <c r="L25" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="M25" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N25" s="8">
+        <v>500.5</v>
+      </c>
+      <c r="O25" s="8">
+        <v>528.92232558139528</v>
+      </c>
+      <c r="P25" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q25" s="8">
+        <v>1647.1222791353707</v>
+      </c>
+      <c r="R25" s="8">
+        <v>1339.264545131869</v>
+      </c>
+      <c r="S25" s="8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="26" spans="1:19" s="10" customFormat="1" ht="20.399999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A26" s="17" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="11">
-        <v>64.745057493678829</v>
+        <v>64.729514457238977</v>
       </c>
       <c r="C26" s="11">
-        <v>65.602853762312023</v>
+        <v>65.58969814457835</v>
       </c>
       <c r="D26" s="11" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E26" s="11">
-        <v>66.223650831416876</v>
+        <v>66.203894650523594</v>
       </c>
       <c r="F26" s="11">
-        <v>67.093577462084994</v>
+        <v>67.070300372725427</v>
       </c>
       <c r="G26" s="11" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H26" s="11">
-        <v>60.815363693864583</v>
+        <v>60.795612009237814</v>
       </c>
       <c r="I26" s="11">
-        <v>64.395594059405951</v>
+        <v>64.37169642857144</v>
       </c>
       <c r="J26" s="11" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="K26" s="11">
-        <v>59.000527859237579</v>
+        <v>58.991472556894301</v>
       </c>
       <c r="L26" s="11">
         <v>61.69903225806452</v>
       </c>
       <c r="M26" s="11" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="N26" s="11">
-        <v>84.789999999999992</v>
+        <v>83.98</v>
       </c>
       <c r="O26" s="11">
-        <v>83.716250000000002</v>
+        <v>83.753255813953487</v>
       </c>
       <c r="P26" s="11" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="Q26" s="11">
-        <v>64.981426508881896</v>
+        <v>64.965112420304408</v>
       </c>
       <c r="R26" s="11">
-        <v>65.814111544409172</v>
+        <v>65.799687838170101</v>
       </c>
       <c r="S26" s="11" t="s">
-        <v>34</v>
-[...21 lines deleted...]
-      <c r="S27" s="17"/>
+        <v>32</v>
+      </c>
+    </row>
+    <row r="27" spans="1:19" ht="21" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="12"/>
+      <c r="B27" s="12"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="12"/>
+      <c r="E27" s="12"/>
+      <c r="F27" s="12"/>
+      <c r="G27" s="12"/>
+      <c r="H27" s="12"/>
+      <c r="I27" s="12"/>
+      <c r="J27" s="12"/>
+      <c r="K27" s="12"/>
+      <c r="L27" s="12"/>
+      <c r="M27" s="12"/>
+      <c r="N27" s="12"/>
+      <c r="O27" s="12"/>
+      <c r="P27" s="12"/>
+      <c r="Q27" s="12"/>
+      <c r="R27" s="12"/>
+      <c r="S27" s="12"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A27:S27"/>
     <mergeCell ref="A1:S1"/>
     <mergeCell ref="A2:S2"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="H3:J3"/>
     <mergeCell ref="K3:M3"/>
     <mergeCell ref="N3:P3"/>
     <mergeCell ref="Q3:S3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.78740157480314965" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="84" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{586dd8ec-1577-4ac3-bcff-9b1b1c87cbbc}" enabled="1" method="Standard" siteId="{a22f907a-53a6-449f-b082-22c03676d7fb}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
@@ -2309,31 +2314,31 @@
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Por sexos (media)</vt:lpstr>
       <vt:lpstr>'Por sexos (media)'!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>GARCIA MOYANO, ANA ROSA</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>