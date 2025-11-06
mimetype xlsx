--- v0 (2025-10-10)
+++ v1 (2025-11-06)
@@ -1,66 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-[...6 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{923BAC69-8383-4667-BC3E-A28C4EA7BAE9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{56A679A5-096B-42D8-B6E6-2C46E0B5E2D0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{43D70B76-45CD-4B77-84DF-5E4BF53BE86D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0CE8FC5F-812F-4DAC-9169-7DD74AF0CE10}"/>
   </bookViews>
   <sheets>
     <sheet name="Por regímenes" sheetId="1" r:id="rId1"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Por regímenes'!$A$1:$M$26</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -147,51 +138,51 @@
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Total Regímenes</t>
   </si>
   <si>
     <t>Sovi</t>
   </si>
   <si>
     <t>Minería del carbón</t>
   </si>
   <si>
     <t>Trab. del Mar</t>
   </si>
   <si>
     <t>Autónomos</t>
   </si>
   <si>
     <t>General</t>
   </si>
   <si>
     <t>Edades</t>
   </si>
   <si>
-    <t>Datos acumulados a agosto</t>
+    <t>Datos acumulados a septiembre</t>
   </si>
   <si>
     <t>Altas iniciales de Jubilación según régimen, por edades. Año 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -425,103 +416,67 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{997B7322-1305-4F63-864C-D963BBB17693}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{3B4B4845-E3EA-4085-B60A-8DC330427BB5}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...35 lines deleted...]
-</externalLink>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -770,51 +725,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{258740C7-F24C-490E-BAC1-49D2FECBA911}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A50D5BCB-71D2-459D-99CA-B388AFCE3D77}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O28"/>
   <sheetViews>
     <sheetView showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.28515625" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="2" customWidth="1"/>
     <col min="3" max="13" width="9.140625" style="1" customWidth="1"/>
     <col min="14" max="14" width="6.5703125" style="1" customWidth="1"/>
     <col min="15" max="17" width="9.5703125" style="1" customWidth="1"/>
     <col min="18" max="18" width="6.5703125" style="1" customWidth="1"/>
     <col min="19" max="16384" width="10.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="23" t="s">
         <v>35</v>
       </c>
@@ -899,964 +854,964 @@
       </c>
       <c r="H4" s="17" t="s">
         <v>26</v>
       </c>
       <c r="I4" s="15" t="s">
         <v>25</v>
       </c>
       <c r="J4" s="17" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="15" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="16" t="s">
         <v>26</v>
       </c>
       <c r="M4" s="15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="9">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C5" s="8">
-        <v>2388.4259999999999</v>
+        <v>2403.3284615384614</v>
       </c>
       <c r="D5" s="9">
         <v>1</v>
       </c>
       <c r="E5" s="8">
         <v>1042.4100000000001</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="8" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="9">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="I5" s="8">
-        <v>3231.7711111111112</v>
+        <v>3239.1937931034486</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K5" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L5" s="9">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="M5" s="8">
-        <v>2940.8587500000008</v>
+        <v>2957.6728235294122</v>
       </c>
     </row>
     <row r="6" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B6" s="9">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="C6" s="8">
-        <v>2033.8588</v>
+        <v>2189.8118750000003</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="9">
         <v>9</v>
       </c>
       <c r="G6" s="8">
         <v>2266.2988888888885</v>
       </c>
       <c r="H6" s="9">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="I6" s="8">
-        <v>3232.8473972602746</v>
+        <v>3238.2977777777778</v>
       </c>
       <c r="J6" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K6" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="9">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="M6" s="8">
-        <v>2871.4114018691589</v>
+        <v>2891.580245901639</v>
       </c>
       <c r="N6" s="14"/>
       <c r="O6" s="14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="9">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="C7" s="8">
-        <v>1508.9090140845065</v>
+        <v>1530.3227160493823</v>
       </c>
       <c r="D7" s="9">
         <v>5</v>
       </c>
       <c r="E7" s="8">
         <v>1090.7639999999999</v>
       </c>
       <c r="F7" s="9">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="G7" s="8">
-        <v>2656.5881052631589</v>
+        <v>2693.0607766990302</v>
       </c>
       <c r="H7" s="9">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="I7" s="8">
-        <v>3087.431914893617</v>
+        <v>3095.1123214285712</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K7" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L7" s="9">
-        <v>289</v>
+        <v>326</v>
       </c>
       <c r="M7" s="8">
-        <v>2135.654221453286</v>
+        <v>2159.7473926380353</v>
       </c>
       <c r="N7" s="14"/>
       <c r="O7" s="14"/>
     </row>
     <row r="8" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="9">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C8" s="8">
-        <v>2196.9438666666661</v>
+        <v>2177.1821518987331</v>
       </c>
       <c r="D8" s="9">
         <v>1</v>
       </c>
       <c r="E8" s="8">
         <v>865.92</v>
       </c>
       <c r="F8" s="9">
-        <v>123</v>
+        <v>145</v>
       </c>
       <c r="G8" s="8">
-        <v>2428.5804878048789</v>
+        <v>2452.3591724137946</v>
       </c>
       <c r="H8" s="9">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="I8" s="8">
-        <v>3099.9159523809526</v>
+        <v>3134.5702000000001</v>
       </c>
       <c r="J8" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K8" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L8" s="9">
-        <v>241</v>
+        <v>275</v>
       </c>
       <c r="M8" s="8">
-        <v>2467.0065560165981</v>
+        <v>2491.5778181818168</v>
       </c>
       <c r="N8" s="14"/>
       <c r="O8" s="14"/>
     </row>
     <row r="9" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="9">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="C9" s="8">
-        <v>2153.6271084337354</v>
+        <v>2171.1269892473119</v>
       </c>
       <c r="D9" s="9">
         <v>1</v>
       </c>
       <c r="E9" s="8">
         <v>899.8</v>
       </c>
       <c r="F9" s="9">
-        <v>133</v>
+        <v>149</v>
       </c>
       <c r="G9" s="8">
-        <v>2274.6260150375938</v>
+        <v>2254.9901342281883</v>
       </c>
       <c r="H9" s="9">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="I9" s="8">
-        <v>3135.8425581395359</v>
+        <v>3123.1332653061222</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K9" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L9" s="9">
-        <v>260</v>
+        <v>292</v>
       </c>
       <c r="M9" s="8">
-        <v>2373.1436153846148</v>
+        <v>2369.3207876712327</v>
       </c>
       <c r="N9" s="14"/>
       <c r="O9" s="14"/>
     </row>
     <row r="10" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="9">
-        <v>435</v>
+        <v>488</v>
       </c>
       <c r="C10" s="8">
-        <v>2863.0319999999961</v>
+        <v>2876.5918032786867</v>
       </c>
       <c r="D10" s="9">
         <v>5</v>
       </c>
       <c r="E10" s="8">
         <v>1393.7819999999999</v>
       </c>
       <c r="F10" s="9">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="G10" s="8">
-        <v>2170.9668862275453</v>
+        <v>2161.1111666666675</v>
       </c>
       <c r="H10" s="9">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="I10" s="8">
-        <v>2981.5402702702709</v>
+        <v>3017.5539534883724</v>
       </c>
       <c r="J10" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K10" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L10" s="9">
-        <v>644</v>
+        <v>716</v>
       </c>
       <c r="M10" s="8">
-        <v>2678.9693944099336</v>
+        <v>2694.8331564245777</v>
       </c>
       <c r="N10" s="14"/>
       <c r="O10" s="14"/>
     </row>
     <row r="11" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="9">
-        <v>1325</v>
+        <v>1474</v>
       </c>
       <c r="C11" s="8">
-        <v>2983.8157509433963</v>
+        <v>2989.1056580732752</v>
       </c>
       <c r="D11" s="9">
         <v>7</v>
       </c>
       <c r="E11" s="8">
         <v>991.17857142857156</v>
       </c>
       <c r="F11" s="9">
-        <v>139</v>
+        <v>158</v>
       </c>
       <c r="G11" s="8">
-        <v>2027.5489208633094</v>
+        <v>1997.0793037974679</v>
       </c>
       <c r="H11" s="9">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I11" s="8">
-        <v>3149.0421739130434</v>
+        <v>3175.6143333333334</v>
       </c>
       <c r="J11" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K11" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L11" s="9">
-        <v>1494</v>
+        <v>1669</v>
       </c>
       <c r="M11" s="8">
-        <v>2888.0531392235607</v>
+        <v>2890.1659376872367</v>
       </c>
       <c r="N11" s="14"/>
       <c r="O11" s="14"/>
     </row>
     <row r="12" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="9">
-        <v>5967</v>
+        <v>6688</v>
       </c>
       <c r="C12" s="8">
-        <v>2103.2196463884693</v>
+        <v>2111.7060242224879</v>
       </c>
       <c r="D12" s="9">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E12" s="8">
-        <v>1153.4949999999999</v>
+        <v>1150.8547368421052</v>
       </c>
       <c r="F12" s="9">
-        <v>125</v>
+        <v>146</v>
       </c>
       <c r="G12" s="8">
-        <v>1771.4800800000005</v>
+        <v>1740.7195205479454</v>
       </c>
       <c r="H12" s="9">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I12" s="8">
-        <v>3091.0401923076929</v>
+        <v>3106.1087719298257</v>
       </c>
       <c r="J12" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K12" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L12" s="9">
-        <v>6162</v>
+        <v>6910</v>
       </c>
       <c r="M12" s="8">
-        <v>2102.0518727685812</v>
+        <v>2109.4282749638205</v>
       </c>
       <c r="N12" s="14"/>
       <c r="O12" s="14"/>
     </row>
     <row r="13" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="9">
-        <v>9109</v>
+        <v>10161</v>
       </c>
       <c r="C13" s="8">
-        <v>1476.5218662860889</v>
+        <v>1446.45666765082</v>
       </c>
       <c r="D13" s="9">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E13" s="8">
-        <v>1090.320882352941</v>
+        <v>1071.0397142857141</v>
       </c>
       <c r="F13" s="9">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="G13" s="8">
-        <v>1609.2042735042728</v>
+        <v>1580.2599206349198</v>
       </c>
       <c r="H13" s="9">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="I13" s="8">
-        <v>3145.6512499999999</v>
+        <v>3133.274615384616</v>
       </c>
       <c r="J13" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K13" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L13" s="9">
-        <v>9292</v>
+        <v>10361</v>
       </c>
       <c r="M13" s="8">
-        <v>1482.5275860955649</v>
+        <v>1453.1650468101525</v>
       </c>
       <c r="N13" s="14"/>
       <c r="O13" s="14"/>
     </row>
     <row r="14" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="9">
-        <v>27437</v>
+        <v>31279</v>
       </c>
       <c r="C14" s="8">
-        <v>2087.7923628676635</v>
+        <v>2104.5922094696157</v>
       </c>
       <c r="D14" s="9">
-        <v>2310</v>
+        <v>2533</v>
       </c>
       <c r="E14" s="8">
-        <v>1262.0023203463204</v>
+        <v>1266.2938807737864</v>
       </c>
       <c r="F14" s="9">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="G14" s="8">
-        <v>1510.0220183486235</v>
+        <v>1513.0306837606831</v>
       </c>
       <c r="H14" s="9">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="I14" s="8">
-        <v>3103.0568749999998</v>
+        <v>3102.2055882352943</v>
       </c>
       <c r="J14" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K14" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L14" s="9">
-        <v>29888</v>
+        <v>33963</v>
       </c>
       <c r="M14" s="8">
-        <v>2022.9481611349061</v>
+        <v>2041.0317610340687</v>
       </c>
       <c r="N14" s="14"/>
       <c r="O14" s="14"/>
     </row>
     <row r="15" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="9">
-        <v>15958</v>
+        <v>18057</v>
       </c>
       <c r="C15" s="8">
-        <v>1936.2290067677643</v>
+        <v>1956.2606706540396</v>
       </c>
       <c r="D15" s="9">
-        <v>2191</v>
+        <v>2403</v>
       </c>
       <c r="E15" s="8">
-        <v>1272.4720675490655</v>
+        <v>1276.1634165626303</v>
       </c>
       <c r="F15" s="9">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="G15" s="8">
-        <v>1590.6267567567568</v>
+        <v>1590.6350632911392</v>
       </c>
       <c r="H15" s="9">
         <v>25</v>
       </c>
       <c r="I15" s="8">
         <v>2493.3043999999995</v>
       </c>
       <c r="J15" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K15" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L15" s="9">
-        <v>18248</v>
+        <v>20564</v>
       </c>
       <c r="M15" s="8">
-        <v>1855.8947709338036</v>
+        <v>1876.036393697726</v>
       </c>
       <c r="N15" s="14"/>
       <c r="O15" s="14"/>
     </row>
     <row r="16" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="9">
-        <v>77240</v>
+        <v>87425</v>
       </c>
       <c r="C16" s="8">
-        <v>1849.68316248058</v>
+        <v>1859.9461260508997</v>
       </c>
       <c r="D16" s="9">
-        <v>12381</v>
+        <v>13825</v>
       </c>
       <c r="E16" s="8">
-        <v>1206.9421266456668</v>
+        <v>1207.9103732368899</v>
       </c>
       <c r="F16" s="9">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="G16" s="8">
-        <v>1805.471125</v>
+        <v>1828.9253571428576</v>
       </c>
       <c r="H16" s="9">
         <v>5</v>
       </c>
       <c r="I16" s="8">
         <v>531.50199999999995</v>
       </c>
       <c r="J16" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K16" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L16" s="9">
-        <v>89706</v>
+        <v>101339</v>
       </c>
       <c r="M16" s="8">
-        <v>1760.8607355137874</v>
+        <v>1770.9020043615969</v>
       </c>
     </row>
     <row r="17" spans="1:13" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="9">
-        <v>43876</v>
+        <v>51780</v>
       </c>
       <c r="C17" s="8">
-        <v>1290.7010964992251</v>
+        <v>1298.0063323677086</v>
       </c>
       <c r="D17" s="9">
-        <v>15062</v>
+        <v>17213</v>
       </c>
       <c r="E17" s="8">
-        <v>945.97134311512332</v>
+        <v>945.88436704816081</v>
       </c>
       <c r="F17" s="9">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="G17" s="8">
-        <v>1120.0304838709678</v>
+        <v>1078.6235211267608</v>
       </c>
       <c r="H17" s="9">
         <v>7</v>
       </c>
       <c r="I17" s="8">
         <v>591.18285714285707</v>
       </c>
       <c r="J17" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K17" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L17" s="9">
-        <v>59007</v>
+        <v>69071</v>
       </c>
       <c r="M17" s="8">
-        <v>1202.4438092090782</v>
+        <v>1209.9578122511625</v>
       </c>
     </row>
     <row r="18" spans="1:13" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B18" s="9">
-        <v>7473</v>
+        <v>8559</v>
       </c>
       <c r="C18" s="8">
-        <v>1337.3718305901243</v>
+        <v>1359.1367484519201</v>
       </c>
       <c r="D18" s="9">
-        <v>3842</v>
+        <v>4269</v>
       </c>
       <c r="E18" s="8">
-        <v>955.23973451327277</v>
+        <v>954.98643710470742</v>
       </c>
       <c r="F18" s="9">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G18" s="8">
-        <v>1264.5475862068968</v>
+        <v>1246.7296666666668</v>
       </c>
       <c r="H18" s="9">
         <v>8</v>
       </c>
       <c r="I18" s="8">
         <v>1315.77</v>
       </c>
       <c r="J18" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K18" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L18" s="9">
-        <v>11352</v>
+        <v>12866</v>
       </c>
       <c r="M18" s="8">
-        <v>1207.8408025017616</v>
+        <v>1224.7486849059533</v>
       </c>
     </row>
     <row r="19" spans="1:13" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B19" s="9">
-        <v>3079</v>
+        <v>3504</v>
       </c>
       <c r="C19" s="8">
-        <v>1423.5618447547893</v>
+        <v>1433.4846974885845</v>
       </c>
       <c r="D19" s="9">
-        <v>1835</v>
+        <v>2063</v>
       </c>
       <c r="E19" s="8">
-        <v>961.62652861035417</v>
+        <v>964.77165293262249</v>
       </c>
       <c r="F19" s="9">
         <v>7</v>
       </c>
       <c r="G19" s="8">
         <v>1231.4657142857143</v>
       </c>
       <c r="H19" s="9">
         <v>1</v>
       </c>
       <c r="I19" s="8">
         <v>2925.47</v>
       </c>
       <c r="J19" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K19" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L19" s="9">
-        <v>4922</v>
+        <v>5575</v>
       </c>
       <c r="M19" s="8">
-        <v>1251.3769463632671</v>
+        <v>1260.0538170403581</v>
       </c>
     </row>
     <row r="20" spans="1:13" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="9">
-        <v>1735</v>
+        <v>1959</v>
       </c>
       <c r="C20" s="8">
-        <v>1456.2522247838608</v>
+        <v>1467.33204185809</v>
       </c>
       <c r="D20" s="9">
-        <v>1033</v>
+        <v>1149</v>
       </c>
       <c r="E20" s="8">
-        <v>956.0541819941908</v>
+        <v>956.72762402088756</v>
       </c>
       <c r="F20" s="9">
         <v>8</v>
       </c>
       <c r="G20" s="8">
         <v>1919.34375</v>
       </c>
       <c r="H20" s="9">
         <v>2</v>
       </c>
       <c r="I20" s="8">
         <v>1229.5550000000001</v>
       </c>
       <c r="J20" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K20" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L20" s="9">
-        <v>2778</v>
+        <v>3118</v>
       </c>
       <c r="M20" s="8">
-        <v>1271.4238444924401</v>
+        <v>1280.1787588197562</v>
       </c>
     </row>
     <row r="21" spans="1:13" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9">
-        <v>1761</v>
+        <v>2043</v>
       </c>
       <c r="C21" s="8">
-        <v>1956.2680806360024</v>
+        <v>2007.8469897209998</v>
       </c>
       <c r="D21" s="9">
-        <v>765</v>
+        <v>873</v>
       </c>
       <c r="E21" s="8">
-        <v>1073.9297777777774</v>
+        <v>1084.8154295532647</v>
       </c>
       <c r="F21" s="9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G21" s="8">
-        <v>2082.7174999999997</v>
+        <v>1696.7180000000001</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>3</v>
       </c>
       <c r="I21" s="8" t="s">
         <v>3</v>
       </c>
       <c r="J21" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K21" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L21" s="9">
-        <v>2530</v>
+        <v>2921</v>
       </c>
       <c r="M21" s="8">
-        <v>1689.6740079051394</v>
+        <v>1731.4477439233153</v>
       </c>
     </row>
     <row r="22" spans="1:13" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B22" s="9">
-        <v>1954</v>
+        <v>2175</v>
       </c>
       <c r="C22" s="8">
-        <v>1188.3321545547587</v>
+        <v>1196.6888183908045</v>
       </c>
       <c r="D22" s="9">
-        <v>2222</v>
+        <v>2451</v>
       </c>
       <c r="E22" s="8">
-        <v>1126.8336633663364</v>
+        <v>1137.6352998776013</v>
       </c>
       <c r="F22" s="9">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G22" s="8">
-        <v>1133.5636363636365</v>
+        <v>1046.6050000000002</v>
       </c>
       <c r="H22" s="9">
         <v>1</v>
       </c>
       <c r="I22" s="8">
         <v>901.8</v>
       </c>
       <c r="J22" s="9">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="K22" s="8">
-        <v>525.4310714285715</v>
+        <v>525.20354838709693</v>
       </c>
       <c r="L22" s="9">
-        <v>4216</v>
+        <v>4670</v>
       </c>
       <c r="M22" s="8">
-        <v>1151.3065702087285</v>
+        <v>1160.78900856531</v>
       </c>
     </row>
     <row r="23" spans="1:13" s="4" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B23" s="12">
-        <v>197699</v>
+        <v>225984</v>
       </c>
       <c r="C23" s="11">
-        <v>1731.0113445692618</v>
+        <v>1737.2471108574009</v>
       </c>
       <c r="D23" s="12">
-        <v>41713</v>
+        <v>46853</v>
       </c>
       <c r="E23" s="11">
-        <v>1072.1402397334168</v>
+        <v>1072.2549762021627</v>
       </c>
       <c r="F23" s="12">
-        <v>1292</v>
+        <v>1429</v>
       </c>
       <c r="G23" s="11">
-        <v>1939.4204489164051</v>
+        <v>1933.1563400979669</v>
       </c>
       <c r="H23" s="12">
-        <v>484</v>
+        <v>546</v>
       </c>
       <c r="I23" s="11">
-        <v>2995.9486570247932</v>
+        <v>3020.0527106227114</v>
       </c>
       <c r="J23" s="12">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="K23" s="11">
-        <v>525.4310714285715</v>
+        <v>525.20354838709693</v>
       </c>
       <c r="L23" s="12">
-        <v>241216</v>
+        <v>274843</v>
       </c>
       <c r="M23" s="11">
-        <v>1620.5885184647784</v>
+        <v>1627.3149543557595</v>
       </c>
     </row>
     <row r="24" spans="1:13" s="4" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B24" s="9">
-        <v>60581</v>
+        <v>68539</v>
       </c>
       <c r="C24" s="8">
-        <v>1981.6108959904927</v>
+        <v>1992.1267932126248</v>
       </c>
       <c r="D24" s="9">
-        <v>4573</v>
+        <v>5010</v>
       </c>
       <c r="E24" s="8">
-        <v>1264.6434703695613</v>
+        <v>1268.5957744510981</v>
       </c>
       <c r="F24" s="9">
-        <v>1091</v>
+        <v>1212</v>
       </c>
       <c r="G24" s="8">
-        <v>2026.0354537121907</v>
+        <v>2021.3272772277226</v>
       </c>
       <c r="H24" s="9">
-        <v>460</v>
+        <v>522</v>
       </c>
       <c r="I24" s="8">
-        <v>3100.9365652173919</v>
+        <v>3113.6790229885059</v>
       </c>
       <c r="J24" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K24" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L24" s="9">
-        <v>66705</v>
+        <v>75283</v>
       </c>
       <c r="M24" s="8">
-        <v>1940.9042767408755</v>
+        <v>1952.2233734043555</v>
       </c>
     </row>
     <row r="25" spans="1:13" s="4" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B25" s="9">
-        <v>137118</v>
+        <v>157445</v>
       </c>
       <c r="C25" s="8">
-        <v>1620.2923184410506</v>
+        <v>1626.2928185715637</v>
       </c>
       <c r="D25" s="9">
-        <v>37140</v>
+        <v>41843</v>
       </c>
       <c r="E25" s="8">
-        <v>1048.4375667743668</v>
+        <v>1048.7464467174912</v>
       </c>
       <c r="F25" s="9">
-        <v>201</v>
+        <v>217</v>
       </c>
       <c r="G25" s="8">
-        <v>1469.2862686567166</v>
+        <v>1440.699308755761</v>
       </c>
       <c r="H25" s="9">
         <v>24</v>
       </c>
       <c r="I25" s="8">
         <v>983.68041666666659</v>
       </c>
       <c r="J25" s="9">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="K25" s="8">
-        <v>525.4310714285715</v>
+        <v>525.20354838709693</v>
       </c>
       <c r="L25" s="9">
-        <v>174511</v>
+        <v>199560</v>
       </c>
       <c r="M25" s="8">
-        <v>1498.1511783784397</v>
+        <v>1504.7448976748842</v>
       </c>
     </row>
     <row r="26" spans="1:13" s="4" customFormat="1" ht="21.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B26" s="6">
-        <v>65.100783817824237</v>
+        <v>65.118531842962554</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="D26" s="6">
-        <v>66.515357562391102</v>
+        <v>66.518305551405803</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="F26" s="6">
-        <v>61.253684210526266</v>
+        <v>61.204387683694826</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="H26" s="6">
-        <v>59.119731404958699</v>
+        <v>59.062490842490867</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="J26" s="6">
-        <v>83.544642857142847</v>
+        <v>83.650322580645152</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="L26" s="6">
-        <v>65.314937359047519</v>
+        <v>65.326862317759634</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:13" s="1" customFormat="1" ht="20.25" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
     </row>
     <row r="28" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B28" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="10">
@@ -1898,31 +1853,31 @@
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Por regímenes</vt:lpstr>
       <vt:lpstr>'Por regímenes'!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>PEDRO PEDRO, MARIA CARMEN</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>