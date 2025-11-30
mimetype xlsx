--- v1 (2025-11-06)
+++ v2 (2025-11-30)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{56A679A5-096B-42D8-B6E6-2C46E0B5E2D0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A794250D-108B-43AD-8CE2-783CB74449C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0CE8FC5F-812F-4DAC-9169-7DD74AF0CE10}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{54BE0AA4-FB01-48ED-A0CF-FE15ED47790B}"/>
   </bookViews>
   <sheets>
     <sheet name="Por regímenes" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Por regímenes'!$A$1:$M$26</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -138,51 +138,51 @@
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Total Regímenes</t>
   </si>
   <si>
     <t>Sovi</t>
   </si>
   <si>
     <t>Minería del carbón</t>
   </si>
   <si>
     <t>Trab. del Mar</t>
   </si>
   <si>
     <t>Autónomos</t>
   </si>
   <si>
     <t>General</t>
   </si>
   <si>
     <t>Edades</t>
   </si>
   <si>
-    <t>Datos acumulados a septiembre</t>
+    <t>Datos acumulados a octubre</t>
   </si>
   <si>
     <t>Altas iniciales de Jubilación según régimen, por edades. Año 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -416,51 +416,51 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{3B4B4845-E3EA-4085-B60A-8DC330427BB5}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{1FBE1723-0A47-4ED9-9A16-3391F7DBF0B3}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -725,1115 +725,1112 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A50D5BCB-71D2-459D-99CA-B388AFCE3D77}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F29F28C-0541-40E4-B498-7A2FA091407B}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:O28"/>
+  <dimension ref="A1:O27"/>
   <sheetViews>
     <sheetView showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.28515625" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="2" customWidth="1"/>
     <col min="3" max="13" width="9.140625" style="1" customWidth="1"/>
     <col min="14" max="14" width="6.5703125" style="1" customWidth="1"/>
     <col min="15" max="17" width="9.5703125" style="1" customWidth="1"/>
     <col min="18" max="18" width="6.5703125" style="1" customWidth="1"/>
     <col min="19" max="16384" width="10.28515625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="23" t="s">
         <v>35</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="23"/>
       <c r="D1" s="23"/>
       <c r="E1" s="23"/>
       <c r="F1" s="23"/>
       <c r="G1" s="23"/>
       <c r="H1" s="23"/>
       <c r="I1" s="23"/>
       <c r="J1" s="23"/>
       <c r="K1" s="23"/>
       <c r="L1" s="23"/>
       <c r="M1" s="23"/>
     </row>
-    <row r="2" spans="1:15" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="22" t="s">
         <v>34</v>
       </c>
       <c r="B2" s="22"/>
       <c r="C2" s="22"/>
       <c r="D2" s="22"/>
       <c r="E2" s="22"/>
       <c r="F2" s="22"/>
       <c r="G2" s="22"/>
       <c r="H2" s="22"/>
       <c r="I2" s="22"/>
       <c r="J2" s="22"/>
       <c r="K2" s="22"/>
       <c r="L2" s="22"/>
       <c r="M2" s="22"/>
     </row>
-    <row r="3" spans="1:15" s="1" customFormat="1" ht="26.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:15" ht="26.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A3" s="21" t="s">
         <v>33</v>
       </c>
       <c r="B3" s="20" t="s">
         <v>32</v>
       </c>
       <c r="C3" s="19"/>
       <c r="D3" s="20" t="s">
         <v>31</v>
       </c>
       <c r="E3" s="19"/>
       <c r="F3" s="20" t="s">
         <v>30</v>
       </c>
       <c r="G3" s="19"/>
       <c r="H3" s="20" t="s">
         <v>29</v>
       </c>
       <c r="I3" s="19"/>
       <c r="J3" s="20" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="19"/>
       <c r="L3" s="20" t="s">
         <v>27</v>
       </c>
       <c r="M3" s="19"/>
     </row>
-    <row r="4" spans="1:15" s="1" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="18"/>
       <c r="B4" s="16" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="15" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="17" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="15" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="17" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="15" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="17" t="s">
         <v>26</v>
       </c>
       <c r="I4" s="15" t="s">
         <v>25</v>
       </c>
       <c r="J4" s="17" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="15" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="16" t="s">
         <v>26</v>
       </c>
       <c r="M4" s="15" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="5" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="9">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C5" s="8">
-        <v>2403.3284615384614</v>
+        <v>2417.6229629629629</v>
       </c>
       <c r="D5" s="9">
         <v>1</v>
       </c>
       <c r="E5" s="8">
         <v>1042.4100000000001</v>
       </c>
       <c r="F5" s="9" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="8" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="9">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="I5" s="8">
-        <v>3239.1937931034486</v>
+        <v>3242.3563934426234</v>
       </c>
       <c r="J5" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K5" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L5" s="9">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="M5" s="8">
-        <v>2957.6728235294122</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2967.4378651685397</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="B6" s="9">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C6" s="8">
-        <v>2189.8118750000003</v>
+        <v>2213.5797058823537</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="9">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G6" s="8">
-        <v>2266.2988888888885</v>
+        <v>2166.8927272727274</v>
       </c>
       <c r="H6" s="9">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="I6" s="8">
-        <v>3238.2977777777778</v>
+        <v>3238.5219101123589</v>
       </c>
       <c r="J6" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K6" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="9">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="M6" s="8">
-        <v>2891.580245901639</v>
+        <v>2890.4923880597007</v>
       </c>
       <c r="N6" s="14"/>
       <c r="O6" s="14" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="7" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="9">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="C7" s="8">
-        <v>1530.3227160493823</v>
+        <v>1541.2159428571424</v>
       </c>
       <c r="D7" s="9">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="E7" s="8">
-        <v>1090.7639999999999</v>
+        <v>1037.78</v>
       </c>
       <c r="F7" s="9">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="G7" s="8">
-        <v>2693.0607766990302</v>
+        <v>2688.5364912280711</v>
       </c>
       <c r="H7" s="9">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="I7" s="8">
-        <v>3095.1123214285712</v>
+        <v>3123.9654687500001</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K7" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L7" s="9">
-        <v>326</v>
+        <v>360</v>
       </c>
       <c r="M7" s="8">
-        <v>2159.7473926380353</v>
+        <v>2176.1227777777767</v>
       </c>
       <c r="N7" s="14"/>
       <c r="O7" s="14"/>
     </row>
-    <row r="8" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="9">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="C8" s="8">
-        <v>2177.1821518987331</v>
+        <v>2124.2043820224717</v>
       </c>
       <c r="D8" s="9">
         <v>1</v>
       </c>
       <c r="E8" s="8">
         <v>865.92</v>
       </c>
       <c r="F8" s="9">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="G8" s="8">
-        <v>2452.3591724137946</v>
+        <v>2445.9570186335413</v>
       </c>
       <c r="H8" s="9">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="I8" s="8">
-        <v>3134.5702000000001</v>
+        <v>3159.1087931034481</v>
       </c>
       <c r="J8" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K8" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L8" s="9">
-        <v>275</v>
+        <v>309</v>
       </c>
       <c r="M8" s="8">
-        <v>2491.5778181818168</v>
+        <v>2482.0307443365687</v>
       </c>
       <c r="N8" s="14"/>
       <c r="O8" s="14"/>
     </row>
-    <row r="9" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="9">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="C9" s="8">
-        <v>2171.1269892473119</v>
+        <v>2157.6505769230771</v>
       </c>
       <c r="D9" s="9">
         <v>1</v>
       </c>
       <c r="E9" s="8">
         <v>899.8</v>
       </c>
       <c r="F9" s="9">
-        <v>149</v>
+        <v>168</v>
       </c>
       <c r="G9" s="8">
-        <v>2254.9901342281883</v>
+        <v>2243.9585714285713</v>
       </c>
       <c r="H9" s="9">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I9" s="8">
-        <v>3123.1332653061222</v>
+        <v>3128.4958490566037</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K9" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L9" s="9">
-        <v>292</v>
+        <v>326</v>
       </c>
       <c r="M9" s="8">
-        <v>2369.3207876712327</v>
+        <v>2356.1066871165649</v>
       </c>
       <c r="N9" s="14"/>
       <c r="O9" s="14"/>
     </row>
-    <row r="10" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="9">
-        <v>488</v>
+        <v>555</v>
       </c>
       <c r="C10" s="8">
-        <v>2876.5918032786867</v>
+        <v>2867.2643423423415</v>
       </c>
       <c r="D10" s="9">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E10" s="8">
-        <v>1393.7819999999999</v>
+        <v>1370.6183333333336</v>
       </c>
       <c r="F10" s="9">
-        <v>180</v>
+        <v>199</v>
       </c>
       <c r="G10" s="8">
-        <v>2161.1111666666675</v>
+        <v>2159.6066834170861</v>
       </c>
       <c r="H10" s="9">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="I10" s="8">
-        <v>3017.5539534883724</v>
+        <v>3048.4263999999994</v>
       </c>
       <c r="J10" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K10" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L10" s="9">
-        <v>716</v>
+        <v>810</v>
       </c>
       <c r="M10" s="8">
-        <v>2694.8331564245777</v>
+        <v>2693.5042839506154</v>
       </c>
       <c r="N10" s="14"/>
       <c r="O10" s="14"/>
     </row>
-    <row r="11" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="9">
-        <v>1474</v>
+        <v>1645</v>
       </c>
       <c r="C11" s="8">
-        <v>2989.1056580732752</v>
+        <v>2995.3835197568419</v>
       </c>
       <c r="D11" s="9">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E11" s="8">
-        <v>991.17857142857156</v>
+        <v>1010.40125</v>
       </c>
       <c r="F11" s="9">
-        <v>158</v>
+        <v>177</v>
       </c>
       <c r="G11" s="8">
-        <v>1997.0793037974679</v>
+        <v>1988.2398870056488</v>
       </c>
       <c r="H11" s="9">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="I11" s="8">
-        <v>3175.6143333333334</v>
+        <v>3162.6727777777778</v>
       </c>
       <c r="J11" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K11" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L11" s="9">
-        <v>1669</v>
+        <v>1866</v>
       </c>
       <c r="M11" s="8">
-        <v>2890.1659376872367</v>
+        <v>2894.5679421221862</v>
       </c>
       <c r="N11" s="14"/>
       <c r="O11" s="14"/>
     </row>
-    <row r="12" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="9">
-        <v>6688</v>
+        <v>7580</v>
       </c>
       <c r="C12" s="8">
-        <v>2111.7060242224879</v>
+        <v>2112.919051451187</v>
       </c>
       <c r="D12" s="9">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E12" s="8">
-        <v>1150.8547368421052</v>
+        <v>1147.2070000000001</v>
       </c>
       <c r="F12" s="9">
-        <v>146</v>
+        <v>166</v>
       </c>
       <c r="G12" s="8">
-        <v>1740.7195205479454</v>
+        <v>1786.1010240963856</v>
       </c>
       <c r="H12" s="9">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="I12" s="8">
-        <v>3106.1087719298257</v>
+        <v>3118.1760294117657</v>
       </c>
       <c r="J12" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K12" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L12" s="9">
-        <v>6910</v>
+        <v>7834</v>
       </c>
       <c r="M12" s="8">
-        <v>2109.4282749638205</v>
+        <v>2112.2541856012253</v>
       </c>
       <c r="N12" s="14"/>
       <c r="O12" s="14"/>
     </row>
-    <row r="13" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="9">
-        <v>10161</v>
+        <v>11542</v>
       </c>
       <c r="C13" s="8">
-        <v>1446.45666765082</v>
+        <v>1419.1487385201863</v>
       </c>
       <c r="D13" s="9">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E13" s="8">
-        <v>1071.0397142857141</v>
+        <v>1078.0947499999997</v>
       </c>
       <c r="F13" s="9">
-        <v>126</v>
+        <v>152</v>
       </c>
       <c r="G13" s="8">
-        <v>1580.2599206349198</v>
+        <v>1524.6430921052622</v>
       </c>
       <c r="H13" s="9">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="I13" s="8">
-        <v>3133.274615384616</v>
+        <v>3135.1526530612246</v>
       </c>
       <c r="J13" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K13" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L13" s="9">
-        <v>10361</v>
+        <v>11783</v>
       </c>
       <c r="M13" s="8">
-        <v>1453.1650468101525</v>
+        <v>1426.4878859373666</v>
       </c>
       <c r="N13" s="14"/>
       <c r="O13" s="14"/>
     </row>
-    <row r="14" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="9">
-        <v>31279</v>
+        <v>35765</v>
       </c>
       <c r="C14" s="8">
-        <v>2104.5922094696157</v>
+        <v>2111.4867747798162</v>
       </c>
       <c r="D14" s="9">
-        <v>2533</v>
+        <v>2806</v>
       </c>
       <c r="E14" s="8">
-        <v>1266.2938807737864</v>
+        <v>1268.4621418389163</v>
       </c>
       <c r="F14" s="9">
-        <v>117</v>
+        <v>129</v>
       </c>
       <c r="G14" s="8">
-        <v>1513.0306837606831</v>
+        <v>1482.3512403100769</v>
       </c>
       <c r="H14" s="9">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="I14" s="8">
-        <v>3102.2055882352943</v>
+        <v>2959.363181818183</v>
       </c>
       <c r="J14" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K14" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L14" s="9">
-        <v>33963</v>
+        <v>38744</v>
       </c>
       <c r="M14" s="8">
-        <v>2041.0317610340687</v>
+        <v>2049.2996221350418</v>
       </c>
       <c r="N14" s="14"/>
       <c r="O14" s="14"/>
     </row>
-    <row r="15" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="10" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="9">
-        <v>18057</v>
+        <v>20446</v>
       </c>
       <c r="C15" s="8">
-        <v>1956.2606706540396</v>
+        <v>1962.8281365548291</v>
       </c>
       <c r="D15" s="9">
-        <v>2403</v>
+        <v>2723</v>
       </c>
       <c r="E15" s="8">
-        <v>1276.1634165626303</v>
+        <v>1272.0885751009916</v>
       </c>
       <c r="F15" s="9">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="G15" s="8">
-        <v>1590.6350632911392</v>
+        <v>1561.4144047619047</v>
       </c>
       <c r="H15" s="9">
         <v>25</v>
       </c>
       <c r="I15" s="8">
         <v>2493.3043999999995</v>
       </c>
       <c r="J15" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K15" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L15" s="9">
-        <v>20564</v>
+        <v>23278</v>
       </c>
       <c r="M15" s="8">
-        <v>1876.036393697726</v>
+        <v>1881.1484100867783</v>
       </c>
       <c r="N15" s="14"/>
       <c r="O15" s="14"/>
     </row>
-    <row r="16" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="9">
-        <v>87425</v>
+        <v>97938</v>
       </c>
       <c r="C16" s="8">
-        <v>1859.9461260508997</v>
+        <v>1863.2149468030743</v>
       </c>
       <c r="D16" s="9">
-        <v>13825</v>
+        <v>15532</v>
       </c>
       <c r="E16" s="8">
-        <v>1207.9103732368899</v>
+        <v>1214.5320460983762</v>
       </c>
       <c r="F16" s="9">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="G16" s="8">
-        <v>1828.9253571428576</v>
+        <v>1874.3615384615384</v>
       </c>
       <c r="H16" s="9">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I16" s="8">
-        <v>531.50199999999995</v>
+        <v>764.83875</v>
       </c>
       <c r="J16" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K16" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L16" s="9">
-        <v>101339</v>
+        <v>113569</v>
       </c>
       <c r="M16" s="8">
-        <v>1770.9020043615969</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:13" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1774.4308993651432</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="9">
-        <v>51780</v>
+        <v>60435</v>
       </c>
       <c r="C17" s="8">
-        <v>1298.0063323677086</v>
+        <v>1298.7457610656081</v>
       </c>
       <c r="D17" s="9">
-        <v>17213</v>
+        <v>19758</v>
       </c>
       <c r="E17" s="8">
-        <v>945.88436704816081</v>
+        <v>946.30848112157037</v>
       </c>
       <c r="F17" s="9">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="G17" s="8">
-        <v>1078.6235211267608</v>
+        <v>1055.9945679012346</v>
       </c>
       <c r="H17" s="9">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="I17" s="8">
-        <v>591.18285714285707</v>
+        <v>1305.9810000000002</v>
       </c>
       <c r="J17" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K17" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L17" s="9">
-        <v>69071</v>
+        <v>80284</v>
       </c>
       <c r="M17" s="8">
-        <v>1209.9578122511625</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:13" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1211.7664591948585</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B18" s="9">
-        <v>8559</v>
+        <v>9659</v>
       </c>
       <c r="C18" s="8">
-        <v>1359.1367484519201</v>
+        <v>1354.5474552231069</v>
       </c>
       <c r="D18" s="9">
-        <v>4269</v>
+        <v>4941</v>
       </c>
       <c r="E18" s="8">
-        <v>954.98643710470742</v>
+        <v>952.99261485529132</v>
       </c>
       <c r="F18" s="9">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="G18" s="8">
-        <v>1246.7296666666668</v>
+        <v>1297.0434285714289</v>
       </c>
       <c r="H18" s="9">
         <v>8</v>
       </c>
       <c r="I18" s="8">
         <v>1315.77</v>
       </c>
       <c r="J18" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K18" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L18" s="9">
-        <v>12866</v>
+        <v>14643</v>
       </c>
       <c r="M18" s="8">
-        <v>1224.7486849059533</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:13" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1218.8918295431258</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B19" s="9">
-        <v>3504</v>
+        <v>3991</v>
       </c>
       <c r="C19" s="8">
-        <v>1433.4846974885845</v>
+        <v>1443.2969481333009</v>
       </c>
       <c r="D19" s="9">
-        <v>2063</v>
+        <v>2369</v>
       </c>
       <c r="E19" s="8">
-        <v>964.77165293262249</v>
+        <v>970.74367243562756</v>
       </c>
       <c r="F19" s="9">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G19" s="8">
-        <v>1231.4657142857143</v>
+        <v>1399.2699999999998</v>
       </c>
       <c r="H19" s="9">
         <v>1</v>
       </c>
       <c r="I19" s="8">
         <v>2925.47</v>
       </c>
       <c r="J19" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K19" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L19" s="9">
-        <v>5575</v>
+        <v>6369</v>
       </c>
       <c r="M19" s="8">
-        <v>1260.0538170403581</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:13" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1267.7044292667599</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="9">
-        <v>1959</v>
+        <v>2175</v>
       </c>
       <c r="C20" s="8">
-        <v>1467.33204185809</v>
+        <v>1468.501820689655</v>
       </c>
       <c r="D20" s="9">
-        <v>1149</v>
+        <v>1284</v>
       </c>
       <c r="E20" s="8">
-        <v>956.72762402088756</v>
+        <v>970.37422897196393</v>
       </c>
       <c r="F20" s="9">
         <v>8</v>
       </c>
       <c r="G20" s="8">
         <v>1919.34375</v>
       </c>
       <c r="H20" s="9">
         <v>2</v>
       </c>
       <c r="I20" s="8">
         <v>1229.5550000000001</v>
       </c>
       <c r="J20" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K20" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L20" s="9">
-        <v>3118</v>
+        <v>3469</v>
       </c>
       <c r="M20" s="8">
-        <v>1280.1787588197562</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:13" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1285.0290660132598</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9">
-        <v>2043</v>
+        <v>2283</v>
       </c>
       <c r="C21" s="8">
-        <v>2007.8469897209998</v>
+        <v>2008.1228033289528</v>
       </c>
       <c r="D21" s="9">
-        <v>873</v>
+        <v>979</v>
       </c>
       <c r="E21" s="8">
-        <v>1084.8154295532647</v>
+        <v>1097.4815526046991</v>
       </c>
       <c r="F21" s="9">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G21" s="8">
-        <v>1696.7180000000001</v>
+        <v>1754.1933333333334</v>
       </c>
       <c r="H21" s="9" t="s">
         <v>3</v>
       </c>
       <c r="I21" s="8" t="s">
         <v>3</v>
       </c>
       <c r="J21" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K21" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L21" s="9">
-        <v>2921</v>
+        <v>3268</v>
       </c>
       <c r="M21" s="8">
-        <v>1731.4477439233153</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:13" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1734.8543329253382</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B22" s="9">
-        <v>2175</v>
+        <v>2435</v>
       </c>
       <c r="C22" s="8">
-        <v>1196.6888183908045</v>
+        <v>1204.3375195071833</v>
       </c>
       <c r="D22" s="9">
-        <v>2451</v>
+        <v>2753</v>
       </c>
       <c r="E22" s="8">
-        <v>1137.6352998776013</v>
+        <v>1148.9756156919718</v>
       </c>
       <c r="F22" s="9">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G22" s="8">
-        <v>1046.6050000000002</v>
+        <v>1121.79</v>
       </c>
       <c r="H22" s="9">
         <v>1</v>
       </c>
       <c r="I22" s="8">
         <v>901.8</v>
       </c>
       <c r="J22" s="9">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="K22" s="8">
-        <v>525.20354838709693</v>
+        <v>528.63</v>
       </c>
       <c r="L22" s="9">
-        <v>4670</v>
+        <v>5240</v>
       </c>
       <c r="M22" s="8">
-        <v>1160.78900856531</v>
+        <v>1170.2018893129768</v>
       </c>
     </row>
     <row r="23" spans="1:13" s="4" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B23" s="12">
-        <v>225984</v>
+        <v>256878</v>
       </c>
       <c r="C23" s="11">
-        <v>1737.2471108574009</v>
+        <v>1735.8886424683999</v>
       </c>
       <c r="D23" s="12">
-        <v>46853</v>
+        <v>53229</v>
       </c>
       <c r="E23" s="11">
-        <v>1072.2549762021627</v>
+        <v>1074.0174942230703</v>
       </c>
       <c r="F23" s="12">
-        <v>1429</v>
+        <v>1604</v>
       </c>
       <c r="G23" s="11">
-        <v>1933.1563400979669</v>
+        <v>1924.9950374064795</v>
       </c>
       <c r="H23" s="12">
-        <v>546</v>
+        <v>627</v>
       </c>
       <c r="I23" s="11">
-        <v>3020.0527106227114</v>
+        <v>3023.0561562998419</v>
       </c>
       <c r="J23" s="12">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="K23" s="11">
-        <v>525.20354838709693</v>
+        <v>528.63</v>
       </c>
       <c r="L23" s="12">
-        <v>274843</v>
+        <v>312375</v>
       </c>
       <c r="M23" s="11">
-        <v>1627.3149543557595</v>
+        <v>1626.5168065946377</v>
       </c>
     </row>
     <row r="24" spans="1:13" s="4" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B24" s="9">
-        <v>68539</v>
+        <v>77962</v>
       </c>
       <c r="C24" s="8">
-        <v>1992.1267932126248</v>
+        <v>1993.1182819835324</v>
       </c>
       <c r="D24" s="9">
-        <v>5010</v>
+        <v>5613</v>
       </c>
       <c r="E24" s="8">
-        <v>1268.5957744510981</v>
+        <v>1267.708783181899</v>
       </c>
       <c r="F24" s="9">
-        <v>1212</v>
+        <v>1361</v>
       </c>
       <c r="G24" s="8">
-        <v>2021.3272772277226</v>
+        <v>2008.3864290962533</v>
       </c>
       <c r="H24" s="9">
-        <v>522</v>
+        <v>597</v>
       </c>
       <c r="I24" s="8">
-        <v>3113.6790229885059</v>
+        <v>3114.6819932998324</v>
       </c>
       <c r="J24" s="9" t="s">
         <v>3</v>
       </c>
       <c r="K24" s="8" t="s">
         <v>3</v>
       </c>
       <c r="L24" s="9">
-        <v>75283</v>
+        <v>85533</v>
       </c>
       <c r="M24" s="8">
-        <v>1952.2233734043555</v>
+        <v>1953.5853527878139</v>
       </c>
     </row>
     <row r="25" spans="1:13" s="4" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B25" s="9">
-        <v>157445</v>
+        <v>178916</v>
       </c>
       <c r="C25" s="8">
-        <v>1626.2928185715637</v>
+        <v>1623.8017572492092</v>
       </c>
       <c r="D25" s="9">
-        <v>41843</v>
+        <v>47616</v>
       </c>
       <c r="E25" s="8">
-        <v>1048.7464467174912</v>
+        <v>1051.1850596438164</v>
       </c>
       <c r="F25" s="9">
-        <v>217</v>
+        <v>243</v>
       </c>
       <c r="G25" s="8">
-        <v>1440.699308755761</v>
+        <v>1457.934609053498</v>
       </c>
       <c r="H25" s="9">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I25" s="8">
-        <v>983.68041666666659</v>
+        <v>1199.7020000000002</v>
       </c>
       <c r="J25" s="9">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="K25" s="8">
-        <v>525.20354838709693</v>
+        <v>528.63</v>
       </c>
       <c r="L25" s="9">
-        <v>199560</v>
+        <v>226842</v>
       </c>
       <c r="M25" s="8">
-        <v>1504.7448976748842</v>
+        <v>1503.192404757496</v>
       </c>
     </row>
     <row r="26" spans="1:13" s="4" customFormat="1" ht="21.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B26" s="6">
-        <v>65.118531842962554</v>
+        <v>65.125138742905492</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="D26" s="6">
-        <v>66.518305551405803</v>
+        <v>66.524419207575207</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="F26" s="6">
-        <v>61.204387683694826</v>
+        <v>61.212219451371496</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="H26" s="6">
-        <v>59.062490842490867</v>
+        <v>59.179888357256793</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="J26" s="6">
-        <v>83.650322580645152</v>
+        <v>83.943243243243245</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="L26" s="6">
-        <v>65.326862317759634</v>
+        <v>65.333780840336175</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:13" s="1" customFormat="1" ht="20.25" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:13" ht="20.25" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
-    </row>
-[...1 lines deleted...]
-      <c r="B28" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A27:M27"/>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="J3:K3"/>
     <mergeCell ref="L3:M3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{586dd8ec-1577-4ac3-bcff-9b1b1c87cbbc}" enabled="1" method="Standard" siteId="{a22f907a-53a6-449f-b082-22c03676d7fb}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>