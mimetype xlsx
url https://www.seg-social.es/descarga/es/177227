--- v2 (2025-11-30)
+++ v3 (2026-01-20)
@@ -1,482 +1,527 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A794250D-108B-43AD-8CE2-783CB74449C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACIÓN_INTERNET_INTRANET\ROBOT\202512\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8E92B7B6-AD89-44F2-9EB2-D792823D673A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{54BE0AA4-FB01-48ED-A0CF-FE15ED47790B}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{64FD365A-7B5B-4C89-8369-7918AB38EC08}"/>
   </bookViews>
   <sheets>
     <sheet name="Por regímenes" sheetId="1" r:id="rId1"/>
   </sheets>
+  <externalReferences>
+    <externalReference r:id="rId2"/>
+  </externalReferences>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Por regímenes'!$A$1:$M$26</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="36">
   <si>
+    <t>Edades</t>
+  </si>
+  <si>
+    <t>General</t>
+  </si>
+  <si>
+    <t>Autónomos</t>
+  </si>
+  <si>
+    <t>Trab. del Mar</t>
+  </si>
+  <si>
+    <t>Minería del carbón</t>
+  </si>
+  <si>
+    <t>Sovi</t>
+  </si>
+  <si>
+    <t>Total Regímenes</t>
+  </si>
+  <si>
+    <t>Número</t>
+  </si>
+  <si>
+    <t>Pensión media</t>
+  </si>
+  <si>
+    <t>Hasta 54 años</t>
+  </si>
+  <si>
+    <t>55 años</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>56 años</t>
+  </si>
+  <si>
+    <t>57 años</t>
+  </si>
+  <si>
+    <t>58 años</t>
+  </si>
+  <si>
+    <t>59 años</t>
+  </si>
+  <si>
+    <t>60 años</t>
+  </si>
+  <si>
+    <t>61 años</t>
+  </si>
+  <si>
+    <t>62 años</t>
+  </si>
+  <si>
+    <t>63 años</t>
+  </si>
+  <si>
+    <t>64 años</t>
+  </si>
+  <si>
+    <t>65 años</t>
+  </si>
+  <si>
+    <t>66 años</t>
+  </si>
+  <si>
+    <t>67 años</t>
+  </si>
+  <si>
+    <t>68 años</t>
+  </si>
+  <si>
+    <t>69 años</t>
+  </si>
+  <si>
+    <t>70 años</t>
+  </si>
+  <si>
+    <t>Más de 70 años</t>
+  </si>
+  <si>
+    <t>Total Altas</t>
+  </si>
+  <si>
+    <t>&lt; 65 años</t>
+  </si>
+  <si>
+    <t>≥ 65 años</t>
+  </si>
+  <si>
+    <t>Edad media</t>
+  </si>
+  <si>
+    <t>Altas iniciales de Jubilación según régimen, por edades. Año 2025</t>
+  </si>
+  <si>
+    <t>Datos acumulados a noviembre</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
     <t>años</t>
-  </si>
-[...103 lines deleted...]
-    <t>Altas iniciales de Jubilación según régimen, por edades. Año 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
       <color rgb="FFFF0000"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="9"/>
-[...3 lines deleted...]
-    <font>
       <b/>
-      <sz val="16"/>
-[...21 lines deleted...]
-      <sz val="10"/>
+      <sz val="13"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="13"/>
+      <sz val="10"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
+      <top/>
+      <bottom style="double">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
       <top style="double">
-        <color indexed="64"/>
+        <color indexed="8"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
       <right/>
-      <top style="thin">
-        <color indexed="64"/>
+      <top style="double">
+        <color indexed="8"/>
       </top>
-      <bottom style="double">
-        <color indexed="64"/>
+      <bottom style="thin">
+        <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-      <top style="thin">
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="double">
         <color indexed="8"/>
       </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left/>
+      <right/>
+      <top style="thin">
         <color indexed="8"/>
-      </left>
-[...3 lines deleted...]
-      <top/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...3 lines deleted...]
-        <color indexed="8"/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
       </top>
-      <bottom style="thin">
-        <color indexed="8"/>
+      <bottom style="double">
+        <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...24 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top/>
-[...2 lines deleted...]
-      </bottom>
+      <top style="double">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="9" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...24 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{1FBE1723-0A47-4ED9-9A16-3391F7DBF0B3}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{53AA95E2-07B7-41E9-9A17-E66C58549C43}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///I:\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACI&#211;N_INTERNET_INTRANET\RISP\RISP.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/SGGEPEE/AR_ECO/EASE/INF_MENSUAL/PUBLICACI&#211;N_INTERNET_INTRANET/RISP/RISP.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="INCIDENCIA"/>
+      <sheetName val="Por regímenes"/>
+      <sheetName val="Evolución"/>
+      <sheetName val="Por sexos (número)"/>
+      <sheetName val="Por sexos (media)"/>
+      <sheetName val="Rangos"/>
+      <sheetName val="Tabla ALINEDJ acumulado"/>
+      <sheetName val="Tabla ALINEDJ acumulado (2)"/>
+      <sheetName val="Tabla anual (edades)"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0"/>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5"/>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -725,1112 +770,1112 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F29F28C-0541-40E4-B498-7A2FA091407B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E262C31-6C94-4238-AF6E-2326C47B04E7}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O27"/>
   <sheetViews>
     <sheetView showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.28515625" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14.85546875" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="10.28515625" style="1"/>
+    <col min="1" max="1" width="14.85546875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="9.140625" style="23" customWidth="1"/>
+    <col min="3" max="13" width="9.140625" style="2" customWidth="1"/>
+    <col min="14" max="14" width="6.5703125" style="2" customWidth="1"/>
+    <col min="15" max="17" width="9.5703125" style="2" customWidth="1"/>
+    <col min="18" max="18" width="6.5703125" style="2" customWidth="1"/>
+    <col min="19" max="16384" width="10.28515625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="23" t="s">
-[...13 lines deleted...]
-      <c r="M1" s="23"/>
+      <c r="A1" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="1"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+      <c r="J1" s="1"/>
+      <c r="K1" s="1"/>
+      <c r="L1" s="1"/>
+      <c r="M1" s="1"/>
     </row>
     <row r="2" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="22" t="s">
-[...13 lines deleted...]
-      <c r="M2" s="22"/>
+      <c r="A2" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
     </row>
     <row r="3" spans="1:15" ht="26.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="21" t="s">
-[...10 lines deleted...]
-      <c r="F3" s="20" t="s">
+      <c r="A3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C3" s="6"/>
+      <c r="D3" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="E3" s="6"/>
+      <c r="F3" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="G3" s="6"/>
+      <c r="H3" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="I3" s="6"/>
+      <c r="J3" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="K3" s="6"/>
+      <c r="L3" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="M3" s="6"/>
+    </row>
+    <row r="4" spans="1:15" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="7"/>
+      <c r="B4" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="E4" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="F4" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="I4" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="J4" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="K4" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="L4" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="M4" s="9" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5" s="12">
         <v>30</v>
       </c>
-      <c r="G3" s="19"/>
-[...62 lines deleted...]
-      <c r="D5" s="9">
+      <c r="C5" s="13">
+        <v>2397.8410000000003</v>
+      </c>
+      <c r="D5" s="12">
         <v>1</v>
       </c>
-      <c r="E5" s="8">
+      <c r="E5" s="13">
         <v>1042.4100000000001</v>
       </c>
-      <c r="F5" s="9" t="s">
-[...21 lines deleted...]
-        <v>2967.4378651685397</v>
+      <c r="F5" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" s="12">
+        <v>66</v>
+      </c>
+      <c r="I5" s="13">
+        <v>3220.4859090909094</v>
+      </c>
+      <c r="J5" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" s="12">
+        <v>97</v>
+      </c>
+      <c r="M5" s="13">
+        <v>2943.6052577319597</v>
       </c>
     </row>
     <row r="6" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="10" t="s">
-[...14 lines deleted...]
-      <c r="F6" s="9">
+      <c r="A6" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="12">
+        <v>39</v>
+      </c>
+      <c r="C6" s="13">
+        <v>2185.5076923076927</v>
+      </c>
+      <c r="D6" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" s="12">
         <v>11</v>
       </c>
-      <c r="G6" s="8">
+      <c r="G6" s="13">
         <v>2166.8927272727274</v>
       </c>
-      <c r="H6" s="9">
-[...15 lines deleted...]
-        <v>2890.4923880597007</v>
+      <c r="H6" s="12">
+        <v>99</v>
+      </c>
+      <c r="I6" s="13">
+        <v>3243.2617171717175</v>
+      </c>
+      <c r="J6" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" s="12">
+        <v>149</v>
+      </c>
+      <c r="M6" s="13">
+        <v>2886.9364429530201</v>
       </c>
       <c r="N6" s="14"/>
       <c r="O6" s="14" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="10" t="s">
-[...8 lines deleted...]
-      <c r="D7" s="9">
+      <c r="A7" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="12">
+        <v>191</v>
+      </c>
+      <c r="C7" s="13">
+        <v>1569.4007853403152</v>
+      </c>
+      <c r="D7" s="12">
         <v>7</v>
       </c>
-      <c r="E7" s="8">
+      <c r="E7" s="13">
         <v>1037.78</v>
       </c>
-      <c r="F7" s="9">
-[...21 lines deleted...]
-        <v>2176.1227777777767</v>
+      <c r="F7" s="12">
+        <v>128</v>
+      </c>
+      <c r="G7" s="13">
+        <v>2665.071328125</v>
+      </c>
+      <c r="H7" s="12">
+        <v>83</v>
+      </c>
+      <c r="I7" s="13">
+        <v>3151.7106024096383</v>
+      </c>
+      <c r="J7" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" s="12">
+        <v>409</v>
+      </c>
+      <c r="M7" s="13">
+        <v>2224.3059168704149</v>
       </c>
       <c r="N7" s="14"/>
       <c r="O7" s="14"/>
     </row>
     <row r="8" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="10" t="s">
-[...8 lines deleted...]
-      <c r="D8" s="9">
+      <c r="A8" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="12">
+        <v>93</v>
+      </c>
+      <c r="C8" s="13">
+        <v>2118.1790322580641</v>
+      </c>
+      <c r="D8" s="12">
         <v>1</v>
       </c>
-      <c r="E8" s="8">
+      <c r="E8" s="13">
         <v>865.92</v>
       </c>
-      <c r="F8" s="9">
-[...21 lines deleted...]
-        <v>2482.0307443365687</v>
+      <c r="F8" s="12">
+        <v>178</v>
+      </c>
+      <c r="G8" s="13">
+        <v>2443.6441011235956</v>
+      </c>
+      <c r="H8" s="12">
+        <v>64</v>
+      </c>
+      <c r="I8" s="13">
+        <v>3170.3887500000005</v>
+      </c>
+      <c r="J8" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" s="12">
+        <v>336</v>
+      </c>
+      <c r="M8" s="13">
+        <v>2487.2919642857137</v>
       </c>
       <c r="N8" s="14"/>
       <c r="O8" s="14"/>
     </row>
     <row r="9" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="10" t="s">
-[...8 lines deleted...]
-      <c r="D9" s="9">
+      <c r="A9" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="12">
+        <v>113</v>
+      </c>
+      <c r="C9" s="13">
+        <v>2141.722654867257</v>
+      </c>
+      <c r="D9" s="12">
         <v>1</v>
       </c>
-      <c r="E9" s="8">
+      <c r="E9" s="13">
         <v>899.8</v>
       </c>
-      <c r="F9" s="9">
-[...21 lines deleted...]
-        <v>2356.1066871165649</v>
+      <c r="F9" s="12">
+        <v>182</v>
+      </c>
+      <c r="G9" s="13">
+        <v>2218.8274175824172</v>
+      </c>
+      <c r="H9" s="12">
+        <v>60</v>
+      </c>
+      <c r="I9" s="13">
+        <v>3110.9606666666664</v>
+      </c>
+      <c r="J9" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" s="12">
+        <v>356</v>
+      </c>
+      <c r="M9" s="13">
+        <v>2341.0075561797757</v>
       </c>
       <c r="N9" s="14"/>
       <c r="O9" s="14"/>
     </row>
     <row r="10" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="10" t="s">
-[...8 lines deleted...]
-      <c r="D10" s="9">
+      <c r="A10" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="12">
+        <v>595</v>
+      </c>
+      <c r="C10" s="13">
+        <v>2870.7307899159664</v>
+      </c>
+      <c r="D10" s="12">
         <v>6</v>
       </c>
-      <c r="E10" s="8">
+      <c r="E10" s="13">
         <v>1370.6183333333336</v>
       </c>
-      <c r="F10" s="9">
-[...21 lines deleted...]
-        <v>2693.5042839506154</v>
+      <c r="F10" s="12">
+        <v>222</v>
+      </c>
+      <c r="G10" s="13">
+        <v>2159.7801801801802</v>
+      </c>
+      <c r="H10" s="12">
+        <v>58</v>
+      </c>
+      <c r="I10" s="13">
+        <v>3085.4658620689652</v>
+      </c>
+      <c r="J10" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" s="12">
+        <v>881</v>
+      </c>
+      <c r="M10" s="13">
+        <v>2695.5014188422242</v>
       </c>
       <c r="N10" s="14"/>
       <c r="O10" s="14"/>
     </row>
     <row r="11" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="10" t="s">
-[...8 lines deleted...]
-      <c r="D11" s="9">
+      <c r="A11" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" s="12">
+        <v>1779</v>
+      </c>
+      <c r="C11" s="13">
+        <v>2990.0905789769558</v>
+      </c>
+      <c r="D11" s="12">
         <v>8</v>
       </c>
-      <c r="E11" s="8">
+      <c r="E11" s="13">
         <v>1010.40125</v>
       </c>
-      <c r="F11" s="9">
-[...21 lines deleted...]
-        <v>2894.5679421221862</v>
+      <c r="F11" s="12">
+        <v>197</v>
+      </c>
+      <c r="G11" s="13">
+        <v>1941.1776649746184</v>
+      </c>
+      <c r="H11" s="12">
+        <v>44</v>
+      </c>
+      <c r="I11" s="13">
+        <v>3153.5702272727281</v>
+      </c>
+      <c r="J11" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" s="12">
+        <v>2028</v>
+      </c>
+      <c r="M11" s="13">
+        <v>2883.9366074950681</v>
       </c>
       <c r="N11" s="14"/>
       <c r="O11" s="14"/>
     </row>
     <row r="12" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="10" t="s">
-[...36 lines deleted...]
-        <v>2112.2541856012253</v>
+      <c r="A12" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" s="12">
+        <v>8301</v>
+      </c>
+      <c r="C12" s="13">
+        <v>2116.2538079749443</v>
+      </c>
+      <c r="D12" s="12">
+        <v>22</v>
+      </c>
+      <c r="E12" s="13">
+        <v>1146.9727272727271</v>
+      </c>
+      <c r="F12" s="12">
+        <v>188</v>
+      </c>
+      <c r="G12" s="13">
+        <v>1760.1421276595743</v>
+      </c>
+      <c r="H12" s="12">
+        <v>78</v>
+      </c>
+      <c r="I12" s="13">
+        <v>3131.7588461538471</v>
+      </c>
+      <c r="J12" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" s="12">
+        <v>8589</v>
+      </c>
+      <c r="M12" s="13">
+        <v>2115.1985295144964</v>
       </c>
       <c r="N12" s="14"/>
       <c r="O12" s="14"/>
     </row>
     <row r="13" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="10" t="s">
-[...36 lines deleted...]
-        <v>1426.4878859373666</v>
+      <c r="A13" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B13" s="12">
+        <v>12518</v>
+      </c>
+      <c r="C13" s="13">
+        <v>1409.6274948074754</v>
+      </c>
+      <c r="D13" s="12">
+        <v>41</v>
+      </c>
+      <c r="E13" s="13">
+        <v>1079.2358536585364</v>
+      </c>
+      <c r="F13" s="12">
+        <v>167</v>
+      </c>
+      <c r="G13" s="13">
+        <v>1525.3505389221548</v>
+      </c>
+      <c r="H13" s="12">
+        <v>59</v>
+      </c>
+      <c r="I13" s="13">
+        <v>3157.6911864406784</v>
+      </c>
+      <c r="J13" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" s="12">
+        <v>12785</v>
+      </c>
+      <c r="M13" s="13">
+        <v>1418.1464974579576</v>
       </c>
       <c r="N13" s="14"/>
       <c r="O13" s="14"/>
     </row>
     <row r="14" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="10" t="s">
-[...36 lines deleted...]
-        <v>2049.2996221350418</v>
+      <c r="A14" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B14" s="12">
+        <v>39070</v>
+      </c>
+      <c r="C14" s="13">
+        <v>2113.480365241875</v>
+      </c>
+      <c r="D14" s="12">
+        <v>3060</v>
+      </c>
+      <c r="E14" s="13">
+        <v>1267.4158823529406</v>
+      </c>
+      <c r="F14" s="12">
+        <v>145</v>
+      </c>
+      <c r="G14" s="13">
+        <v>1475.4802758620688</v>
+      </c>
+      <c r="H14" s="12">
+        <v>45</v>
+      </c>
+      <c r="I14" s="13">
+        <v>2967.0106666666684</v>
+      </c>
+      <c r="J14" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" s="12">
+        <v>42320</v>
+      </c>
+      <c r="M14" s="13">
+        <v>2051.0262426748614</v>
       </c>
       <c r="N14" s="14"/>
       <c r="O14" s="14"/>
     </row>
     <row r="15" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="10" t="s">
-[...20 lines deleted...]
-      <c r="H15" s="9">
+      <c r="A15" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" s="12">
+        <v>22415</v>
+      </c>
+      <c r="C15" s="13">
+        <v>1961.3943194289557</v>
+      </c>
+      <c r="D15" s="12">
+        <v>3022</v>
+      </c>
+      <c r="E15" s="13">
+        <v>1276.0805823957646</v>
+      </c>
+      <c r="F15" s="12">
+        <v>97</v>
+      </c>
+      <c r="G15" s="13">
+        <v>1595.6640206185571</v>
+      </c>
+      <c r="H15" s="12">
         <v>25</v>
       </c>
-      <c r="I15" s="8">
+      <c r="I15" s="13">
         <v>2493.3043999999995</v>
       </c>
-      <c r="J15" s="9" t="s">
-[...9 lines deleted...]
-        <v>1881.1484100867783</v>
+      <c r="J15" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" s="12">
+        <v>25559</v>
+      </c>
+      <c r="M15" s="13">
+        <v>1879.4976802691806</v>
       </c>
       <c r="N15" s="14"/>
       <c r="O15" s="14"/>
     </row>
     <row r="16" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="10" t="s">
-[...20 lines deleted...]
-      <c r="H16" s="9">
+      <c r="A16" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B16" s="12">
+        <v>106412</v>
+      </c>
+      <c r="C16" s="13">
+        <v>1865.0547850806247</v>
+      </c>
+      <c r="D16" s="12">
+        <v>16919</v>
+      </c>
+      <c r="E16" s="13">
+        <v>1217.8122329924929</v>
+      </c>
+      <c r="F16" s="12">
+        <v>103</v>
+      </c>
+      <c r="G16" s="13">
+        <v>1768.0945631067964</v>
+      </c>
+      <c r="H16" s="12">
+        <v>9</v>
+      </c>
+      <c r="I16" s="13">
+        <v>969.46888888888907</v>
+      </c>
+      <c r="J16" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" s="12">
+        <v>123443</v>
+      </c>
+      <c r="M16" s="13">
+        <v>1776.1980340724051</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B17" s="12">
+        <v>67297</v>
+      </c>
+      <c r="C17" s="13">
+        <v>1297.1406712037692</v>
+      </c>
+      <c r="D17" s="12">
+        <v>21872</v>
+      </c>
+      <c r="E17" s="13">
+        <v>946.74217584125847</v>
+      </c>
+      <c r="F17" s="12">
+        <v>86</v>
+      </c>
+      <c r="G17" s="13">
+        <v>1034.9329069767443</v>
+      </c>
+      <c r="H17" s="12">
+        <v>11</v>
+      </c>
+      <c r="I17" s="13">
+        <v>1305.9154545454546</v>
+      </c>
+      <c r="J17" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" s="12">
+        <v>89266</v>
+      </c>
+      <c r="M17" s="13">
+        <v>1211.034323482625</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B18" s="12">
+        <v>10708</v>
+      </c>
+      <c r="C18" s="13">
+        <v>1345.9962644751574</v>
+      </c>
+      <c r="D18" s="12">
+        <v>5544</v>
+      </c>
+      <c r="E18" s="13">
+        <v>954.65060606060536</v>
+      </c>
+      <c r="F18" s="12">
+        <v>38</v>
+      </c>
+      <c r="G18" s="13">
+        <v>1239.3771052631582</v>
+      </c>
+      <c r="H18" s="12">
         <v>8</v>
       </c>
-      <c r="I16" s="8">
-[...16 lines deleted...]
-      <c r="A17" s="10" t="s">
+      <c r="I18" s="13">
+        <v>1315.77</v>
+      </c>
+      <c r="J18" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" s="12">
+        <v>16298</v>
+      </c>
+      <c r="M18" s="13">
+        <v>1212.6109614676641</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" s="12">
+        <v>4414</v>
+      </c>
+      <c r="C19" s="13">
+        <v>1434.3162754870884</v>
+      </c>
+      <c r="D19" s="12">
+        <v>2638</v>
+      </c>
+      <c r="E19" s="13">
+        <v>968.0608718726304</v>
+      </c>
+      <c r="F19" s="12">
         <v>11</v>
       </c>
-      <c r="B17" s="9">
-[...52 lines deleted...]
-      <c r="F18" s="9">
+      <c r="G19" s="13">
+        <v>1243.640909090909</v>
+      </c>
+      <c r="H19" s="12">
+        <v>1</v>
+      </c>
+      <c r="I19" s="13">
+        <v>2925.47</v>
+      </c>
+      <c r="J19" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" s="12">
+        <v>7064</v>
+      </c>
+      <c r="M19" s="13">
+        <v>1260.1107219705534</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B20" s="12">
+        <v>2373</v>
+      </c>
+      <c r="C20" s="13">
+        <v>1457.9854445849139</v>
+      </c>
+      <c r="D20" s="12">
+        <v>1409</v>
+      </c>
+      <c r="E20" s="13">
+        <v>982.03762242725497</v>
+      </c>
+      <c r="F20" s="12">
+        <v>9</v>
+      </c>
+      <c r="G20" s="13">
+        <v>1803.2388888888888</v>
+      </c>
+      <c r="H20" s="12">
+        <v>2</v>
+      </c>
+      <c r="I20" s="13">
+        <v>1229.5550000000001</v>
+      </c>
+      <c r="J20" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K20" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" s="12">
+        <v>3793</v>
+      </c>
+      <c r="M20" s="13">
+        <v>1281.882080147639</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B21" s="12">
+        <v>2472</v>
+      </c>
+      <c r="C21" s="13">
+        <v>1988.1314603559886</v>
+      </c>
+      <c r="D21" s="12">
+        <v>1088</v>
+      </c>
+      <c r="E21" s="13">
+        <v>1104.2564154411775</v>
+      </c>
+      <c r="F21" s="12">
+        <v>6</v>
+      </c>
+      <c r="G21" s="13">
+        <v>1754.1933333333334</v>
+      </c>
+      <c r="H21" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="I21" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="J21" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" s="12">
+        <v>3566</v>
+      </c>
+      <c r="M21" s="13">
+        <v>1718.0642484576558</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B22" s="12">
+        <v>2644</v>
+      </c>
+      <c r="C22" s="13">
+        <v>1197.7118721633854</v>
+      </c>
+      <c r="D22" s="12">
+        <v>3024</v>
+      </c>
+      <c r="E22" s="13">
+        <v>1154.3998743386242</v>
+      </c>
+      <c r="F22" s="12">
+        <v>15</v>
+      </c>
+      <c r="G22" s="13">
+        <v>1122.2573333333335</v>
+      </c>
+      <c r="H22" s="12">
+        <v>1</v>
+      </c>
+      <c r="I22" s="13">
+        <v>901.8</v>
+      </c>
+      <c r="J22" s="12">
+        <v>42</v>
+      </c>
+      <c r="K22" s="13">
+        <v>528.96333333333325</v>
+      </c>
+      <c r="L22" s="12">
+        <v>5726</v>
+      </c>
+      <c r="M22" s="13">
+        <v>1169.6834666433824</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" s="18" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B23" s="16">
+        <v>281464</v>
+      </c>
+      <c r="C23" s="17">
+        <v>1732.7884007546177</v>
+      </c>
+      <c r="D23" s="16">
+        <v>58663</v>
+      </c>
+      <c r="E23" s="17">
+        <v>1075.024026899405</v>
+      </c>
+      <c r="F23" s="16">
+        <v>1783</v>
+      </c>
+      <c r="G23" s="17">
+        <v>1904.3691643297782</v>
+      </c>
+      <c r="H23" s="16">
+        <v>713</v>
+      </c>
+      <c r="I23" s="17">
+        <v>3041.8449929873777</v>
+      </c>
+      <c r="J23" s="16">
+        <v>42</v>
+      </c>
+      <c r="K23" s="17">
+        <v>528.96333333333325</v>
+      </c>
+      <c r="L23" s="16">
+        <v>342665</v>
+      </c>
+      <c r="M23" s="17">
+        <v>1623.6505948375234</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" s="18" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B24" s="12">
+        <v>85144</v>
+      </c>
+      <c r="C24" s="13">
+        <v>1992.794069223904</v>
+      </c>
+      <c r="D24" s="12">
+        <v>6169</v>
+      </c>
+      <c r="E24" s="13">
+        <v>1269.3256119306207</v>
+      </c>
+      <c r="F24" s="12">
+        <v>1515</v>
+      </c>
+      <c r="G24" s="13">
+        <v>1993.4044224422441</v>
+      </c>
+      <c r="H24" s="12">
+        <v>681</v>
+      </c>
+      <c r="I24" s="13">
+        <v>3126.1859765051399</v>
+      </c>
+      <c r="J24" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K24" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" s="12">
+        <v>93509</v>
+      </c>
+      <c r="M24" s="13">
+        <v>1953.3292868066185</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" s="18" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B25" s="12">
+        <v>196320</v>
+      </c>
+      <c r="C25" s="13">
+        <v>1620.0239211491419</v>
+      </c>
+      <c r="D25" s="12">
+        <v>52494</v>
+      </c>
+      <c r="E25" s="13">
+        <v>1052.1900558159027</v>
+      </c>
+      <c r="F25" s="12">
+        <v>268</v>
+      </c>
+      <c r="G25" s="13">
+        <v>1401.0541791044777</v>
+      </c>
+      <c r="H25" s="12">
+        <v>32</v>
+      </c>
+      <c r="I25" s="13">
+        <v>1246.9634375000001</v>
+      </c>
+      <c r="J25" s="12">
+        <v>42</v>
+      </c>
+      <c r="K25" s="13">
+        <v>528.96333333333325</v>
+      </c>
+      <c r="L25" s="12">
+        <v>249156</v>
+      </c>
+      <c r="M25" s="13">
+        <v>1499.9211851209682</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" s="18" customFormat="1" ht="21.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="19" t="s">
+        <v>31</v>
+      </c>
+      <c r="B26" s="20">
+        <v>65.133998237784439</v>
+      </c>
+      <c r="C26" s="21" t="s">
         <v>35</v>
       </c>
-      <c r="G18" s="8">
-[...346 lines deleted...]
-        <v>0</v>
+      <c r="D26" s="20">
+        <v>66.532632494076765</v>
+      </c>
+      <c r="E26" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="F26" s="20">
+        <v>61.220975883342589</v>
+      </c>
+      <c r="G26" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26" s="20">
+        <v>59.117854137447402</v>
+      </c>
+      <c r="I26" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="J26" s="20">
+        <v>83.767380952380947</v>
+      </c>
+      <c r="K26" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="L26" s="20">
+        <v>65.342844352355868</v>
+      </c>
+      <c r="M26" s="21" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="27" spans="1:13" ht="20.25" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="3"/>
-[...11 lines deleted...]
-      <c r="M27" s="3"/>
+      <c r="A27" s="22"/>
+      <c r="B27" s="22"/>
+      <c r="C27" s="22"/>
+      <c r="D27" s="22"/>
+      <c r="E27" s="22"/>
+      <c r="F27" s="22"/>
+      <c r="G27" s="22"/>
+      <c r="H27" s="22"/>
+      <c r="I27" s="22"/>
+      <c r="J27" s="22"/>
+      <c r="K27" s="22"/>
+      <c r="L27" s="22"/>
+      <c r="M27" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A27:M27"/>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="J3:K3"/>
     <mergeCell ref="L3:M3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{586dd8ec-1577-4ac3-bcff-9b1b1c87cbbc}" enabled="1" method="Standard" siteId="{a22f907a-53a6-449f-b082-22c03676d7fb}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
@@ -1850,31 +1895,31 @@
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Por regímenes</vt:lpstr>
       <vt:lpstr>'Por regímenes'!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>ECHEVARRIA LOPEZ, LUIS JAVIER</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>