--- v3 (2026-01-20)
+++ v4 (2026-02-13)
@@ -1,124 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACIÓN_INTERNET_INTRANET\ROBOT\202512\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\I99edfscl01-datos-server\datos\GRUPOS\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACIÓN_INTERNET_INTRANET\ROBOT\202601\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8E92B7B6-AD89-44F2-9EB2-D792823D673A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{697B2C53-F336-450D-A555-3390C4389AB8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{64FD365A-7B5B-4C89-8369-7918AB38EC08}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{D29AEE2E-6333-4DA9-B5B4-FE2F14BD0120}"/>
   </bookViews>
   <sheets>
     <sheet name="Por regímenes" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Por regímenes'!$A$1:$M$26</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="36">
   <si>
+    <t>Altas iniciales de Jubilación según régimen, por edades. Año 2025</t>
+  </si>
+  <si>
+    <t>Datos acumulados a diciembre</t>
+  </si>
+  <si>
     <t>Edades</t>
   </si>
   <si>
     <t>General</t>
   </si>
   <si>
     <t>Autónomos</t>
   </si>
   <si>
     <t>Trab. del Mar</t>
   </si>
   <si>
     <t>Minería del carbón</t>
   </si>
   <si>
     <t>Sovi</t>
   </si>
   <si>
     <t>Total Regímenes</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Pensión media</t>
   </si>
   <si>
     <t>Hasta 54 años</t>
   </si>
   <si>
+    <t/>
+  </si>
+  <si>
     <t>55 años</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>56 años</t>
   </si>
   <si>
     <t>57 años</t>
   </si>
   <si>
     <t>58 años</t>
   </si>
   <si>
     <t>59 años</t>
   </si>
   <si>
     <t>60 años</t>
   </si>
   <si>
     <t>61 años</t>
   </si>
   <si>
     <t>62 años</t>
@@ -139,137 +148,128 @@
     <t>67 años</t>
   </si>
   <si>
     <t>68 años</t>
   </si>
   <si>
     <t>69 años</t>
   </si>
   <si>
     <t>70 años</t>
   </si>
   <si>
     <t>Más de 70 años</t>
   </si>
   <si>
     <t>Total Altas</t>
   </si>
   <si>
     <t>&lt; 65 años</t>
   </si>
   <si>
     <t>≥ 65 años</t>
   </si>
   <si>
     <t>Edad media</t>
-  </si>
-[...7 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>años</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="16"/>
+      <b/>
+      <sz val="13"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
-      <color rgb="FFFF0000"/>
-[...5 lines deleted...]
-      <sz val="13"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color rgb="FFFF0000"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="double">
@@ -373,123 +373,123 @@
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="double">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-[...44 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{53AA95E2-07B7-41E9-9A17-E66C58549C43}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{0034033A-85E9-4AFD-8ED5-70DD5B6CA76E}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///I:\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACI&#211;N_INTERNET_INTRANET\RISP\RISP.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/SGGEPEE/AR_ECO/EASE/INF_MENSUAL/PUBLICACI&#211;N_INTERNET_INTRANET/RISP/RISP.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\I99edfscl01-datos-server\datos\GRUPOS\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACI&#211;N_INTERNET_INTRANET\RISP\RISP.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/GRUPOS/SGGEPEE/AR_ECO/EASE/INF_MENSUAL/PUBLICACI&#211;N_INTERNET_INTRANET/RISP/RISP.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="INCIDENCIA"/>
       <sheetName val="Por regímenes"/>
       <sheetName val="Evolución"/>
       <sheetName val="Por sexos (número)"/>
       <sheetName val="Por sexos (media)"/>
       <sheetName val="Rangos"/>
       <sheetName val="Tabla ALINEDJ acumulado"/>
       <sheetName val="Tabla ALINEDJ acumulado (2)"/>
       <sheetName val="Tabla anual (edades)"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
@@ -770,1099 +770,1099 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E262C31-6C94-4238-AF6E-2326C47B04E7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A3CC70F9-7B05-4AF1-A805-0DAD9127C580}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O27"/>
   <sheetViews>
     <sheetView showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.28515625" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="12" defaultRowHeight="20.399999999999999" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="14.85546875" style="2" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="16384" width="10.28515625" style="2"/>
+    <col min="1" max="1" width="17.33203125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="10.6640625" style="23" customWidth="1"/>
+    <col min="3" max="13" width="10.6640625" style="2" customWidth="1"/>
+    <col min="14" max="14" width="7.6640625" style="2" customWidth="1"/>
+    <col min="15" max="17" width="11.109375" style="2" customWidth="1"/>
+    <col min="18" max="18" width="7.6640625" style="2" customWidth="1"/>
+    <col min="19" max="16384" width="12" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
     </row>
-    <row r="2" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="3" t="s">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
     </row>
-    <row r="3" spans="1:15" ht="26.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:15" ht="26.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="s">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E3" s="6"/>
       <c r="F3" s="5" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G3" s="6"/>
       <c r="H3" s="5" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I3" s="6"/>
       <c r="J3" s="5" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="K3" s="6"/>
       <c r="L3" s="5" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="M3" s="6"/>
     </row>
-    <row r="4" spans="1:15" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:15" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7"/>
       <c r="B4" s="8" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C4" s="9" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D4" s="10" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E4" s="9" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F4" s="10" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G4" s="9" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H4" s="10" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I4" s="9" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J4" s="10" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K4" s="9" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L4" s="8" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="M4" s="9" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="11" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B5" s="12">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C5" s="13">
-        <v>2397.8410000000003</v>
+        <v>2325.7693939393944</v>
       </c>
       <c r="D5" s="12">
         <v>1</v>
       </c>
       <c r="E5" s="13">
         <v>1042.4100000000001</v>
       </c>
       <c r="F5" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="G5" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="H5" s="12">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="I5" s="13">
-        <v>3220.4859090909094</v>
+        <v>3215.364507042254</v>
       </c>
       <c r="J5" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K5" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L5" s="12">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="M5" s="13">
-        <v>2943.6052577319597</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2915.0826666666671</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B6" s="12">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C6" s="13">
-        <v>2185.5076923076927</v>
+        <v>2168.5397619047621</v>
       </c>
       <c r="D6" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E6" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="F6" s="12">
         <v>11</v>
       </c>
       <c r="G6" s="13">
         <v>2166.8927272727274</v>
       </c>
       <c r="H6" s="12">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="I6" s="13">
-        <v>3243.2617171717175</v>
+        <v>3238.6150925925926</v>
       </c>
       <c r="J6" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K6" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L6" s="12">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="M6" s="13">
-        <v>2886.9364429530201</v>
+        <v>2886.2417391304348</v>
       </c>
       <c r="N6" s="14"/>
       <c r="O6" s="14" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B7" s="12">
-        <v>191</v>
+        <v>203</v>
       </c>
       <c r="C7" s="13">
-        <v>1569.4007853403152</v>
+        <v>1556.6033990147789</v>
       </c>
       <c r="D7" s="12">
         <v>7</v>
       </c>
       <c r="E7" s="13">
         <v>1037.78</v>
       </c>
       <c r="F7" s="12">
-        <v>128</v>
+        <v>143</v>
       </c>
       <c r="G7" s="13">
-        <v>2665.071328125</v>
+        <v>2684.4947552447543</v>
       </c>
       <c r="H7" s="12">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="I7" s="13">
-        <v>3151.7106024096383</v>
+        <v>3155.3437362637364</v>
       </c>
       <c r="J7" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K7" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L7" s="12">
-        <v>409</v>
+        <v>444</v>
       </c>
       <c r="M7" s="13">
-        <v>2224.3059168704149</v>
+        <v>2239.3558108108095</v>
       </c>
       <c r="N7" s="14"/>
       <c r="O7" s="14"/>
     </row>
-    <row r="8" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B8" s="12">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="C8" s="13">
-        <v>2118.1790322580641</v>
+        <v>2107.6808080808078</v>
       </c>
       <c r="D8" s="12">
         <v>1</v>
       </c>
       <c r="E8" s="13">
         <v>865.92</v>
       </c>
       <c r="F8" s="12">
-        <v>178</v>
+        <v>199</v>
       </c>
       <c r="G8" s="13">
-        <v>2443.6441011235956</v>
+        <v>2434.3216582914565</v>
       </c>
       <c r="H8" s="12">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="I8" s="13">
-        <v>3170.3887500000005</v>
+        <v>3178.7467647058829</v>
       </c>
       <c r="J8" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K8" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L8" s="12">
-        <v>336</v>
+        <v>367</v>
       </c>
       <c r="M8" s="13">
-        <v>2487.2919642857137</v>
+        <v>2479.8667847411439</v>
       </c>
       <c r="N8" s="14"/>
       <c r="O8" s="14"/>
     </row>
-    <row r="9" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="11" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B9" s="12">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C9" s="13">
-        <v>2141.722654867257</v>
+        <v>2146.5050427350434</v>
       </c>
       <c r="D9" s="12">
         <v>1</v>
       </c>
       <c r="E9" s="13">
         <v>899.8</v>
       </c>
       <c r="F9" s="12">
-        <v>182</v>
+        <v>209</v>
       </c>
       <c r="G9" s="13">
-        <v>2218.8274175824172</v>
+        <v>2222.8704784688989</v>
       </c>
       <c r="H9" s="12">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="I9" s="13">
-        <v>3110.9606666666664</v>
+        <v>3119.5403030303028</v>
       </c>
       <c r="J9" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K9" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L9" s="12">
-        <v>356</v>
+        <v>393</v>
       </c>
       <c r="M9" s="13">
-        <v>2341.0075561797757</v>
+        <v>2347.3549109414762</v>
       </c>
       <c r="N9" s="14"/>
       <c r="O9" s="14"/>
     </row>
-    <row r="10" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="11" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B10" s="12">
-        <v>595</v>
+        <v>636</v>
       </c>
       <c r="C10" s="13">
-        <v>2870.7307899159664</v>
+        <v>2881.8984433962269</v>
       </c>
       <c r="D10" s="12">
         <v>6</v>
       </c>
       <c r="E10" s="13">
         <v>1370.6183333333336</v>
       </c>
       <c r="F10" s="12">
-        <v>222</v>
+        <v>244</v>
       </c>
       <c r="G10" s="13">
-        <v>2159.7801801801802</v>
+        <v>2139.9208606557377</v>
       </c>
       <c r="H10" s="12">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="I10" s="13">
-        <v>3085.4658620689652</v>
+        <v>3103.6729687499997</v>
       </c>
       <c r="J10" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K10" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L10" s="12">
-        <v>881</v>
+        <v>950</v>
       </c>
       <c r="M10" s="13">
-        <v>2695.5014188422242</v>
+        <v>2696.7230315789466</v>
       </c>
       <c r="N10" s="14"/>
       <c r="O10" s="14"/>
     </row>
-    <row r="11" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="11" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B11" s="12">
-        <v>1779</v>
+        <v>1889</v>
       </c>
       <c r="C11" s="13">
-        <v>2990.0905789769558</v>
+        <v>2992.803118051881</v>
       </c>
       <c r="D11" s="12">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E11" s="13">
-        <v>1010.40125</v>
+        <v>988.88600000000008</v>
       </c>
       <c r="F11" s="12">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="G11" s="13">
-        <v>1941.1776649746184</v>
+        <v>1927.4494174757269</v>
       </c>
       <c r="H11" s="12">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="I11" s="13">
-        <v>3153.5702272727281</v>
+        <v>3144.3736000000004</v>
       </c>
       <c r="J11" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K11" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L11" s="12">
-        <v>2028</v>
+        <v>2155</v>
       </c>
       <c r="M11" s="13">
-        <v>2883.9366074950681</v>
+        <v>2885.1819999999984</v>
       </c>
       <c r="N11" s="14"/>
       <c r="O11" s="14"/>
     </row>
-    <row r="12" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="11" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B12" s="12">
-        <v>8301</v>
+        <v>9072</v>
       </c>
       <c r="C12" s="13">
-        <v>2116.2538079749443</v>
+        <v>2121.7423269400401</v>
       </c>
       <c r="D12" s="12">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E12" s="13">
-        <v>1146.9727272727271</v>
+        <v>1129.3216000000002</v>
       </c>
       <c r="F12" s="12">
-        <v>188</v>
+        <v>202</v>
       </c>
       <c r="G12" s="13">
-        <v>1760.1421276595743</v>
+        <v>1747.4935643564354</v>
       </c>
       <c r="H12" s="12">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="I12" s="13">
-        <v>3131.7588461538471</v>
+        <v>3129.4775280898884</v>
       </c>
       <c r="J12" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K12" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L12" s="12">
-        <v>8589</v>
+        <v>9388</v>
       </c>
       <c r="M12" s="13">
-        <v>2115.1985295144964</v>
+        <v>2120.6004079676213</v>
       </c>
       <c r="N12" s="14"/>
       <c r="O12" s="14"/>
     </row>
-    <row r="13" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="11" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B13" s="12">
-        <v>12518</v>
+        <v>13524</v>
       </c>
       <c r="C13" s="13">
-        <v>1409.6274948074754</v>
+        <v>1420.8837422360239</v>
       </c>
       <c r="D13" s="12">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E13" s="13">
-        <v>1079.2358536585364</v>
+        <v>1081.8213333333331</v>
       </c>
       <c r="F13" s="12">
-        <v>167</v>
+        <v>182</v>
       </c>
       <c r="G13" s="13">
-        <v>1525.3505389221548</v>
+        <v>1511.385439560439</v>
       </c>
       <c r="H13" s="12">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="I13" s="13">
-        <v>3157.6911864406784</v>
+        <v>3134.0675000000001</v>
       </c>
       <c r="J13" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K13" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L13" s="12">
-        <v>12785</v>
+        <v>13815</v>
       </c>
       <c r="M13" s="13">
-        <v>1418.1464974579576</v>
+        <v>1428.9081549040889</v>
       </c>
       <c r="N13" s="14"/>
       <c r="O13" s="14"/>
     </row>
-    <row r="14" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="11" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B14" s="12">
-        <v>39070</v>
+        <v>44924</v>
       </c>
       <c r="C14" s="13">
-        <v>2113.480365241875</v>
+        <v>2113.6082891105002</v>
       </c>
       <c r="D14" s="12">
-        <v>3060</v>
+        <v>3583</v>
       </c>
       <c r="E14" s="13">
-        <v>1267.4158823529406</v>
+        <v>1279.7540078146783</v>
       </c>
       <c r="F14" s="12">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="G14" s="13">
-        <v>1475.4802758620688</v>
+        <v>1482.6330322580643</v>
       </c>
       <c r="H14" s="12">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="I14" s="13">
-        <v>2967.0106666666684</v>
+        <v>2948.5338775510209</v>
       </c>
       <c r="J14" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K14" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L14" s="12">
-        <v>42320</v>
+        <v>48711</v>
       </c>
       <c r="M14" s="13">
-        <v>2051.0262426748614</v>
+        <v>2051.1051645418929</v>
       </c>
       <c r="N14" s="14"/>
       <c r="O14" s="14"/>
     </row>
-    <row r="15" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="11" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B15" s="12">
-        <v>22415</v>
+        <v>25918</v>
       </c>
       <c r="C15" s="13">
-        <v>1961.3943194289557</v>
+        <v>1963.3817165676389</v>
       </c>
       <c r="D15" s="12">
-        <v>3022</v>
+        <v>3521</v>
       </c>
       <c r="E15" s="13">
-        <v>1276.0805823957646</v>
+        <v>1284.1212524850923</v>
       </c>
       <c r="F15" s="12">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="G15" s="13">
-        <v>1595.6640206185571</v>
+        <v>1563.5791428571431</v>
       </c>
       <c r="H15" s="12">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I15" s="13">
-        <v>2493.3043999999995</v>
+        <v>2461.4223076923076</v>
       </c>
       <c r="J15" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K15" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L15" s="12">
-        <v>25559</v>
+        <v>29570</v>
       </c>
       <c r="M15" s="13">
-        <v>1879.4976802691806</v>
+        <v>1881.5181281704406</v>
       </c>
       <c r="N15" s="14"/>
       <c r="O15" s="14"/>
     </row>
-    <row r="16" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="11" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B16" s="12">
-        <v>106412</v>
+        <v>113968</v>
       </c>
       <c r="C16" s="13">
-        <v>1865.0547850806247</v>
+        <v>1867.254198371468</v>
       </c>
       <c r="D16" s="12">
-        <v>16919</v>
+        <v>18251</v>
       </c>
       <c r="E16" s="13">
-        <v>1217.8122329924929</v>
+        <v>1220.8221341296353</v>
       </c>
       <c r="F16" s="12">
-        <v>103</v>
+        <v>117</v>
       </c>
       <c r="G16" s="13">
-        <v>1768.0945631067964</v>
+        <v>1778.0170940170942</v>
       </c>
       <c r="H16" s="12">
         <v>9</v>
       </c>
       <c r="I16" s="13">
         <v>969.46888888888907</v>
       </c>
       <c r="J16" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K16" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L16" s="12">
-        <v>123443</v>
+        <v>132345</v>
       </c>
       <c r="M16" s="13">
-        <v>1776.1980340724051</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1777.9682229778218</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="11" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B17" s="12">
-        <v>67297</v>
+        <v>73475</v>
       </c>
       <c r="C17" s="13">
-        <v>1297.1406712037692</v>
+        <v>1299.3934758761491</v>
       </c>
       <c r="D17" s="12">
-        <v>21872</v>
+        <v>23900</v>
       </c>
       <c r="E17" s="13">
-        <v>946.74217584125847</v>
+        <v>949.0781033472806</v>
       </c>
       <c r="F17" s="12">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="G17" s="13">
-        <v>1034.9329069767443</v>
+        <v>1053.202474226804</v>
       </c>
       <c r="H17" s="12">
         <v>11</v>
       </c>
       <c r="I17" s="13">
         <v>1305.9154545454546</v>
       </c>
       <c r="J17" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K17" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L17" s="12">
-        <v>89266</v>
+        <v>97483</v>
       </c>
       <c r="M17" s="13">
-        <v>1211.034323482625</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1213.2620869279767</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="11" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B18" s="12">
-        <v>10708</v>
+        <v>11590</v>
       </c>
       <c r="C18" s="13">
-        <v>1345.9962644751574</v>
+        <v>1341.9644124245031</v>
       </c>
       <c r="D18" s="12">
-        <v>5544</v>
+        <v>6092</v>
       </c>
       <c r="E18" s="13">
-        <v>954.65060606060536</v>
+        <v>958.66037918581685</v>
       </c>
       <c r="F18" s="12">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G18" s="13">
-        <v>1239.3771052631582</v>
+        <v>1292.0605</v>
       </c>
       <c r="H18" s="12">
         <v>8</v>
       </c>
       <c r="I18" s="13">
         <v>1315.77</v>
       </c>
       <c r="J18" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K18" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L18" s="12">
-        <v>16298</v>
+        <v>17730</v>
       </c>
       <c r="M18" s="13">
-        <v>1212.6109614676641</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1210.1373463056964</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="11" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B19" s="12">
-        <v>4414</v>
+        <v>4764</v>
       </c>
       <c r="C19" s="13">
-        <v>1434.3162754870884</v>
+        <v>1427.5492989084833</v>
       </c>
       <c r="D19" s="12">
-        <v>2638</v>
+        <v>2887</v>
       </c>
       <c r="E19" s="13">
-        <v>968.0608718726304</v>
+        <v>971.7735226879114</v>
       </c>
       <c r="F19" s="12">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G19" s="13">
-        <v>1243.640909090909</v>
+        <v>1145.53</v>
       </c>
       <c r="H19" s="12">
         <v>1</v>
       </c>
       <c r="I19" s="13">
         <v>2925.47</v>
       </c>
       <c r="J19" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K19" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L19" s="12">
-        <v>7064</v>
+        <v>7666</v>
       </c>
       <c r="M19" s="13">
-        <v>1260.1107219705534</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1255.5854304722138</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="11" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B20" s="12">
-        <v>2373</v>
+        <v>2528</v>
       </c>
       <c r="C20" s="13">
-        <v>1457.9854445849139</v>
+        <v>1446.3594343354441</v>
       </c>
       <c r="D20" s="12">
-        <v>1409</v>
+        <v>1522</v>
       </c>
       <c r="E20" s="13">
-        <v>982.03762242725497</v>
+        <v>989.8107818659671</v>
       </c>
       <c r="F20" s="12">
         <v>9</v>
       </c>
       <c r="G20" s="13">
         <v>1803.2388888888888</v>
       </c>
       <c r="H20" s="12">
         <v>2</v>
       </c>
       <c r="I20" s="13">
         <v>1229.5550000000001</v>
       </c>
       <c r="J20" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K20" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L20" s="12">
-        <v>3793</v>
+        <v>4061</v>
       </c>
       <c r="M20" s="13">
-        <v>1281.882080147639</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1275.9362029056874</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B21" s="12">
-        <v>2472</v>
+        <v>2670</v>
       </c>
       <c r="C21" s="13">
-        <v>1988.1314603559886</v>
+        <v>1985.3799887640469</v>
       </c>
       <c r="D21" s="12">
-        <v>1088</v>
+        <v>1171</v>
       </c>
       <c r="E21" s="13">
-        <v>1104.2564154411775</v>
+        <v>1116.8249615713073</v>
       </c>
       <c r="F21" s="12">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G21" s="13">
-        <v>1754.1933333333334</v>
+        <v>1576.4257142857143</v>
       </c>
       <c r="H21" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="I21" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="J21" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K21" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L21" s="12">
-        <v>3566</v>
+        <v>3848</v>
       </c>
       <c r="M21" s="13">
-        <v>1718.0642484576558</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1720.3226559251559</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B22" s="12">
-        <v>2644</v>
+        <v>2824</v>
       </c>
       <c r="C22" s="13">
-        <v>1197.7118721633854</v>
+        <v>1185.0657932011295</v>
       </c>
       <c r="D22" s="12">
-        <v>3024</v>
+        <v>3244</v>
       </c>
       <c r="E22" s="13">
-        <v>1154.3998743386242</v>
+        <v>1159.4496208384703</v>
       </c>
       <c r="F22" s="12">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G22" s="13">
-        <v>1122.2573333333335</v>
+        <v>1315.1249999999998</v>
       </c>
       <c r="H22" s="12">
         <v>1</v>
       </c>
       <c r="I22" s="13">
         <v>901.8</v>
       </c>
       <c r="J22" s="12">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="K22" s="13">
-        <v>528.96333333333325</v>
+        <v>526.50340425531897</v>
       </c>
       <c r="L22" s="12">
-        <v>5726</v>
+        <v>6132</v>
       </c>
       <c r="M22" s="13">
-        <v>1169.6834666433824</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:13" s="18" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1166.7595939334647</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" s="18" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="15" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B23" s="16">
-        <v>281464</v>
+        <v>308276</v>
       </c>
       <c r="C23" s="17">
-        <v>1732.7884007546177</v>
+        <v>1737.635817611485</v>
       </c>
       <c r="D23" s="16">
-        <v>58663</v>
+        <v>64267</v>
       </c>
       <c r="E23" s="17">
-        <v>1075.024026899405</v>
+        <v>1079.8272665598213</v>
       </c>
       <c r="F23" s="16">
-        <v>1783</v>
+        <v>1956</v>
       </c>
       <c r="G23" s="17">
-        <v>1904.3691643297782</v>
+        <v>1903.9816820040883</v>
       </c>
       <c r="H23" s="16">
-        <v>713</v>
+        <v>778</v>
       </c>
       <c r="I23" s="17">
-        <v>3041.8449929873777</v>
+        <v>3047.014871465296</v>
       </c>
       <c r="J23" s="16">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="K23" s="17">
-        <v>528.96333333333325</v>
+        <v>526.50340425531897</v>
       </c>
       <c r="L23" s="16">
-        <v>342665</v>
+        <v>375324</v>
       </c>
       <c r="M23" s="17">
-        <v>1623.6505948375234</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:13" s="18" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1628.4282104261918</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" s="18" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B24" s="12">
-        <v>85144</v>
+        <v>96457</v>
       </c>
       <c r="C24" s="13">
-        <v>1992.794069223904</v>
+        <v>1998.1241150979215</v>
       </c>
       <c r="D24" s="12">
-        <v>6169</v>
+        <v>7200</v>
       </c>
       <c r="E24" s="13">
-        <v>1269.3256119306207</v>
+        <v>1279.4235694444449</v>
       </c>
       <c r="F24" s="12">
-        <v>1515</v>
+        <v>1656</v>
       </c>
       <c r="G24" s="13">
-        <v>1993.4044224422441</v>
+        <v>1991.5299275362315</v>
       </c>
       <c r="H24" s="12">
-        <v>681</v>
+        <v>746</v>
       </c>
       <c r="I24" s="13">
-        <v>3126.1859765051399</v>
+        <v>3124.2288739946384</v>
       </c>
       <c r="J24" s="12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="K24" s="13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L24" s="12">
-        <v>93509</v>
+        <v>106059</v>
       </c>
       <c r="M24" s="13">
-        <v>1953.3292868066185</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:13" s="18" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1957.1517341291176</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" s="18" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B25" s="12">
-        <v>196320</v>
+        <v>211819</v>
       </c>
       <c r="C25" s="13">
-        <v>1620.0239211491419</v>
+        <v>1619.0160539894887</v>
       </c>
       <c r="D25" s="12">
-        <v>52494</v>
+        <v>57067</v>
       </c>
       <c r="E25" s="13">
-        <v>1052.1900558159027</v>
+        <v>1054.6447025426251</v>
       </c>
       <c r="F25" s="12">
-        <v>268</v>
+        <v>300</v>
       </c>
       <c r="G25" s="13">
-        <v>1401.0541791044777</v>
+        <v>1420.7153666666666</v>
       </c>
       <c r="H25" s="12">
         <v>32</v>
       </c>
       <c r="I25" s="13">
         <v>1246.9634375000001</v>
       </c>
       <c r="J25" s="12">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="K25" s="13">
-        <v>528.96333333333325</v>
+        <v>526.50340425531897</v>
       </c>
       <c r="L25" s="12">
-        <v>249156</v>
+        <v>269265</v>
       </c>
       <c r="M25" s="13">
-        <v>1499.9211851209682</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:13" s="18" customFormat="1" ht="21.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>1498.9494879765275</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" s="18" customFormat="1" ht="21.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A26" s="19" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B26" s="20">
-        <v>65.133998237784439</v>
+        <v>65.118865075451041</v>
       </c>
       <c r="C26" s="21" t="s">
         <v>35</v>
       </c>
       <c r="D26" s="20">
-        <v>66.532632494076765</v>
+        <v>66.51133676692578</v>
       </c>
       <c r="E26" s="21" t="s">
         <v>35</v>
       </c>
       <c r="F26" s="20">
-        <v>61.220975883342589</v>
+        <v>61.205143149284162</v>
       </c>
       <c r="G26" s="21" t="s">
         <v>35</v>
       </c>
       <c r="H26" s="20">
-        <v>59.117854137447402</v>
+        <v>59.099357326478163</v>
       </c>
       <c r="I26" s="21" t="s">
         <v>35</v>
       </c>
       <c r="J26" s="20">
-        <v>83.767380952380947</v>
+        <v>83.772553191489351</v>
       </c>
       <c r="K26" s="21" t="s">
         <v>35</v>
       </c>
       <c r="L26" s="20">
-        <v>65.342844352355868</v>
+        <v>65.32676087860095</v>
       </c>
       <c r="M26" s="21" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="27" spans="1:13" ht="20.25" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:13" ht="21" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A27" s="22"/>
       <c r="B27" s="22"/>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="22"/>
       <c r="J27" s="22"/>
       <c r="K27" s="22"/>
       <c r="L27" s="22"/>
       <c r="M27" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A27:M27"/>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="J3:K3"/>
@@ -1895,31 +1895,31 @@
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Por regímenes</vt:lpstr>
       <vt:lpstr>'Por regímenes'!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ECHEVARRIA LOPEZ, LUIS JAVIER</dc:creator>
+  <dc:creator>GARCIA MOYANO, ANA ROSA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>