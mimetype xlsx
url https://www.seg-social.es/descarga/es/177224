--- v0 (2025-10-10)
+++ v1 (2025-11-06)
@@ -1,61 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A81886B6-4741-47D4-BB1A-3FF7BAEF11D8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5D6FC8C1-46A2-47AA-B44E-AFE3572BBFE9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{81B2BB54-FD7F-4501-9F19-31865A2BDBC5}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{19852472-BE12-4F5D-A3A9-1228A941D71A}"/>
   </bookViews>
   <sheets>
     <sheet name="Por sexos (número)" sheetId="1" r:id="rId1"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Por sexos (número)'!$A$1:$S$26</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -139,51 +135,51 @@
   <si>
     <t>Hombres</t>
   </si>
   <si>
     <t>Total Regímenes</t>
   </si>
   <si>
     <t>Sovi</t>
   </si>
   <si>
     <t>Minería del carbón</t>
   </si>
   <si>
     <t>Trab. del Mar</t>
   </si>
   <si>
     <t>Autónomos</t>
   </si>
   <si>
     <t>General</t>
   </si>
   <si>
     <t>Edades</t>
   </si>
   <si>
-    <t>Datos de número acumulados a agosto</t>
+    <t>Datos de número acumulados a septiembre</t>
   </si>
   <si>
     <t>Altas iniciales de Jubilación según régimen y sexo, por edades. Año 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -412,104 +408,68 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 5" xfId="2" xr:uid="{8C6C63E0-26E8-42ED-9E0F-760A801DE2DF}"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{0E530E44-2A61-44C4-B85F-58168B2FFFF6}"/>
+    <cellStyle name="Normal 5" xfId="2" xr:uid="{CA73D801-A3EA-4DC7-B513-87D4A7F0F5EB}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{9DC8A3F3-BA4B-47C0-BA89-5DA861FA8DCE}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...35 lines deleted...]
-</externalLink>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -758,51 +718,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BF05128E-0BA4-46B7-84AA-7F393A9A083F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E282B299-CEF8-4FD5-AC51-6845BCD7143B}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:U27"/>
   <sheetViews>
     <sheetView showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:S1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.7109375" style="1" customWidth="1"/>
     <col min="2" max="3" width="8.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="8" style="1" customWidth="1"/>
     <col min="5" max="6" width="8.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="8" style="1" customWidth="1"/>
     <col min="8" max="9" width="8.85546875" style="1" customWidth="1"/>
     <col min="10" max="10" width="8" style="1" customWidth="1"/>
     <col min="11" max="12" width="8.85546875" style="1" customWidth="1"/>
     <col min="13" max="13" width="8" style="1" customWidth="1"/>
     <col min="14" max="15" width="8.85546875" style="1" customWidth="1"/>
     <col min="16" max="16" width="8" style="1" customWidth="1"/>
     <col min="17" max="18" width="8.85546875" style="1" customWidth="1"/>
     <col min="19" max="19" width="8" style="1" customWidth="1"/>
@@ -934,1335 +894,1335 @@
       </c>
       <c r="O4" s="12" t="s">
         <v>24</v>
       </c>
       <c r="P4" s="11" t="s">
         <v>23</v>
       </c>
       <c r="Q4" s="12" t="s">
         <v>25</v>
       </c>
       <c r="R4" s="12" t="s">
         <v>24</v>
       </c>
       <c r="S4" s="11" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B5" s="7">
         <v>19</v>
       </c>
       <c r="C5" s="7">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="7">
         <v>1</v>
       </c>
       <c r="G5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K5" s="7">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="L5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q5" s="7">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="R5" s="7">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="S5" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="7">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C6" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H6" s="7">
         <v>9</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K6" s="7">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="L6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q6" s="7">
-        <v>106</v>
+        <v>120</v>
       </c>
       <c r="R6" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="S6" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="7">
-        <v>96</v>
+        <v>111</v>
       </c>
       <c r="C7" s="7">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E7" s="7">
         <v>3</v>
       </c>
       <c r="F7" s="7">
         <v>2</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H7" s="7">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K7" s="7">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="L7" s="7">
         <v>1</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q7" s="7">
-        <v>240</v>
+        <v>272</v>
       </c>
       <c r="R7" s="7">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="7">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C8" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E8" s="7">
         <v>1</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H8" s="7">
-        <v>122</v>
+        <v>144</v>
       </c>
       <c r="I8" s="7">
         <v>1</v>
       </c>
       <c r="J8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K8" s="7">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="L8" s="7">
         <v>1</v>
       </c>
       <c r="M8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q8" s="7">
-        <v>218</v>
+        <v>251</v>
       </c>
       <c r="R8" s="7">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S8" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="7">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="C9" s="7">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E9" s="7">
         <v>1</v>
       </c>
       <c r="F9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H9" s="7">
-        <v>132</v>
+        <v>148</v>
       </c>
       <c r="I9" s="7">
         <v>1</v>
       </c>
       <c r="J9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K9" s="7">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="L9" s="7">
         <v>1</v>
       </c>
       <c r="M9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q9" s="7">
-        <v>237</v>
+        <v>267</v>
       </c>
       <c r="R9" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="S9" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="7">
-        <v>387</v>
+        <v>434</v>
       </c>
       <c r="C10" s="7">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="D10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E10" s="7">
         <v>5</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H10" s="7">
-        <v>166</v>
+        <v>179</v>
       </c>
       <c r="I10" s="7">
         <v>1</v>
       </c>
       <c r="J10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K10" s="7">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="L10" s="7">
         <v>3</v>
       </c>
       <c r="M10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q10" s="7">
-        <v>592</v>
+        <v>658</v>
       </c>
       <c r="R10" s="7">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="S10" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="7">
-        <v>1216</v>
+        <v>1352</v>
       </c>
       <c r="C11" s="7">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E11" s="7">
         <v>6</v>
       </c>
       <c r="F11" s="7">
         <v>1</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H11" s="7">
-        <v>138</v>
+        <v>157</v>
       </c>
       <c r="I11" s="7">
         <v>1</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K11" s="7">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="L11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q11" s="7">
-        <v>1383</v>
+        <v>1545</v>
       </c>
       <c r="R11" s="7">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="S11" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="7">
-        <v>4979</v>
+        <v>5593</v>
       </c>
       <c r="C12" s="7">
-        <v>988</v>
+        <v>1095</v>
       </c>
       <c r="D12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E12" s="7">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H12" s="7">
-        <v>119</v>
+        <v>138</v>
       </c>
       <c r="I12" s="7">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K12" s="7">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="L12" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q12" s="7">
-        <v>5166</v>
+        <v>5804</v>
       </c>
       <c r="R12" s="7">
-        <v>996</v>
+        <v>1106</v>
       </c>
       <c r="S12" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="7">
-        <v>6287</v>
+        <v>7003</v>
       </c>
       <c r="C13" s="7">
-        <v>2822</v>
+        <v>3158</v>
       </c>
       <c r="D13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E13" s="7">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F13" s="7">
         <v>6</v>
       </c>
       <c r="G13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H13" s="7">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="I13" s="7">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="J13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K13" s="7">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="L13" s="7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q13" s="7">
-        <v>6434</v>
+        <v>7163</v>
       </c>
       <c r="R13" s="7">
-        <v>2858</v>
+        <v>3198</v>
       </c>
       <c r="S13" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="7">
-        <v>18135</v>
+        <v>20567</v>
       </c>
       <c r="C14" s="7">
-        <v>9302</v>
+        <v>10712</v>
       </c>
       <c r="D14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E14" s="7">
-        <v>1629</v>
+        <v>1787</v>
       </c>
       <c r="F14" s="7">
-        <v>681</v>
+        <v>746</v>
       </c>
       <c r="G14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H14" s="7">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="I14" s="7">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="J14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K14" s="7">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="L14" s="7">
         <v>4</v>
       </c>
       <c r="M14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q14" s="7">
-        <v>19862</v>
+        <v>22460</v>
       </c>
       <c r="R14" s="7">
-        <v>10026</v>
+        <v>11503</v>
       </c>
       <c r="S14" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="7">
-        <v>10022</v>
+        <v>11291</v>
       </c>
       <c r="C15" s="7">
-        <v>5936</v>
+        <v>6766</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E15" s="7">
-        <v>1658</v>
+        <v>1816</v>
       </c>
       <c r="F15" s="7">
-        <v>533</v>
+        <v>587</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H15" s="7">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I15" s="7">
         <v>20</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K15" s="7">
         <v>24</v>
       </c>
       <c r="L15" s="7">
         <v>1</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q15" s="7">
-        <v>11758</v>
+        <v>13190</v>
       </c>
       <c r="R15" s="7">
-        <v>6490</v>
+        <v>7374</v>
       </c>
       <c r="S15" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="7">
-        <v>46511</v>
+        <v>52505</v>
       </c>
       <c r="C16" s="7">
-        <v>30729</v>
+        <v>34920</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E16" s="7">
-        <v>9953</v>
+        <v>11113</v>
       </c>
       <c r="F16" s="7">
-        <v>2428</v>
+        <v>2712</v>
       </c>
       <c r="G16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H16" s="7">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="I16" s="7">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="J16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K16" s="7">
         <v>5</v>
       </c>
       <c r="L16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q16" s="7">
-        <v>56530</v>
+        <v>63686</v>
       </c>
       <c r="R16" s="7">
-        <v>33176</v>
+        <v>37653</v>
       </c>
       <c r="S16" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="7">
-        <v>14007</v>
+        <v>16535</v>
       </c>
       <c r="C17" s="7">
-        <v>29869</v>
+        <v>35245</v>
       </c>
       <c r="D17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E17" s="7">
-        <v>8279</v>
+        <v>9365</v>
       </c>
       <c r="F17" s="7">
-        <v>6783</v>
+        <v>7848</v>
       </c>
       <c r="G17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H17" s="7">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="I17" s="7">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="J17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K17" s="7">
         <v>7</v>
       </c>
       <c r="L17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q17" s="7">
-        <v>22332</v>
+        <v>25949</v>
       </c>
       <c r="R17" s="7">
-        <v>36675</v>
+        <v>43122</v>
       </c>
       <c r="S17" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="7">
-        <v>3398</v>
+        <v>3853</v>
       </c>
       <c r="C18" s="7">
-        <v>4075</v>
+        <v>4706</v>
       </c>
       <c r="D18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E18" s="7">
-        <v>2391</v>
+        <v>2648</v>
       </c>
       <c r="F18" s="7">
-        <v>1451</v>
+        <v>1621</v>
       </c>
       <c r="G18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H18" s="7">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I18" s="7">
         <v>6</v>
       </c>
       <c r="J18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K18" s="7">
         <v>8</v>
       </c>
       <c r="L18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q18" s="7">
-        <v>5820</v>
+        <v>6533</v>
       </c>
       <c r="R18" s="7">
-        <v>5532</v>
+        <v>6333</v>
       </c>
       <c r="S18" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="7">
-        <v>1493</v>
+        <v>1702</v>
       </c>
       <c r="C19" s="7">
-        <v>1586</v>
+        <v>1802</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E19" s="7">
-        <v>1098</v>
+        <v>1239</v>
       </c>
       <c r="F19" s="7">
-        <v>737</v>
+        <v>824</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H19" s="7">
         <v>5</v>
       </c>
       <c r="I19" s="7">
         <v>2</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K19" s="7">
         <v>1</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q19" s="7">
-        <v>2597</v>
+        <v>2947</v>
       </c>
       <c r="R19" s="7">
-        <v>2325</v>
+        <v>2628</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="7">
-        <v>844</v>
+        <v>955</v>
       </c>
       <c r="C20" s="7">
-        <v>891</v>
+        <v>1004</v>
       </c>
       <c r="D20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E20" s="7">
-        <v>551</v>
+        <v>621</v>
       </c>
       <c r="F20" s="7">
-        <v>482</v>
+        <v>528</v>
       </c>
       <c r="G20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H20" s="7">
         <v>8</v>
       </c>
       <c r="I20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K20" s="7">
         <v>2</v>
       </c>
       <c r="L20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q20" s="7">
-        <v>1405</v>
+        <v>1586</v>
       </c>
       <c r="R20" s="7">
-        <v>1373</v>
+        <v>1532</v>
       </c>
       <c r="S20" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="7">
-        <v>935</v>
+        <v>1111</v>
       </c>
       <c r="C21" s="7">
-        <v>826</v>
+        <v>932</v>
       </c>
       <c r="D21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E21" s="7">
-        <v>423</v>
+        <v>478</v>
       </c>
       <c r="F21" s="7">
-        <v>342</v>
+        <v>395</v>
       </c>
       <c r="G21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H21" s="7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="L21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q21" s="7">
-        <v>1362</v>
+        <v>1594</v>
       </c>
       <c r="R21" s="7">
-        <v>1168</v>
+        <v>1327</v>
       </c>
       <c r="S21" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B22" s="7">
-        <v>895</v>
+        <v>992</v>
       </c>
       <c r="C22" s="7">
-        <v>1059</v>
+        <v>1183</v>
       </c>
       <c r="D22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E22" s="7">
-        <v>1098</v>
+        <v>1206</v>
       </c>
       <c r="F22" s="7">
-        <v>1124</v>
+        <v>1245</v>
       </c>
       <c r="G22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H22" s="7">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I22" s="7">
         <v>4</v>
       </c>
       <c r="J22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K22" s="7">
         <v>1</v>
       </c>
       <c r="L22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N22" s="7">
         <v>2</v>
       </c>
       <c r="O22" s="7">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="P22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q22" s="7">
-        <v>2003</v>
+        <v>2209</v>
       </c>
       <c r="R22" s="7">
-        <v>2213</v>
+        <v>2461</v>
       </c>
       <c r="S22" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:21" s="4" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B23" s="9">
-        <v>109364</v>
+        <v>124180</v>
       </c>
       <c r="C23" s="9">
-        <v>88335</v>
+        <v>101804</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>0</v>
       </c>
       <c r="E23" s="9">
-        <v>27142</v>
+        <v>30337</v>
       </c>
       <c r="F23" s="9">
-        <v>14571</v>
+        <v>16516</v>
       </c>
       <c r="G23" s="9" t="s">
         <v>0</v>
       </c>
       <c r="H23" s="9">
-        <v>1142</v>
+        <v>1264</v>
       </c>
       <c r="I23" s="9">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J23" s="9" t="s">
         <v>0</v>
       </c>
       <c r="K23" s="9">
-        <v>468</v>
+        <v>528</v>
       </c>
       <c r="L23" s="9">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="M23" s="9" t="s">
         <v>0</v>
       </c>
       <c r="N23" s="9">
         <v>2</v>
       </c>
       <c r="O23" s="9">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="P23" s="9" t="s">
         <v>0</v>
       </c>
       <c r="Q23" s="9">
-        <v>138118</v>
+        <v>156311</v>
       </c>
       <c r="R23" s="9">
-        <v>103098</v>
+        <v>118532</v>
       </c>
       <c r="S23" s="9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:21" s="4" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B24" s="7">
-        <v>41281</v>
+        <v>46527</v>
       </c>
       <c r="C24" s="7">
-        <v>19300</v>
+        <v>22012</v>
       </c>
       <c r="D24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E24" s="7">
-        <v>3349</v>
+        <v>3667</v>
       </c>
       <c r="F24" s="7">
-        <v>1224</v>
+        <v>1343</v>
       </c>
       <c r="G24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H24" s="7">
-        <v>995</v>
+        <v>1109</v>
       </c>
       <c r="I24" s="7">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="J24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K24" s="7">
-        <v>444</v>
+        <v>504</v>
       </c>
       <c r="L24" s="7">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="M24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q24" s="7">
-        <v>46069</v>
+        <v>51807</v>
       </c>
       <c r="R24" s="7">
-        <v>20636</v>
+        <v>23476</v>
       </c>
       <c r="S24" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:21" s="4" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B25" s="7">
-        <v>68083</v>
+        <v>77653</v>
       </c>
       <c r="C25" s="7">
-        <v>69035</v>
+        <v>79792</v>
       </c>
       <c r="D25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E25" s="7">
-        <v>23793</v>
+        <v>26670</v>
       </c>
       <c r="F25" s="7">
-        <v>13347</v>
+        <v>15173</v>
       </c>
       <c r="G25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H25" s="7">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="I25" s="7">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="J25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K25" s="7">
         <v>24</v>
       </c>
       <c r="L25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N25" s="7">
         <v>2</v>
       </c>
       <c r="O25" s="7">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="P25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q25" s="7">
-        <v>92049</v>
+        <v>104504</v>
       </c>
       <c r="R25" s="7">
-        <v>82462</v>
+        <v>95056</v>
       </c>
       <c r="S25" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:21" s="4" customFormat="1" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B26" s="5">
-        <v>64.723829870890171</v>
+        <v>64.73910613625408</v>
       </c>
       <c r="C26" s="5">
-        <v>65.567475292919084</v>
+        <v>65.581353384935923</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="E26" s="5">
-        <v>66.193651904797036</v>
+        <v>66.197010251508075</v>
       </c>
       <c r="F26" s="5">
-        <v>67.1146119003499</v>
+        <v>67.10846875756836</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="H26" s="5">
-        <v>60.846646234675966</v>
+        <v>60.791874999999933</v>
       </c>
       <c r="I26" s="5">
-        <v>64.35260000000001</v>
+        <v>64.36448484848485</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="K26" s="5">
-        <v>59.046709401709393</v>
+        <v>58.985378787878794</v>
       </c>
       <c r="L26" s="5">
-        <v>61.255625000000009</v>
+        <v>61.324444444444438</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="N26" s="5">
         <v>84.789999999999992</v>
       </c>
       <c r="O26" s="5">
-        <v>83.448846153846162</v>
+        <v>83.571724137931028</v>
       </c>
       <c r="P26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="Q26" s="5">
-        <v>64.961665677174949</v>
+        <v>64.970959753312442</v>
       </c>
       <c r="R26" s="5">
-        <v>65.788207239713756</v>
+        <v>65.796199591671581</v>
       </c>
       <c r="S26" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:21" ht="20.25" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
       <c r="P27" s="3"/>
       <c r="Q27" s="3"/>
       <c r="R27" s="3"/>
       <c r="S27" s="3"/>