--- v1 (2025-11-06)
+++ v2 (2025-11-30)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5D6FC8C1-46A2-47AA-B44E-AFE3572BBFE9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7337C624-95D1-434A-A6ED-6AEE830B8266}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{19852472-BE12-4F5D-A3A9-1228A941D71A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{4E0DB729-8C55-46A8-9EDE-4DD6392572B5}"/>
   </bookViews>
   <sheets>
     <sheet name="Por sexos (número)" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Por sexos (número)'!$A$1:$S$26</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -135,51 +135,51 @@
   <si>
     <t>Hombres</t>
   </si>
   <si>
     <t>Total Regímenes</t>
   </si>
   <si>
     <t>Sovi</t>
   </si>
   <si>
     <t>Minería del carbón</t>
   </si>
   <si>
     <t>Trab. del Mar</t>
   </si>
   <si>
     <t>Autónomos</t>
   </si>
   <si>
     <t>General</t>
   </si>
   <si>
     <t>Edades</t>
   </si>
   <si>
-    <t>Datos de número acumulados a septiembre</t>
+    <t>Datos de número acumulados a octubre</t>
   </si>
   <si>
     <t>Altas iniciales de Jubilación según régimen y sexo, por edades. Año 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -408,52 +408,52 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 5" xfId="2" xr:uid="{CA73D801-A3EA-4DC7-B513-87D4A7F0F5EB}"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{9DC8A3F3-BA4B-47C0-BA89-5DA861FA8DCE}"/>
+    <cellStyle name="Normal 5" xfId="2" xr:uid="{519406C3-B82B-41E0-81A0-2DEBDF2C62DD}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{E6D7EB1D-D83D-4CA0-9CB7-17C362E5DA9B}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -718,51 +718,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E282B299-CEF8-4FD5-AC51-6845BCD7143B}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{37FEB9BC-7B6A-4799-BA19-F21B3A0CC96E}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:U27"/>
   <sheetViews>
     <sheetView showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:S1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.7109375" style="1" customWidth="1"/>
     <col min="2" max="3" width="8.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="8" style="1" customWidth="1"/>
     <col min="5" max="6" width="8.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="8" style="1" customWidth="1"/>
     <col min="8" max="9" width="8.85546875" style="1" customWidth="1"/>
     <col min="10" max="10" width="8" style="1" customWidth="1"/>
     <col min="11" max="12" width="8.85546875" style="1" customWidth="1"/>
     <col min="13" max="13" width="8" style="1" customWidth="1"/>
     <col min="14" max="15" width="8.85546875" style="1" customWidth="1"/>
     <col min="16" max="16" width="8" style="1" customWidth="1"/>
     <col min="17" max="18" width="8.85546875" style="1" customWidth="1"/>
     <col min="19" max="19" width="8" style="1" customWidth="1"/>
@@ -891,1338 +891,1338 @@
       </c>
       <c r="N4" s="12" t="s">
         <v>25</v>
       </c>
       <c r="O4" s="12" t="s">
         <v>24</v>
       </c>
       <c r="P4" s="11" t="s">
         <v>23</v>
       </c>
       <c r="Q4" s="12" t="s">
         <v>25</v>
       </c>
       <c r="R4" s="12" t="s">
         <v>24</v>
       </c>
       <c r="S4" s="11" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B5" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C5" s="7">
         <v>7</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="7">
         <v>1</v>
       </c>
       <c r="G5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K5" s="7">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="L5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q5" s="7">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="R5" s="7">
         <v>8</v>
       </c>
       <c r="S5" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="7">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C6" s="7">
         <v>2</v>
       </c>
       <c r="D6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H6" s="7">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K6" s="7">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="L6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q6" s="7">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c r="R6" s="7">
         <v>2</v>
       </c>
       <c r="S6" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="7">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="C7" s="7">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E7" s="7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F7" s="7">
         <v>2</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H7" s="7">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K7" s="7">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="L7" s="7">
         <v>1</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q7" s="7">
-        <v>272</v>
+        <v>303</v>
       </c>
       <c r="R7" s="7">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="7">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C8" s="7">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E8" s="7">
         <v>1</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H8" s="7">
-        <v>144</v>
+        <v>159</v>
       </c>
       <c r="I8" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K8" s="7">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="L8" s="7">
         <v>1</v>
       </c>
       <c r="M8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q8" s="7">
-        <v>251</v>
+        <v>280</v>
       </c>
       <c r="R8" s="7">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="S8" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="7">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="C9" s="7">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E9" s="7">
         <v>1</v>
       </c>
       <c r="F9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H9" s="7">
-        <v>148</v>
+        <v>167</v>
       </c>
       <c r="I9" s="7">
         <v>1</v>
       </c>
       <c r="J9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K9" s="7">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="L9" s="7">
         <v>1</v>
       </c>
       <c r="M9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q9" s="7">
-        <v>267</v>
+        <v>298</v>
       </c>
       <c r="R9" s="7">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="S9" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="7">
-        <v>434</v>
+        <v>491</v>
       </c>
       <c r="C10" s="7">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="D10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E10" s="7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H10" s="7">
-        <v>179</v>
+        <v>198</v>
       </c>
       <c r="I10" s="7">
         <v>1</v>
       </c>
       <c r="J10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K10" s="7">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="L10" s="7">
         <v>3</v>
       </c>
       <c r="M10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q10" s="7">
-        <v>658</v>
+        <v>742</v>
       </c>
       <c r="R10" s="7">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="S10" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="7">
-        <v>1352</v>
+        <v>1512</v>
       </c>
       <c r="C11" s="7">
-        <v>122</v>
+        <v>133</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E11" s="7">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F11" s="7">
         <v>1</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H11" s="7">
-        <v>157</v>
+        <v>176</v>
       </c>
       <c r="I11" s="7">
         <v>1</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K11" s="7">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="L11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q11" s="7">
-        <v>1545</v>
+        <v>1731</v>
       </c>
       <c r="R11" s="7">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="S11" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="7">
-        <v>5593</v>
+        <v>6338</v>
       </c>
       <c r="C12" s="7">
-        <v>1095</v>
+        <v>1242</v>
       </c>
       <c r="D12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E12" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H12" s="7">
-        <v>138</v>
+        <v>158</v>
       </c>
       <c r="I12" s="7">
         <v>8</v>
       </c>
       <c r="J12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K12" s="7">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="L12" s="7">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q12" s="7">
-        <v>5804</v>
+        <v>6578</v>
       </c>
       <c r="R12" s="7">
-        <v>1106</v>
+        <v>1256</v>
       </c>
       <c r="S12" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="7">
-        <v>7003</v>
+        <v>8005</v>
       </c>
       <c r="C13" s="7">
-        <v>3158</v>
+        <v>3537</v>
       </c>
       <c r="D13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E13" s="7">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F13" s="7">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H13" s="7">
-        <v>96</v>
+        <v>115</v>
       </c>
       <c r="I13" s="7">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="J13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K13" s="7">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="L13" s="7">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="M13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q13" s="7">
-        <v>7163</v>
+        <v>8195</v>
       </c>
       <c r="R13" s="7">
-        <v>3198</v>
+        <v>3588</v>
       </c>
       <c r="S13" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="7">
-        <v>20567</v>
+        <v>23577</v>
       </c>
       <c r="C14" s="7">
-        <v>10712</v>
+        <v>12188</v>
       </c>
       <c r="D14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E14" s="7">
-        <v>1787</v>
+        <v>1978</v>
       </c>
       <c r="F14" s="7">
-        <v>746</v>
+        <v>828</v>
       </c>
       <c r="G14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H14" s="7">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="I14" s="7">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K14" s="7">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="L14" s="7">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q14" s="7">
-        <v>22460</v>
+        <v>25680</v>
       </c>
       <c r="R14" s="7">
-        <v>11503</v>
+        <v>13064</v>
       </c>
       <c r="S14" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="7">
-        <v>11291</v>
+        <v>12749</v>
       </c>
       <c r="C15" s="7">
-        <v>6766</v>
+        <v>7697</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E15" s="7">
-        <v>1816</v>
+        <v>2057</v>
       </c>
       <c r="F15" s="7">
-        <v>587</v>
+        <v>666</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H15" s="7">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="I15" s="7">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K15" s="7">
         <v>24</v>
       </c>
       <c r="L15" s="7">
         <v>1</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q15" s="7">
-        <v>13190</v>
+        <v>14893</v>
       </c>
       <c r="R15" s="7">
-        <v>7374</v>
+        <v>8385</v>
       </c>
       <c r="S15" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="7">
-        <v>52505</v>
+        <v>58815</v>
       </c>
       <c r="C16" s="7">
-        <v>34920</v>
+        <v>39123</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E16" s="7">
-        <v>11113</v>
+        <v>12477</v>
       </c>
       <c r="F16" s="7">
-        <v>2712</v>
+        <v>3055</v>
       </c>
       <c r="G16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H16" s="7">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="I16" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="J16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K16" s="7">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="L16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q16" s="7">
-        <v>63686</v>
+        <v>71369</v>
       </c>
       <c r="R16" s="7">
-        <v>37653</v>
+        <v>42200</v>
       </c>
       <c r="S16" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="7">
-        <v>16535</v>
+        <v>19280</v>
       </c>
       <c r="C17" s="7">
-        <v>35245</v>
+        <v>41155</v>
       </c>
       <c r="D17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E17" s="7">
-        <v>9365</v>
+        <v>10717</v>
       </c>
       <c r="F17" s="7">
-        <v>7848</v>
+        <v>9041</v>
       </c>
       <c r="G17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H17" s="7">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="I17" s="7">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="J17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K17" s="7">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q17" s="7">
-        <v>25949</v>
+        <v>30055</v>
       </c>
       <c r="R17" s="7">
-        <v>43122</v>
+        <v>50229</v>
       </c>
       <c r="S17" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="7">
-        <v>3853</v>
+        <v>4321</v>
       </c>
       <c r="C18" s="7">
-        <v>4706</v>
+        <v>5338</v>
       </c>
       <c r="D18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E18" s="7">
-        <v>2648</v>
+        <v>3055</v>
       </c>
       <c r="F18" s="7">
-        <v>1621</v>
+        <v>1886</v>
       </c>
       <c r="G18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H18" s="7">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="I18" s="7">
         <v>6</v>
       </c>
       <c r="J18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K18" s="7">
         <v>8</v>
       </c>
       <c r="L18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q18" s="7">
-        <v>6533</v>
+        <v>7413</v>
       </c>
       <c r="R18" s="7">
-        <v>6333</v>
+        <v>7230</v>
       </c>
       <c r="S18" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="7">
-        <v>1702</v>
+        <v>1923</v>
       </c>
       <c r="C19" s="7">
-        <v>1802</v>
+        <v>2068</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E19" s="7">
-        <v>1239</v>
+        <v>1436</v>
       </c>
       <c r="F19" s="7">
-        <v>824</v>
+        <v>933</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H19" s="7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I19" s="7">
         <v>2</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K19" s="7">
         <v>1</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q19" s="7">
-        <v>2947</v>
+        <v>3366</v>
       </c>
       <c r="R19" s="7">
-        <v>2628</v>
+        <v>3003</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="7">
-        <v>955</v>
+        <v>1057</v>
       </c>
       <c r="C20" s="7">
-        <v>1004</v>
+        <v>1118</v>
       </c>
       <c r="D20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E20" s="7">
-        <v>621</v>
+        <v>691</v>
       </c>
       <c r="F20" s="7">
-        <v>528</v>
+        <v>593</v>
       </c>
       <c r="G20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H20" s="7">
         <v>8</v>
       </c>
       <c r="I20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K20" s="7">
         <v>2</v>
       </c>
       <c r="L20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q20" s="7">
-        <v>1586</v>
+        <v>1758</v>
       </c>
       <c r="R20" s="7">
-        <v>1532</v>
+        <v>1711</v>
       </c>
       <c r="S20" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="7">
-        <v>1111</v>
+        <v>1244</v>
       </c>
       <c r="C21" s="7">
-        <v>932</v>
+        <v>1039</v>
       </c>
       <c r="D21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E21" s="7">
-        <v>478</v>
+        <v>539</v>
       </c>
       <c r="F21" s="7">
-        <v>395</v>
+        <v>440</v>
       </c>
       <c r="G21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H21" s="7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="L21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q21" s="7">
-        <v>1594</v>
+        <v>1789</v>
       </c>
       <c r="R21" s="7">
-        <v>1327</v>
+        <v>1479</v>
       </c>
       <c r="S21" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B22" s="7">
-        <v>992</v>
+        <v>1118</v>
       </c>
       <c r="C22" s="7">
-        <v>1183</v>
+        <v>1317</v>
       </c>
       <c r="D22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E22" s="7">
-        <v>1206</v>
+        <v>1356</v>
       </c>
       <c r="F22" s="7">
-        <v>1245</v>
+        <v>1397</v>
       </c>
       <c r="G22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H22" s="7">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I22" s="7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K22" s="7">
         <v>1</v>
       </c>
       <c r="L22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N22" s="7">
         <v>2</v>
       </c>
       <c r="O22" s="7">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="P22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q22" s="7">
-        <v>2209</v>
+        <v>2486</v>
       </c>
       <c r="R22" s="7">
-        <v>2461</v>
+        <v>2754</v>
       </c>
       <c r="S22" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:21" s="4" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B23" s="9">
-        <v>124180</v>
+        <v>140744</v>
       </c>
       <c r="C23" s="9">
-        <v>101804</v>
+        <v>116134</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>0</v>
       </c>
       <c r="E23" s="9">
-        <v>30337</v>
+        <v>34379</v>
       </c>
       <c r="F23" s="9">
-        <v>16516</v>
+        <v>18850</v>
       </c>
       <c r="G23" s="9" t="s">
         <v>0</v>
       </c>
       <c r="H23" s="9">
-        <v>1264</v>
+        <v>1423</v>
       </c>
       <c r="I23" s="9">
-        <v>165</v>
+        <v>181</v>
       </c>
       <c r="J23" s="9" t="s">
         <v>0</v>
       </c>
       <c r="K23" s="9">
-        <v>528</v>
+        <v>601</v>
       </c>
       <c r="L23" s="9">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M23" s="9" t="s">
         <v>0</v>
       </c>
       <c r="N23" s="9">
         <v>2</v>
       </c>
       <c r="O23" s="9">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="P23" s="9" t="s">
         <v>0</v>
       </c>
       <c r="Q23" s="9">
-        <v>156311</v>
+        <v>177149</v>
       </c>
       <c r="R23" s="9">
-        <v>118532</v>
+        <v>135226</v>
       </c>
       <c r="S23" s="9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:21" s="4" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B24" s="7">
-        <v>46527</v>
+        <v>52986</v>
       </c>
       <c r="C24" s="7">
-        <v>22012</v>
+        <v>24976</v>
       </c>
       <c r="D24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E24" s="7">
-        <v>3667</v>
+        <v>4108</v>
       </c>
       <c r="F24" s="7">
-        <v>1343</v>
+        <v>1505</v>
       </c>
       <c r="G24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H24" s="7">
-        <v>1109</v>
+        <v>1248</v>
       </c>
       <c r="I24" s="7">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="J24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K24" s="7">
-        <v>504</v>
+        <v>571</v>
       </c>
       <c r="L24" s="7">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="M24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q24" s="7">
-        <v>51807</v>
+        <v>58913</v>
       </c>
       <c r="R24" s="7">
-        <v>23476</v>
+        <v>26620</v>
       </c>
       <c r="S24" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:21" s="4" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B25" s="7">
-        <v>77653</v>
+        <v>87758</v>
       </c>
       <c r="C25" s="7">
-        <v>79792</v>
+        <v>91158</v>
       </c>
       <c r="D25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E25" s="7">
-        <v>26670</v>
+        <v>30271</v>
       </c>
       <c r="F25" s="7">
-        <v>15173</v>
+        <v>17345</v>
       </c>
       <c r="G25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H25" s="7">
-        <v>155</v>
+        <v>175</v>
       </c>
       <c r="I25" s="7">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="J25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K25" s="7">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="L25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N25" s="7">
         <v>2</v>
       </c>
       <c r="O25" s="7">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="P25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q25" s="7">
-        <v>104504</v>
+        <v>118236</v>
       </c>
       <c r="R25" s="7">
-        <v>95056</v>
+        <v>108606</v>
       </c>
       <c r="S25" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:21" s="4" customFormat="1" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B26" s="5">
-        <v>64.73910613625408</v>
+        <v>64.739430028989105</v>
       </c>
       <c r="C26" s="5">
-        <v>65.581353384935923</v>
+        <v>65.592583136721558</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="E26" s="5">
-        <v>66.197010251508075</v>
+        <v>66.206461211786348</v>
       </c>
       <c r="F26" s="5">
-        <v>67.10846875756836</v>
+        <v>67.104317241379306</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="H26" s="5">
-        <v>60.791874999999933</v>
+        <v>60.813478566408932</v>
       </c>
       <c r="I26" s="5">
-        <v>64.36448484848485</v>
+        <v>64.347071823204431</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="K26" s="5">
-        <v>58.985378787878794</v>
+        <v>59.071613976705507</v>
       </c>
       <c r="L26" s="5">
-        <v>61.324444444444438</v>
+        <v>61.682692307692292</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="N26" s="5">
         <v>84.789999999999992</v>
       </c>
       <c r="O26" s="5">
-        <v>83.571724137931028</v>
+        <v>83.894857142857148</v>
       </c>
       <c r="P26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="Q26" s="5">
-        <v>64.970959753312442</v>
+        <v>64.973595504349589</v>
       </c>
       <c r="R26" s="5">
-        <v>65.796199591671581</v>
+        <v>65.805631461405454</v>
       </c>
       <c r="S26" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:21" ht="20.25" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
       <c r="P27" s="3"/>
       <c r="Q27" s="3"/>
       <c r="R27" s="3"/>
       <c r="S27" s="3"/>