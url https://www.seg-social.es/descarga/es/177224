--- v2 (2025-11-30)
+++ v3 (2026-01-20)
@@ -1,84 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7337C624-95D1-434A-A6ED-6AEE830B8266}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACIÓN_INTERNET_INTRANET\ROBOT\202512\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{755055C8-B386-49BC-857E-50F1EDE8174A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{4E0DB729-8C55-46A8-9EDE-4DD6392572B5}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D34F6724-1C05-4FF6-91F8-A79C8AB9FAAA}"/>
   </bookViews>
   <sheets>
     <sheet name="Por sexos (número)" sheetId="1" r:id="rId1"/>
   </sheets>
+  <externalReferences>
+    <externalReference r:id="rId2"/>
+  </externalReferences>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Por sexos (número)'!$A$1:$S$26</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="35">
   <si>
     <t/>
   </si>
   <si>
     <t>Edad media (años)</t>
   </si>
   <si>
     <t>≥ 65 años</t>
   </si>
   <si>
     <t>&lt; 65 años</t>
   </si>
   <si>
     <t>Total Altas</t>
   </si>
   <si>
     <t>Más de 70 años</t>
   </si>
   <si>
     <t>70 años</t>
   </si>
   <si>
     <t>69 años</t>
   </si>
   <si>
@@ -135,51 +144,51 @@
   <si>
     <t>Hombres</t>
   </si>
   <si>
     <t>Total Regímenes</t>
   </si>
   <si>
     <t>Sovi</t>
   </si>
   <si>
     <t>Minería del carbón</t>
   </si>
   <si>
     <t>Trab. del Mar</t>
   </si>
   <si>
     <t>Autónomos</t>
   </si>
   <si>
     <t>General</t>
   </si>
   <si>
     <t>Edades</t>
   </si>
   <si>
-    <t>Datos de número acumulados a octubre</t>
+    <t>Datos de número acumulados a noviembre</t>
   </si>
   <si>
     <t>Altas iniciales de Jubilación según régimen y sexo, por edades. Año 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -408,68 +417,104 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 5" xfId="2" xr:uid="{519406C3-B82B-41E0-81A0-2DEBDF2C62DD}"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{E6D7EB1D-D83D-4CA0-9CB7-17C362E5DA9B}"/>
+    <cellStyle name="Normal 5" xfId="2" xr:uid="{FD681755-1676-4CB3-8CDC-6CA5DDE6C64C}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{EE3F510F-9179-4069-8574-929025936B2D}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///I:\SGGEPEE\AR_ECO\EASE\INF_MENSUAL\PUBLICACI&#211;N_INTERNET_INTRANET\RISP\RISP.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/SGGEPEE/AR_ECO/EASE/INF_MENSUAL/PUBLICACI&#211;N_INTERNET_INTRANET/RISP/RISP.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="INCIDENCIA"/>
+      <sheetName val="Por regímenes"/>
+      <sheetName val="Evolución"/>
+      <sheetName val="Por sexos (número)"/>
+      <sheetName val="Por sexos (media)"/>
+      <sheetName val="Rangos"/>
+      <sheetName val="Tabla ALINEDJ acumulado"/>
+      <sheetName val="Tabla ALINEDJ acumulado (2)"/>
+      <sheetName val="Tabla anual (edades)"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0"/>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5"/>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -718,51 +763,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{37FEB9BC-7B6A-4799-BA19-F21B3A0CC96E}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2BB00EBB-61CB-48FD-8886-68279D1F111F}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:U27"/>
   <sheetViews>
     <sheetView showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:S1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.7109375" style="1" customWidth="1"/>
     <col min="2" max="3" width="8.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="8" style="1" customWidth="1"/>
     <col min="5" max="6" width="8.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="8" style="1" customWidth="1"/>
     <col min="8" max="9" width="8.85546875" style="1" customWidth="1"/>
     <col min="10" max="10" width="8" style="1" customWidth="1"/>
     <col min="11" max="12" width="8.85546875" style="1" customWidth="1"/>
     <col min="13" max="13" width="8" style="1" customWidth="1"/>
     <col min="14" max="15" width="8.85546875" style="1" customWidth="1"/>
     <col min="16" max="16" width="8" style="1" customWidth="1"/>
     <col min="17" max="18" width="8.85546875" style="1" customWidth="1"/>
     <col min="19" max="19" width="8" style="1" customWidth="1"/>
@@ -891,1338 +936,1338 @@
       </c>
       <c r="N4" s="12" t="s">
         <v>25</v>
       </c>
       <c r="O4" s="12" t="s">
         <v>24</v>
       </c>
       <c r="P4" s="11" t="s">
         <v>23</v>
       </c>
       <c r="Q4" s="12" t="s">
         <v>25</v>
       </c>
       <c r="R4" s="12" t="s">
         <v>24</v>
       </c>
       <c r="S4" s="11" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B5" s="7">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C5" s="7">
         <v>7</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="7">
         <v>1</v>
       </c>
       <c r="G5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K5" s="7">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="L5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q5" s="7">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="R5" s="7">
         <v>8</v>
       </c>
       <c r="S5" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="7">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="C6" s="7">
         <v>2</v>
       </c>
       <c r="D6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H6" s="7">
         <v>11</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K6" s="7">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="L6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P6" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q6" s="7">
-        <v>132</v>
+        <v>147</v>
       </c>
       <c r="R6" s="7">
         <v>2</v>
       </c>
       <c r="S6" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="7">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="C7" s="7">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E7" s="7">
         <v>5</v>
       </c>
       <c r="F7" s="7">
         <v>2</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H7" s="7">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K7" s="7">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="L7" s="7">
         <v>1</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P7" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q7" s="7">
-        <v>303</v>
+        <v>347</v>
       </c>
       <c r="R7" s="7">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="S7" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="7">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C8" s="7">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E8" s="7">
         <v>1</v>
       </c>
       <c r="F8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H8" s="7">
-        <v>159</v>
+        <v>176</v>
       </c>
       <c r="I8" s="7">
         <v>2</v>
       </c>
       <c r="J8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K8" s="7">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="L8" s="7">
         <v>1</v>
       </c>
       <c r="M8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q8" s="7">
-        <v>280</v>
+        <v>306</v>
       </c>
       <c r="R8" s="7">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S8" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="7">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="C9" s="7">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E9" s="7">
         <v>1</v>
       </c>
       <c r="F9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H9" s="7">
-        <v>167</v>
+        <v>181</v>
       </c>
       <c r="I9" s="7">
         <v>1</v>
       </c>
       <c r="J9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K9" s="7">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="L9" s="7">
         <v>1</v>
       </c>
       <c r="M9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q9" s="7">
-        <v>298</v>
+        <v>327</v>
       </c>
       <c r="R9" s="7">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="S9" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="7">
-        <v>491</v>
+        <v>524</v>
       </c>
       <c r="C10" s="7">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="D10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E10" s="7">
         <v>6</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="G10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H10" s="7">
-        <v>198</v>
+        <v>221</v>
       </c>
       <c r="I10" s="7">
         <v>1</v>
       </c>
       <c r="J10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K10" s="7">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="L10" s="7">
         <v>3</v>
       </c>
       <c r="M10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q10" s="7">
-        <v>742</v>
+        <v>806</v>
       </c>
       <c r="R10" s="7">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="S10" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="7">
-        <v>1512</v>
+        <v>1635</v>
       </c>
       <c r="C11" s="7">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E11" s="7">
         <v>7</v>
       </c>
       <c r="F11" s="7">
         <v>1</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H11" s="7">
-        <v>176</v>
+        <v>196</v>
       </c>
       <c r="I11" s="7">
         <v>1</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K11" s="7">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>43</v>
+      </c>
+      <c r="L11" s="7">
+        <v>1</v>
       </c>
       <c r="M11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q11" s="7">
-        <v>1731</v>
+        <v>1881</v>
       </c>
       <c r="R11" s="7">
-        <v>135</v>
+        <v>147</v>
       </c>
       <c r="S11" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="7">
-        <v>6338</v>
+        <v>6936</v>
       </c>
       <c r="C12" s="7">
-        <v>1242</v>
+        <v>1365</v>
       </c>
       <c r="D12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E12" s="7">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>21</v>
+      </c>
+      <c r="F12" s="7">
+        <v>1</v>
       </c>
       <c r="G12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H12" s="7">
-        <v>158</v>
+        <v>180</v>
       </c>
       <c r="I12" s="7">
         <v>8</v>
       </c>
       <c r="J12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K12" s="7">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="L12" s="7">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="M12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q12" s="7">
-        <v>6578</v>
+        <v>7207</v>
       </c>
       <c r="R12" s="7">
-        <v>1256</v>
+        <v>1382</v>
       </c>
       <c r="S12" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="7">
-        <v>8005</v>
+        <v>8680</v>
       </c>
       <c r="C13" s="7">
-        <v>3537</v>
+        <v>3838</v>
       </c>
       <c r="D13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E13" s="7">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F13" s="7">
         <v>7</v>
       </c>
       <c r="G13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H13" s="7">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="I13" s="7">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="J13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K13" s="7">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="L13" s="7">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="M13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q13" s="7">
-        <v>8195</v>
+        <v>8888</v>
       </c>
       <c r="R13" s="7">
-        <v>3588</v>
+        <v>3897</v>
       </c>
       <c r="S13" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="7">
-        <v>23577</v>
+        <v>25742</v>
       </c>
       <c r="C14" s="7">
-        <v>12188</v>
+        <v>13328</v>
       </c>
       <c r="D14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E14" s="7">
-        <v>1978</v>
+        <v>2149</v>
       </c>
       <c r="F14" s="7">
-        <v>828</v>
+        <v>911</v>
       </c>
       <c r="G14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H14" s="7">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="I14" s="7">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K14" s="7">
         <v>38</v>
       </c>
       <c r="L14" s="7">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="M14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P14" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q14" s="7">
-        <v>25680</v>
+        <v>28030</v>
       </c>
       <c r="R14" s="7">
-        <v>13064</v>
+        <v>14290</v>
       </c>
       <c r="S14" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="7">
-        <v>12749</v>
+        <v>14012</v>
       </c>
       <c r="C15" s="7">
-        <v>7697</v>
+        <v>8403</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E15" s="7">
-        <v>2057</v>
+        <v>2280</v>
       </c>
       <c r="F15" s="7">
-        <v>666</v>
+        <v>742</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H15" s="7">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I15" s="7">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K15" s="7">
         <v>24</v>
       </c>
       <c r="L15" s="7">
         <v>1</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q15" s="7">
-        <v>14893</v>
+        <v>16389</v>
       </c>
       <c r="R15" s="7">
-        <v>8385</v>
+        <v>9170</v>
       </c>
       <c r="S15" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="7">
-        <v>58815</v>
+        <v>63913</v>
       </c>
       <c r="C16" s="7">
-        <v>39123</v>
+        <v>42499</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E16" s="7">
-        <v>12477</v>
+        <v>13579</v>
       </c>
       <c r="F16" s="7">
-        <v>3055</v>
+        <v>3340</v>
       </c>
       <c r="G16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H16" s="7">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="I16" s="7">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="J16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K16" s="7">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q16" s="7">
-        <v>71369</v>
+        <v>77578</v>
       </c>
       <c r="R16" s="7">
-        <v>42200</v>
+        <v>45865</v>
       </c>
       <c r="S16" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="7">
-        <v>19280</v>
+        <v>21462</v>
       </c>
       <c r="C17" s="7">
-        <v>41155</v>
+        <v>45835</v>
       </c>
       <c r="D17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E17" s="7">
-        <v>10717</v>
+        <v>11829</v>
       </c>
       <c r="F17" s="7">
-        <v>9041</v>
+        <v>10043</v>
       </c>
       <c r="G17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H17" s="7">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="I17" s="7">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="J17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K17" s="7">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P17" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q17" s="7">
-        <v>30055</v>
+        <v>33353</v>
       </c>
       <c r="R17" s="7">
-        <v>50229</v>
+        <v>55913</v>
       </c>
       <c r="S17" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="7">
-        <v>4321</v>
+        <v>4769</v>
       </c>
       <c r="C18" s="7">
-        <v>5338</v>
+        <v>5939</v>
       </c>
       <c r="D18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E18" s="7">
-        <v>3055</v>
+        <v>3436</v>
       </c>
       <c r="F18" s="7">
-        <v>1886</v>
+        <v>2108</v>
       </c>
       <c r="G18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H18" s="7">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="I18" s="7">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K18" s="7">
         <v>8</v>
       </c>
       <c r="L18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P18" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q18" s="7">
-        <v>7413</v>
+        <v>8244</v>
       </c>
       <c r="R18" s="7">
-        <v>7230</v>
+        <v>8054</v>
       </c>
       <c r="S18" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="7">
-        <v>1923</v>
+        <v>2113</v>
       </c>
       <c r="C19" s="7">
-        <v>2068</v>
+        <v>2301</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E19" s="7">
-        <v>1436</v>
+        <v>1599</v>
       </c>
       <c r="F19" s="7">
-        <v>933</v>
+        <v>1039</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H19" s="7">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I19" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K19" s="7">
         <v>1</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q19" s="7">
-        <v>3366</v>
+        <v>3721</v>
       </c>
       <c r="R19" s="7">
-        <v>3003</v>
+        <v>3343</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="7">
-        <v>1057</v>
+        <v>1144</v>
       </c>
       <c r="C20" s="7">
-        <v>1118</v>
+        <v>1229</v>
       </c>
       <c r="D20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E20" s="7">
-        <v>691</v>
+        <v>765</v>
       </c>
       <c r="F20" s="7">
-        <v>593</v>
+        <v>644</v>
       </c>
       <c r="G20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H20" s="7">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K20" s="7">
         <v>2</v>
       </c>
       <c r="L20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P20" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q20" s="7">
-        <v>1758</v>
+        <v>1920</v>
       </c>
       <c r="R20" s="7">
-        <v>1711</v>
+        <v>1873</v>
       </c>
       <c r="S20" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="7">
-        <v>1244</v>
+        <v>1345</v>
       </c>
       <c r="C21" s="7">
-        <v>1039</v>
+        <v>1127</v>
       </c>
       <c r="D21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E21" s="7">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="F21" s="7">
-        <v>440</v>
+        <v>481</v>
       </c>
       <c r="G21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H21" s="7">
         <v>6</v>
       </c>
       <c r="I21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="L21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P21" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q21" s="7">
-        <v>1789</v>
+        <v>1958</v>
       </c>
       <c r="R21" s="7">
-        <v>1479</v>
+        <v>1608</v>
       </c>
       <c r="S21" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B22" s="7">
-        <v>1118</v>
+        <v>1224</v>
       </c>
       <c r="C22" s="7">
-        <v>1317</v>
+        <v>1420</v>
       </c>
       <c r="D22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E22" s="7">
-        <v>1356</v>
+        <v>1508</v>
       </c>
       <c r="F22" s="7">
-        <v>1397</v>
+        <v>1516</v>
       </c>
       <c r="G22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H22" s="7">
         <v>9</v>
       </c>
       <c r="I22" s="7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K22" s="7">
         <v>1</v>
       </c>
       <c r="L22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N22" s="7">
         <v>2</v>
       </c>
       <c r="O22" s="7">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="P22" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q22" s="7">
-        <v>2486</v>
+        <v>2744</v>
       </c>
       <c r="R22" s="7">
-        <v>2754</v>
+        <v>2982</v>
       </c>
       <c r="S22" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:21" s="4" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="10" t="s">
         <v>4</v>
       </c>
       <c r="B23" s="9">
-        <v>140744</v>
+        <v>153843</v>
       </c>
       <c r="C23" s="9">
-        <v>116134</v>
+        <v>127621</v>
       </c>
       <c r="D23" s="9" t="s">
         <v>0</v>
       </c>
       <c r="E23" s="9">
-        <v>34379</v>
+        <v>37827</v>
       </c>
       <c r="F23" s="9">
-        <v>18850</v>
+        <v>20836</v>
       </c>
       <c r="G23" s="9" t="s">
         <v>0</v>
       </c>
       <c r="H23" s="9">
-        <v>1423</v>
+        <v>1581</v>
       </c>
       <c r="I23" s="9">
-        <v>181</v>
+        <v>202</v>
       </c>
       <c r="J23" s="9" t="s">
         <v>0</v>
       </c>
       <c r="K23" s="9">
-        <v>601</v>
+        <v>682</v>
       </c>
       <c r="L23" s="9">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="M23" s="9" t="s">
         <v>0</v>
       </c>
       <c r="N23" s="9">
         <v>2</v>
       </c>
       <c r="O23" s="9">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="P23" s="9" t="s">
         <v>0</v>
       </c>
       <c r="Q23" s="9">
-        <v>177149</v>
+        <v>193935</v>
       </c>
       <c r="R23" s="9">
-        <v>135226</v>
+        <v>148730</v>
       </c>
       <c r="S23" s="9" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:21" s="4" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>3</v>
       </c>
       <c r="B24" s="7">
-        <v>52986</v>
+        <v>57873</v>
       </c>
       <c r="C24" s="7">
-        <v>24976</v>
+        <v>27271</v>
       </c>
       <c r="D24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E24" s="7">
-        <v>4108</v>
+        <v>4504</v>
       </c>
       <c r="F24" s="7">
-        <v>1505</v>
+        <v>1665</v>
       </c>
       <c r="G24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H24" s="7">
-        <v>1248</v>
+        <v>1390</v>
       </c>
       <c r="I24" s="7">
-        <v>113</v>
+        <v>125</v>
       </c>
       <c r="J24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K24" s="7">
-        <v>571</v>
+        <v>650</v>
       </c>
       <c r="L24" s="7">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="M24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="O24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="P24" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q24" s="7">
-        <v>58913</v>
+        <v>64417</v>
       </c>
       <c r="R24" s="7">
-        <v>26620</v>
+        <v>29092</v>
       </c>
       <c r="S24" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:21" s="4" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B25" s="7">
-        <v>87758</v>
+        <v>95970</v>
       </c>
       <c r="C25" s="7">
-        <v>91158</v>
+        <v>100350</v>
       </c>
       <c r="D25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="E25" s="7">
-        <v>30271</v>
+        <v>33323</v>
       </c>
       <c r="F25" s="7">
-        <v>17345</v>
+        <v>19171</v>
       </c>
       <c r="G25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="H25" s="7">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="I25" s="7">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="J25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="K25" s="7">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="L25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="M25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="N25" s="7">
         <v>2</v>
       </c>
       <c r="O25" s="7">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="P25" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Q25" s="7">
-        <v>118236</v>
+        <v>129518</v>
       </c>
       <c r="R25" s="7">
-        <v>108606</v>
+        <v>119638</v>
       </c>
       <c r="S25" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:21" s="4" customFormat="1" ht="20.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B26" s="5">
-        <v>64.739430028989105</v>
+        <v>64.745057493678829</v>
       </c>
       <c r="C26" s="5">
-        <v>65.592583136721558</v>
+        <v>65.602853762312023</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="E26" s="5">
-        <v>66.206461211786348</v>
+        <v>66.223650831416876</v>
       </c>
       <c r="F26" s="5">
-        <v>67.104317241379306</v>
+        <v>67.093577462084994</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="H26" s="5">
-        <v>60.813478566408932</v>
+        <v>60.815363693864583</v>
       </c>
       <c r="I26" s="5">
-        <v>64.347071823204431</v>
+        <v>64.395594059405951</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="K26" s="5">
-        <v>59.071613976705507</v>
+        <v>59.000527859237579</v>
       </c>
       <c r="L26" s="5">
-        <v>61.682692307692292</v>
+        <v>61.69903225806452</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="N26" s="5">
         <v>84.789999999999992</v>
       </c>
       <c r="O26" s="5">
-        <v>83.894857142857148</v>
+        <v>83.716250000000002</v>
       </c>
       <c r="P26" s="5" t="s">
         <v>0</v>
       </c>
       <c r="Q26" s="5">
-        <v>64.973595504349589</v>
+        <v>64.981426508881896</v>
       </c>
       <c r="R26" s="5">
-        <v>65.805631461405454</v>
+        <v>65.814111544409172</v>
       </c>
       <c r="S26" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:21" ht="20.25" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
       <c r="P27" s="3"/>
       <c r="Q27" s="3"/>
       <c r="R27" s="3"/>
       <c r="S27" s="3"/>
@@ -2268,31 +2313,31 @@
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Por sexos (número)</vt:lpstr>
       <vt:lpstr>'Por sexos (número)'!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>ECHEVARRIA LOPEZ, LUIS JAVIER</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>