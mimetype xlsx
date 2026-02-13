--- v3 (2026-01-20)
+++ v4 (2026-02-13)
@@ -1,520 +1,475 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
-[...6 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{755055C8-B386-49BC-857E-50F1EDE8174A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0884BAC4-0E11-4523-AF83-BC2273EBD9DB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D34F6724-1C05-4FF6-91F8-A79C8AB9FAAA}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{FA3FEAB6-63CE-4498-9B60-24A8D68156F8}"/>
   </bookViews>
   <sheets>
     <sheet name="Por sexos (número)" sheetId="1" r:id="rId1"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
   <definedNames>
     <definedName name="_Dist_Values" hidden="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Por sexos (número)'!$A$1:$S$26</definedName>
     <definedName name="MESES">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="35">
   <si>
+    <t>Altas iniciales de Jubilación según régimen y sexo, por edades. Año 2025</t>
+  </si>
+  <si>
+    <t>Datos de número acumulados a diciembre</t>
+  </si>
+  <si>
+    <t>Edades</t>
+  </si>
+  <si>
+    <t>General</t>
+  </si>
+  <si>
+    <t>Autónomos</t>
+  </si>
+  <si>
+    <t>Trab. del Mar</t>
+  </si>
+  <si>
+    <t>Minería del carbón</t>
+  </si>
+  <si>
+    <t>Sovi</t>
+  </si>
+  <si>
+    <t>Total Regímenes</t>
+  </si>
+  <si>
+    <t>Hombres</t>
+  </si>
+  <si>
+    <t>Mujeres</t>
+  </si>
+  <si>
+    <t>No consta</t>
+  </si>
+  <si>
+    <t>Hasta 54 años</t>
+  </si>
+  <si>
     <t/>
   </si>
   <si>
+    <t>55 años</t>
+  </si>
+  <si>
+    <t>56 años</t>
+  </si>
+  <si>
+    <t>57 años</t>
+  </si>
+  <si>
+    <t>58 años</t>
+  </si>
+  <si>
+    <t>59 años</t>
+  </si>
+  <si>
+    <t>60 años</t>
+  </si>
+  <si>
+    <t>61 años</t>
+  </si>
+  <si>
+    <t>62 años</t>
+  </si>
+  <si>
+    <t>63 años</t>
+  </si>
+  <si>
+    <t>64 años</t>
+  </si>
+  <si>
+    <t>65 años</t>
+  </si>
+  <si>
+    <t>66 años</t>
+  </si>
+  <si>
+    <t>67 años</t>
+  </si>
+  <si>
+    <t>68 años</t>
+  </si>
+  <si>
+    <t>69 años</t>
+  </si>
+  <si>
+    <t>70 años</t>
+  </si>
+  <si>
+    <t>Más de 70 años</t>
+  </si>
+  <si>
+    <t>Total Altas</t>
+  </si>
+  <si>
+    <t>&lt; 65 años</t>
+  </si>
+  <si>
+    <t>≥ 65 años</t>
+  </si>
+  <si>
     <t>Edad media (años)</t>
-  </si>
-[...97 lines deleted...]
-    <t>Altas iniciales de Jubilación según régimen y sexo, por edades. Año 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="16"/>
+      <b/>
+      <sz val="13"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="9"/>
-[...4 lines deleted...]
-      <b/>
       <sz val="16"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="8"/>
-[...5 lines deleted...]
-      <sz val="9"/>
+      <sz val="11"/>
       <name val="Tahoma"/>
-      <family val="2"/>
-[...3 lines deleted...]
-      <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="9"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
       <b/>
-      <sz val="11"/>
+      <sz val="9"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="13"/>
+      <sz val="8"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
+      <top/>
+      <bottom style="double">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
       <top style="double">
-        <color indexed="64"/>
+        <color indexed="8"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
       <right/>
-      <top style="thin">
-        <color indexed="64"/>
+      <top style="double">
+        <color indexed="8"/>
       </top>
-      <bottom style="double">
-        <color indexed="64"/>
+      <bottom style="thin">
+        <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="thin">
+      <top style="double">
         <color indexed="8"/>
       </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="double">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left/>
+      <right/>
+      <top style="thin">
         <color indexed="8"/>
-      </left>
-[...3 lines deleted...]
-      <top/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...3 lines deleted...]
-        <color indexed="8"/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
       </top>
-      <bottom style="thin">
-        <color indexed="8"/>
+      <bottom style="double">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="double">
-        <color indexed="8"/>
-[...27 lines deleted...]
-        <color indexed="8"/>
+        <color indexed="64"/>
       </top>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...25 lines deleted...]
-    </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 5" xfId="2" xr:uid="{FD681755-1676-4CB3-8CDC-6CA5DDE6C64C}"/>
-    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{EE3F510F-9179-4069-8574-929025936B2D}"/>
+    <cellStyle name="Normal 5" xfId="2" xr:uid="{36EE1D26-21BB-4DBC-BD57-CA7ACA700C91}"/>
+    <cellStyle name="Normal_ALTAS INICIALES JUBILACION" xfId="1" xr:uid="{F5CD83D3-E381-45FB-A4F4-B30C6B668E0D}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...35 lines deleted...]
-</externalLink>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -763,1537 +718,1537 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2BB00EBB-61CB-48FD-8886-68279D1F111F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{65BEE7B6-2127-4F73-BFE9-E51C5AB8F74C}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:U27"/>
   <sheetViews>
     <sheetView showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:S1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.7109375" defaultRowHeight="19.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="12.44140625" defaultRowHeight="20.399999999999999" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="16.7109375" style="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="22" max="16384" width="10.7109375" style="1"/>
+    <col min="1" max="1" width="19.44140625" style="2" customWidth="1"/>
+    <col min="2" max="3" width="10.33203125" style="2" customWidth="1"/>
+    <col min="4" max="4" width="9.33203125" style="2" customWidth="1"/>
+    <col min="5" max="6" width="10.33203125" style="2" customWidth="1"/>
+    <col min="7" max="7" width="9.33203125" style="2" customWidth="1"/>
+    <col min="8" max="9" width="10.33203125" style="2" customWidth="1"/>
+    <col min="10" max="10" width="9.33203125" style="2" customWidth="1"/>
+    <col min="11" max="12" width="10.33203125" style="2" customWidth="1"/>
+    <col min="13" max="13" width="9.33203125" style="2" customWidth="1"/>
+    <col min="14" max="15" width="10.33203125" style="2" customWidth="1"/>
+    <col min="16" max="16" width="9.33203125" style="2" customWidth="1"/>
+    <col min="17" max="18" width="10.33203125" style="2" customWidth="1"/>
+    <col min="19" max="19" width="9.33203125" style="2" customWidth="1"/>
+    <col min="20" max="21" width="13.44140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="22" max="16384" width="12.44140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="19" t="s">
+    <row r="1" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
+      <c r="E1" s="1"/>
+      <c r="F1" s="1"/>
+      <c r="G1" s="1"/>
+      <c r="H1" s="1"/>
+      <c r="I1" s="1"/>
+      <c r="J1" s="1"/>
+      <c r="K1" s="1"/>
+      <c r="L1" s="1"/>
+      <c r="M1" s="1"/>
+      <c r="N1" s="1"/>
+      <c r="O1" s="1"/>
+      <c r="P1" s="1"/>
+      <c r="Q1" s="1"/>
+      <c r="R1" s="1"/>
+      <c r="S1" s="1"/>
+    </row>
+    <row r="2" spans="1:19" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="3"/>
+      <c r="O2" s="3"/>
+      <c r="P2" s="3"/>
+      <c r="Q2" s="3"/>
+      <c r="R2" s="3"/>
+      <c r="S2" s="3"/>
+    </row>
+    <row r="3" spans="1:19" ht="30" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="6"/>
+      <c r="D3" s="7"/>
+      <c r="E3" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="F3" s="6"/>
+      <c r="G3" s="7"/>
+      <c r="H3" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="I3" s="6"/>
+      <c r="J3" s="7"/>
+      <c r="K3" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="L3" s="6"/>
+      <c r="M3" s="7"/>
+      <c r="N3" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="O3" s="6"/>
+      <c r="P3" s="7"/>
+      <c r="Q3" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="R3" s="6"/>
+      <c r="S3" s="7"/>
+    </row>
+    <row r="4" spans="1:19" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="8"/>
+      <c r="B4" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="F4" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="H4" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="K4" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="L4" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="M4" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="N4" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="O4" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="P4" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q4" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="R4" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="S4" s="10" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" s="12">
+        <v>25</v>
+      </c>
+      <c r="C5" s="12">
+        <v>8</v>
+      </c>
+      <c r="D5" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F5" s="12">
+        <v>1</v>
+      </c>
+      <c r="G5" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H5" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="I5" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="J5" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K5" s="12">
+        <v>71</v>
+      </c>
+      <c r="L5" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="M5" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N5" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O5" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P5" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q5" s="12">
+        <v>96</v>
+      </c>
+      <c r="R5" s="12">
+        <v>9</v>
+      </c>
+      <c r="S5" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="6" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" s="12">
+        <v>40</v>
+      </c>
+      <c r="C6" s="12">
+        <v>2</v>
+      </c>
+      <c r="D6" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H6" s="12">
+        <v>11</v>
+      </c>
+      <c r="I6" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="J6" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K6" s="12">
+        <v>108</v>
+      </c>
+      <c r="L6" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="M6" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N6" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O6" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P6" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q6" s="12">
+        <v>159</v>
+      </c>
+      <c r="R6" s="12">
+        <v>2</v>
+      </c>
+      <c r="S6" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="12">
+        <v>139</v>
+      </c>
+      <c r="C7" s="12">
+        <v>64</v>
+      </c>
+      <c r="D7" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="12">
+        <v>5</v>
+      </c>
+      <c r="F7" s="12">
+        <v>2</v>
+      </c>
+      <c r="G7" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H7" s="12">
+        <v>143</v>
+      </c>
+      <c r="I7" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="J7" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K7" s="12">
+        <v>90</v>
+      </c>
+      <c r="L7" s="12">
+        <v>1</v>
+      </c>
+      <c r="M7" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N7" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O7" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P7" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q7" s="12">
+        <v>377</v>
+      </c>
+      <c r="R7" s="12">
+        <v>67</v>
+      </c>
+      <c r="S7" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="12">
+        <v>68</v>
+      </c>
+      <c r="C8" s="12">
+        <v>31</v>
+      </c>
+      <c r="D8" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="12">
+        <v>1</v>
+      </c>
+      <c r="F8" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H8" s="12">
+        <v>197</v>
+      </c>
+      <c r="I8" s="12">
+        <v>2</v>
+      </c>
+      <c r="J8" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K8" s="12">
+        <v>67</v>
+      </c>
+      <c r="L8" s="12">
+        <v>1</v>
+      </c>
+      <c r="M8" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N8" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O8" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P8" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q8" s="12">
+        <v>333</v>
+      </c>
+      <c r="R8" s="12">
         <v>34</v>
       </c>
-      <c r="B1" s="19"/>
-[...19 lines deleted...]
-      <c r="A2" s="18" t="s">
+      <c r="S8" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="9" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" s="12">
+        <v>88</v>
+      </c>
+      <c r="C9" s="12">
+        <v>29</v>
+      </c>
+      <c r="D9" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="12">
+        <v>1</v>
+      </c>
+      <c r="F9" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H9" s="12">
+        <v>208</v>
+      </c>
+      <c r="I9" s="12">
+        <v>1</v>
+      </c>
+      <c r="J9" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K9" s="12">
+        <v>65</v>
+      </c>
+      <c r="L9" s="12">
+        <v>1</v>
+      </c>
+      <c r="M9" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N9" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O9" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P9" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q9" s="12">
+        <v>362</v>
+      </c>
+      <c r="R9" s="12">
+        <v>31</v>
+      </c>
+      <c r="S9" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="10" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" s="12">
+        <v>563</v>
+      </c>
+      <c r="C10" s="12">
+        <v>73</v>
+      </c>
+      <c r="D10" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="12">
+        <v>6</v>
+      </c>
+      <c r="F10" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H10" s="12">
+        <v>243</v>
+      </c>
+      <c r="I10" s="12">
+        <v>1</v>
+      </c>
+      <c r="J10" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K10" s="12">
+        <v>61</v>
+      </c>
+      <c r="L10" s="12">
+        <v>3</v>
+      </c>
+      <c r="M10" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N10" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O10" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P10" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q10" s="12">
+        <v>873</v>
+      </c>
+      <c r="R10" s="12">
+        <v>77</v>
+      </c>
+      <c r="S10" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" s="12">
+        <v>1740</v>
+      </c>
+      <c r="C11" s="12">
+        <v>149</v>
+      </c>
+      <c r="D11" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="12">
+        <v>8</v>
+      </c>
+      <c r="F11" s="12">
+        <v>2</v>
+      </c>
+      <c r="G11" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H11" s="12">
+        <v>205</v>
+      </c>
+      <c r="I11" s="12">
+        <v>1</v>
+      </c>
+      <c r="J11" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K11" s="12">
+        <v>49</v>
+      </c>
+      <c r="L11" s="12">
+        <v>1</v>
+      </c>
+      <c r="M11" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N11" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O11" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P11" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q11" s="12">
+        <v>2002</v>
+      </c>
+      <c r="R11" s="12">
+        <v>153</v>
+      </c>
+      <c r="S11" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="12" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="12">
+        <v>7584</v>
+      </c>
+      <c r="C12" s="12">
+        <v>1488</v>
+      </c>
+      <c r="D12" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="12">
+        <v>23</v>
+      </c>
+      <c r="F12" s="12">
+        <v>2</v>
+      </c>
+      <c r="G12" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H12" s="12">
+        <v>192</v>
+      </c>
+      <c r="I12" s="12">
+        <v>10</v>
+      </c>
+      <c r="J12" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K12" s="12">
+        <v>81</v>
+      </c>
+      <c r="L12" s="12">
+        <v>8</v>
+      </c>
+      <c r="M12" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N12" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O12" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P12" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q12" s="12">
+        <v>7880</v>
+      </c>
+      <c r="R12" s="12">
+        <v>1508</v>
+      </c>
+      <c r="S12" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B13" s="12">
+        <v>9407</v>
+      </c>
+      <c r="C13" s="12">
+        <v>4117</v>
+      </c>
+      <c r="D13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="12">
+        <v>38</v>
+      </c>
+      <c r="F13" s="12">
+        <v>7</v>
+      </c>
+      <c r="G13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" s="12">
+        <v>133</v>
+      </c>
+      <c r="I13" s="12">
+        <v>49</v>
+      </c>
+      <c r="J13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K13" s="12">
+        <v>56</v>
+      </c>
+      <c r="L13" s="12">
+        <v>8</v>
+      </c>
+      <c r="M13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q13" s="12">
+        <v>9634</v>
+      </c>
+      <c r="R13" s="12">
+        <v>4181</v>
+      </c>
+      <c r="S13" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="14" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" s="12">
+        <v>29562</v>
+      </c>
+      <c r="C14" s="12">
+        <v>15362</v>
+      </c>
+      <c r="D14" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="12">
+        <v>2521</v>
+      </c>
+      <c r="F14" s="12">
+        <v>1062</v>
+      </c>
+      <c r="G14" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H14" s="12">
+        <v>107</v>
+      </c>
+      <c r="I14" s="12">
+        <v>48</v>
+      </c>
+      <c r="J14" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K14" s="12">
+        <v>42</v>
+      </c>
+      <c r="L14" s="12">
+        <v>7</v>
+      </c>
+      <c r="M14" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N14" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O14" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P14" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q14" s="12">
+        <v>32232</v>
+      </c>
+      <c r="R14" s="12">
+        <v>16479</v>
+      </c>
+      <c r="S14" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" s="12">
+        <v>16288</v>
+      </c>
+      <c r="C15" s="12">
+        <v>9630</v>
+      </c>
+      <c r="D15" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="12">
+        <v>2679</v>
+      </c>
+      <c r="F15" s="12">
+        <v>842</v>
+      </c>
+      <c r="G15" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15" s="12">
+        <v>77</v>
+      </c>
+      <c r="I15" s="12">
+        <v>28</v>
+      </c>
+      <c r="J15" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K15" s="12">
+        <v>25</v>
+      </c>
+      <c r="L15" s="12">
+        <v>1</v>
+      </c>
+      <c r="M15" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N15" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O15" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P15" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q15" s="12">
+        <v>19069</v>
+      </c>
+      <c r="R15" s="12">
+        <v>10501</v>
+      </c>
+      <c r="S15" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="16" spans="1:19" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B16" s="12">
+        <v>68424</v>
+      </c>
+      <c r="C16" s="12">
+        <v>45544</v>
+      </c>
+      <c r="D16" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="12">
+        <v>14656</v>
+      </c>
+      <c r="F16" s="12">
+        <v>3595</v>
+      </c>
+      <c r="G16" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H16" s="12">
+        <v>86</v>
+      </c>
+      <c r="I16" s="12">
+        <v>31</v>
+      </c>
+      <c r="J16" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K16" s="12">
+        <v>9</v>
+      </c>
+      <c r="L16" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="M16" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N16" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O16" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P16" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q16" s="12">
+        <v>83175</v>
+      </c>
+      <c r="R16" s="12">
+        <v>49170</v>
+      </c>
+      <c r="S16" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B17" s="12">
+        <v>23425</v>
+      </c>
+      <c r="C17" s="12">
+        <v>50050</v>
+      </c>
+      <c r="D17" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="12">
+        <v>12867</v>
+      </c>
+      <c r="F17" s="12">
+        <v>11033</v>
+      </c>
+      <c r="G17" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" s="12">
+        <v>61</v>
+      </c>
+      <c r="I17" s="12">
+        <v>36</v>
+      </c>
+      <c r="J17" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K17" s="12">
+        <v>11</v>
+      </c>
+      <c r="L17" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="M17" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N17" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O17" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P17" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q17" s="12">
+        <v>36364</v>
+      </c>
+      <c r="R17" s="12">
+        <v>61119</v>
+      </c>
+      <c r="S17" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="18" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B18" s="12">
+        <v>5140</v>
+      </c>
+      <c r="C18" s="12">
+        <v>6450</v>
+      </c>
+      <c r="D18" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="12">
+        <v>3796</v>
+      </c>
+      <c r="F18" s="12">
+        <v>2296</v>
+      </c>
+      <c r="G18" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" s="12">
         <v>33</v>
       </c>
-      <c r="B2" s="18"/>
-[...19 lines deleted...]
-      <c r="A3" s="17" t="s">
+      <c r="I18" s="12">
+        <v>7</v>
+      </c>
+      <c r="J18" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K18" s="12">
+        <v>8</v>
+      </c>
+      <c r="L18" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="M18" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N18" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O18" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P18" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q18" s="12">
+        <v>8977</v>
+      </c>
+      <c r="R18" s="12">
+        <v>8753</v>
+      </c>
+      <c r="S18" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B19" s="12">
+        <v>2268</v>
+      </c>
+      <c r="C19" s="12">
+        <v>2496</v>
+      </c>
+      <c r="D19" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="12">
+        <v>1754</v>
+      </c>
+      <c r="F19" s="12">
+        <v>1133</v>
+      </c>
+      <c r="G19" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H19" s="12">
+        <v>10</v>
+      </c>
+      <c r="I19" s="12">
+        <v>4</v>
+      </c>
+      <c r="J19" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K19" s="12">
+        <v>1</v>
+      </c>
+      <c r="L19" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="M19" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N19" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O19" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P19" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q19" s="12">
+        <v>4033</v>
+      </c>
+      <c r="R19" s="12">
+        <v>3633</v>
+      </c>
+      <c r="S19" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" s="12">
+        <v>1213</v>
+      </c>
+      <c r="C20" s="12">
+        <v>1315</v>
+      </c>
+      <c r="D20" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="12">
+        <v>832</v>
+      </c>
+      <c r="F20" s="12">
+        <v>690</v>
+      </c>
+      <c r="G20" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H20" s="12">
+        <v>9</v>
+      </c>
+      <c r="I20" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="J20" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K20" s="12">
+        <v>2</v>
+      </c>
+      <c r="L20" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="M20" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N20" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O20" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P20" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q20" s="12">
+        <v>2056</v>
+      </c>
+      <c r="R20" s="12">
+        <v>2005</v>
+      </c>
+      <c r="S20" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="21" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21" s="12">
+        <v>1455</v>
+      </c>
+      <c r="C21" s="12">
+        <v>1215</v>
+      </c>
+      <c r="D21" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="12">
+        <v>661</v>
+      </c>
+      <c r="F21" s="12">
+        <v>510</v>
+      </c>
+      <c r="G21" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H21" s="12">
+        <v>7</v>
+      </c>
+      <c r="I21" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="J21" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K21" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="L21" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="M21" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N21" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O21" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P21" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q21" s="12">
+        <v>2123</v>
+      </c>
+      <c r="R21" s="12">
+        <v>1725</v>
+      </c>
+      <c r="S21" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="22" spans="1:21" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B22" s="12">
+        <v>1310</v>
+      </c>
+      <c r="C22" s="12">
+        <v>1514</v>
+      </c>
+      <c r="D22" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="12">
+        <v>1614</v>
+      </c>
+      <c r="F22" s="12">
+        <v>1630</v>
+      </c>
+      <c r="G22" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" s="12">
+        <v>10</v>
+      </c>
+      <c r="I22" s="12">
+        <v>6</v>
+      </c>
+      <c r="J22" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K22" s="12">
+        <v>1</v>
+      </c>
+      <c r="L22" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="M22" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N22" s="12">
+        <v>4</v>
+      </c>
+      <c r="O22" s="12">
+        <v>43</v>
+      </c>
+      <c r="P22" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q22" s="12">
+        <v>2939</v>
+      </c>
+      <c r="R22" s="12">
+        <v>3193</v>
+      </c>
+      <c r="S22" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="23" spans="1:21" s="15" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="B23" s="14">
+        <v>168739</v>
+      </c>
+      <c r="C23" s="14">
+        <v>139537</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="14">
+        <v>41462</v>
+      </c>
+      <c r="F23" s="14">
+        <v>22805</v>
+      </c>
+      <c r="G23" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" s="14">
+        <v>1732</v>
+      </c>
+      <c r="I23" s="14">
+        <v>224</v>
+      </c>
+      <c r="J23" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="K23" s="14">
+        <v>747</v>
+      </c>
+      <c r="L23" s="14">
+        <v>31</v>
+      </c>
+      <c r="M23" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="N23" s="14">
+        <v>4</v>
+      </c>
+      <c r="O23" s="14">
+        <v>43</v>
+      </c>
+      <c r="P23" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q23" s="14">
+        <v>212684</v>
+      </c>
+      <c r="R23" s="14">
+        <v>162640</v>
+      </c>
+      <c r="S23" s="14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="24" spans="1:21" s="15" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="11" t="s">
         <v>32</v>
       </c>
-      <c r="B3" s="16" t="s">
+      <c r="B24" s="12">
+        <v>65504</v>
+      </c>
+      <c r="C24" s="12">
+        <v>30953</v>
+      </c>
+      <c r="D24" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="12">
+        <v>5282</v>
+      </c>
+      <c r="F24" s="12">
+        <v>1918</v>
+      </c>
+      <c r="G24" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H24" s="12">
+        <v>1516</v>
+      </c>
+      <c r="I24" s="12">
+        <v>140</v>
+      </c>
+      <c r="J24" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K24" s="12">
+        <v>715</v>
+      </c>
+      <c r="L24" s="12">
         <v>31</v>
       </c>
-      <c r="C3" s="15"/>
-[...469 lines deleted...]
-      <c r="K11" s="7">
+      <c r="M24" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N24" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="O24" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="P24" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q24" s="12">
+        <v>73017</v>
+      </c>
+      <c r="R24" s="12">
+        <v>33042</v>
+      </c>
+      <c r="S24" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="25" spans="1:21" s="15" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="B25" s="12">
+        <v>103235</v>
+      </c>
+      <c r="C25" s="12">
+        <v>108584</v>
+      </c>
+      <c r="D25" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="12">
+        <v>36180</v>
+      </c>
+      <c r="F25" s="12">
+        <v>20887</v>
+      </c>
+      <c r="G25" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="H25" s="12">
+        <v>216</v>
+      </c>
+      <c r="I25" s="12">
+        <v>84</v>
+      </c>
+      <c r="J25" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="K25" s="12">
+        <v>32</v>
+      </c>
+      <c r="L25" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="M25" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="N25" s="12">
+        <v>4</v>
+      </c>
+      <c r="O25" s="12">
         <v>43</v>
       </c>
-      <c r="L11" s="7">
-[...96 lines deleted...]
-      <c r="E13" s="7">
+      <c r="P25" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q25" s="12">
+        <v>139667</v>
+      </c>
+      <c r="R25" s="12">
+        <v>129598</v>
+      </c>
+      <c r="S25" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="26" spans="1:21" s="15" customFormat="1" ht="20.399999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A26" s="16" t="s">
         <v>34</v>
       </c>
-      <c r="F13" s="7">
-[...784 lines deleted...]
-      <c r="L26" s="5">
+      <c r="B26" s="17">
+        <v>64.729514457238977</v>
+      </c>
+      <c r="C26" s="17">
+        <v>65.58969814457835</v>
+      </c>
+      <c r="D26" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="17">
+        <v>66.203894650523594</v>
+      </c>
+      <c r="F26" s="17">
+        <v>67.070300372725427</v>
+      </c>
+      <c r="G26" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="H26" s="17">
+        <v>60.795612009237814</v>
+      </c>
+      <c r="I26" s="17">
+        <v>64.37169642857144</v>
+      </c>
+      <c r="J26" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="K26" s="17">
+        <v>58.991472556894301</v>
+      </c>
+      <c r="L26" s="17">
         <v>61.69903225806452</v>
       </c>
-      <c r="M26" s="5" t="s">
-[...41 lines deleted...]
-      <c r="U27" s="2"/>
+      <c r="M26" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="N26" s="17">
+        <v>83.98</v>
+      </c>
+      <c r="O26" s="17">
+        <v>83.753255813953487</v>
+      </c>
+      <c r="P26" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q26" s="17">
+        <v>64.965112420304408</v>
+      </c>
+      <c r="R26" s="17">
+        <v>65.799687838170101</v>
+      </c>
+      <c r="S26" s="17" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="27" spans="1:21" ht="21" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="18"/>
+      <c r="B27" s="18"/>
+      <c r="C27" s="18"/>
+      <c r="D27" s="18"/>
+      <c r="E27" s="18"/>
+      <c r="F27" s="18"/>
+      <c r="G27" s="18"/>
+      <c r="H27" s="18"/>
+      <c r="I27" s="18"/>
+      <c r="J27" s="18"/>
+      <c r="K27" s="18"/>
+      <c r="L27" s="18"/>
+      <c r="M27" s="18"/>
+      <c r="N27" s="18"/>
+      <c r="O27" s="18"/>
+      <c r="P27" s="18"/>
+      <c r="Q27" s="18"/>
+      <c r="R27" s="18"/>
+      <c r="S27" s="18"/>
+      <c r="U27" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A27:S27"/>
     <mergeCell ref="A1:S1"/>
     <mergeCell ref="A2:S2"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="H3:J3"/>
     <mergeCell ref="K3:M3"/>
     <mergeCell ref="N3:P3"/>
     <mergeCell ref="Q3:S3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.78740157480314965" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="84" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{586dd8ec-1577-4ac3-bcff-9b1b1c87cbbc}" enabled="1" method="Standard" siteId="{a22f907a-53a6-449f-b082-22c03676d7fb}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
@@ -2313,31 +2268,31 @@
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Por sexos (número)</vt:lpstr>
       <vt:lpstr>'Por sexos (número)'!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ECHEVARRIA LOPEZ, LUIS JAVIER</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>