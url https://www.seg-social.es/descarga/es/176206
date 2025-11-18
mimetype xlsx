--- v0 (2025-10-19)
+++ v1 (2025-11-18)
@@ -1,1793 +1,1829 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://segsocial2020-my.sharepoint.com/personal/maria-jesus_arranz_seg-social_es/Documents/PUBL.SEDE Y WEB-INFORMES/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EDDDB9D5-0024-4B2A-849C-F35F8845E73F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{69128A26-5867-4BCE-BD39-2A1DF416B46E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{127BF2D1-01BD-4976-AD09-E5150B3AA45F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{F5C7B20A-4B93-4A0C-9287-2C0A9E89C893}"/>
   </bookViews>
   <sheets>
-    <sheet name="Directorio de oficinas 06102025" sheetId="1" r:id="rId1"/>
+    <sheet name="Directorio de oficinas 04112025" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7075" uniqueCount="579">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7075" uniqueCount="591">
   <si>
     <t>Organismo</t>
   </si>
   <si>
     <t>CCAA</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localidad</t>
   </si>
   <si>
-    <t>Código Localidad</t>
+    <t>Código Postal</t>
   </si>
   <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>Oficina de Asistencia en Materia de Registro</t>
   </si>
   <si>
     <t>Registro Cl@ve</t>
   </si>
   <si>
     <t>Registro FNMT</t>
   </si>
   <si>
     <t>Bucle Magnético</t>
   </si>
   <si>
     <t>Cita Previa</t>
   </si>
   <si>
     <t>Dirección</t>
   </si>
   <si>
     <t>Longitud</t>
   </si>
   <si>
     <t>Latitud</t>
   </si>
   <si>
     <t>Teléfonos</t>
   </si>
   <si>
     <t>Teléfonos cita previa</t>
   </si>
   <si>
     <t>TGSS</t>
   </si>
   <si>
-    <t>PAIS VASCO</t>
-[...5 lines deleted...]
-    <t>VITORIA-GASTEIZ</t>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>Araba/Álava</t>
+  </si>
+  <si>
+    <t>Vitoria-Gasteiz</t>
   </si>
   <si>
     <t>Unidades de Recaudación Ejecutiva</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Si</t>
   </si>
   <si>
     <t>C/  Duque de Wellington, 31</t>
   </si>
   <si>
     <t>901502050 (Publicado), 915410291 (Publicado)</t>
   </si>
   <si>
     <t>Sin teléfonos</t>
   </si>
   <si>
     <t>Administraciones</t>
   </si>
   <si>
     <t>Servicios de Gestión y Atención Telefónica Personalizada</t>
   </si>
   <si>
     <t>Direcciones Provinciales</t>
   </si>
   <si>
-    <t>LAUDIO/LLODIO</t>
+    <t>Laudio/Llodio</t>
   </si>
   <si>
     <t>C/  Virgen del Carmen, 27</t>
   </si>
   <si>
-    <t>CASTILLA - LA MANCHA</t>
-[...2 lines deleted...]
-    <t>ALBACETE</t>
+    <t>Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>Albacete</t>
   </si>
   <si>
     <t>Avda.  de España, 27</t>
   </si>
   <si>
     <t>901502050 (Publicado)</t>
   </si>
   <si>
     <t>C/  Iris, 28-30</t>
   </si>
   <si>
-    <t>ALMANSA</t>
+    <t>Almansa</t>
   </si>
   <si>
     <t>C/  Miguel Hernández, 1 - 3</t>
   </si>
   <si>
     <t>C/  Miguel Hernández, 1-3</t>
   </si>
   <si>
-    <t>CMDAD. VALENCIANA</t>
-[...5 lines deleted...]
-    <t>ALICANTE/ALACANT</t>
+    <t>Comunitat Valenciana</t>
+  </si>
+  <si>
+    <t>Alacant/Alicante</t>
+  </si>
+  <si>
+    <t>Alicante/Alacant</t>
   </si>
   <si>
     <t>C/  Mayor, 3</t>
   </si>
   <si>
     <t>C/  Enriqueta Ortega, 2</t>
   </si>
   <si>
     <t>C/  Enriqueta Ortega,, 2</t>
   </si>
   <si>
     <t>,</t>
   </si>
   <si>
-    <t>TORREVIEJA</t>
+    <t>Torrevieja</t>
   </si>
   <si>
     <t>C/  Urbano Arregui, 8</t>
   </si>
   <si>
-    <t>ELCHE/ELX</t>
+    <t>Elche/Elx</t>
   </si>
   <si>
     <t>Avda.  Santa Pola, 1</t>
   </si>
   <si>
     <t>Avda.  DE SANTA POLA, 1</t>
   </si>
   <si>
-    <t>ORIHUELA</t>
+    <t>Orihuela</t>
   </si>
   <si>
     <t>C/  Obispo Rocamora,, 43</t>
   </si>
   <si>
     <t>C/  Obispo Rocamora, 43</t>
   </si>
   <si>
-    <t>BENIDORM</t>
+    <t>Benidorm</t>
   </si>
   <si>
     <t>Avda.  de L'Aigüera, 1</t>
   </si>
   <si>
-    <t>ELDA</t>
+    <t>Elda</t>
   </si>
   <si>
     <t>C/  Ramón Gorgé, 5</t>
   </si>
   <si>
     <t>C/  Ramón Gorgé,, 5</t>
   </si>
   <si>
-    <t>DENIA</t>
+    <t>Denia</t>
   </si>
   <si>
     <t>Paseo Alto  Saladar,, 41</t>
   </si>
   <si>
     <t>Paseo  del Saladar, 41</t>
   </si>
   <si>
-    <t>ALCOY/ALCOI</t>
+    <t>Alcoy/Alcoi</t>
   </si>
   <si>
     <t>C/  Ingeniero Vilaplana, 22</t>
   </si>
   <si>
-    <t>ANDALUCIA</t>
-[...2 lines deleted...]
-    <t>ALMERIA</t>
+    <t>Andalucía</t>
+  </si>
+  <si>
+    <t>Almería</t>
+  </si>
+  <si>
+    <t>Almeria</t>
   </si>
   <si>
     <t>C/  Fuente Victoria, 2</t>
   </si>
   <si>
     <t>Ctra.  de Granada, 260</t>
   </si>
   <si>
-    <t>HUERCAL-OVERA</t>
+    <t>Huercal-Overa</t>
   </si>
   <si>
     <t>Ctra.  de la Estación, 133</t>
   </si>
   <si>
     <t>Avda.  de la Estación, 133</t>
   </si>
   <si>
-    <t>EJIDO (EL)</t>
+    <t>Ejido (El)</t>
   </si>
   <si>
     <t>C/  Julio César, 8</t>
   </si>
   <si>
-    <t>CASTILLA Y LEON</t>
-[...2 lines deleted...]
-    <t>AVILA</t>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Ávila</t>
+  </si>
+  <si>
+    <t>Avila</t>
   </si>
   <si>
     <t>Avda.  de Portugal, 4</t>
   </si>
   <si>
-    <t>EXTREMADURA</t>
-[...2 lines deleted...]
-    <t>BADAJOZ</t>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Badajoz</t>
   </si>
   <si>
     <t>Ronda  del Pilar, 10</t>
   </si>
   <si>
     <t>Ronda  del Pilar, 101</t>
   </si>
   <si>
     <t>Ronda  Del Pilar, 10</t>
   </si>
   <si>
     <t>C/  Madre Teresa de Calcuta, 2</t>
   </si>
   <si>
     <t>C/  Madre Teresa de Calcuta, 21ª planta</t>
   </si>
   <si>
-    <t>ZAFRA</t>
+    <t>Zafra</t>
   </si>
   <si>
     <t>C/  Luis Chamizo, 13</t>
   </si>
   <si>
-    <t>DON BENITO</t>
+    <t>Don Benito</t>
   </si>
   <si>
     <t>Plaza  Nueva de las Albercas, 10</t>
   </si>
   <si>
-    <t>MERIDA</t>
+    <t>Merida</t>
   </si>
   <si>
     <t>C/  Adriano, 19</t>
   </si>
   <si>
-    <t>ISLAS BALEARES</t>
-[...5 lines deleted...]
-    <t>PALMA DE MALLORCA</t>
+    <t>Illes Balears</t>
+  </si>
+  <si>
+    <t>Palma De Mallorca</t>
   </si>
   <si>
     <t>C/  La Rambla, 18</t>
   </si>
   <si>
-    <t>INCA</t>
+    <t>Inca</t>
   </si>
   <si>
     <t>C/  Gabriel Buades, 13-15</t>
   </si>
   <si>
-    <t>MANACOR</t>
+    <t>Manacor</t>
   </si>
   <si>
     <t>C/  Doctor Fleming, (esquina c/Princesa), 25</t>
   </si>
   <si>
-    <t>MAO</t>
+    <t>Mao</t>
   </si>
   <si>
     <t>Plaza  Biosfera, 1-2</t>
   </si>
   <si>
     <t>Plaza  Biosfera, 1 y 2</t>
   </si>
   <si>
-    <t>EIVISSA</t>
+    <t>Eivissa</t>
   </si>
   <si>
     <t>Avda.  Pedro Matutes Noguera, 18</t>
   </si>
   <si>
-    <t>CATALUÑA</t>
-[...2 lines deleted...]
-    <t>BARCELONA</t>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
   </si>
   <si>
     <t>C/  Arc del teatre, 63-65</t>
   </si>
   <si>
     <t>C/  Arc del Teatre, 63 - 655ª</t>
   </si>
   <si>
     <t>C/  Balmes, 224ª</t>
   </si>
   <si>
     <t>C/  Balmes, 22</t>
   </si>
   <si>
     <t>C/  D' Aragó, 273-275</t>
   </si>
   <si>
     <t>C/  Balmes, 2254º</t>
   </si>
   <si>
     <t>C/  Travessera de Gracia, 117</t>
   </si>
   <si>
     <t>C/  Josep Estivill, 71</t>
   </si>
   <si>
     <t>C/  Josep Estivill, 71-73</t>
   </si>
   <si>
     <t>C/  Rocafort, 174</t>
   </si>
   <si>
     <t>C/  Marie Curie, 22</t>
   </si>
   <si>
-    <t>MOLLET DEL VALLES</t>
+    <t>Mollet Del Valles</t>
   </si>
   <si>
     <t>C/  Gaieta Ventallo, 15-231</t>
   </si>
   <si>
-    <t>SABADELL</t>
+    <t>Sabadell</t>
   </si>
   <si>
     <t>C/  Sallarés i Pla, 4</t>
   </si>
   <si>
-    <t>TERRASSA</t>
+    <t>Terrassa</t>
   </si>
   <si>
     <t>C/  Col-legi, 6</t>
   </si>
   <si>
     <t>Ctra.  Castellar, 6</t>
   </si>
   <si>
-    <t>MANRESA</t>
+    <t>Manresa</t>
   </si>
   <si>
     <t>C/  Sant Fruitós, 1-3</t>
   </si>
   <si>
     <t>C/  Del Bruc, 138-140</t>
   </si>
   <si>
-    <t>CERDANYOLA DEL VALLES</t>
+    <t>Cerdanyola Del Valles</t>
   </si>
   <si>
     <t>C/  Parcers, 1-5bajos</t>
   </si>
   <si>
     <t>C/  Parcers, 1-5</t>
   </si>
   <si>
-    <t>MATARO</t>
+    <t>Mataro</t>
   </si>
   <si>
     <t>C/  Jaume balmes, 34</t>
   </si>
   <si>
     <t>C/  Jaume Balmes, 34</t>
   </si>
   <si>
-    <t>GRANOLLERS</t>
+    <t>Granollers</t>
   </si>
   <si>
     <t>C/  Josep Umbert, 84-86</t>
   </si>
   <si>
     <t>C/  Josep Umbert, 84 -86</t>
   </si>
   <si>
-    <t>VIC</t>
+    <t>Vic</t>
   </si>
   <si>
     <t>C/  Historiador Ramón d' Abadal i Vinyals.  Edif. El Sucre, 5 - 1</t>
   </si>
   <si>
-    <t>BERGA</t>
+    <t>Berga</t>
   </si>
   <si>
     <t>C/  Guillem de Berguedá, 9</t>
   </si>
   <si>
-    <t>IGUALADA</t>
+    <t>Igualada</t>
   </si>
   <si>
     <t>Passeig  Jacint Verdaguer, 124</t>
   </si>
   <si>
-    <t>VILAFRANCA DEL PENEDES</t>
+    <t>Vilafranca Del Penedes</t>
   </si>
   <si>
     <t>Rambla  de Nostra Senyora, 19</t>
   </si>
   <si>
-    <t>VILANOVA I LA GELTRU</t>
+    <t>Vilanova I La Geltru</t>
   </si>
   <si>
     <t>Rambla  l´Exposició, 91</t>
   </si>
   <si>
     <t>Rambla  l' Exposició, 43</t>
   </si>
   <si>
-    <t>HOSPITALET DE LLOBREGAT (L')</t>
+    <t>Hospitalet De Llobregat (L')</t>
   </si>
   <si>
     <t>C/  Claveles, 6</t>
   </si>
   <si>
-    <t>BADALONA</t>
+    <t>Badalona</t>
   </si>
   <si>
     <t>Avda.  President Companys, 106-110</t>
   </si>
   <si>
     <t>Avda.  Pres. Companys, 106 - 110</t>
   </si>
   <si>
-    <t>SANTA COLOMA DE GRAMENET</t>
+    <t>Santa Coloma De Gramenet</t>
   </si>
   <si>
     <t>C/  Major, 49</t>
   </si>
   <si>
-    <t>CORNELLA DE LLOBREGAT</t>
+    <t>Cornella De Llobregat</t>
   </si>
   <si>
     <t>Avda.  Maresme, 21</t>
   </si>
   <si>
-    <t>SANT FELIU DE LLOBREGAT</t>
+    <t>Sant Feliu De Llobregat</t>
   </si>
   <si>
     <t>Cerrada provisionalmente por obras, -</t>
   </si>
   <si>
-    <t>BURGOS</t>
+    <t>Burgos</t>
   </si>
   <si>
     <t>C/  Vitoria, 16</t>
   </si>
   <si>
-    <t>MIRANDA DE EBRO</t>
+    <t>Miranda De Ebro</t>
   </si>
   <si>
     <t>C/  Concepción Arenal, 46 - B</t>
   </si>
   <si>
-    <t>ARANDA DE DUERO</t>
+    <t>Aranda De Duero</t>
   </si>
   <si>
     <t>C/  Barrio Nuevo, 30</t>
   </si>
   <si>
-    <t>CACERES</t>
+    <t>Cáceres</t>
+  </si>
+  <si>
+    <t>Caceres</t>
   </si>
   <si>
     <t>Avda.  de España, 14</t>
   </si>
   <si>
-    <t>TRUJILLO</t>
+    <t>Trujillo</t>
   </si>
   <si>
     <t>C/  San Juan Bautista de la Salle, 10</t>
   </si>
   <si>
-    <t>PLASENCIA</t>
+    <t>Plasencia</t>
   </si>
   <si>
     <t>Avda.  Juan Carlos I, 15-17</t>
   </si>
   <si>
-    <t>CADIZ</t>
+    <t>Cádiz</t>
+  </si>
+  <si>
+    <t>Cadiz</t>
   </si>
   <si>
     <t>Avda.  Amilcar Barca, 5</t>
   </si>
   <si>
     <t>C/  Amilcar Barca, 5</t>
   </si>
   <si>
-    <t>CHICLANA DE LA FRONTERA</t>
+    <t>Chiclana De La Frontera</t>
   </si>
   <si>
     <t>C/  Hoyo del Membrillo, 5-7</t>
   </si>
   <si>
-    <t>ALGECIRAS</t>
+    <t>Algeciras</t>
   </si>
   <si>
     <t>Ctra.  Cádiz- Málaga (Rotonda El Pandero), 2A</t>
   </si>
   <si>
     <t>Ctra.  Cádiz-Málaga (Rotonda del Pandero), s/n</t>
   </si>
   <si>
-    <t>JEREZ DE LA FRONTERA</t>
+    <t>Jerez De La Frontera</t>
   </si>
   <si>
     <t>Avda.  de la Universidad, 7</t>
   </si>
   <si>
-    <t>PUERTO DE SANTA MARIA(EL)</t>
+    <t>Puerto De Santa Maria(El)</t>
   </si>
   <si>
     <t>C/  Luja, 4BAJO</t>
   </si>
   <si>
     <t>C/  Luja, 4</t>
   </si>
   <si>
-    <t>CASTELLON</t>
-[...2 lines deleted...]
-    <t>CASTELLÓ DE LA PLANA</t>
+    <t>Castelló/Castellón</t>
+  </si>
+  <si>
+    <t>Castelló De La Plana</t>
   </si>
   <si>
     <t>Avda.  del Mar, 6</t>
   </si>
   <si>
     <t>Plaza  Juez Borrull, 14</t>
   </si>
   <si>
-    <t>ONDA</t>
+    <t>Onda</t>
   </si>
   <si>
     <t>C/  Ronda, 23-25</t>
   </si>
   <si>
-    <t>BENICARLO</t>
+    <t>Benicarlo</t>
   </si>
   <si>
     <t>Avda.  de Yecla, 22</t>
   </si>
   <si>
-    <t>CIUDAD REAL</t>
+    <t>Ciudad Real</t>
   </si>
   <si>
     <t>Avda.  Rey Santo, 2</t>
   </si>
   <si>
     <t>Avda.  Camilo José Cela, 3</t>
   </si>
   <si>
-    <t>VALDEPEÑAS</t>
+    <t>Valdepeñas</t>
   </si>
   <si>
     <t>C/  Unión, 20</t>
   </si>
   <si>
     <t>Servicios Centrales</t>
   </si>
   <si>
     <t>C/  Amapola, 12 - B</t>
   </si>
   <si>
-    <t>PUERTOLLANO</t>
+    <t>Puertollano</t>
   </si>
   <si>
     <t>C/  Goya, 29</t>
   </si>
   <si>
-    <t>ALCAZAR DE SAN JUAN</t>
+    <t>Alcazar De San Juan</t>
   </si>
   <si>
     <t>C/  Lorenzo Rivas, 25</t>
   </si>
   <si>
-    <t>CORDOBA</t>
+    <t>Córdoba</t>
+  </si>
+  <si>
+    <t>Cordoba</t>
   </si>
   <si>
     <t>C/  Tomás de Aquino, 6</t>
   </si>
   <si>
     <t>C/  de los Tejares, 23-25</t>
   </si>
   <si>
     <t>Ronda  De los Tejares, 23</t>
   </si>
   <si>
     <t>Avda.  Ronda de los Tejares, 23</t>
   </si>
   <si>
     <t>Avda.  Ronda de los Tejares, 23-25</t>
   </si>
   <si>
     <t>Avda.  Carlos III, 7</t>
   </si>
   <si>
-    <t>POZOBLANCO</t>
+    <t>Pozoblanco</t>
   </si>
   <si>
     <t>Ronda  de los Muñoces, 41</t>
   </si>
   <si>
-    <t>LUCENA</t>
+    <t>Lucena</t>
   </si>
   <si>
     <t>C/  San Pedro, 33</t>
   </si>
   <si>
-    <t>GALICIA</t>
-[...5 lines deleted...]
-    <t>CORUÑA (A)</t>
+    <t>Galicia</t>
+  </si>
+  <si>
+    <t>A Coruña</t>
+  </si>
+  <si>
+    <t>Coruña (A)</t>
   </si>
   <si>
     <t>C/  Fernando Macías, 18-20</t>
   </si>
   <si>
     <t>C/  Fernando Macías, 18 - 20</t>
   </si>
   <si>
     <t>C/  Rafael Alberti, 11 - 13</t>
   </si>
   <si>
     <t>C/  Cristino Alvarez, 15</t>
   </si>
   <si>
     <t>C/  Rafael Alberti, 11-13</t>
   </si>
   <si>
-    <t>CARBALLO</t>
+    <t>Carballo</t>
   </si>
   <si>
     <t>C/  Barcelona, 13</t>
   </si>
   <si>
     <t>C/  Barcelona, 13-15</t>
   </si>
   <si>
-    <t>CORCUBION</t>
+    <t>Corcubion</t>
   </si>
   <si>
     <t>C/  Médico Vicente Fraguela, 13</t>
   </si>
   <si>
-    <t>BETANZOS</t>
+    <t>Betanzos</t>
   </si>
   <si>
     <t>C/  Pintor Seijo Rubio, S/N</t>
   </si>
   <si>
-    <t>FERROL</t>
+    <t>Ferrol</t>
   </si>
   <si>
     <t>Avda.  Mac Mahón, 10</t>
   </si>
   <si>
     <t>C/  Mac Mahón, 10</t>
   </si>
   <si>
-    <t>SANTIAGO DE COMPOSTELA</t>
+    <t>Santiago De Compostela</t>
   </si>
   <si>
     <t>C/  Carlos Briones Varela, s/n</t>
   </si>
   <si>
     <t>C/  Carlos Briones Varela, S/N</t>
   </si>
   <si>
-    <t>A POBRA DO CARAMIÑAL</t>
+    <t>A Pobra Do Caramiñal</t>
   </si>
   <si>
     <t>C/  Castelao, 25</t>
   </si>
   <si>
-    <t>CUENCA</t>
+    <t>Cuenca</t>
   </si>
   <si>
     <t>Parque  San Julián, 7</t>
   </si>
   <si>
-    <t>GIRONA</t>
+    <t>Girona</t>
   </si>
   <si>
     <t>Avda.  Josep Tarradellas i Joan, 3</t>
   </si>
   <si>
     <t>Avda.  Josep Tarradellas i Joan, 3-5</t>
   </si>
   <si>
-    <t>FIGUERES</t>
+    <t>Figueres</t>
   </si>
   <si>
     <t>C/  San Rafael, 11</t>
   </si>
   <si>
-    <t>GRANADA</t>
+    <t>Granada</t>
   </si>
   <si>
     <t>C/  Gran Vía de Colón, 23</t>
   </si>
   <si>
     <t>C/  Gran Vía de Colón, 16</t>
   </si>
   <si>
     <t>C/  Calicasas, 2</t>
   </si>
   <si>
-    <t>LOJA</t>
+    <t>Loja</t>
   </si>
   <si>
     <t>C/  Pline, 16bajo</t>
   </si>
   <si>
     <t>C/  Pline, 16bjo</t>
   </si>
   <si>
-    <t>GUADIX</t>
+    <t>Guadix</t>
   </si>
   <si>
     <t>Avda.  Buenos Aires, 22</t>
   </si>
   <si>
-    <t>MOTRIL</t>
+    <t>Motril</t>
   </si>
   <si>
     <t>Avda.  Doctor Norman Bethune, 2</t>
   </si>
   <si>
-    <t>GUADALAJARA</t>
+    <t>Guadalajara</t>
   </si>
   <si>
     <t>C/  Carmen, 2</t>
   </si>
   <si>
-    <t>AZUQUECA DE HENARES</t>
+    <t>Azuqueca De Henares</t>
   </si>
   <si>
     <t>Avda.  de Meco, 25</t>
   </si>
   <si>
-    <t>GUIPUZCOA</t>
-[...2 lines deleted...]
-    <t>DONOSTIA/SAN SEBASTIAN</t>
+    <t>Gipuzkoa</t>
+  </si>
+  <si>
+    <t>Donostia/San Sebastian</t>
   </si>
   <si>
     <t>C/  Hermanos Otamendi, 13</t>
   </si>
   <si>
-    <t>TOLOSA</t>
+    <t>Tolosa</t>
   </si>
   <si>
     <t>C/  Larramendi, 1</t>
   </si>
   <si>
     <t>C/  Padre Larramendi, 1</t>
   </si>
   <si>
-    <t>EIBAR</t>
+    <t>Eibar</t>
   </si>
   <si>
     <t>C/  Zezenbide, 5</t>
   </si>
   <si>
-    <t>HUELVA</t>
+    <t>Huelva</t>
   </si>
   <si>
     <t>C/  Puerto, 50</t>
   </si>
   <si>
-    <t>ARACENA</t>
+    <t>Aracena</t>
   </si>
   <si>
     <t>Avda.  de los Infantes, 12</t>
   </si>
   <si>
-    <t>LEPE</t>
+    <t>Lepe</t>
   </si>
   <si>
     <t>C/  Zurbarán, 1</t>
   </si>
   <si>
     <t>C/  Zurbaran, 1</t>
   </si>
   <si>
-    <t>ARAGON</t>
-[...2 lines deleted...]
-    <t>HUESCA</t>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Huesca</t>
   </si>
   <si>
     <t>Avda.  Pirineos, 17</t>
   </si>
   <si>
     <t>Avda.  de los Pirineos, 17</t>
   </si>
   <si>
-    <t>MONZON</t>
+    <t>Monzon</t>
   </si>
   <si>
     <t>C/  Políg. Ind. Las Paúles - C/ Valle del Cinca, 17-18</t>
   </si>
   <si>
-    <t>JAEN</t>
+    <t>Jaén</t>
+  </si>
+  <si>
+    <t>Jaen</t>
   </si>
   <si>
     <t>C/  Adarves Bajos, 2</t>
   </si>
   <si>
     <t>C/  Fuente Buenora, 7</t>
   </si>
   <si>
     <t>C/  Fuente de Buenora, 7</t>
   </si>
   <si>
     <t>Avda.  de Madrid, 70</t>
   </si>
   <si>
-    <t>UBEDA</t>
+    <t>Ubeda</t>
   </si>
   <si>
     <t>Avda.  de la Constitución, 8</t>
   </si>
   <si>
-    <t>LINARES</t>
+    <t>Linares</t>
   </si>
   <si>
     <t>Plaza  Alfonso XII, 4</t>
   </si>
   <si>
-    <t>ANDUJAR</t>
+    <t>Andujar</t>
   </si>
   <si>
     <t>C/  Dr. Fleming, 8-10</t>
   </si>
   <si>
-    <t>LEON</t>
+    <t>León</t>
+  </si>
+  <si>
+    <t>Leon</t>
   </si>
   <si>
     <t>C/  Cinco de Octubre, 20</t>
   </si>
   <si>
-    <t>PONFERRADA</t>
+    <t>Ponferrada</t>
   </si>
   <si>
     <t>Avda.  Huertas de Sacramento, 23</t>
   </si>
   <si>
     <t>C/  Monasterio de Carracedo, 4-6</t>
   </si>
   <si>
-    <t>LLEIDA</t>
+    <t>Lleida</t>
   </si>
   <si>
     <t>C/  Salmerón, 14-16</t>
   </si>
   <si>
-    <t>BALAGUER</t>
+    <t>Balaguer</t>
   </si>
   <si>
     <t>C/  Bellcaire d'Urgell, 14-16</t>
   </si>
   <si>
-    <t>LA RIOJA</t>
-[...2 lines deleted...]
-    <t>LOGROÑO</t>
+    <t>La Rioja</t>
+  </si>
+  <si>
+    <t>Logroño</t>
   </si>
   <si>
     <t>C/  Sagasta, 6</t>
   </si>
   <si>
     <t>C/  San Bartolomé, 4</t>
   </si>
   <si>
     <t>C/  Sagasta, 2</t>
   </si>
   <si>
-    <t>CALAHORRA</t>
+    <t>Calahorra</t>
   </si>
   <si>
     <t>Paseo  Mercadal, 14-16</t>
   </si>
   <si>
-    <t>LUGO</t>
+    <t>Lugo</t>
   </si>
   <si>
     <t>Ronda  Músico Xosé Castiñeira, 26</t>
   </si>
   <si>
     <t>Ronda  Músico Xosé Castiñeria, 26</t>
   </si>
   <si>
     <t>Ronda  Músico Xosé Castiñeira, 26, 26</t>
   </si>
   <si>
-    <t>CMDAD. DE MADRID</t>
-[...2 lines deleted...]
-    <t>MADRID</t>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
+    <t>Madrid</t>
   </si>
   <si>
     <t>C/  Luis Cabrera, 63</t>
   </si>
   <si>
     <t>C/  Astros, 5 y 7</t>
   </si>
   <si>
     <t>C/  Santa Cruz de Marcenado, 221ª planta</t>
   </si>
   <si>
     <t>C/  Santa Cruz de Marcenado, 22</t>
   </si>
   <si>
     <t>Avda.  Pedro Díez, 19</t>
   </si>
   <si>
     <t>C/  Londres, 602ª planta</t>
   </si>
   <si>
     <t>C/  Londres, 60</t>
   </si>
   <si>
     <t>C/  Manuel Ferrero, 19</t>
   </si>
   <si>
     <t>C/  Agustín de Foxa, 28</t>
   </si>
   <si>
     <t>C/  Miguel Fleta, 3</t>
   </si>
   <si>
     <t>Avda.  de la Albufera, 41</t>
   </si>
   <si>
     <t>Avda.  Albufera, 41</t>
   </si>
   <si>
     <t>C/  Caceres, 2-4</t>
   </si>
   <si>
-    <t>ALCOBENDAS</t>
+    <t>Alcobendas</t>
   </si>
   <si>
     <t>C/  Marqués de la Valdavia, 30</t>
   </si>
   <si>
     <t>C/  Marqués de la Valdavia, 75</t>
   </si>
   <si>
-    <t>POZUELO DE ALARCON</t>
+    <t>Pozuelo De Alarcon</t>
   </si>
   <si>
     <t>Avda.  Europa, 8bis</t>
   </si>
   <si>
     <t>Avda.  Europa, 8</t>
   </si>
   <si>
-    <t>ARANJUEZ</t>
+    <t>Aranjuez</t>
   </si>
   <si>
     <t>C/  Moreras, 50</t>
   </si>
   <si>
     <t>C/  Moreras, 50-52</t>
   </si>
   <si>
-    <t>COLLADO VILLALBA</t>
+    <t>Collado Villalba</t>
   </si>
   <si>
     <t>C/  Anacleto López, 7</t>
   </si>
   <si>
-    <t>COLMENAR VIEJO</t>
+    <t>Colmenar Viejo</t>
   </si>
   <si>
     <t>C/  Mosquilona, 57</t>
   </si>
   <si>
-    <t>ALCALA DE HENARES</t>
+    <t>Alcala De Henares</t>
   </si>
   <si>
     <t>C/  Rio Arlanza, 30</t>
   </si>
   <si>
     <t>C/  Río Arlanza, 30</t>
   </si>
   <si>
-    <t>TORREJON DE ARDOZ</t>
+    <t>Torrejon De Ardoz</t>
   </si>
   <si>
     <t>C/  Manuel Sandoval, 3-5</t>
   </si>
   <si>
-    <t>GETAFE</t>
+    <t>Getafe</t>
   </si>
   <si>
     <t>C/  San Isidro, 2</t>
   </si>
   <si>
-    <t>ALCORCON</t>
+    <t>Alcorcon</t>
   </si>
   <si>
     <t>C/  Inspector Juan Antonio Bueno, s/n</t>
   </si>
   <si>
-    <t>MOSTOLES</t>
+    <t>Mostoles</t>
   </si>
   <si>
     <t>Paseo  Arroyomolinos, 59</t>
   </si>
   <si>
     <t>Paseo  de Arroyomolinos, 59</t>
   </si>
   <si>
-    <t>FUENLABRADA</t>
+    <t>Fuenlabrada</t>
   </si>
   <si>
     <t>C/  Portugal, 33</t>
   </si>
   <si>
-    <t>MALAGA</t>
+    <t>Málaga</t>
+  </si>
+  <si>
+    <t>Malaga</t>
   </si>
   <si>
     <t>C/  Heroe de Sostoa, 142</t>
   </si>
   <si>
     <t>C/  Héroe de Sostoa, 142</t>
   </si>
   <si>
     <t>901502050 (Publicado), 915410291 (Publicado), 952352390 (Publicado)</t>
   </si>
   <si>
     <t>C/  Ingeniero de la Torre Acosta, 5</t>
   </si>
   <si>
     <t>C/  Huescar, 7</t>
   </si>
   <si>
     <t>Avda.  Juan Sebastián Elcano, 177</t>
   </si>
   <si>
-    <t>COIN</t>
+    <t>Coin</t>
   </si>
   <si>
     <t>C/  Francisco Guerrero Ordóñez, 10</t>
   </si>
   <si>
-    <t>ANTEQUERA</t>
+    <t>Antequera</t>
   </si>
   <si>
     <t>C/  San Agustín, 14-16</t>
   </si>
   <si>
-    <t>MARBELLA</t>
+    <t>Marbella</t>
   </si>
   <si>
     <t>C/  Reina Victoria, 1bajo</t>
   </si>
   <si>
     <t>Avda.  Antonio Belón. Edif. D. Luis Molino, 16</t>
   </si>
   <si>
-    <t>ARROYO DE LA MIEL-BENALMADENA COSTA</t>
+    <t>Arroyo De La Miel-Benalmadena Costa</t>
   </si>
   <si>
     <t>Avda.  Andalucía, 17</t>
   </si>
   <si>
-    <t>BENALMADENA</t>
+    <t>Benalmadena</t>
   </si>
   <si>
     <t>Avda.  de Andalucía, 17-19</t>
   </si>
   <si>
-    <t>LAGUNAS (LAS)</t>
+    <t>Lagunas (Las)</t>
   </si>
   <si>
     <t>C/  Roble, 5</t>
   </si>
   <si>
-    <t>ESTEPONA</t>
+    <t>Estepona</t>
   </si>
   <si>
     <t>Avda.  de Andalucía, 46</t>
   </si>
   <si>
     <t>Avda.  Andalucia, 46</t>
   </si>
   <si>
-    <t>TORRE DEL MAR</t>
+    <t>Torre Del Mar</t>
   </si>
   <si>
     <t>Avda.  Toré Toré, 5</t>
   </si>
   <si>
-    <t>REGION DE MURCIA</t>
-[...2 lines deleted...]
-    <t>MURCIA</t>
+    <t>Región de Murcia</t>
+  </si>
+  <si>
+    <t>Murcia</t>
   </si>
   <si>
     <t>C/  Molina de Segura - Ed. Eroica I, 3</t>
   </si>
   <si>
     <t>C/  Molina de Segura Edif. Eroica I, 3</t>
   </si>
   <si>
     <t>C/  Miguel de Cervantes, 2</t>
   </si>
   <si>
     <t>C/  Ortega y Gasset, s/n</t>
   </si>
   <si>
     <t>Avda.  Miguel Cervantes, 2</t>
   </si>
   <si>
     <t>C/  Ortega y Gasset, 7</t>
   </si>
   <si>
-    <t>CARTAGENA</t>
+    <t>Cartagena</t>
   </si>
   <si>
     <t>C/  Jimenez de la Espada, 34</t>
   </si>
   <si>
     <t>C/  Angel Bruna, 20-22</t>
   </si>
   <si>
-    <t>CIEZA</t>
+    <t>Cieza</t>
   </si>
   <si>
     <t>C/  Gran Vía, 10</t>
   </si>
   <si>
-    <t>SAN JAVIER</t>
+    <t>San Javier</t>
   </si>
   <si>
     <t>C/  Virgen del Carmen, 6</t>
   </si>
   <si>
-    <t>LORCA</t>
+    <t>Lorca</t>
   </si>
   <si>
     <t>C/  Lope Gisbert, 9</t>
   </si>
   <si>
     <t>C/  Lopez Gisbert, 9</t>
   </si>
   <si>
-    <t>NAVARRA</t>
-[...2 lines deleted...]
-    <t>PAMPLONA/IRUÑA</t>
+    <t>Comunidad Foral de Navarra</t>
+  </si>
+  <si>
+    <t>Navarra</t>
+  </si>
+  <si>
+    <t>Pamplona/Iruña</t>
   </si>
   <si>
     <t>Avda.  Conde Oliveto, 7</t>
   </si>
   <si>
-    <t>TUDELA</t>
+    <t>Tudela</t>
   </si>
   <si>
     <t>C/  Manresa, 3</t>
   </si>
   <si>
-    <t>OURENSE</t>
+    <t>Ourense</t>
   </si>
   <si>
     <t>C/  Concejo, 1</t>
   </si>
   <si>
     <t>C/  Juan XXIII, 29-31</t>
   </si>
   <si>
     <t>Avda.  Habana, 11</t>
   </si>
   <si>
-    <t>ASTURIAS</t>
-[...2 lines deleted...]
-    <t>OVIEDO</t>
+    <t>Principado de Asturias</t>
+  </si>
+  <si>
+    <t>Asturias</t>
+  </si>
+  <si>
+    <t>Oviedo</t>
   </si>
   <si>
     <t>Plaza  de la Escandalera, 1</t>
   </si>
   <si>
     <t>C/  Pérez de la Sala, 9</t>
   </si>
   <si>
-    <t>GIJON</t>
+    <t>Gijon</t>
   </si>
   <si>
     <t>Plaza  del Carmen, 6</t>
   </si>
   <si>
-    <t>AVILES</t>
+    <t>Aviles</t>
   </si>
   <si>
     <t>C/  Fuero de Avilés, 4</t>
   </si>
   <si>
     <t>C/  Fuero de avilés, 4</t>
   </si>
   <si>
-    <t>CANGAS DE ONIS</t>
+    <t>Cangas De Onis</t>
   </si>
   <si>
     <t>Avda.  Covadonga, 45</t>
   </si>
   <si>
-    <t>VALDES</t>
+    <t>Valdes</t>
   </si>
   <si>
     <t>C/  Gil Parrondo Rico "Villa Tarsila", s/n</t>
   </si>
   <si>
-    <t>PALENCIA</t>
+    <t>Palencia</t>
   </si>
   <si>
     <t>Avda.  de la Antigua Florida, 2</t>
   </si>
   <si>
     <t>Avda.  Comunidad Europea, 16</t>
   </si>
   <si>
     <t>Avda.  de la Comunidad Europea, 16</t>
   </si>
   <si>
-    <t>CANARIAS</t>
-[...5 lines deleted...]
-    <t>LAS PALMAS DE GRAN CANARIA</t>
+    <t>Canarias</t>
+  </si>
+  <si>
+    <t>Las Palmas</t>
+  </si>
+  <si>
+    <t>Las Palmas De Gran Canaria</t>
   </si>
   <si>
     <t>C/  Pérez del Toro, 89</t>
   </si>
   <si>
     <t>C/  Juan XXIII, 5</t>
   </si>
   <si>
     <t>C/  Cirilo Moreno, 31</t>
   </si>
   <si>
-    <t>SAN BARTOLOME DE TIRAJANA</t>
+    <t>San Bartolome De Tirajana</t>
   </si>
   <si>
     <t>Avda.  Touroperador Tui, s/n.</t>
   </si>
   <si>
     <t>Avda.  Touroperador Tui, s/n</t>
   </si>
   <si>
-    <t>TELDE</t>
+    <t>Telde</t>
   </si>
   <si>
     <t>C/  Cronista Antonio Hernández Rivero, 5</t>
   </si>
   <si>
-    <t>GALDAR</t>
+    <t>Galdar</t>
   </si>
   <si>
     <t>C/  Tamarán, 5</t>
   </si>
   <si>
-    <t>ARRECIFE</t>
+    <t>Arrecife</t>
   </si>
   <si>
     <t>C/  León y Castillo, 85</t>
   </si>
   <si>
     <t>C/  León y Castillo, 85-87</t>
   </si>
   <si>
-    <t>PUERTO DEL ROSARIO</t>
+    <t>Puerto Del Rosario</t>
   </si>
   <si>
     <t>C/  Almirante Lallermand, 4</t>
   </si>
   <si>
-    <t>PONTEVEDRA</t>
+    <t>Pontevedra</t>
   </si>
   <si>
     <t>C/  Arzobispo Malvar, 13</t>
   </si>
   <si>
-    <t>VIGO</t>
+    <t>Vigo</t>
   </si>
   <si>
     <t>Avda.  García Barbón, 72</t>
   </si>
   <si>
     <t>Avda.  Garcia Barbón, 72</t>
   </si>
   <si>
     <t>Avda.  Avenida García Barbón, 725</t>
   </si>
   <si>
     <t>C/  López Mora, 62</t>
   </si>
   <si>
     <t>C/  Lopez Mora, 62</t>
   </si>
   <si>
-    <t>PORRIÑO (O)</t>
+    <t>Porriño (O)</t>
   </si>
   <si>
     <t>C/  Fernández Areal, s/n</t>
   </si>
   <si>
-    <t>ESTRADA (A)</t>
+    <t>Estrada (A)</t>
   </si>
   <si>
     <t>Avda.  Benito Vigo, 119</t>
   </si>
   <si>
-    <t>SALAMANCA</t>
+    <t>Salamanca</t>
   </si>
   <si>
     <t>Paseo  de Canalejas, 129</t>
   </si>
   <si>
-    <t>TENERIFE</t>
-[...2 lines deleted...]
-    <t>SANTA CRUZ DE TENERIFE</t>
+    <t>Santa Cruz de Tenerife</t>
+  </si>
+  <si>
+    <t>Santa Cruz De Tenerife</t>
   </si>
   <si>
     <t>C/  Ruiz de Padrón, 8-10</t>
   </si>
   <si>
     <t>Avda.  José Manuel Guimerá, 8</t>
   </si>
   <si>
-    <t>SAN CRISTOBAL DE LA LAGUNA</t>
+    <t>San Cristobal De La Laguna</t>
   </si>
   <si>
     <t>C/  Quintín Benito, 2</t>
   </si>
   <si>
     <t>C/  Quintín Benito, 22</t>
   </si>
   <si>
-    <t>PUERTO DE LA CRUZ</t>
+    <t>Puerto De La Cruz</t>
   </si>
   <si>
     <t>Avda.  Melchor Luz, 4</t>
   </si>
   <si>
-    <t>ARONA</t>
+    <t>Arona</t>
   </si>
   <si>
     <t>Avda.  Amsterdam, 1</t>
   </si>
   <si>
-    <t>CRISTIANOS (LOS)</t>
+    <t>Cristianos (Los)</t>
   </si>
   <si>
     <t>C/  Boulevar Chajofe, 5</t>
   </si>
   <si>
-    <t>SANTA CRUZ DE LA PALMA</t>
+    <t>Santa Cruz De La Palma</t>
   </si>
   <si>
     <t>Avda.  de los Indianos, 14</t>
   </si>
   <si>
     <t>Avda.  Los Indianos, 14</t>
   </si>
   <si>
-    <t>CANTABRIA</t>
-[...2 lines deleted...]
-    <t>SANTANDER</t>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>Santander</t>
   </si>
   <si>
     <t>C/  Calvo Sotelo, 8</t>
   </si>
   <si>
     <t>C/  César Llamazares, 9</t>
   </si>
   <si>
     <t>C/  Cesar Llamazares, 9</t>
   </si>
   <si>
-    <t>TORRELAVEGA</t>
+    <t>Torrelavega</t>
   </si>
   <si>
     <t>Plaza  Clara Campoamor, 1</t>
   </si>
   <si>
-    <t>LAREDO</t>
+    <t>Laredo</t>
   </si>
   <si>
     <t>C/  San Francisco, s/n</t>
   </si>
   <si>
-    <t>SEGOVIA</t>
+    <t>Segovia</t>
   </si>
   <si>
     <t>C/  Pinar de Valsaín, 1</t>
   </si>
   <si>
-    <t>SEVILLA</t>
+    <t>Sevilla</t>
   </si>
   <si>
     <t>C/  Gonzalo Bilbao, 25A</t>
   </si>
   <si>
     <t>C/  Niebla, 19</t>
   </si>
   <si>
     <t>Avda.  de Jerez, 21A</t>
   </si>
   <si>
     <t>Avda.  de Jerez, 21</t>
   </si>
   <si>
     <t>C/  Pablo Picasso, 8</t>
   </si>
   <si>
     <t>C/  Pablo Picasso, s/n</t>
   </si>
   <si>
-    <t>ALCALA DE GUADAIRA</t>
+    <t>Alcala De Guadaira</t>
   </si>
   <si>
     <t>C/  Orellana, 10</t>
   </si>
   <si>
-    <t>OSUNA</t>
+    <t>Osuna</t>
   </si>
   <si>
     <t>C/  Luis de Molina, 37-39</t>
   </si>
   <si>
     <t>C/  Luis de Molina, 37</t>
   </si>
   <si>
-    <t>DOS HERMANAS</t>
+    <t>Dos Hermanas</t>
   </si>
   <si>
     <t>C/  Isaac Peral, 47</t>
   </si>
   <si>
-    <t>SANLUCAR LA MAYOR</t>
+    <t>Sanlucar La Mayor</t>
   </si>
   <si>
     <t>Camino  de las Majarocas, 1</t>
   </si>
   <si>
     <t>Camino  de Huévar, 1</t>
   </si>
   <si>
-    <t>SORIA</t>
+    <t>Soria</t>
   </si>
   <si>
     <t>C/  San Benito, 17</t>
   </si>
   <si>
     <t>C/  Venerable Carabantes, 1BAJO</t>
   </si>
   <si>
-    <t>TARRAGONA</t>
+    <t>Tarragona</t>
   </si>
   <si>
     <t>Rambla  Nova, 84</t>
   </si>
   <si>
     <t>Avda.  de Roma, 7B</t>
   </si>
   <si>
-    <t>REUS</t>
+    <t>Reus</t>
   </si>
   <si>
     <t>Plaza  Gandhi, 5</t>
   </si>
   <si>
-    <t>TORTOSA</t>
+    <t>Tortosa</t>
   </si>
   <si>
     <t>C/  Bernat de Villamari, 1-7</t>
   </si>
   <si>
     <t>C/  Bernat de Villamarí, 1-7</t>
   </si>
   <si>
-    <t>VENDRELL (EL)</t>
+    <t>Vendrell (El)</t>
   </si>
   <si>
     <t>C/  Industria, 17-23</t>
   </si>
   <si>
-    <t>TERUEL</t>
+    <t>Teruel</t>
   </si>
   <si>
     <t>C/  Tarazona de Aragón, 2</t>
   </si>
   <si>
     <t>C/  Tarazona de Aragón, 2A</t>
   </si>
   <si>
-    <t>TOLEDO</t>
+    <t>Toledo</t>
   </si>
   <si>
     <t>Plaza  San Agustín, 3</t>
   </si>
   <si>
     <t>Plaza  San Agustin, 3</t>
   </si>
   <si>
-    <t>TALAVERA DE LA REINA</t>
+    <t>Talavera De La Reina</t>
   </si>
   <si>
     <t>Avda.  FRANCISCO AGUIRRE, 168</t>
   </si>
   <si>
     <t>Avda.  Francisco Aguirre, 168</t>
   </si>
   <si>
-    <t>MADRIDEJOS</t>
+    <t>Madridejos</t>
   </si>
   <si>
     <t>C/  Salvador, 25</t>
   </si>
   <si>
-    <t>VALENCIA</t>
+    <t>Vàlencia/Valencia</t>
+  </si>
+  <si>
+    <t>Valencia</t>
   </si>
   <si>
     <t>Avda.  Marqués de Sotelo, 8-10</t>
   </si>
   <si>
     <t>C/  Colón, 60</t>
   </si>
   <si>
     <t>C/  Jesús, 66</t>
   </si>
   <si>
     <t>Avda.  General Avilés, 27</t>
   </si>
   <si>
-    <t>REQUENA</t>
+    <t>Requena</t>
   </si>
   <si>
     <t>C/  General Pereyra, 15</t>
   </si>
   <si>
-    <t>SUECA</t>
+    <t>Sueca</t>
   </si>
   <si>
     <t>Avda.  José Maiques Marco, 9</t>
   </si>
   <si>
-    <t>CATARROJA</t>
+    <t>Catarroja</t>
   </si>
   <si>
     <t>C/  Manfredo Monforte, 24</t>
   </si>
   <si>
-    <t>SAGUNTO/SAGUNT</t>
+    <t>Sagunto/Sagunt</t>
   </si>
   <si>
     <t>Avda.  Huertos, 37DBJ</t>
   </si>
   <si>
-    <t>ALZIRA</t>
+    <t>Alzira</t>
   </si>
   <si>
     <t>C/  Horts dels Frares, 45</t>
   </si>
   <si>
-    <t>GANDIA</t>
+    <t>Gandia</t>
   </si>
   <si>
     <t>C/  Tossal, 83</t>
   </si>
   <si>
-    <t>XATIVA</t>
+    <t>Xativa</t>
   </si>
   <si>
     <t>C/  Cerdán de Tallada, 12</t>
   </si>
   <si>
-    <t>TORRENT</t>
+    <t>Torrent</t>
   </si>
   <si>
     <t>C/  Músico José Ortí Soriano, 2</t>
   </si>
   <si>
-    <t>PATERNA</t>
+    <t>Paterna</t>
   </si>
   <si>
     <t>Avda.  Vicent Mortes Alfonso, 21-23</t>
   </si>
   <si>
-    <t>VALLADOLID</t>
+    <t>Valladolid</t>
   </si>
   <si>
     <t>C/  Boston, 6</t>
   </si>
   <si>
     <t>C/  Sajambre, 21</t>
   </si>
   <si>
-    <t>MEDINA DEL CAMPO</t>
+    <t>Medina Del Campo</t>
   </si>
   <si>
     <t>C/  Rey, 3</t>
   </si>
   <si>
-    <t>VIZCAYA</t>
-[...2 lines deleted...]
-    <t>BILBAO</t>
+    <t>Bizkaia</t>
+  </si>
+  <si>
+    <t>Bilbao</t>
   </si>
   <si>
     <t>Avda.  Txomin Garat, 6</t>
   </si>
   <si>
     <t>C/  Viuda de Epalza, 3-5</t>
   </si>
   <si>
     <t>C/  Gran vía, 89</t>
   </si>
   <si>
     <t>C/  Gran Vía, 89</t>
   </si>
   <si>
     <t>C/  Gran Vía Don Diego López de Haro, 892º</t>
   </si>
   <si>
     <t>C/  Gran Vía Don Diego López de Haro, 892</t>
   </si>
   <si>
     <t>C/  Gran Vía Don Diego López de Haro, 891</t>
   </si>
   <si>
-    <t>DURANGO</t>
+    <t>Durango</t>
   </si>
   <si>
     <t>C/  Tromperri, 3-5</t>
   </si>
   <si>
-    <t>SESTAO</t>
+    <t>Sestao</t>
   </si>
   <si>
     <t>C/  Blas de Otero, 8</t>
   </si>
   <si>
-    <t>GETXO</t>
+    <t>Getxo</t>
   </si>
   <si>
     <t>C/  Villa de Plentzia, 14</t>
   </si>
   <si>
-    <t>ZAMORA</t>
+    <t>Zamora</t>
   </si>
   <si>
     <t>Avda.  de Requejo, 23</t>
   </si>
   <si>
-    <t>ZARAGOZA</t>
+    <t>Zaragoza</t>
   </si>
   <si>
     <t>C/  Fray Luis Amigo, 6</t>
   </si>
   <si>
     <t>Camino  de las Torres, 22</t>
   </si>
   <si>
     <t>Avda.  Madrid, 24</t>
   </si>
   <si>
     <t>C/  Monasterio de Samos, 27</t>
   </si>
   <si>
     <t>Avda.  Ranillas, 1D</t>
   </si>
   <si>
     <t>Avda.  Ranillas, 1 D</t>
   </si>
   <si>
-    <t>CALATAYUD</t>
+    <t>Calatayud</t>
   </si>
   <si>
     <t>C/  Medarde, 19</t>
   </si>
   <si>
-    <t>CEUTA</t>
+    <t>Ciudad autónoma de Ceuta</t>
+  </si>
+  <si>
+    <t>Ceuta</t>
   </si>
   <si>
     <t>C/  Alcalde Manuel Olivencia Amor, s/n</t>
   </si>
   <si>
-    <t>MELILLA</t>
+    <t>Ciudad autónoma de Melilla</t>
+  </si>
+  <si>
+    <t>Melilla</t>
   </si>
   <si>
     <t>C/  General Marina, 18</t>
   </si>
   <si>
     <t>Paseo  Marítimo Rafael Ginel Cañamaque, 58</t>
   </si>
   <si>
     <t>Paseo  Marítimo Alcalde Rafael Ginel Cañamaque, 58</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2616,51 +2652,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CACE05B9-14CE-4E91-9F6B-F4DB515F3190}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E893B389-3D73-4FE4-AC41-67DEF1DE1E9A}">
   <dimension ref="A1:P544"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -2687,27200 +2723,27201 @@
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2">
-        <v>10590000</v>
+        <v>1010</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
         <v>21</v>
       </c>
       <c r="H2" t="s">
         <v>21</v>
       </c>
       <c r="I2" t="s">
         <v>21</v>
       </c>
       <c r="J2" t="s">
         <v>22</v>
       </c>
       <c r="K2" t="s">
         <v>22</v>
       </c>
       <c r="L2" t="s">
         <v>23</v>
       </c>
       <c r="M2">
         <v>-2.6967398999999999</v>
       </c>
       <c r="N2">
         <v>42.865871400000003</v>
       </c>
       <c r="O2" t="s">
         <v>24</v>
       </c>
       <c r="P2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3">
-        <v>10590000</v>
+        <v>1010</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
       <c r="J3" t="s">
         <v>22</v>
       </c>
       <c r="K3" t="s">
         <v>22</v>
       </c>
       <c r="L3" t="s">
         <v>23</v>
       </c>
       <c r="M3">
         <v>-2.6967400000000001</v>
       </c>
       <c r="N3">
         <v>42.865870000000001</v>
       </c>
       <c r="O3" t="s">
         <v>24</v>
       </c>
       <c r="P3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4">
-        <v>10590000</v>
+        <v>1010</v>
       </c>
       <c r="F4" t="s">
         <v>27</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4" t="s">
         <v>21</v>
       </c>
       <c r="I4" t="s">
         <v>21</v>
       </c>
       <c r="J4" t="s">
         <v>22</v>
       </c>
       <c r="K4" t="s">
         <v>22</v>
       </c>
       <c r="L4" t="s">
         <v>23</v>
       </c>
       <c r="M4">
         <v>-2.6967398999999999</v>
       </c>
       <c r="N4">
         <v>42.865871400000003</v>
       </c>
       <c r="O4" t="s">
         <v>24</v>
       </c>
       <c r="P4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5">
-        <v>10590000</v>
+        <v>1010</v>
       </c>
       <c r="F5" t="s">
         <v>28</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>21</v>
       </c>
       <c r="I5" t="s">
         <v>21</v>
       </c>
       <c r="J5" t="s">
         <v>22</v>
       </c>
       <c r="K5" t="s">
         <v>21</v>
       </c>
       <c r="L5" t="s">
         <v>23</v>
       </c>
       <c r="M5">
         <v>-2.6967398999999999</v>
       </c>
       <c r="N5">
         <v>42.865871400000003</v>
       </c>
       <c r="O5" t="s">
         <v>24</v>
       </c>
       <c r="P5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6">
-        <v>10360000</v>
+        <v>1400</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6" t="s">
         <v>21</v>
       </c>
       <c r="H6" t="s">
         <v>22</v>
       </c>
       <c r="I6" t="s">
         <v>22</v>
       </c>
       <c r="J6" t="s">
         <v>22</v>
       </c>
       <c r="K6" t="s">
         <v>22</v>
       </c>
       <c r="L6" t="s">
         <v>30</v>
       </c>
       <c r="M6">
         <v>-2.9591645799999999</v>
       </c>
       <c r="N6">
         <v>43.145049190000002</v>
       </c>
       <c r="O6" t="s">
         <v>24</v>
       </c>
       <c r="P6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7">
-        <v>10360000</v>
+        <v>1400</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>21</v>
       </c>
       <c r="H7" t="s">
         <v>21</v>
       </c>
       <c r="I7" t="s">
         <v>21</v>
       </c>
       <c r="J7" t="s">
         <v>22</v>
       </c>
       <c r="K7" t="s">
         <v>22</v>
       </c>
       <c r="L7" t="s">
         <v>30</v>
       </c>
       <c r="M7">
         <v>-2.9591645799999999</v>
       </c>
       <c r="N7">
         <v>43.145049190000002</v>
       </c>
       <c r="O7" t="s">
         <v>24</v>
       </c>
       <c r="P7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>31</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8">
-        <v>20030000</v>
+        <v>2002</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>21</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>21</v>
       </c>
       <c r="J8" t="s">
         <v>22</v>
       </c>
       <c r="K8" t="s">
         <v>22</v>
       </c>
       <c r="L8" t="s">
         <v>33</v>
       </c>
       <c r="M8">
         <v>-1.8540908700000001</v>
       </c>
       <c r="N8">
         <v>38.987270029999998</v>
       </c>
       <c r="O8" t="s">
         <v>24</v>
       </c>
       <c r="P8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>31</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9">
-        <v>20030000</v>
+        <v>2002</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
         <v>21</v>
       </c>
       <c r="H9" t="s">
         <v>21</v>
       </c>
       <c r="I9" t="s">
         <v>21</v>
       </c>
       <c r="J9" t="s">
         <v>22</v>
       </c>
       <c r="K9" t="s">
         <v>22</v>
       </c>
       <c r="L9" t="s">
         <v>33</v>
       </c>
       <c r="M9">
         <v>-1.8540908700000001</v>
       </c>
       <c r="N9">
         <v>38.987270029999998</v>
       </c>
       <c r="O9" t="s">
         <v>24</v>
       </c>
       <c r="P9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10">
-        <v>20030000</v>
+        <v>2002</v>
       </c>
       <c r="F10" t="s">
         <v>28</v>
       </c>
       <c r="G10" t="s">
         <v>21</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10" t="s">
         <v>22</v>
       </c>
       <c r="K10" t="s">
         <v>22</v>
       </c>
       <c r="L10" t="s">
         <v>33</v>
       </c>
       <c r="M10">
         <v>-1.8540908700000001</v>
       </c>
       <c r="N10">
         <v>38.987270029999998</v>
       </c>
       <c r="O10" t="s">
         <v>24</v>
       </c>
       <c r="P10" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11">
-        <v>20030000</v>
+        <v>2002</v>
       </c>
       <c r="F11" t="s">
         <v>26</v>
       </c>
       <c r="G11" t="s">
         <v>21</v>
       </c>
       <c r="H11" t="s">
         <v>22</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11" t="s">
         <v>22</v>
       </c>
       <c r="K11" t="s">
         <v>22</v>
       </c>
       <c r="L11" t="s">
         <v>33</v>
       </c>
       <c r="M11">
         <v>-1.8540908700000001</v>
       </c>
       <c r="N11">
         <v>38.987270029999998</v>
       </c>
       <c r="O11" t="s">
         <v>24</v>
       </c>
       <c r="P11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12">
-        <v>20030000</v>
+        <v>2005</v>
       </c>
       <c r="F12" t="s">
         <v>26</v>
       </c>
       <c r="G12" t="s">
         <v>21</v>
       </c>
       <c r="H12" t="s">
         <v>22</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12" t="s">
         <v>22</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
       <c r="L12" t="s">
         <v>35</v>
       </c>
       <c r="M12">
         <v>-1.8562749999999999</v>
       </c>
       <c r="N12">
         <v>38.997906280000002</v>
       </c>
       <c r="O12" t="s">
         <v>24</v>
       </c>
       <c r="P12" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13">
-        <v>20030000</v>
+        <v>2005</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
         <v>21</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>21</v>
       </c>
       <c r="J13" t="s">
         <v>22</v>
       </c>
       <c r="K13" t="s">
         <v>22</v>
       </c>
       <c r="L13" t="s">
         <v>35</v>
       </c>
       <c r="M13">
         <v>-1.8562749999999999</v>
       </c>
       <c r="N13">
         <v>38.997906280000002</v>
       </c>
       <c r="O13" t="s">
         <v>24</v>
       </c>
       <c r="P13" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14">
-        <v>20090000</v>
+        <v>2640</v>
       </c>
       <c r="F14" t="s">
         <v>26</v>
       </c>
       <c r="G14" t="s">
         <v>21</v>
       </c>
       <c r="H14" t="s">
         <v>22</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14" t="s">
         <v>22</v>
       </c>
       <c r="K14" t="s">
         <v>22</v>
       </c>
       <c r="L14" t="s">
         <v>37</v>
       </c>
       <c r="M14">
         <v>-1.09275568</v>
       </c>
       <c r="N14">
         <v>38.86495781</v>
       </c>
       <c r="O14" t="s">
         <v>24</v>
       </c>
       <c r="P14" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" t="s">
         <v>32</v>
       </c>
       <c r="D15" t="s">
         <v>36</v>
       </c>
       <c r="E15">
-        <v>20090000</v>
+        <v>2640</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
         <v>21</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
       <c r="I15" t="s">
         <v>21</v>
       </c>
       <c r="J15" t="s">
         <v>22</v>
       </c>
       <c r="K15" t="s">
         <v>22</v>
       </c>
       <c r="L15" t="s">
         <v>38</v>
       </c>
       <c r="M15">
         <v>-1.09275568</v>
       </c>
       <c r="N15">
         <v>38.86495781</v>
       </c>
       <c r="O15" t="s">
         <v>24</v>
       </c>
       <c r="P15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>39</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>41</v>
       </c>
       <c r="E16">
-        <v>30140000</v>
+        <v>3002</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
         <v>21</v>
       </c>
       <c r="H16" t="s">
         <v>21</v>
       </c>
       <c r="I16" t="s">
         <v>21</v>
       </c>
       <c r="J16" t="s">
         <v>22</v>
       </c>
       <c r="K16" t="s">
         <v>22</v>
       </c>
       <c r="L16" t="s">
         <v>42</v>
       </c>
       <c r="M16">
         <v>-0.48312396000000002</v>
       </c>
       <c r="N16">
         <v>38.344741390000003</v>
       </c>
       <c r="O16" t="s">
         <v>24</v>
       </c>
       <c r="P16" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
         <v>41</v>
       </c>
       <c r="E17">
-        <v>30140000</v>
+        <v>3002</v>
       </c>
       <c r="F17" t="s">
         <v>26</v>
       </c>
       <c r="G17" t="s">
         <v>21</v>
       </c>
       <c r="H17" t="s">
         <v>22</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17" t="s">
         <v>22</v>
       </c>
       <c r="K17" t="s">
         <v>22</v>
       </c>
       <c r="L17" t="s">
         <v>42</v>
       </c>
       <c r="M17">
         <v>-0.48312396000000002</v>
       </c>
       <c r="N17">
         <v>38.344741390000003</v>
       </c>
       <c r="O17" t="s">
         <v>24</v>
       </c>
       <c r="P17" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18" t="s">
         <v>41</v>
       </c>
       <c r="E18">
-        <v>30140000</v>
+        <v>3005</v>
       </c>
       <c r="F18" t="s">
         <v>28</v>
       </c>
       <c r="G18" t="s">
         <v>21</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
       <c r="I18" t="s">
         <v>21</v>
       </c>
       <c r="J18" t="s">
         <v>22</v>
       </c>
       <c r="K18" t="s">
         <v>22</v>
       </c>
       <c r="L18" t="s">
         <v>43</v>
       </c>
       <c r="M18">
         <v>-0.49468352999999998</v>
       </c>
       <c r="N18">
         <v>38.346610929999997</v>
       </c>
       <c r="O18" t="s">
         <v>24</v>
       </c>
       <c r="P18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" t="s">
         <v>40</v>
       </c>
       <c r="D19" t="s">
         <v>41</v>
       </c>
       <c r="E19">
-        <v>30140000</v>
+        <v>3005</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
         <v>21</v>
       </c>
       <c r="H19" t="s">
         <v>21</v>
       </c>
       <c r="I19" t="s">
         <v>21</v>
       </c>
       <c r="J19" t="s">
         <v>22</v>
       </c>
       <c r="K19" t="s">
         <v>22</v>
       </c>
       <c r="L19" t="s">
         <v>44</v>
       </c>
       <c r="M19">
         <v>-0.49468352999999998</v>
       </c>
       <c r="N19">
         <v>38.346610929999997</v>
       </c>
       <c r="O19" t="s">
         <v>24</v>
       </c>
       <c r="P19" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>16</v>
       </c>
       <c r="B20" t="s">
         <v>39</v>
       </c>
       <c r="C20" t="s">
         <v>40</v>
       </c>
       <c r="D20" t="s">
         <v>41</v>
       </c>
       <c r="E20">
-        <v>30140000</v>
+        <v>3005</v>
       </c>
       <c r="F20" t="s">
         <v>27</v>
       </c>
       <c r="G20" t="s">
         <v>21</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
         <v>21</v>
       </c>
       <c r="J20" t="s">
         <v>22</v>
       </c>
       <c r="K20" t="s">
         <v>22</v>
       </c>
       <c r="L20" t="s">
         <v>45</v>
       </c>
       <c r="M20">
         <v>0</v>
       </c>
       <c r="N20">
         <v>0</v>
       </c>
       <c r="O20" t="s">
         <v>24</v>
       </c>
       <c r="P20" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>16</v>
       </c>
       <c r="B21" t="s">
         <v>39</v>
       </c>
       <c r="C21" t="s">
         <v>40</v>
       </c>
       <c r="D21" t="s">
         <v>41</v>
       </c>
       <c r="E21">
-        <v>30140000</v>
+        <v>3005</v>
       </c>
       <c r="F21" t="s">
         <v>26</v>
       </c>
       <c r="G21" t="s">
         <v>21</v>
       </c>
       <c r="H21" t="s">
         <v>22</v>
       </c>
       <c r="I21" t="s">
         <v>22</v>
       </c>
       <c r="J21" t="s">
         <v>22</v>
       </c>
       <c r="K21" t="s">
         <v>22</v>
       </c>
       <c r="L21" t="s">
         <v>43</v>
       </c>
       <c r="M21">
         <v>-0.49468352999999998</v>
       </c>
       <c r="N21">
         <v>38.346610929999997</v>
       </c>
       <c r="O21" t="s">
         <v>24</v>
       </c>
       <c r="P21" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>16</v>
       </c>
       <c r="B22" t="s">
         <v>39</v>
       </c>
       <c r="C22" t="s">
         <v>40</v>
       </c>
       <c r="D22" t="s">
         <v>46</v>
       </c>
       <c r="E22">
-        <v>31330000</v>
+        <v>3185</v>
       </c>
       <c r="F22" t="s">
         <v>26</v>
       </c>
       <c r="G22" t="s">
         <v>21</v>
       </c>
       <c r="H22" t="s">
         <v>22</v>
       </c>
       <c r="I22" t="s">
         <v>22</v>
       </c>
       <c r="J22" t="s">
         <v>22</v>
       </c>
       <c r="K22" t="s">
         <v>22</v>
       </c>
       <c r="L22" t="s">
         <v>47</v>
       </c>
       <c r="M22">
         <v>-0.69401000000000002</v>
       </c>
       <c r="N22">
         <v>37.978889799999997</v>
       </c>
       <c r="O22" t="s">
         <v>24</v>
       </c>
       <c r="P22" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>16</v>
       </c>
       <c r="B23" t="s">
         <v>39</v>
       </c>
       <c r="C23" t="s">
         <v>40</v>
       </c>
       <c r="D23" t="s">
         <v>48</v>
       </c>
       <c r="E23">
-        <v>30650000</v>
+        <v>3203</v>
       </c>
       <c r="F23" t="s">
         <v>26</v>
       </c>
       <c r="G23" t="s">
         <v>21</v>
       </c>
       <c r="H23" t="s">
         <v>22</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23" t="s">
         <v>22</v>
       </c>
       <c r="K23" t="s">
         <v>22</v>
       </c>
       <c r="L23" t="s">
         <v>49</v>
       </c>
       <c r="M23">
         <v>-0.68760560999999998</v>
       </c>
       <c r="N23">
         <v>38.268255549999999</v>
       </c>
       <c r="O23" t="s">
         <v>24</v>
       </c>
       <c r="P23" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>16</v>
       </c>
       <c r="B24" t="s">
         <v>39</v>
       </c>
       <c r="C24" t="s">
         <v>40</v>
       </c>
       <c r="D24" t="s">
         <v>48</v>
       </c>
       <c r="E24">
-        <v>30650000</v>
+        <v>3203</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
         <v>21</v>
       </c>
       <c r="H24" t="s">
         <v>21</v>
       </c>
       <c r="I24" t="s">
         <v>21</v>
       </c>
       <c r="J24" t="s">
         <v>22</v>
       </c>
       <c r="K24" t="s">
         <v>22</v>
       </c>
       <c r="L24" t="s">
         <v>50</v>
       </c>
       <c r="M24">
         <v>-0.68782262999999999</v>
       </c>
       <c r="N24">
         <v>38.268259829999998</v>
       </c>
       <c r="O24" t="s">
         <v>24</v>
       </c>
       <c r="P24" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>16</v>
       </c>
       <c r="B25" t="s">
         <v>39</v>
       </c>
       <c r="C25" t="s">
         <v>40</v>
       </c>
       <c r="D25" t="s">
         <v>51</v>
       </c>
       <c r="E25">
-        <v>30990000</v>
+        <v>3300</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
         <v>21</v>
       </c>
       <c r="H25" t="s">
         <v>21</v>
       </c>
       <c r="I25" t="s">
         <v>21</v>
       </c>
       <c r="J25" t="s">
         <v>22</v>
       </c>
       <c r="K25" t="s">
         <v>22</v>
       </c>
       <c r="L25" t="s">
         <v>52</v>
       </c>
       <c r="M25">
         <v>-0.94276187</v>
       </c>
       <c r="N25">
         <v>38.083477729999998</v>
       </c>
       <c r="O25" t="s">
         <v>24</v>
       </c>
       <c r="P25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>16</v>
       </c>
       <c r="B26" t="s">
         <v>39</v>
       </c>
       <c r="C26" t="s">
         <v>40</v>
       </c>
       <c r="D26" t="s">
         <v>51</v>
       </c>
       <c r="E26">
-        <v>30990000</v>
+        <v>3300</v>
       </c>
       <c r="F26" t="s">
         <v>26</v>
       </c>
       <c r="G26" t="s">
         <v>21</v>
       </c>
       <c r="H26" t="s">
         <v>22</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26" t="s">
         <v>22</v>
       </c>
       <c r="K26" t="s">
         <v>22</v>
       </c>
       <c r="L26" t="s">
         <v>53</v>
       </c>
       <c r="M26">
         <v>-0.94276187</v>
       </c>
       <c r="N26">
         <v>38.083477729999998</v>
       </c>
       <c r="O26" t="s">
         <v>24</v>
       </c>
       <c r="P26" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>16</v>
       </c>
       <c r="B27" t="s">
         <v>39</v>
       </c>
       <c r="C27" t="s">
         <v>40</v>
       </c>
       <c r="D27" t="s">
         <v>54</v>
       </c>
       <c r="E27">
-        <v>30310000</v>
+        <v>3501</v>
       </c>
       <c r="F27" t="s">
         <v>26</v>
       </c>
       <c r="G27" t="s">
         <v>21</v>
       </c>
       <c r="H27" t="s">
         <v>22</v>
       </c>
       <c r="I27" t="s">
         <v>22</v>
       </c>
       <c r="J27" t="s">
         <v>22</v>
       </c>
       <c r="K27" t="s">
         <v>22</v>
       </c>
       <c r="L27" t="s">
         <v>55</v>
       </c>
       <c r="M27">
         <v>-0.12951030999999999</v>
       </c>
       <c r="N27">
         <v>38.540318220000003</v>
       </c>
       <c r="O27" t="s">
         <v>24</v>
       </c>
       <c r="P27" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>16</v>
       </c>
       <c r="B28" t="s">
         <v>39</v>
       </c>
       <c r="C28" t="s">
         <v>40</v>
       </c>
       <c r="D28" t="s">
         <v>54</v>
       </c>
       <c r="E28">
-        <v>30310000</v>
+        <v>3501</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
         <v>21</v>
       </c>
       <c r="H28" t="s">
         <v>21</v>
       </c>
       <c r="I28" t="s">
         <v>21</v>
       </c>
       <c r="J28" t="s">
         <v>22</v>
       </c>
       <c r="K28" t="s">
         <v>22</v>
       </c>
       <c r="L28" t="s">
         <v>55</v>
       </c>
       <c r="M28">
         <v>-0.12951030999999999</v>
       </c>
       <c r="N28">
         <v>38.540318220000003</v>
       </c>
       <c r="O28" t="s">
         <v>24</v>
       </c>
       <c r="P28" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>16</v>
       </c>
       <c r="B29" t="s">
         <v>39</v>
       </c>
       <c r="C29" t="s">
         <v>40</v>
       </c>
       <c r="D29" t="s">
         <v>56</v>
       </c>
       <c r="E29">
-        <v>30660000</v>
+        <v>3600</v>
       </c>
       <c r="F29" t="s">
         <v>26</v>
       </c>
       <c r="G29" t="s">
         <v>21</v>
       </c>
       <c r="H29" t="s">
         <v>22</v>
       </c>
       <c r="I29" t="s">
         <v>22</v>
       </c>
       <c r="J29" t="s">
         <v>22</v>
       </c>
       <c r="K29" t="s">
         <v>22</v>
       </c>
       <c r="L29" t="s">
         <v>57</v>
       </c>
       <c r="M29">
         <v>-0.79292790000000002</v>
       </c>
       <c r="N29">
         <v>38.477269010000001</v>
       </c>
       <c r="O29" t="s">
         <v>24</v>
       </c>
       <c r="P29" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>16</v>
       </c>
       <c r="B30" t="s">
         <v>39</v>
       </c>
       <c r="C30" t="s">
         <v>40</v>
       </c>
       <c r="D30" t="s">
         <v>56</v>
       </c>
       <c r="E30">
-        <v>30660000</v>
+        <v>3600</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
         <v>21</v>
       </c>
       <c r="H30" t="s">
         <v>21</v>
       </c>
       <c r="I30" t="s">
         <v>21</v>
       </c>
       <c r="J30" t="s">
         <v>22</v>
       </c>
       <c r="K30" t="s">
         <v>22</v>
       </c>
       <c r="L30" t="s">
         <v>58</v>
       </c>
       <c r="M30">
         <v>-0.79292790000000002</v>
       </c>
       <c r="N30">
         <v>38.477269010000001</v>
       </c>
       <c r="O30" t="s">
         <v>24</v>
       </c>
       <c r="P30" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>16</v>
       </c>
       <c r="B31" t="s">
         <v>39</v>
       </c>
       <c r="C31" t="s">
         <v>40</v>
       </c>
       <c r="D31" t="s">
         <v>59</v>
       </c>
       <c r="E31">
-        <v>30630000</v>
+        <v>3700</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
         <v>21</v>
       </c>
       <c r="H31" t="s">
         <v>21</v>
       </c>
       <c r="I31" t="s">
         <v>21</v>
       </c>
       <c r="J31" t="s">
         <v>22</v>
       </c>
       <c r="K31" t="s">
         <v>22</v>
       </c>
       <c r="L31" t="s">
         <v>60</v>
       </c>
       <c r="M31">
         <v>0.10798094</v>
       </c>
       <c r="N31">
         <v>38.837792319999998</v>
       </c>
       <c r="O31" t="s">
         <v>24</v>
       </c>
       <c r="P31" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>16</v>
       </c>
       <c r="B32" t="s">
         <v>39</v>
       </c>
       <c r="C32" t="s">
         <v>40</v>
       </c>
       <c r="D32" t="s">
         <v>59</v>
       </c>
       <c r="E32">
-        <v>30630000</v>
+        <v>3700</v>
       </c>
       <c r="F32" t="s">
         <v>26</v>
       </c>
       <c r="G32" t="s">
         <v>21</v>
       </c>
       <c r="H32" t="s">
         <v>22</v>
       </c>
       <c r="I32" t="s">
         <v>22</v>
       </c>
       <c r="J32" t="s">
         <v>22</v>
       </c>
       <c r="K32" t="s">
         <v>22</v>
       </c>
       <c r="L32" t="s">
         <v>61</v>
       </c>
       <c r="M32">
         <v>0.10798094</v>
       </c>
       <c r="N32">
         <v>38.837792319999998</v>
       </c>
       <c r="O32" t="s">
         <v>24</v>
       </c>
       <c r="P32" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>16</v>
       </c>
       <c r="B33" t="s">
         <v>39</v>
       </c>
       <c r="C33" t="s">
         <v>40</v>
       </c>
       <c r="D33" t="s">
         <v>62</v>
       </c>
       <c r="E33">
-        <v>30090000</v>
+        <v>3803</v>
       </c>
       <c r="F33" t="s">
         <v>26</v>
       </c>
       <c r="G33" t="s">
         <v>21</v>
       </c>
       <c r="H33" t="s">
         <v>22</v>
       </c>
       <c r="I33" t="s">
         <v>22</v>
       </c>
       <c r="J33" t="s">
         <v>22</v>
       </c>
       <c r="K33" t="s">
         <v>22</v>
       </c>
       <c r="L33" t="s">
         <v>63</v>
       </c>
       <c r="M33">
         <v>-0.48299616000000001</v>
       </c>
       <c r="N33">
         <v>38.701193029999999</v>
       </c>
       <c r="O33" t="s">
         <v>24</v>
       </c>
       <c r="P33" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>16</v>
       </c>
       <c r="B34" t="s">
         <v>39</v>
       </c>
       <c r="C34" t="s">
         <v>40</v>
       </c>
       <c r="D34" t="s">
         <v>62</v>
       </c>
       <c r="E34">
-        <v>30090000</v>
+        <v>3803</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
         <v>21</v>
       </c>
       <c r="H34" t="s">
         <v>21</v>
       </c>
       <c r="I34" t="s">
         <v>21</v>
       </c>
       <c r="J34" t="s">
         <v>22</v>
       </c>
       <c r="K34" t="s">
         <v>22</v>
       </c>
       <c r="L34" t="s">
         <v>63</v>
       </c>
       <c r="M34">
         <v>-0.48299616000000001</v>
       </c>
       <c r="N34">
         <v>38.701193029999999</v>
       </c>
       <c r="O34" t="s">
         <v>24</v>
       </c>
       <c r="P34" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>16</v>
       </c>
       <c r="B35" t="s">
         <v>64</v>
       </c>
       <c r="C35" t="s">
         <v>65</v>
       </c>
       <c r="D35" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E35">
-        <v>40130000</v>
+        <v>4007</v>
       </c>
       <c r="F35" t="s">
         <v>27</v>
       </c>
       <c r="G35" t="s">
         <v>21</v>
       </c>
       <c r="H35" t="s">
         <v>21</v>
       </c>
       <c r="I35" t="s">
         <v>21</v>
       </c>
       <c r="J35" t="s">
         <v>22</v>
       </c>
       <c r="K35" t="s">
         <v>22</v>
       </c>
       <c r="L35" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M35">
         <v>-2.4435069999999999</v>
       </c>
       <c r="N35">
         <v>36.835876159999998</v>
       </c>
       <c r="O35" t="s">
         <v>24</v>
       </c>
       <c r="P35" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>16</v>
       </c>
       <c r="B36" t="s">
         <v>64</v>
       </c>
       <c r="C36" t="s">
         <v>65</v>
       </c>
       <c r="D36" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E36">
-        <v>40130000</v>
+        <v>4007</v>
       </c>
       <c r="F36" t="s">
         <v>26</v>
       </c>
       <c r="G36" t="s">
         <v>21</v>
       </c>
       <c r="H36" t="s">
         <v>22</v>
       </c>
       <c r="I36" t="s">
         <v>22</v>
       </c>
       <c r="J36" t="s">
         <v>22</v>
       </c>
       <c r="K36" t="s">
         <v>22</v>
       </c>
       <c r="L36" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M36">
         <v>-2.4432499999999999</v>
       </c>
       <c r="N36">
         <v>36.835869000000002</v>
       </c>
       <c r="O36" t="s">
         <v>24</v>
       </c>
       <c r="P36" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>16</v>
       </c>
       <c r="B37" t="s">
         <v>64</v>
       </c>
       <c r="C37" t="s">
         <v>65</v>
       </c>
       <c r="D37" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E37">
-        <v>40130000</v>
+        <v>4007</v>
       </c>
       <c r="F37" t="s">
         <v>28</v>
       </c>
       <c r="G37" t="s">
         <v>21</v>
       </c>
       <c r="H37" t="s">
         <v>21</v>
       </c>
       <c r="I37" t="s">
         <v>22</v>
       </c>
       <c r="J37" t="s">
         <v>22</v>
       </c>
       <c r="K37" t="s">
         <v>22</v>
       </c>
       <c r="L37" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M37">
         <v>-2.4435069999999999</v>
       </c>
       <c r="N37">
         <v>36.835876159999998</v>
       </c>
       <c r="O37" t="s">
         <v>24</v>
       </c>
       <c r="P37" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>16</v>
       </c>
       <c r="B38" t="s">
         <v>64</v>
       </c>
       <c r="C38" t="s">
         <v>65</v>
       </c>
       <c r="D38" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E38">
-        <v>40130000</v>
+        <v>4007</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
         <v>21</v>
       </c>
       <c r="H38" t="s">
         <v>21</v>
       </c>
       <c r="I38" t="s">
         <v>21</v>
       </c>
       <c r="J38" t="s">
         <v>22</v>
       </c>
       <c r="K38" t="s">
         <v>22</v>
       </c>
       <c r="L38" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M38">
         <v>-2.4474991899999998</v>
       </c>
       <c r="N38">
         <v>36.860846709999997</v>
       </c>
       <c r="O38" t="s">
         <v>24</v>
       </c>
       <c r="P38" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>16</v>
       </c>
       <c r="B39" t="s">
         <v>64</v>
       </c>
       <c r="C39" t="s">
         <v>65</v>
       </c>
       <c r="D39" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E39">
-        <v>40130000</v>
+        <v>4008</v>
       </c>
       <c r="F39" t="s">
         <v>26</v>
       </c>
       <c r="G39" t="s">
         <v>21</v>
       </c>
       <c r="H39" t="s">
         <v>22</v>
       </c>
       <c r="I39" t="s">
         <v>22</v>
       </c>
       <c r="J39" t="s">
         <v>22</v>
       </c>
       <c r="K39" t="s">
         <v>22</v>
       </c>
       <c r="L39" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M39">
         <v>-2.4554901</v>
       </c>
       <c r="N39">
         <v>36.8493195</v>
       </c>
       <c r="O39" t="s">
         <v>24</v>
       </c>
       <c r="P39" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>16</v>
       </c>
       <c r="B40" t="s">
         <v>64</v>
       </c>
       <c r="C40" t="s">
         <v>65</v>
       </c>
       <c r="D40" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E40">
-        <v>40130000</v>
+        <v>4008</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
         <v>21</v>
       </c>
       <c r="H40" t="s">
         <v>21</v>
       </c>
       <c r="I40" t="s">
         <v>21</v>
       </c>
       <c r="J40" t="s">
         <v>22</v>
       </c>
       <c r="K40" t="s">
         <v>22</v>
       </c>
       <c r="L40" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M40">
         <v>-2.4486661299999999</v>
       </c>
       <c r="N40">
         <v>36.856128579999996</v>
       </c>
       <c r="O40" t="s">
         <v>24</v>
       </c>
       <c r="P40" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>16</v>
       </c>
       <c r="B41" t="s">
         <v>64</v>
       </c>
       <c r="C41" t="s">
         <v>65</v>
       </c>
       <c r="D41" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E41">
-        <v>40530000</v>
+        <v>4600</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
         <v>21</v>
       </c>
       <c r="H41" t="s">
         <v>21</v>
       </c>
       <c r="I41" t="s">
         <v>21</v>
       </c>
       <c r="J41" t="s">
         <v>22</v>
       </c>
       <c r="K41" t="s">
         <v>22</v>
       </c>
       <c r="L41" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M41">
         <v>-1.9495248000000001</v>
       </c>
       <c r="N41">
         <v>37.396064799999998</v>
       </c>
       <c r="O41" t="s">
         <v>24</v>
       </c>
       <c r="P41" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>16</v>
       </c>
       <c r="B42" t="s">
         <v>64</v>
       </c>
       <c r="C42" t="s">
         <v>65</v>
       </c>
       <c r="D42" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E42">
-        <v>40530000</v>
+        <v>4600</v>
       </c>
       <c r="F42" t="s">
         <v>26</v>
       </c>
       <c r="G42" t="s">
         <v>21</v>
       </c>
       <c r="H42" t="s">
         <v>22</v>
       </c>
       <c r="I42" t="s">
         <v>22</v>
       </c>
       <c r="J42" t="s">
         <v>22</v>
       </c>
       <c r="K42" t="s">
         <v>22</v>
       </c>
       <c r="L42" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M42">
         <v>-1.9493879999999999</v>
       </c>
       <c r="N42">
         <v>37.395871399999997</v>
       </c>
       <c r="O42" t="s">
         <v>24</v>
       </c>
       <c r="P42" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>16</v>
       </c>
       <c r="B43" t="s">
         <v>64</v>
       </c>
       <c r="C43" t="s">
         <v>65</v>
       </c>
       <c r="D43" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E43">
-        <v>49020000</v>
+        <v>4700</v>
       </c>
       <c r="F43" t="s">
         <v>26</v>
       </c>
       <c r="G43" t="s">
         <v>21</v>
       </c>
       <c r="H43" t="s">
         <v>22</v>
       </c>
       <c r="I43" t="s">
         <v>22</v>
       </c>
       <c r="J43" t="s">
         <v>22</v>
       </c>
       <c r="K43" t="s">
         <v>22</v>
       </c>
       <c r="L43" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M43">
         <v>-2.8113101</v>
       </c>
       <c r="N43">
         <v>36.7746201</v>
       </c>
       <c r="O43" t="s">
         <v>24</v>
       </c>
       <c r="P43" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>16</v>
       </c>
       <c r="B44" t="s">
         <v>64</v>
       </c>
       <c r="C44" t="s">
         <v>65</v>
       </c>
       <c r="D44" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E44">
-        <v>49020000</v>
+        <v>4700</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
         <v>21</v>
       </c>
       <c r="H44" t="s">
         <v>21</v>
       </c>
       <c r="I44" t="s">
         <v>22</v>
       </c>
       <c r="J44" t="s">
         <v>22</v>
       </c>
       <c r="K44" t="s">
         <v>22</v>
       </c>
       <c r="L44" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M44">
         <v>-2.8113101</v>
       </c>
       <c r="N44">
         <v>36.7746201</v>
       </c>
       <c r="O44" t="s">
         <v>24</v>
       </c>
       <c r="P44" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>16</v>
       </c>
       <c r="B45" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C45" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D45" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E45">
-        <v>50190000</v>
+        <v>5001</v>
       </c>
       <c r="F45" t="s">
         <v>28</v>
       </c>
       <c r="G45" t="s">
         <v>21</v>
       </c>
       <c r="H45" t="s">
         <v>21</v>
       </c>
       <c r="I45" t="s">
         <v>22</v>
       </c>
       <c r="J45" t="s">
         <v>22</v>
       </c>
       <c r="K45" t="s">
         <v>22</v>
       </c>
       <c r="L45" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="M45">
         <v>-4.6952935399999998</v>
       </c>
       <c r="N45">
         <v>40.657357050000002</v>
       </c>
       <c r="O45" t="s">
         <v>24</v>
       </c>
       <c r="P45" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>16</v>
       </c>
       <c r="B46" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C46" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D46" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E46">
-        <v>50190000</v>
+        <v>5001</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
         <v>21</v>
       </c>
       <c r="H46" t="s">
         <v>21</v>
       </c>
       <c r="I46" t="s">
         <v>21</v>
       </c>
       <c r="J46" t="s">
         <v>22</v>
       </c>
       <c r="K46" t="s">
         <v>22</v>
       </c>
       <c r="L46" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="M46">
         <v>-4.6952935399999998</v>
       </c>
       <c r="N46">
         <v>40.657357050000002</v>
       </c>
       <c r="O46" t="s">
         <v>24</v>
       </c>
       <c r="P46" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>16</v>
       </c>
       <c r="B47" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C47" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D47" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E47">
-        <v>50190000</v>
+        <v>5001</v>
       </c>
       <c r="F47" t="s">
         <v>26</v>
       </c>
       <c r="G47" t="s">
         <v>21</v>
       </c>
       <c r="H47" t="s">
         <v>22</v>
       </c>
       <c r="I47" t="s">
         <v>22</v>
       </c>
       <c r="J47" t="s">
         <v>22</v>
       </c>
       <c r="K47" t="s">
         <v>22</v>
       </c>
       <c r="L47" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="M47">
         <v>-4.6952935399999998</v>
       </c>
       <c r="N47">
         <v>40.657357050000002</v>
       </c>
       <c r="O47" t="s">
         <v>24</v>
       </c>
       <c r="P47" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>16</v>
       </c>
       <c r="B48" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C48" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D48" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E48">
-        <v>50190000</v>
+        <v>5001</v>
       </c>
       <c r="F48" t="s">
         <v>27</v>
       </c>
       <c r="G48" t="s">
         <v>21</v>
       </c>
       <c r="H48" t="s">
         <v>21</v>
       </c>
       <c r="I48" t="s">
         <v>21</v>
       </c>
       <c r="J48" t="s">
         <v>22</v>
       </c>
       <c r="K48" t="s">
         <v>22</v>
       </c>
       <c r="L48" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="M48">
         <v>-4.6952935399999998</v>
       </c>
       <c r="N48">
         <v>40.657357050000002</v>
       </c>
       <c r="O48" t="s">
         <v>24</v>
       </c>
       <c r="P48" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
         <v>16</v>
       </c>
       <c r="B49" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C49" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D49" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E49">
-        <v>60150000</v>
+        <v>6002</v>
       </c>
       <c r="F49" t="s">
         <v>28</v>
       </c>
       <c r="G49" t="s">
         <v>21</v>
       </c>
       <c r="H49" t="s">
         <v>21</v>
       </c>
       <c r="I49" t="s">
         <v>21</v>
       </c>
       <c r="J49" t="s">
         <v>22</v>
       </c>
       <c r="K49" t="s">
         <v>22</v>
       </c>
       <c r="L49" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="M49">
         <v>-6.9714067699999998</v>
       </c>
       <c r="N49">
         <v>38.875221670000002</v>
       </c>
       <c r="O49" t="s">
         <v>24</v>
       </c>
       <c r="P49" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>16</v>
       </c>
       <c r="B50" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C50" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D50" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E50">
-        <v>60150000</v>
+        <v>6002</v>
       </c>
       <c r="F50" t="s">
         <v>27</v>
       </c>
       <c r="G50" t="s">
         <v>21</v>
       </c>
       <c r="H50" t="s">
         <v>21</v>
       </c>
       <c r="I50" t="s">
         <v>21</v>
       </c>
       <c r="J50" t="s">
         <v>22</v>
       </c>
       <c r="K50" t="s">
         <v>22</v>
       </c>
       <c r="L50" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="M50">
         <v>-6.9714067699999998</v>
       </c>
       <c r="N50">
         <v>38.875221670000002</v>
       </c>
       <c r="O50" t="s">
         <v>24</v>
       </c>
       <c r="P50" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>16</v>
       </c>
       <c r="B51" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C51" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D51" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E51">
-        <v>60150000</v>
+        <v>6002</v>
       </c>
       <c r="F51" t="s">
         <v>26</v>
       </c>
       <c r="G51" t="s">
         <v>21</v>
       </c>
       <c r="H51" t="s">
         <v>22</v>
       </c>
       <c r="I51" t="s">
         <v>22</v>
       </c>
       <c r="J51" t="s">
         <v>22</v>
       </c>
       <c r="K51" t="s">
         <v>22</v>
       </c>
       <c r="L51" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="M51">
         <v>-6.9714067699999998</v>
       </c>
       <c r="N51">
         <v>38.875221670000002</v>
       </c>
       <c r="O51" t="s">
         <v>24</v>
       </c>
       <c r="P51" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
         <v>16</v>
       </c>
       <c r="B52" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C52" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D52" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E52">
-        <v>60150000</v>
+        <v>6002</v>
       </c>
       <c r="F52" t="s">
         <v>26</v>
       </c>
       <c r="G52" t="s">
         <v>21</v>
       </c>
       <c r="H52" t="s">
         <v>22</v>
       </c>
       <c r="I52" t="s">
         <v>22</v>
       </c>
       <c r="J52" t="s">
         <v>22</v>
       </c>
       <c r="K52" t="s">
         <v>22</v>
       </c>
       <c r="L52" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="M52">
         <v>-6.9714067699999998</v>
       </c>
       <c r="N52">
         <v>38.875221670000002</v>
       </c>
       <c r="O52" t="s">
         <v>24</v>
       </c>
       <c r="P52" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>16</v>
       </c>
       <c r="B53" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C53" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D53" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E53">
-        <v>60150000</v>
+        <v>6006</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
         <v>21</v>
       </c>
       <c r="H53" t="s">
         <v>21</v>
       </c>
       <c r="I53" t="s">
         <v>21</v>
       </c>
       <c r="J53" t="s">
         <v>22</v>
       </c>
       <c r="K53" t="s">
         <v>22</v>
       </c>
       <c r="L53" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="M53">
         <v>-6.9932462199999996</v>
       </c>
       <c r="N53">
         <v>38.881888289999999</v>
       </c>
       <c r="O53" t="s">
         <v>24</v>
       </c>
       <c r="P53" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>16</v>
       </c>
       <c r="B54" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C54" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D54" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E54">
-        <v>60150000</v>
+        <v>6006</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
         <v>21</v>
       </c>
       <c r="H54" t="s">
         <v>21</v>
       </c>
       <c r="I54" t="s">
         <v>21</v>
       </c>
       <c r="J54" t="s">
         <v>22</v>
       </c>
       <c r="K54" t="s">
         <v>22</v>
       </c>
       <c r="L54" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="M54">
         <v>-6.9932462199999996</v>
       </c>
       <c r="N54">
         <v>38.881888289999999</v>
       </c>
       <c r="O54" t="s">
         <v>24</v>
       </c>
       <c r="P54" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>16</v>
       </c>
       <c r="B55" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C55" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D55" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E55">
-        <v>61580000</v>
+        <v>6300</v>
       </c>
       <c r="F55" t="s">
         <v>26</v>
       </c>
       <c r="G55" t="s">
         <v>21</v>
       </c>
       <c r="H55" t="s">
         <v>22</v>
       </c>
       <c r="I55" t="s">
         <v>22</v>
       </c>
       <c r="J55" t="s">
         <v>22</v>
       </c>
       <c r="K55" t="s">
         <v>22</v>
       </c>
       <c r="L55" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M55">
         <v>-6.4151481500000003</v>
       </c>
       <c r="N55">
         <v>38.424762710000003</v>
       </c>
       <c r="O55" t="s">
         <v>24</v>
       </c>
       <c r="P55" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>16</v>
       </c>
       <c r="B56" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C56" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D56" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E56">
-        <v>61580000</v>
+        <v>6300</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
         <v>21</v>
       </c>
       <c r="H56" t="s">
         <v>21</v>
       </c>
       <c r="I56" t="s">
         <v>21</v>
       </c>
       <c r="J56" t="s">
         <v>22</v>
       </c>
       <c r="K56" t="s">
         <v>22</v>
       </c>
       <c r="L56" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M56">
         <v>-6.4149109199999996</v>
       </c>
       <c r="N56">
         <v>38.424805589999998</v>
       </c>
       <c r="O56" t="s">
         <v>24</v>
       </c>
       <c r="P56" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
         <v>16</v>
       </c>
       <c r="B57" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C57" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D57" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E57">
-        <v>60440000</v>
+        <v>6400</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
         <v>21</v>
       </c>
       <c r="H57" t="s">
         <v>21</v>
       </c>
       <c r="I57" t="s">
         <v>21</v>
       </c>
       <c r="J57" t="s">
         <v>22</v>
       </c>
       <c r="K57" t="s">
         <v>22</v>
       </c>
       <c r="L57" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="M57">
         <v>-5.8716404899999999</v>
       </c>
       <c r="N57">
         <v>38.957117099999998</v>
       </c>
       <c r="O57" t="s">
         <v>24</v>
       </c>
       <c r="P57" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
         <v>16</v>
       </c>
       <c r="B58" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C58" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D58" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E58">
-        <v>60440000</v>
+        <v>6400</v>
       </c>
       <c r="F58" t="s">
         <v>26</v>
       </c>
       <c r="G58" t="s">
         <v>21</v>
       </c>
       <c r="H58" t="s">
         <v>22</v>
       </c>
       <c r="I58" t="s">
         <v>22</v>
       </c>
       <c r="J58" t="s">
         <v>22</v>
       </c>
       <c r="K58" t="s">
         <v>22</v>
       </c>
       <c r="L58" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="M58">
         <v>-5.8716404899999999</v>
       </c>
       <c r="N58">
         <v>38.957117099999998</v>
       </c>
       <c r="O58" t="s">
         <v>24</v>
       </c>
       <c r="P58" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
         <v>16</v>
       </c>
       <c r="B59" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C59" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D59" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E59">
-        <v>60830000</v>
+        <v>6800</v>
       </c>
       <c r="F59" t="s">
         <v>26</v>
       </c>
       <c r="G59" t="s">
         <v>21</v>
       </c>
       <c r="H59" t="s">
         <v>22</v>
       </c>
       <c r="I59" t="s">
         <v>22</v>
       </c>
       <c r="J59" t="s">
         <v>22</v>
       </c>
       <c r="K59" t="s">
         <v>22</v>
       </c>
       <c r="L59" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="M59">
         <v>-6.3494799999999998</v>
       </c>
       <c r="N59">
         <v>38.919970999999997</v>
       </c>
       <c r="O59" t="s">
         <v>24</v>
       </c>
       <c r="P59" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>16</v>
       </c>
       <c r="B60" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C60" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D60" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E60">
-        <v>60830000</v>
+        <v>6800</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
         <v>21</v>
       </c>
       <c r="H60" t="s">
         <v>21</v>
       </c>
       <c r="I60" t="s">
         <v>21</v>
       </c>
       <c r="J60" t="s">
         <v>22</v>
       </c>
       <c r="K60" t="s">
         <v>22</v>
       </c>
       <c r="L60" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="M60">
         <v>-6.3494799999999998</v>
       </c>
       <c r="N60">
         <v>38.919970999999997</v>
       </c>
       <c r="O60" t="s">
         <v>24</v>
       </c>
       <c r="P60" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
         <v>16</v>
       </c>
       <c r="B61" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C61" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D61" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E61">
-        <v>70400000</v>
+        <v>7003</v>
       </c>
       <c r="F61" t="s">
         <v>26</v>
       </c>
       <c r="G61" t="s">
         <v>21</v>
       </c>
       <c r="H61" t="s">
         <v>22</v>
       </c>
       <c r="I61" t="s">
         <v>22</v>
       </c>
       <c r="J61" t="s">
         <v>22</v>
       </c>
       <c r="K61" t="s">
         <v>22</v>
       </c>
       <c r="L61" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M61">
         <v>2.6492399999999998</v>
       </c>
       <c r="N61">
         <v>39.574069999999999</v>
       </c>
       <c r="O61" t="s">
         <v>24</v>
       </c>
       <c r="P61" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
         <v>16</v>
       </c>
       <c r="B62" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C62" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D62" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E62">
-        <v>70400000</v>
+        <v>7003</v>
       </c>
       <c r="F62" t="s">
         <v>28</v>
       </c>
       <c r="G62" t="s">
         <v>21</v>
       </c>
       <c r="H62" t="s">
         <v>21</v>
       </c>
       <c r="I62" t="s">
         <v>21</v>
       </c>
       <c r="J62" t="s">
         <v>22</v>
       </c>
       <c r="K62" t="s">
         <v>22</v>
       </c>
       <c r="L62" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M62">
         <v>2.6492399999999998</v>
       </c>
       <c r="N62">
         <v>39.574069999999999</v>
       </c>
       <c r="O62" t="s">
         <v>24</v>
       </c>
       <c r="P62" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>16</v>
       </c>
       <c r="B63" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C63" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D63" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E63">
-        <v>70400000</v>
+        <v>7003</v>
       </c>
       <c r="F63" t="s">
         <v>26</v>
       </c>
       <c r="G63" t="s">
         <v>21</v>
       </c>
       <c r="H63" t="s">
         <v>22</v>
       </c>
       <c r="I63" t="s">
         <v>22</v>
       </c>
       <c r="J63" t="s">
         <v>22</v>
       </c>
       <c r="K63" t="s">
         <v>22</v>
       </c>
       <c r="L63" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M63">
         <v>2.6492399999999998</v>
       </c>
       <c r="N63">
         <v>39.574069999999999</v>
       </c>
       <c r="O63" t="s">
         <v>24</v>
       </c>
       <c r="P63" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>16</v>
       </c>
       <c r="B64" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C64" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D64" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E64">
-        <v>70400000</v>
+        <v>7003</v>
       </c>
       <c r="F64" t="s">
         <v>27</v>
       </c>
       <c r="G64" t="s">
         <v>21</v>
       </c>
       <c r="H64" t="s">
         <v>21</v>
       </c>
       <c r="I64" t="s">
         <v>21</v>
       </c>
       <c r="J64" t="s">
         <v>22</v>
       </c>
       <c r="K64" t="s">
         <v>22</v>
       </c>
       <c r="L64" t="s">
         <v>45</v>
       </c>
       <c r="M64">
         <v>0</v>
       </c>
       <c r="N64">
         <v>0</v>
       </c>
       <c r="O64" t="s">
         <v>24</v>
       </c>
       <c r="P64" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
         <v>16</v>
       </c>
       <c r="B65" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C65" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D65" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E65">
-        <v>70400000</v>
+        <v>7003</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
         <v>21</v>
       </c>
       <c r="H65" t="s">
         <v>21</v>
       </c>
       <c r="I65" t="s">
         <v>21</v>
       </c>
       <c r="J65" t="s">
         <v>22</v>
       </c>
       <c r="K65" t="s">
         <v>22</v>
       </c>
       <c r="L65" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M65">
         <v>2.6492399999999998</v>
       </c>
       <c r="N65">
         <v>39.574069999999999</v>
       </c>
       <c r="O65" t="s">
         <v>24</v>
       </c>
       <c r="P65" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
         <v>16</v>
       </c>
       <c r="B66" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C66" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D66" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E66">
-        <v>70400000</v>
+        <v>7003</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
         <v>21</v>
       </c>
       <c r="H66" t="s">
         <v>21</v>
       </c>
       <c r="I66" t="s">
         <v>21</v>
       </c>
       <c r="J66" t="s">
         <v>22</v>
       </c>
       <c r="K66" t="s">
         <v>22</v>
       </c>
       <c r="L66" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M66">
         <v>2.64630929</v>
       </c>
       <c r="N66">
         <v>39.578223170000001</v>
       </c>
       <c r="O66" t="s">
         <v>24</v>
       </c>
       <c r="P66" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
         <v>16</v>
       </c>
       <c r="B67" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C67" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D67" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E67">
-        <v>70400000</v>
+        <v>7003</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
         <v>21</v>
       </c>
       <c r="H67" t="s">
         <v>21</v>
       </c>
       <c r="I67" t="s">
         <v>21</v>
       </c>
       <c r="J67" t="s">
         <v>22</v>
       </c>
       <c r="K67" t="s">
         <v>22</v>
       </c>
       <c r="L67" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M67">
         <v>2.6492399999999998</v>
       </c>
       <c r="N67">
         <v>39.574069999999999</v>
       </c>
       <c r="O67" t="s">
         <v>24</v>
       </c>
       <c r="P67" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
         <v>16</v>
       </c>
       <c r="B68" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C68" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D68" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E68">
-        <v>70270000</v>
+        <v>7300</v>
       </c>
       <c r="F68" t="s">
         <v>26</v>
       </c>
       <c r="G68" t="s">
         <v>21</v>
       </c>
       <c r="H68" t="s">
         <v>22</v>
       </c>
       <c r="I68" t="s">
         <v>22</v>
       </c>
       <c r="J68" t="s">
         <v>22</v>
       </c>
       <c r="K68" t="s">
         <v>22</v>
       </c>
       <c r="L68" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M68">
         <v>2.90092376</v>
       </c>
       <c r="N68">
         <v>39.718814479999999</v>
       </c>
       <c r="O68" t="s">
         <v>24</v>
       </c>
       <c r="P68" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
         <v>16</v>
       </c>
       <c r="B69" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C69" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D69" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E69">
-        <v>70330000</v>
+        <v>7500</v>
       </c>
       <c r="F69" t="s">
         <v>26</v>
       </c>
       <c r="G69" t="s">
         <v>21</v>
       </c>
       <c r="H69" t="s">
         <v>22</v>
       </c>
       <c r="I69" t="s">
         <v>22</v>
       </c>
       <c r="J69" t="s">
         <v>22</v>
       </c>
       <c r="K69" t="s">
         <v>22</v>
       </c>
       <c r="L69" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M69">
         <v>3.2075040700000002</v>
       </c>
       <c r="N69">
         <v>39.574061819999997</v>
       </c>
       <c r="O69" t="s">
         <v>24</v>
       </c>
       <c r="P69" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
         <v>16</v>
       </c>
       <c r="B70" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C70" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D70" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E70">
-        <v>70320000</v>
+        <v>7703</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
         <v>21</v>
       </c>
       <c r="H70" t="s">
         <v>21</v>
       </c>
       <c r="I70" t="s">
         <v>21</v>
       </c>
       <c r="J70" t="s">
         <v>22</v>
       </c>
       <c r="K70" t="s">
         <v>22</v>
       </c>
       <c r="L70" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M70">
         <v>4.25588371</v>
       </c>
       <c r="N70">
         <v>39.879173299999998</v>
       </c>
       <c r="O70" t="s">
         <v>24</v>
       </c>
       <c r="P70" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
         <v>16</v>
       </c>
       <c r="B71" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C71" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D71" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E71">
-        <v>70320000</v>
+        <v>7703</v>
       </c>
       <c r="F71" t="s">
         <v>26</v>
       </c>
       <c r="G71" t="s">
         <v>21</v>
       </c>
       <c r="H71" t="s">
         <v>22</v>
       </c>
       <c r="I71" t="s">
         <v>22</v>
       </c>
       <c r="J71" t="s">
         <v>22</v>
       </c>
       <c r="K71" t="s">
         <v>22</v>
       </c>
       <c r="L71" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M71">
         <v>4.25588371</v>
       </c>
       <c r="N71">
         <v>39.879173299999998</v>
       </c>
       <c r="O71" t="s">
         <v>24</v>
       </c>
       <c r="P71" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
         <v>16</v>
       </c>
       <c r="B72" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C72" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D72" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E72">
-        <v>70260000</v>
+        <v>7800</v>
       </c>
       <c r="F72" t="s">
         <v>26</v>
       </c>
       <c r="G72" t="s">
         <v>21</v>
       </c>
       <c r="H72" t="s">
         <v>22</v>
       </c>
       <c r="I72" t="s">
         <v>22</v>
       </c>
       <c r="J72" t="s">
         <v>22</v>
       </c>
       <c r="K72" t="s">
         <v>22</v>
       </c>
       <c r="L72" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M72">
         <v>1.4210913599999999</v>
       </c>
       <c r="N72">
         <v>38.905063290000001</v>
       </c>
       <c r="O72" t="s">
         <v>24</v>
       </c>
       <c r="P72" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>16</v>
       </c>
       <c r="B73" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C73" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D73" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E73">
-        <v>70260000</v>
+        <v>7800</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
         <v>21</v>
       </c>
       <c r="H73" t="s">
         <v>21</v>
       </c>
       <c r="I73" t="s">
         <v>21</v>
       </c>
       <c r="J73" t="s">
         <v>22</v>
       </c>
       <c r="K73" t="s">
         <v>22</v>
       </c>
       <c r="L73" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M73">
         <v>1.4210913599999999</v>
       </c>
       <c r="N73">
         <v>38.905063290000001</v>
       </c>
       <c r="O73" t="s">
         <v>24</v>
       </c>
       <c r="P73" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>16</v>
       </c>
       <c r="B74" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C74" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D74" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E74">
-        <v>80190000</v>
+        <v>8001</v>
       </c>
       <c r="F74" t="s">
         <v>26</v>
       </c>
       <c r="G74" t="s">
         <v>21</v>
       </c>
       <c r="H74" t="s">
         <v>22</v>
       </c>
       <c r="I74" t="s">
         <v>22</v>
       </c>
       <c r="J74" t="s">
         <v>22</v>
       </c>
       <c r="K74" t="s">
         <v>22</v>
       </c>
       <c r="L74" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M74">
         <v>2.1731400000000001</v>
       </c>
       <c r="N74">
         <v>41.375647999999998</v>
       </c>
       <c r="O74" t="s">
         <v>24</v>
       </c>
       <c r="P74" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>16</v>
       </c>
       <c r="B75" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C75" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D75" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E75">
-        <v>80190000</v>
+        <v>8001</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
         <v>21</v>
       </c>
       <c r="H75" t="s">
         <v>21</v>
       </c>
       <c r="I75" t="s">
         <v>21</v>
       </c>
       <c r="J75" t="s">
         <v>22</v>
       </c>
       <c r="K75" t="s">
         <v>22</v>
       </c>
       <c r="L75" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M75">
         <v>2.1660058499999999</v>
       </c>
       <c r="N75">
         <v>41.387767879999998</v>
       </c>
       <c r="O75" t="s">
         <v>24</v>
       </c>
       <c r="P75" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>16</v>
       </c>
       <c r="B76" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C76" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D76" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E76">
-        <v>80190000</v>
+        <v>8007</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
         <v>21</v>
       </c>
       <c r="H76" t="s">
         <v>21</v>
       </c>
       <c r="I76" t="s">
         <v>21</v>
       </c>
       <c r="J76" t="s">
         <v>22</v>
       </c>
       <c r="K76" t="s">
         <v>22</v>
       </c>
       <c r="L76" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M76">
         <v>2.1648725999999998</v>
       </c>
       <c r="N76">
         <v>41.387647829999999</v>
       </c>
       <c r="O76" t="s">
         <v>24</v>
       </c>
       <c r="P76" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>16</v>
       </c>
       <c r="B77" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C77" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D77" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E77">
-        <v>80190000</v>
+        <v>8007</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
         <v>21</v>
       </c>
       <c r="H77" t="s">
         <v>21</v>
       </c>
       <c r="I77" t="s">
         <v>21</v>
       </c>
       <c r="J77" t="s">
         <v>22</v>
       </c>
       <c r="K77" t="s">
         <v>22</v>
       </c>
       <c r="L77" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="M77">
         <v>2.1648725999999998</v>
       </c>
       <c r="N77">
         <v>41.387647829999999</v>
       </c>
       <c r="O77" t="s">
         <v>24</v>
       </c>
       <c r="P77" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>16</v>
       </c>
       <c r="B78" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C78" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D78" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E78">
-        <v>80190000</v>
+        <v>8007</v>
       </c>
       <c r="F78" t="s">
         <v>28</v>
       </c>
       <c r="G78" t="s">
         <v>21</v>
       </c>
       <c r="H78" t="s">
         <v>21</v>
       </c>
       <c r="I78" t="s">
         <v>21</v>
       </c>
       <c r="J78" t="s">
         <v>22</v>
       </c>
       <c r="K78" t="s">
         <v>22</v>
       </c>
       <c r="L78" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M78">
         <v>2.1656031200000001</v>
       </c>
       <c r="N78">
         <v>41.392935680000001</v>
       </c>
       <c r="O78" t="s">
         <v>24</v>
       </c>
       <c r="P78" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
         <v>16</v>
       </c>
       <c r="B79" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C79" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D79" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E79">
-        <v>80190000</v>
+        <v>8007</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
         <v>21</v>
       </c>
       <c r="H79" t="s">
         <v>21</v>
       </c>
       <c r="I79" t="s">
         <v>21</v>
       </c>
       <c r="J79" t="s">
         <v>22</v>
       </c>
       <c r="K79" t="s">
         <v>22</v>
       </c>
       <c r="L79" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M79">
         <v>2.1649699999999998</v>
       </c>
       <c r="N79">
         <v>41.387661000000001</v>
       </c>
       <c r="O79" t="s">
         <v>24</v>
       </c>
       <c r="P79" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>16</v>
       </c>
       <c r="B80" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C80" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D80" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E80">
-        <v>80190000</v>
+        <v>8007</v>
       </c>
       <c r="F80" t="s">
         <v>27</v>
       </c>
       <c r="G80" t="s">
         <v>21</v>
       </c>
       <c r="H80" t="s">
         <v>21</v>
       </c>
       <c r="I80" t="s">
         <v>21</v>
       </c>
       <c r="J80" t="s">
         <v>22</v>
       </c>
       <c r="K80" t="s">
         <v>22</v>
       </c>
       <c r="L80" t="s">
         <v>45</v>
       </c>
       <c r="M80">
         <v>0</v>
       </c>
       <c r="N80">
         <v>0</v>
       </c>
       <c r="O80" t="s">
         <v>24</v>
       </c>
       <c r="P80" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>16</v>
       </c>
       <c r="B81" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C81" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D81" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E81">
-        <v>80190000</v>
+        <v>8012</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
         <v>21</v>
       </c>
       <c r="H81" t="s">
         <v>21</v>
       </c>
       <c r="I81" t="s">
         <v>21</v>
       </c>
       <c r="J81" t="s">
         <v>22</v>
       </c>
       <c r="K81" t="s">
         <v>22</v>
       </c>
       <c r="L81" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M81">
         <v>2.1718278999999998</v>
       </c>
       <c r="N81">
         <v>41.40747408</v>
       </c>
       <c r="O81" t="s">
         <v>24</v>
       </c>
       <c r="P81" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
         <v>16</v>
       </c>
       <c r="B82" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C82" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D82" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E82">
-        <v>80190000</v>
+        <v>8027</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
         <v>21</v>
       </c>
       <c r="H82" t="s">
         <v>21</v>
       </c>
       <c r="I82" t="s">
         <v>21</v>
       </c>
       <c r="J82" t="s">
         <v>22</v>
       </c>
       <c r="K82" t="s">
         <v>22</v>
       </c>
       <c r="L82" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M82">
         <v>2.20637952</v>
       </c>
       <c r="N82">
         <v>41.417390159999997</v>
       </c>
       <c r="O82" t="s">
         <v>24</v>
       </c>
       <c r="P82" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
         <v>16</v>
       </c>
       <c r="B83" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C83" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D83" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E83">
-        <v>80190000</v>
+        <v>8027</v>
       </c>
       <c r="F83" t="s">
         <v>26</v>
       </c>
       <c r="G83" t="s">
         <v>21</v>
       </c>
       <c r="H83" t="s">
         <v>22</v>
       </c>
       <c r="I83" t="s">
         <v>22</v>
       </c>
       <c r="J83" t="s">
         <v>22</v>
       </c>
       <c r="K83" t="s">
         <v>22</v>
       </c>
       <c r="L83" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M83">
         <v>2.1718278999999998</v>
       </c>
       <c r="N83">
         <v>41.40747408</v>
       </c>
       <c r="O83" t="s">
         <v>24</v>
       </c>
       <c r="P83" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
         <v>16</v>
       </c>
       <c r="B84" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C84" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D84" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E84">
-        <v>80190000</v>
+        <v>8029</v>
       </c>
       <c r="F84" t="s">
         <v>26</v>
       </c>
       <c r="G84" t="s">
         <v>21</v>
       </c>
       <c r="H84" t="s">
         <v>22</v>
       </c>
       <c r="I84" t="s">
         <v>22</v>
       </c>
       <c r="J84" t="s">
         <v>22</v>
       </c>
       <c r="K84" t="s">
         <v>22</v>
       </c>
       <c r="L84" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="M84">
         <v>2.1479651299999998</v>
       </c>
       <c r="N84">
         <v>41.383518940000002</v>
       </c>
       <c r="O84" t="s">
         <v>24</v>
       </c>
       <c r="P84" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
         <v>16</v>
       </c>
       <c r="B85" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C85" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D85" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E85">
-        <v>80190000</v>
+        <v>8042</v>
       </c>
       <c r="F85" t="s">
         <v>26</v>
       </c>
       <c r="G85" t="s">
         <v>21</v>
       </c>
       <c r="H85" t="s">
         <v>22</v>
       </c>
       <c r="I85" t="s">
         <v>22</v>
       </c>
       <c r="J85" t="s">
         <v>22</v>
       </c>
       <c r="K85" t="s">
         <v>22</v>
       </c>
       <c r="L85" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="M85">
         <v>2.1702500300000001</v>
       </c>
       <c r="N85">
         <v>41.429890399999998</v>
       </c>
       <c r="O85" t="s">
         <v>24</v>
       </c>
       <c r="P85" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
         <v>16</v>
       </c>
       <c r="B86" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C86" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D86" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E86">
-        <v>81240000</v>
+        <v>8100</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
         <v>21</v>
       </c>
       <c r="H86" t="s">
         <v>21</v>
       </c>
       <c r="I86" t="s">
         <v>21</v>
       </c>
       <c r="J86" t="s">
         <v>22</v>
       </c>
       <c r="K86" t="s">
         <v>22</v>
       </c>
       <c r="L86" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M86">
         <v>2.2117900499999998</v>
       </c>
       <c r="N86">
         <v>41.537404119999998</v>
       </c>
       <c r="O86" t="s">
         <v>24</v>
       </c>
       <c r="P86" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
         <v>16</v>
       </c>
       <c r="B87" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C87" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D87" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E87">
-        <v>81870000</v>
+        <v>8202</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
         <v>21</v>
       </c>
       <c r="H87" t="s">
         <v>21</v>
       </c>
       <c r="I87" t="s">
         <v>21</v>
       </c>
       <c r="J87" t="s">
         <v>22</v>
       </c>
       <c r="K87" t="s">
         <v>22</v>
       </c>
       <c r="L87" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M87">
         <v>2.1120226999999998</v>
       </c>
       <c r="N87">
         <v>41.546018050000001</v>
       </c>
       <c r="O87" t="s">
         <v>24</v>
       </c>
       <c r="P87" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
         <v>16</v>
       </c>
       <c r="B88" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C88" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D88" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E88">
-        <v>81870000</v>
+        <v>8202</v>
       </c>
       <c r="F88" t="s">
         <v>26</v>
       </c>
       <c r="G88" t="s">
         <v>21</v>
       </c>
       <c r="H88" t="s">
         <v>22</v>
       </c>
       <c r="I88" t="s">
         <v>22</v>
       </c>
       <c r="J88" t="s">
         <v>22</v>
       </c>
       <c r="K88" t="s">
         <v>22</v>
       </c>
       <c r="L88" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M88">
         <v>2.1120226999999998</v>
       </c>
       <c r="N88">
         <v>41.546018050000001</v>
       </c>
       <c r="O88" t="s">
         <v>24</v>
       </c>
       <c r="P88" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
         <v>16</v>
       </c>
       <c r="B89" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C89" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D89" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E89">
-        <v>82790000</v>
+        <v>8221</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
         <v>21</v>
       </c>
       <c r="H89" t="s">
         <v>21</v>
       </c>
       <c r="I89" t="s">
         <v>21</v>
       </c>
       <c r="J89" t="s">
         <v>22</v>
       </c>
       <c r="K89" t="s">
         <v>22</v>
       </c>
       <c r="L89" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M89">
         <v>2.0106299999999999</v>
       </c>
       <c r="N89">
         <v>41.560270000000003</v>
       </c>
       <c r="O89" t="s">
         <v>24</v>
       </c>
       <c r="P89" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>16</v>
       </c>
       <c r="B90" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C90" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D90" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E90">
-        <v>82790000</v>
+        <v>8222</v>
       </c>
       <c r="F90" t="s">
         <v>26</v>
       </c>
       <c r="G90" t="s">
         <v>21</v>
       </c>
       <c r="H90" t="s">
         <v>22</v>
       </c>
       <c r="I90" t="s">
         <v>22</v>
       </c>
       <c r="J90" t="s">
         <v>22</v>
       </c>
       <c r="K90" t="s">
         <v>22</v>
       </c>
       <c r="L90" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M90">
         <v>2.0227212699999999</v>
       </c>
       <c r="N90">
         <v>41.564755779999999</v>
       </c>
       <c r="O90" t="s">
         <v>24</v>
       </c>
       <c r="P90" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>16</v>
       </c>
       <c r="B91" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C91" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D91" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E91">
-        <v>81130000</v>
+        <v>8242</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
         <v>21</v>
       </c>
       <c r="H91" t="s">
         <v>21</v>
       </c>
       <c r="I91" t="s">
         <v>21</v>
       </c>
       <c r="J91" t="s">
         <v>22</v>
       </c>
       <c r="K91" t="s">
         <v>22</v>
       </c>
       <c r="L91" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M91">
         <v>1.8221471199999999</v>
       </c>
       <c r="N91">
         <v>41.729302420000003</v>
       </c>
       <c r="O91" t="s">
         <v>24</v>
       </c>
       <c r="P91" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="92" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
         <v>16</v>
       </c>
       <c r="B92" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C92" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D92" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E92">
-        <v>81130000</v>
+        <v>8242</v>
       </c>
       <c r="F92" t="s">
         <v>26</v>
       </c>
       <c r="G92" t="s">
         <v>21</v>
       </c>
       <c r="H92" t="s">
         <v>22</v>
       </c>
       <c r="I92" t="s">
         <v>22</v>
       </c>
       <c r="J92" t="s">
         <v>22</v>
       </c>
       <c r="K92" t="s">
         <v>22</v>
       </c>
       <c r="L92" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M92">
         <v>2.1660400000000002</v>
       </c>
       <c r="N92">
         <v>41.970700000000001</v>
       </c>
       <c r="O92" t="s">
         <v>24</v>
       </c>
       <c r="P92" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
         <v>16</v>
       </c>
       <c r="B93" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C93" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D93" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E93">
-        <v>82660000</v>
+        <v>8290</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
         <v>21</v>
       </c>
       <c r="H93" t="s">
         <v>21</v>
       </c>
       <c r="I93" t="s">
         <v>21</v>
       </c>
       <c r="J93" t="s">
         <v>22</v>
       </c>
       <c r="K93" t="s">
         <v>22</v>
       </c>
       <c r="L93" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M93">
         <v>2.1355942799999998</v>
       </c>
       <c r="N93">
         <v>41.487976359999998</v>
       </c>
       <c r="O93" t="s">
         <v>24</v>
       </c>
       <c r="P93" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
         <v>16</v>
       </c>
       <c r="B94" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C94" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D94" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E94">
-        <v>82660000</v>
+        <v>8290</v>
       </c>
       <c r="F94" t="s">
         <v>26</v>
       </c>
       <c r="G94" t="s">
         <v>21</v>
       </c>
       <c r="H94" t="s">
         <v>22</v>
       </c>
       <c r="I94" t="s">
         <v>22</v>
       </c>
       <c r="J94" t="s">
         <v>22</v>
       </c>
       <c r="K94" t="s">
         <v>22</v>
       </c>
       <c r="L94" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="M94">
         <v>2.1355942799999998</v>
       </c>
       <c r="N94">
         <v>41.487976359999998</v>
       </c>
       <c r="O94" t="s">
         <v>24</v>
       </c>
       <c r="P94" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
         <v>16</v>
       </c>
       <c r="B95" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C95" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D95" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E95">
-        <v>81210000</v>
+        <v>8301</v>
       </c>
       <c r="F95" t="s">
         <v>26</v>
       </c>
       <c r="G95" t="s">
         <v>21</v>
       </c>
       <c r="H95" t="s">
         <v>22</v>
       </c>
       <c r="I95" t="s">
         <v>22</v>
       </c>
       <c r="J95" t="s">
         <v>22</v>
       </c>
       <c r="K95" t="s">
         <v>22</v>
       </c>
       <c r="L95" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M95">
         <v>2.4472965800000002</v>
       </c>
       <c r="N95">
         <v>41.535721449999997</v>
       </c>
       <c r="O95" t="s">
         <v>24</v>
       </c>
       <c r="P95" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="96" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
         <v>16</v>
       </c>
       <c r="B96" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C96" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D96" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E96">
-        <v>81210000</v>
+        <v>8303</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
         <v>21</v>
       </c>
       <c r="H96" t="s">
         <v>21</v>
       </c>
       <c r="I96" t="s">
         <v>21</v>
       </c>
       <c r="J96" t="s">
         <v>22</v>
       </c>
       <c r="K96" t="s">
         <v>22</v>
       </c>
       <c r="L96" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M96">
         <v>2.44700579</v>
       </c>
       <c r="N96">
         <v>41.535825289999998</v>
       </c>
       <c r="O96" t="s">
         <v>24</v>
       </c>
       <c r="P96" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
         <v>16</v>
       </c>
       <c r="B97" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C97" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D97" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E97">
-        <v>80960000</v>
+        <v>8402</v>
       </c>
       <c r="F97" t="s">
         <v>26</v>
       </c>
       <c r="G97" t="s">
         <v>21</v>
       </c>
       <c r="H97" t="s">
         <v>22</v>
       </c>
       <c r="I97" t="s">
         <v>22</v>
       </c>
       <c r="J97" t="s">
         <v>22</v>
       </c>
       <c r="K97" t="s">
         <v>22</v>
       </c>
       <c r="L97" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M97">
         <v>2.2857850499999999</v>
       </c>
       <c r="N97">
         <v>41.603022690000003</v>
       </c>
       <c r="O97" t="s">
         <v>24</v>
       </c>
       <c r="P97" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
         <v>16</v>
       </c>
       <c r="B98" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C98" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D98" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E98">
-        <v>80960000</v>
+        <v>8402</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
         <v>21</v>
       </c>
       <c r="H98" t="s">
         <v>21</v>
       </c>
       <c r="I98" t="s">
         <v>21</v>
       </c>
       <c r="J98" t="s">
         <v>22</v>
       </c>
       <c r="K98" t="s">
         <v>22</v>
       </c>
       <c r="L98" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M98">
         <v>2.28398755</v>
       </c>
       <c r="N98">
         <v>41.604068839999996</v>
       </c>
       <c r="O98" t="s">
         <v>24</v>
       </c>
       <c r="P98" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
         <v>16</v>
       </c>
       <c r="B99" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C99" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D99" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E99">
-        <v>82980000</v>
+        <v>8500</v>
       </c>
       <c r="F99" t="s">
         <v>26</v>
       </c>
       <c r="G99" t="s">
         <v>21</v>
       </c>
       <c r="H99" t="s">
         <v>22</v>
       </c>
       <c r="I99" t="s">
         <v>22</v>
       </c>
       <c r="J99" t="s">
         <v>22</v>
       </c>
       <c r="K99" t="s">
         <v>22</v>
       </c>
       <c r="L99" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M99">
         <v>2.2482419600000001</v>
       </c>
       <c r="N99">
         <v>41.92803378</v>
       </c>
       <c r="O99" t="s">
         <v>24</v>
       </c>
       <c r="P99" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
         <v>16</v>
       </c>
       <c r="B100" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C100" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D100" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E100">
-        <v>80220000</v>
+        <v>8600</v>
       </c>
       <c r="F100" t="s">
         <v>26</v>
       </c>
       <c r="G100" t="s">
         <v>21</v>
       </c>
       <c r="H100" t="s">
         <v>22</v>
       </c>
       <c r="I100" t="s">
         <v>22</v>
       </c>
       <c r="J100" t="s">
         <v>22</v>
       </c>
       <c r="K100" t="s">
         <v>22</v>
       </c>
       <c r="L100" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M100">
         <v>1.8474567</v>
       </c>
       <c r="N100">
         <v>42.097961599999998</v>
       </c>
       <c r="O100" t="s">
         <v>24</v>
       </c>
       <c r="P100" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
         <v>16</v>
       </c>
       <c r="B101" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C101" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D101" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E101">
-        <v>81020000</v>
+        <v>8700</v>
       </c>
       <c r="F101" t="s">
         <v>26</v>
       </c>
       <c r="G101" t="s">
         <v>21</v>
       </c>
       <c r="H101" t="s">
         <v>22</v>
       </c>
       <c r="I101" t="s">
         <v>22</v>
       </c>
       <c r="J101" t="s">
         <v>22</v>
       </c>
       <c r="K101" t="s">
         <v>22</v>
       </c>
       <c r="L101" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M101">
         <v>1.6241505700000001</v>
       </c>
       <c r="N101">
         <v>41.579994200000002</v>
       </c>
       <c r="O101" t="s">
         <v>24</v>
       </c>
       <c r="P101" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
         <v>16</v>
       </c>
       <c r="B102" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C102" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D102" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E102">
-        <v>83050000</v>
+        <v>8720</v>
       </c>
       <c r="F102" t="s">
         <v>26</v>
       </c>
       <c r="G102" t="s">
         <v>21</v>
       </c>
       <c r="H102" t="s">
         <v>22</v>
       </c>
       <c r="I102" t="s">
         <v>22</v>
       </c>
       <c r="J102" t="s">
         <v>22</v>
       </c>
       <c r="K102" t="s">
         <v>22</v>
       </c>
       <c r="L102" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M102">
         <v>1.70119</v>
       </c>
       <c r="N102">
         <v>41.346229999999998</v>
       </c>
       <c r="O102" t="s">
         <v>24</v>
       </c>
       <c r="P102" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
         <v>16</v>
       </c>
       <c r="B103" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C103" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D103" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E103">
-        <v>83070000</v>
+        <v>8800</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
         <v>21</v>
       </c>
       <c r="H103" t="s">
         <v>21</v>
       </c>
       <c r="I103" t="s">
         <v>21</v>
       </c>
       <c r="J103" t="s">
         <v>22</v>
       </c>
       <c r="K103" t="s">
         <v>22</v>
       </c>
       <c r="L103" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M103">
         <v>1.7307914799999999</v>
       </c>
       <c r="N103">
         <v>41.222225909999999</v>
       </c>
       <c r="O103" t="s">
         <v>24</v>
       </c>
       <c r="P103" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
         <v>16</v>
       </c>
       <c r="B104" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C104" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D104" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E104">
-        <v>83070000</v>
+        <v>8800</v>
       </c>
       <c r="F104" t="s">
         <v>26</v>
       </c>
       <c r="G104" t="s">
         <v>21</v>
       </c>
       <c r="H104" t="s">
         <v>22</v>
       </c>
       <c r="I104" t="s">
         <v>22</v>
       </c>
       <c r="J104" t="s">
         <v>22</v>
       </c>
       <c r="K104" t="s">
         <v>22</v>
       </c>
       <c r="L104" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M104">
         <v>1.7307914799999999</v>
       </c>
       <c r="N104">
         <v>41.222225909999999</v>
       </c>
       <c r="O104" t="s">
         <v>24</v>
       </c>
       <c r="P104" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
         <v>16</v>
       </c>
       <c r="B105" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C105" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D105" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E105">
-        <v>81010000</v>
+        <v>8905</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
         <v>21</v>
       </c>
       <c r="H105" t="s">
         <v>21</v>
       </c>
       <c r="I105" t="s">
         <v>21</v>
       </c>
       <c r="J105" t="s">
         <v>22</v>
       </c>
       <c r="K105" t="s">
         <v>22</v>
       </c>
       <c r="L105" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M105">
         <v>2.10487</v>
       </c>
       <c r="N105">
         <v>41.370319000000002</v>
       </c>
       <c r="O105" t="s">
         <v>24</v>
       </c>
       <c r="P105" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
         <v>16</v>
       </c>
       <c r="B106" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C106" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D106" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E106">
-        <v>81010000</v>
+        <v>8905</v>
       </c>
       <c r="F106" t="s">
         <v>26</v>
       </c>
       <c r="G106" t="s">
         <v>21</v>
       </c>
       <c r="H106" t="s">
         <v>22</v>
       </c>
       <c r="I106" t="s">
         <v>22</v>
       </c>
       <c r="J106" t="s">
         <v>22</v>
       </c>
       <c r="K106" t="s">
         <v>22</v>
       </c>
       <c r="L106" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M106">
         <v>2.10487</v>
       </c>
       <c r="N106">
         <v>41.370319000000002</v>
       </c>
       <c r="O106" t="s">
         <v>24</v>
       </c>
       <c r="P106" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
         <v>16</v>
       </c>
       <c r="B107" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C107" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D107" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E107">
-        <v>80150000</v>
+        <v>8911</v>
       </c>
       <c r="F107" t="s">
         <v>26</v>
       </c>
       <c r="G107" t="s">
         <v>21</v>
       </c>
       <c r="H107" t="s">
         <v>22</v>
       </c>
       <c r="I107" t="s">
         <v>22</v>
       </c>
       <c r="J107" t="s">
         <v>22</v>
       </c>
       <c r="K107" t="s">
         <v>22</v>
       </c>
       <c r="L107" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M107">
         <v>2.2480098399999999</v>
       </c>
       <c r="N107">
         <v>41.454835580000001</v>
       </c>
       <c r="O107" t="s">
         <v>24</v>
       </c>
       <c r="P107" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
         <v>16</v>
       </c>
       <c r="B108" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C108" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D108" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E108">
-        <v>80150000</v>
+        <v>8911</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
         <v>21</v>
       </c>
       <c r="H108" t="s">
         <v>21</v>
       </c>
       <c r="I108" t="s">
         <v>21</v>
       </c>
       <c r="J108" t="s">
         <v>22</v>
       </c>
       <c r="K108" t="s">
         <v>22</v>
       </c>
       <c r="L108" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="M108">
         <v>2.2480098399999999</v>
       </c>
       <c r="N108">
         <v>41.454835580000001</v>
       </c>
       <c r="O108" t="s">
         <v>24</v>
       </c>
       <c r="P108" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
         <v>16</v>
       </c>
       <c r="B109" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C109" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D109" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E109">
-        <v>82450000</v>
+        <v>8921</v>
       </c>
       <c r="F109" t="s">
         <v>26</v>
       </c>
       <c r="G109" t="s">
         <v>21</v>
       </c>
       <c r="H109" t="s">
         <v>22</v>
       </c>
       <c r="I109" t="s">
         <v>22</v>
       </c>
       <c r="J109" t="s">
         <v>22</v>
       </c>
       <c r="K109" t="s">
         <v>22</v>
       </c>
       <c r="L109" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M109">
         <v>2.2477999999999998</v>
       </c>
       <c r="N109">
         <v>41.45496</v>
       </c>
       <c r="O109" t="s">
         <v>24</v>
       </c>
       <c r="P109" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
         <v>16</v>
       </c>
       <c r="B110" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C110" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D110" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E110">
-        <v>80730000</v>
+        <v>8940</v>
       </c>
       <c r="F110" t="s">
         <v>26</v>
       </c>
       <c r="G110" t="s">
         <v>21</v>
       </c>
       <c r="H110" t="s">
         <v>22</v>
       </c>
       <c r="I110" t="s">
         <v>22</v>
       </c>
       <c r="J110" t="s">
         <v>22</v>
       </c>
       <c r="K110" t="s">
         <v>22</v>
       </c>
       <c r="L110" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M110">
         <v>2.0741948400000001</v>
       </c>
       <c r="N110">
         <v>41.360776440000002</v>
       </c>
       <c r="O110" t="s">
         <v>24</v>
       </c>
       <c r="P110" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="111" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
         <v>16</v>
       </c>
       <c r="B111" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C111" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D111" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E111">
-        <v>80730000</v>
+        <v>8940</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
         <v>21</v>
       </c>
       <c r="H111" t="s">
         <v>21</v>
       </c>
       <c r="I111" t="s">
         <v>21</v>
       </c>
       <c r="J111" t="s">
         <v>22</v>
       </c>
       <c r="K111" t="s">
         <v>22</v>
       </c>
       <c r="L111" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M111">
         <v>2.0701702000000002</v>
       </c>
       <c r="N111">
         <v>41.356200659999999</v>
       </c>
       <c r="O111" t="s">
         <v>24</v>
       </c>
       <c r="P111" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
         <v>16</v>
       </c>
       <c r="B112" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C112" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D112" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E112">
-        <v>82110000</v>
+        <v>8980</v>
       </c>
       <c r="F112" t="s">
         <v>26</v>
       </c>
       <c r="G112" t="s">
         <v>21</v>
       </c>
       <c r="H112" t="s">
         <v>22</v>
       </c>
       <c r="I112" t="s">
         <v>22</v>
       </c>
       <c r="J112" t="s">
         <v>22</v>
       </c>
       <c r="K112" t="s">
         <v>22</v>
       </c>
       <c r="L112" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M112">
         <v>2.04685812</v>
       </c>
       <c r="N112">
         <v>41.38026704</v>
       </c>
       <c r="O112" t="s">
         <v>24</v>
       </c>
       <c r="P112" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="113" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
         <v>16</v>
       </c>
       <c r="B113" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C113" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D113" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E113">
-        <v>90590000</v>
+        <v>9004</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
         <v>21</v>
       </c>
       <c r="H113" t="s">
         <v>21</v>
       </c>
       <c r="I113" t="s">
         <v>21</v>
       </c>
       <c r="J113" t="s">
         <v>22</v>
       </c>
       <c r="K113" t="s">
         <v>22</v>
       </c>
       <c r="L113" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M113">
         <v>-3.69762171</v>
       </c>
       <c r="N113">
         <v>42.341273510000001</v>
       </c>
       <c r="O113" t="s">
         <v>24</v>
       </c>
       <c r="P113" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="114" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
         <v>16</v>
       </c>
       <c r="B114" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C114" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D114" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E114">
-        <v>90590000</v>
+        <v>9004</v>
       </c>
       <c r="F114" t="s">
         <v>28</v>
       </c>
       <c r="G114" t="s">
         <v>21</v>
       </c>
       <c r="H114" t="s">
         <v>21</v>
       </c>
       <c r="I114" t="s">
         <v>22</v>
       </c>
       <c r="J114" t="s">
         <v>22</v>
       </c>
       <c r="K114" t="s">
         <v>22</v>
       </c>
       <c r="L114" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M114">
         <v>-3.69762171</v>
       </c>
       <c r="N114">
         <v>42.341273510000001</v>
       </c>
       <c r="O114" t="s">
         <v>24</v>
       </c>
       <c r="P114" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
         <v>16</v>
       </c>
       <c r="B115" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C115" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D115" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E115">
-        <v>90590000</v>
+        <v>9004</v>
       </c>
       <c r="F115" t="s">
         <v>27</v>
       </c>
       <c r="G115" t="s">
         <v>21</v>
       </c>
       <c r="H115" t="s">
         <v>21</v>
       </c>
       <c r="I115" t="s">
         <v>21</v>
       </c>
       <c r="J115" t="s">
         <v>22</v>
       </c>
       <c r="K115" t="s">
         <v>22</v>
       </c>
       <c r="L115" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M115">
         <v>-3.69762171</v>
       </c>
       <c r="N115">
         <v>42.341273510000001</v>
       </c>
       <c r="O115" t="s">
         <v>24</v>
       </c>
       <c r="P115" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
         <v>16</v>
       </c>
       <c r="B116" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C116" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D116" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E116">
-        <v>90590000</v>
+        <v>9004</v>
       </c>
       <c r="F116" t="s">
         <v>26</v>
       </c>
       <c r="G116" t="s">
         <v>21</v>
       </c>
       <c r="H116" t="s">
         <v>22</v>
       </c>
       <c r="I116" t="s">
         <v>22</v>
       </c>
       <c r="J116" t="s">
         <v>22</v>
       </c>
       <c r="K116" t="s">
         <v>22</v>
       </c>
       <c r="L116" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M116">
         <v>-3.69762171</v>
       </c>
       <c r="N116">
         <v>42.341273510000001</v>
       </c>
       <c r="O116" t="s">
         <v>24</v>
       </c>
       <c r="P116" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
         <v>16</v>
       </c>
       <c r="B117" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C117" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D117" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E117">
-        <v>92190000</v>
+        <v>9200</v>
       </c>
       <c r="F117" t="s">
         <v>26</v>
       </c>
       <c r="G117" t="s">
         <v>21</v>
       </c>
       <c r="H117" t="s">
         <v>22</v>
       </c>
       <c r="I117" t="s">
         <v>22</v>
       </c>
       <c r="J117" t="s">
         <v>22</v>
       </c>
       <c r="K117" t="s">
         <v>22</v>
       </c>
       <c r="L117" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M117">
         <v>-2.9399230200000002</v>
       </c>
       <c r="N117">
         <v>42.686841729999998</v>
       </c>
       <c r="O117" t="s">
         <v>24</v>
       </c>
       <c r="P117" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
         <v>16</v>
       </c>
       <c r="B118" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C118" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D118" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E118">
-        <v>90180000</v>
+        <v>9400</v>
       </c>
       <c r="F118" t="s">
         <v>26</v>
       </c>
       <c r="G118" t="s">
         <v>21</v>
       </c>
       <c r="H118" t="s">
         <v>22</v>
       </c>
       <c r="I118" t="s">
         <v>22</v>
       </c>
       <c r="J118" t="s">
         <v>22</v>
       </c>
       <c r="K118" t="s">
         <v>22</v>
       </c>
       <c r="L118" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M118">
         <v>-3.68679158</v>
       </c>
       <c r="N118">
         <v>41.672003459999999</v>
       </c>
       <c r="O118" t="s">
         <v>24</v>
       </c>
       <c r="P118" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
         <v>16</v>
       </c>
       <c r="B119" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C119" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D119" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E119">
-        <v>100370000</v>
+        <v>10001</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
         <v>21</v>
       </c>
       <c r="H119" t="s">
         <v>21</v>
       </c>
       <c r="I119" t="s">
         <v>21</v>
       </c>
       <c r="J119" t="s">
         <v>22</v>
       </c>
       <c r="K119" t="s">
         <v>22</v>
       </c>
       <c r="L119" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M119">
         <v>-6.3781531999999999</v>
       </c>
       <c r="N119">
         <v>39.47089261</v>
       </c>
       <c r="O119" t="s">
         <v>24</v>
       </c>
       <c r="P119" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
         <v>16</v>
       </c>
       <c r="B120" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C120" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D120" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E120">
-        <v>100370000</v>
+        <v>10001</v>
       </c>
       <c r="F120" t="s">
         <v>28</v>
       </c>
       <c r="G120" t="s">
         <v>21</v>
       </c>
       <c r="H120" t="s">
         <v>21</v>
       </c>
       <c r="I120" t="s">
         <v>22</v>
       </c>
       <c r="J120" t="s">
         <v>22</v>
       </c>
       <c r="K120" t="s">
         <v>22</v>
       </c>
       <c r="L120" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M120">
         <v>-6.3781531999999999</v>
       </c>
       <c r="N120">
         <v>39.47089261</v>
       </c>
       <c r="O120" t="s">
         <v>24</v>
       </c>
       <c r="P120" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
         <v>16</v>
       </c>
       <c r="B121" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C121" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D121" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E121">
-        <v>100370000</v>
+        <v>10001</v>
       </c>
       <c r="F121" t="s">
         <v>27</v>
       </c>
       <c r="G121" t="s">
         <v>21</v>
       </c>
       <c r="H121" t="s">
         <v>21</v>
       </c>
       <c r="I121" t="s">
         <v>21</v>
       </c>
       <c r="J121" t="s">
         <v>22</v>
       </c>
       <c r="K121" t="s">
         <v>22</v>
       </c>
       <c r="L121" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M121">
         <v>-6.3781531999999999</v>
       </c>
       <c r="N121">
         <v>39.47089261</v>
       </c>
       <c r="O121" t="s">
         <v>24</v>
       </c>
       <c r="P121" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="122" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
         <v>16</v>
       </c>
       <c r="B122" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C122" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D122" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E122">
-        <v>100370000</v>
+        <v>10001</v>
       </c>
       <c r="F122" t="s">
         <v>26</v>
       </c>
       <c r="G122" t="s">
         <v>21</v>
       </c>
       <c r="H122" t="s">
         <v>22</v>
       </c>
       <c r="I122" t="s">
         <v>22</v>
       </c>
       <c r="J122" t="s">
         <v>22</v>
       </c>
       <c r="K122" t="s">
         <v>22</v>
       </c>
       <c r="L122" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M122">
         <v>-6.3781531999999999</v>
       </c>
       <c r="N122">
         <v>39.47089261</v>
       </c>
       <c r="O122" t="s">
         <v>24</v>
       </c>
       <c r="P122" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="123" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
         <v>16</v>
       </c>
       <c r="B123" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C123" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D123" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E123">
-        <v>101950000</v>
+        <v>10200</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
         <v>21</v>
       </c>
       <c r="H123" t="s">
         <v>21</v>
       </c>
       <c r="I123" t="s">
         <v>21</v>
       </c>
       <c r="J123" t="s">
         <v>22</v>
       </c>
       <c r="K123" t="s">
         <v>22</v>
       </c>
       <c r="L123" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="M123">
         <v>-5.8820058599999996</v>
       </c>
       <c r="N123">
         <v>39.456002030000001</v>
       </c>
       <c r="O123" t="s">
         <v>24</v>
       </c>
       <c r="P123" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="124" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
         <v>16</v>
       </c>
       <c r="B124" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C124" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D124" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E124">
-        <v>101950000</v>
+        <v>10200</v>
       </c>
       <c r="F124" t="s">
         <v>26</v>
       </c>
       <c r="G124" t="s">
         <v>21</v>
       </c>
       <c r="H124" t="s">
         <v>22</v>
       </c>
       <c r="I124" t="s">
         <v>22</v>
       </c>
       <c r="J124" t="s">
         <v>22</v>
       </c>
       <c r="K124" t="s">
         <v>22</v>
       </c>
       <c r="L124" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="M124">
         <v>-2.6725663200000001</v>
       </c>
       <c r="N124">
         <v>42.843226770000001</v>
       </c>
       <c r="O124" t="s">
         <v>24</v>
       </c>
       <c r="P124" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="125" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
         <v>16</v>
       </c>
       <c r="B125" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C125" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D125" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E125">
-        <v>101480000</v>
+        <v>10600</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
         <v>21</v>
       </c>
       <c r="H125" t="s">
         <v>21</v>
       </c>
       <c r="I125" t="s">
         <v>21</v>
       </c>
       <c r="J125" t="s">
         <v>22</v>
       </c>
       <c r="K125" t="s">
         <v>22</v>
       </c>
       <c r="L125" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="M125">
         <v>-6.0860769000000001</v>
       </c>
       <c r="N125">
         <v>40.033928379999999</v>
       </c>
       <c r="O125" t="s">
         <v>24</v>
       </c>
       <c r="P125" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="126" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
         <v>16</v>
       </c>
       <c r="B126" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C126" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D126" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E126">
-        <v>101480000</v>
+        <v>10600</v>
       </c>
       <c r="F126" t="s">
         <v>26</v>
       </c>
       <c r="G126" t="s">
         <v>21</v>
       </c>
       <c r="H126" t="s">
         <v>22</v>
       </c>
       <c r="I126" t="s">
         <v>22</v>
       </c>
       <c r="J126" t="s">
         <v>22</v>
       </c>
       <c r="K126" t="s">
         <v>22</v>
       </c>
       <c r="L126" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="M126">
         <v>-6.0860769000000001</v>
       </c>
       <c r="N126">
         <v>40.033928379999999</v>
       </c>
       <c r="O126" t="s">
         <v>24</v>
       </c>
       <c r="P126" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="127" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
         <v>16</v>
       </c>
       <c r="B127" t="s">
         <v>64</v>
       </c>
       <c r="C127" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D127" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="E127">
-        <v>110120000</v>
+        <v>11008</v>
       </c>
       <c r="F127" t="s">
         <v>26</v>
       </c>
       <c r="G127" t="s">
         <v>21</v>
       </c>
       <c r="H127" t="s">
         <v>22</v>
       </c>
       <c r="I127" t="s">
         <v>22</v>
       </c>
       <c r="J127" t="s">
         <v>22</v>
       </c>
       <c r="K127" t="s">
         <v>22</v>
       </c>
       <c r="L127" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="M127">
         <v>-6.2961898300000003</v>
       </c>
       <c r="N127">
         <v>36.533265190000002</v>
       </c>
       <c r="O127" t="s">
         <v>24</v>
       </c>
       <c r="P127" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="128" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
         <v>16</v>
       </c>
       <c r="B128" t="s">
         <v>64</v>
       </c>
       <c r="C128" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D128" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="E128">
-        <v>110120000</v>
+        <v>11008</v>
       </c>
       <c r="F128" t="s">
         <v>27</v>
       </c>
       <c r="G128" t="s">
         <v>21</v>
       </c>
       <c r="H128" t="s">
         <v>21</v>
       </c>
       <c r="I128" t="s">
         <v>21</v>
       </c>
       <c r="J128" t="s">
         <v>22</v>
       </c>
       <c r="K128" t="s">
         <v>22</v>
       </c>
       <c r="L128" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="M128">
         <v>-6.2849215300000001</v>
       </c>
       <c r="N128">
         <v>36.516329990000003</v>
       </c>
       <c r="O128" t="s">
         <v>24</v>
       </c>
       <c r="P128" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
         <v>16</v>
       </c>
       <c r="B129" t="s">
         <v>64</v>
       </c>
       <c r="C129" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D129" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="E129">
-        <v>110120000</v>
+        <v>11008</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
         <v>21</v>
       </c>
       <c r="H129" t="s">
         <v>21</v>
       </c>
       <c r="I129" t="s">
         <v>21</v>
       </c>
       <c r="J129" t="s">
         <v>22</v>
       </c>
       <c r="K129" t="s">
         <v>22</v>
       </c>
       <c r="L129" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="M129">
         <v>-6.2849215300000001</v>
       </c>
       <c r="N129">
         <v>36.516329990000003</v>
       </c>
       <c r="O129" t="s">
         <v>24</v>
       </c>
       <c r="P129" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="130" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
         <v>16</v>
       </c>
       <c r="B130" t="s">
         <v>64</v>
       </c>
       <c r="C130" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D130" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="E130">
-        <v>110120000</v>
+        <v>11008</v>
       </c>
       <c r="F130" t="s">
         <v>28</v>
       </c>
       <c r="G130" t="s">
         <v>21</v>
       </c>
       <c r="H130" t="s">
         <v>21</v>
       </c>
       <c r="I130" t="s">
         <v>22</v>
       </c>
       <c r="J130" t="s">
         <v>22</v>
       </c>
       <c r="K130" t="s">
         <v>22</v>
       </c>
       <c r="L130" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="M130">
         <v>-6.2849215300000001</v>
       </c>
       <c r="N130">
         <v>36.516329990000003</v>
       </c>
       <c r="O130" t="s">
         <v>24</v>
       </c>
       <c r="P130" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="131" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
         <v>16</v>
       </c>
       <c r="B131" t="s">
         <v>64</v>
       </c>
       <c r="C131" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D131" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="E131">
-        <v>110150000</v>
+        <v>11130</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
         <v>21</v>
       </c>
       <c r="H131" t="s">
         <v>21</v>
       </c>
       <c r="I131" t="s">
         <v>21</v>
       </c>
       <c r="J131" t="s">
         <v>22</v>
       </c>
       <c r="K131" t="s">
         <v>22</v>
       </c>
       <c r="L131" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="M131">
         <v>-6.1431579100000002</v>
       </c>
       <c r="N131">
         <v>36.421626379999999</v>
       </c>
       <c r="O131" t="s">
         <v>24</v>
       </c>
       <c r="P131" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="132" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
         <v>16</v>
       </c>
       <c r="B132" t="s">
         <v>64</v>
       </c>
       <c r="C132" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D132" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="E132">
-        <v>110150000</v>
+        <v>11130</v>
       </c>
       <c r="F132" t="s">
         <v>26</v>
       </c>
       <c r="G132" t="s">
         <v>21</v>
       </c>
       <c r="H132" t="s">
         <v>22</v>
       </c>
       <c r="I132" t="s">
         <v>22</v>
       </c>
       <c r="J132" t="s">
         <v>22</v>
       </c>
       <c r="K132" t="s">
         <v>22</v>
       </c>
       <c r="L132" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="M132">
         <v>-6.1431564500000002</v>
       </c>
       <c r="N132">
         <v>36.421590379999998</v>
       </c>
       <c r="O132" t="s">
         <v>24</v>
       </c>
       <c r="P132" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="133" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
         <v>16</v>
       </c>
       <c r="B133" t="s">
         <v>64</v>
       </c>
       <c r="C133" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D133" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="E133">
-        <v>110040000</v>
+        <v>11202</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
         <v>21</v>
       </c>
       <c r="H133" t="s">
         <v>21</v>
       </c>
       <c r="I133" t="s">
         <v>21</v>
       </c>
       <c r="J133" t="s">
         <v>22</v>
       </c>
       <c r="K133" t="s">
         <v>22</v>
       </c>
       <c r="L133" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="M133">
         <v>-5.45497531</v>
       </c>
       <c r="N133">
         <v>36.151423729999998</v>
       </c>
       <c r="O133" t="s">
         <v>24</v>
       </c>
       <c r="P133" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="134" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
         <v>16</v>
       </c>
       <c r="B134" t="s">
         <v>64</v>
       </c>
       <c r="C134" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D134" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="E134">
-        <v>110040000</v>
+        <v>11202</v>
       </c>
       <c r="F134" t="s">
         <v>26</v>
       </c>
       <c r="G134" t="s">
         <v>21</v>
       </c>
       <c r="H134" t="s">
         <v>22</v>
       </c>
       <c r="I134" t="s">
         <v>22</v>
       </c>
       <c r="J134" t="s">
         <v>22</v>
       </c>
       <c r="K134" t="s">
         <v>22</v>
       </c>
       <c r="L134" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="M134">
         <v>-5.44257291</v>
       </c>
       <c r="N134">
         <v>36.124738469999997</v>
       </c>
       <c r="O134" t="s">
         <v>24</v>
       </c>
       <c r="P134" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="135" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
         <v>16</v>
       </c>
       <c r="B135" t="s">
         <v>64</v>
       </c>
       <c r="C135" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D135" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="E135">
-        <v>110200000</v>
+        <v>11405</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
         <v>21</v>
       </c>
       <c r="H135" t="s">
         <v>21</v>
       </c>
       <c r="I135" t="s">
         <v>21</v>
       </c>
       <c r="J135" t="s">
         <v>22</v>
       </c>
       <c r="K135" t="s">
         <v>22</v>
       </c>
       <c r="L135" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="M135">
         <v>-6.1196799999999998</v>
       </c>
       <c r="N135">
         <v>36.686579999999999</v>
       </c>
       <c r="O135" t="s">
         <v>24</v>
       </c>
       <c r="P135" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="136" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
         <v>16</v>
       </c>
       <c r="B136" t="s">
         <v>64</v>
       </c>
       <c r="C136" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D136" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="E136">
-        <v>110200000</v>
+        <v>11405</v>
       </c>
       <c r="F136" t="s">
         <v>26</v>
       </c>
       <c r="G136" t="s">
         <v>21</v>
       </c>
       <c r="H136" t="s">
         <v>22</v>
       </c>
       <c r="I136" t="s">
         <v>22</v>
       </c>
       <c r="J136" t="s">
         <v>22</v>
       </c>
       <c r="K136" t="s">
         <v>22</v>
       </c>
       <c r="L136" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="M136">
         <v>-6.1413105699999999</v>
       </c>
       <c r="N136">
         <v>36.688284250000002</v>
       </c>
       <c r="O136" t="s">
         <v>24</v>
       </c>
       <c r="P136" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="137" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
         <v>16</v>
       </c>
       <c r="B137" t="s">
         <v>64</v>
       </c>
       <c r="C137" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D137" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="E137">
-        <v>110270000</v>
+        <v>11500</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
         <v>21</v>
       </c>
       <c r="H137" t="s">
         <v>21</v>
       </c>
       <c r="I137" t="s">
         <v>21</v>
       </c>
       <c r="J137" t="s">
         <v>22</v>
       </c>
       <c r="K137" t="s">
         <v>22</v>
       </c>
       <c r="L137" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="M137">
         <v>-6.2228248700000002</v>
       </c>
       <c r="N137">
         <v>36.600519730000002</v>
       </c>
       <c r="O137" t="s">
         <v>24</v>
       </c>
       <c r="P137" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="138" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
         <v>16</v>
       </c>
       <c r="B138" t="s">
         <v>64</v>
       </c>
       <c r="C138" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D138" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="E138">
-        <v>110270000</v>
+        <v>11500</v>
       </c>
       <c r="F138" t="s">
         <v>26</v>
       </c>
       <c r="G138" t="s">
         <v>21</v>
       </c>
       <c r="H138" t="s">
         <v>22</v>
       </c>
       <c r="I138" t="s">
         <v>22</v>
       </c>
       <c r="J138" t="s">
         <v>22</v>
       </c>
       <c r="K138" t="s">
         <v>22</v>
       </c>
       <c r="L138" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="M138">
         <v>-6.2228248700000002</v>
       </c>
       <c r="N138">
         <v>36.600519730000002</v>
       </c>
       <c r="O138" t="s">
         <v>24</v>
       </c>
       <c r="P138" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="139" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
         <v>16</v>
       </c>
       <c r="B139" t="s">
         <v>39</v>
       </c>
       <c r="C139" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D139" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E139">
-        <v>120400000</v>
+        <v>12003</v>
       </c>
       <c r="F139" t="s">
         <v>27</v>
       </c>
       <c r="G139" t="s">
         <v>21</v>
       </c>
       <c r="H139" t="s">
         <v>21</v>
       </c>
       <c r="I139" t="s">
         <v>21</v>
       </c>
       <c r="J139" t="s">
         <v>22</v>
       </c>
       <c r="K139" t="s">
         <v>21</v>
       </c>
       <c r="L139" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="M139">
         <v>0</v>
       </c>
       <c r="N139">
         <v>0</v>
       </c>
       <c r="O139" t="s">
         <v>24</v>
       </c>
       <c r="P139" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="140" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
         <v>16</v>
       </c>
       <c r="B140" t="s">
         <v>39</v>
       </c>
       <c r="C140" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D140" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E140">
-        <v>120400000</v>
+        <v>12003</v>
       </c>
       <c r="F140" t="s">
         <v>26</v>
       </c>
       <c r="G140" t="s">
         <v>21</v>
       </c>
       <c r="H140" t="s">
         <v>22</v>
       </c>
       <c r="I140" t="s">
         <v>22</v>
       </c>
       <c r="J140" t="s">
         <v>22</v>
       </c>
       <c r="K140" t="s">
         <v>22</v>
       </c>
       <c r="L140" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="M140">
         <v>39.983519999999999</v>
       </c>
       <c r="N140">
         <v>3.5119999999999998E-2</v>
       </c>
       <c r="O140" t="s">
         <v>24</v>
       </c>
       <c r="P140" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="141" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
         <v>16</v>
       </c>
       <c r="B141" t="s">
         <v>39</v>
       </c>
       <c r="C141" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D141" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E141">
-        <v>120400000</v>
+        <v>12003</v>
       </c>
       <c r="F141" t="s">
         <v>28</v>
       </c>
       <c r="G141" t="s">
         <v>21</v>
       </c>
       <c r="H141" t="s">
         <v>21</v>
       </c>
       <c r="I141" t="s">
         <v>21</v>
       </c>
       <c r="J141" t="s">
         <v>22</v>
       </c>
       <c r="K141" t="s">
         <v>21</v>
       </c>
       <c r="L141" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="M141">
         <v>-3.2864200000000003E-2</v>
       </c>
       <c r="N141">
         <v>39.985364410000003</v>
       </c>
       <c r="O141" t="s">
         <v>24</v>
       </c>
       <c r="P141" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="142" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
         <v>16</v>
       </c>
       <c r="B142" t="s">
         <v>39</v>
       </c>
       <c r="C142" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D142" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E142">
-        <v>120400000</v>
+        <v>12003</v>
       </c>
       <c r="F142" t="s">
         <v>20</v>
       </c>
       <c r="G142" t="s">
         <v>21</v>
       </c>
       <c r="H142" t="s">
         <v>21</v>
       </c>
       <c r="I142" t="s">
         <v>21</v>
       </c>
       <c r="J142" t="s">
         <v>22</v>
       </c>
       <c r="K142" t="s">
         <v>22</v>
       </c>
       <c r="L142" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="M142">
         <v>-3.5159999999999997E-2</v>
       </c>
       <c r="N142">
         <v>39.983469999999997</v>
       </c>
       <c r="O142" t="s">
         <v>24</v>
       </c>
       <c r="P142" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="143" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
         <v>16</v>
       </c>
       <c r="B143" t="s">
         <v>39</v>
       </c>
       <c r="C143" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D143" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="E143">
-        <v>120840000</v>
+        <v>12200</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
         <v>21</v>
       </c>
       <c r="H143" t="s">
         <v>21</v>
       </c>
       <c r="I143" t="s">
         <v>21</v>
       </c>
       <c r="J143" t="s">
         <v>22</v>
       </c>
       <c r="K143" t="s">
         <v>22</v>
       </c>
       <c r="L143" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="M143">
         <v>-0.26767605</v>
       </c>
       <c r="N143">
         <v>39.963845579999997</v>
       </c>
       <c r="O143" t="s">
         <v>24</v>
       </c>
       <c r="P143" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="144" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
         <v>16</v>
       </c>
       <c r="B144" t="s">
         <v>39</v>
       </c>
       <c r="C144" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D144" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="E144">
-        <v>120840000</v>
+        <v>12200</v>
       </c>
       <c r="F144" t="s">
         <v>26</v>
       </c>
       <c r="G144" t="s">
         <v>21</v>
       </c>
       <c r="H144" t="s">
         <v>22</v>
       </c>
       <c r="I144" t="s">
         <v>22</v>
       </c>
       <c r="J144" t="s">
         <v>22</v>
       </c>
       <c r="K144" t="s">
         <v>22</v>
       </c>
       <c r="L144" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="M144">
         <v>-0.26767605</v>
       </c>
       <c r="N144">
         <v>39.963845579999997</v>
       </c>
       <c r="O144" t="s">
         <v>24</v>
       </c>
       <c r="P144" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="145" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
         <v>16</v>
       </c>
       <c r="B145" t="s">
         <v>39</v>
       </c>
       <c r="C145" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D145" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="E145">
-        <v>120270000</v>
+        <v>12580</v>
       </c>
       <c r="F145" t="s">
         <v>26</v>
       </c>
       <c r="G145" t="s">
         <v>21</v>
       </c>
       <c r="H145" t="s">
         <v>22</v>
       </c>
       <c r="I145" t="s">
         <v>22</v>
       </c>
       <c r="J145" t="s">
         <v>22</v>
       </c>
       <c r="K145" t="s">
         <v>22</v>
       </c>
       <c r="L145" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="M145">
         <v>0.42765301</v>
       </c>
       <c r="N145">
         <v>40.41595401</v>
       </c>
       <c r="O145" t="s">
         <v>24</v>
       </c>
       <c r="P145" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="146" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
         <v>16</v>
       </c>
       <c r="B146" t="s">
         <v>39</v>
       </c>
       <c r="C146" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D146" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="E146">
-        <v>120270000</v>
+        <v>12580</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
         <v>21</v>
       </c>
       <c r="H146" t="s">
         <v>21</v>
       </c>
       <c r="I146" t="s">
         <v>21</v>
       </c>
       <c r="J146" t="s">
         <v>22</v>
       </c>
       <c r="K146" t="s">
         <v>22</v>
       </c>
       <c r="L146" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="M146">
         <v>0.42765301</v>
       </c>
       <c r="N146">
         <v>40.41595401</v>
       </c>
       <c r="O146" t="s">
         <v>24</v>
       </c>
       <c r="P146" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="147" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
         <v>16</v>
       </c>
       <c r="B147" t="s">
         <v>31</v>
       </c>
       <c r="C147" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D147" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E147">
-        <v>130340000</v>
+        <v>13001</v>
       </c>
       <c r="F147" t="s">
         <v>27</v>
       </c>
       <c r="G147" t="s">
         <v>21</v>
       </c>
       <c r="H147" t="s">
         <v>21</v>
       </c>
       <c r="I147" t="s">
         <v>21</v>
       </c>
       <c r="J147" t="s">
         <v>22</v>
       </c>
       <c r="K147" t="s">
         <v>22</v>
       </c>
       <c r="L147" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="M147">
         <v>-3.9288806300000001</v>
       </c>
       <c r="N147">
         <v>38.98296414</v>
       </c>
       <c r="O147" t="s">
         <v>24</v>
       </c>
       <c r="P147" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="148" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
         <v>16</v>
       </c>
       <c r="B148" t="s">
         <v>31</v>
       </c>
       <c r="C148" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D148" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E148">
-        <v>130340000</v>
+        <v>13001</v>
       </c>
       <c r="F148" t="s">
         <v>28</v>
       </c>
       <c r="G148" t="s">
         <v>21</v>
       </c>
       <c r="H148" t="s">
         <v>21</v>
       </c>
       <c r="I148" t="s">
         <v>22</v>
       </c>
       <c r="J148" t="s">
         <v>22</v>
       </c>
       <c r="K148" t="s">
         <v>22</v>
       </c>
       <c r="L148" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="M148">
         <v>-3.9288806300000001</v>
       </c>
       <c r="N148">
         <v>38.98296414</v>
       </c>
       <c r="O148" t="s">
         <v>24</v>
       </c>
       <c r="P148" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="149" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
         <v>16</v>
       </c>
       <c r="B149" t="s">
         <v>31</v>
       </c>
       <c r="C149" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D149" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E149">
-        <v>130340000</v>
+        <v>13005</v>
       </c>
       <c r="F149" t="s">
         <v>20</v>
       </c>
       <c r="G149" t="s">
         <v>21</v>
       </c>
       <c r="H149" t="s">
         <v>21</v>
       </c>
       <c r="I149" t="s">
         <v>21</v>
       </c>
       <c r="J149" t="s">
         <v>22</v>
       </c>
       <c r="K149" t="s">
         <v>22</v>
       </c>
       <c r="L149" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="M149">
         <v>-3.9224814800000001</v>
       </c>
       <c r="N149">
         <v>38.995389830000001</v>
       </c>
       <c r="O149" t="s">
         <v>24</v>
       </c>
       <c r="P149" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="150" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
         <v>16</v>
       </c>
       <c r="B150" t="s">
         <v>31</v>
       </c>
       <c r="C150" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D150" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E150">
-        <v>130340000</v>
+        <v>13005</v>
       </c>
       <c r="F150" t="s">
         <v>26</v>
       </c>
       <c r="G150" t="s">
         <v>21</v>
       </c>
       <c r="H150" t="s">
         <v>22</v>
       </c>
       <c r="I150" t="s">
         <v>22</v>
       </c>
       <c r="J150" t="s">
         <v>22</v>
       </c>
       <c r="K150" t="s">
         <v>22</v>
       </c>
       <c r="L150" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="M150">
         <v>-2.6725663200000001</v>
       </c>
       <c r="N150">
         <v>42.843226770000001</v>
       </c>
       <c r="O150" t="s">
         <v>24</v>
       </c>
       <c r="P150" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="151" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
         <v>16</v>
       </c>
       <c r="B151" t="s">
         <v>31</v>
       </c>
       <c r="C151" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D151" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E151">
-        <v>130870000</v>
+        <v>13300</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
         <v>21</v>
       </c>
       <c r="H151" t="s">
         <v>21</v>
       </c>
       <c r="I151" t="s">
         <v>21</v>
       </c>
       <c r="J151" t="s">
         <v>22</v>
       </c>
       <c r="K151" t="s">
         <v>22</v>
       </c>
       <c r="L151" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="M151">
         <v>-3.3858975199999999</v>
       </c>
       <c r="N151">
         <v>38.762585659999999</v>
       </c>
       <c r="O151" t="s">
         <v>24</v>
       </c>
       <c r="P151" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="152" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
         <v>16</v>
       </c>
       <c r="B152" t="s">
         <v>31</v>
       </c>
       <c r="C152" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D152" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E152">
-        <v>130870000</v>
+        <v>13300</v>
       </c>
       <c r="F152" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="G152" t="s">
         <v>21</v>
       </c>
       <c r="H152" t="s">
         <v>22</v>
       </c>
       <c r="I152" t="s">
         <v>22</v>
       </c>
       <c r="J152" t="s">
         <v>22</v>
       </c>
       <c r="K152" t="s">
         <v>22</v>
       </c>
       <c r="L152" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="M152">
         <v>-3.38219</v>
       </c>
       <c r="N152">
         <v>38.7709999</v>
       </c>
       <c r="O152" t="s">
         <v>24</v>
       </c>
       <c r="P152" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="153" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
         <v>16</v>
       </c>
       <c r="B153" t="s">
         <v>31</v>
       </c>
       <c r="C153" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D153" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="E153">
-        <v>130710000</v>
+        <v>13500</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
         <v>21</v>
       </c>
       <c r="H153" t="s">
         <v>21</v>
       </c>
       <c r="I153" t="s">
         <v>21</v>
       </c>
       <c r="J153" t="s">
         <v>22</v>
       </c>
       <c r="K153" t="s">
         <v>22</v>
       </c>
       <c r="L153" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="M153">
         <v>-4.1035008199999998</v>
       </c>
       <c r="N153">
         <v>38.68528293</v>
       </c>
       <c r="O153" t="s">
         <v>24</v>
       </c>
       <c r="P153" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="154" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
         <v>16</v>
       </c>
       <c r="B154" t="s">
         <v>31</v>
       </c>
       <c r="C154" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D154" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="E154">
-        <v>130050000</v>
+        <v>13600</v>
       </c>
       <c r="F154" t="s">
         <v>26</v>
       </c>
       <c r="G154" t="s">
         <v>21</v>
       </c>
       <c r="H154" t="s">
         <v>22</v>
       </c>
       <c r="I154" t="s">
         <v>22</v>
       </c>
       <c r="J154" t="s">
         <v>22</v>
       </c>
       <c r="K154" t="s">
         <v>22</v>
       </c>
       <c r="L154" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="M154">
         <v>-3.2173768200000001</v>
       </c>
       <c r="N154">
         <v>39.390446730000001</v>
       </c>
       <c r="O154" t="s">
         <v>24</v>
       </c>
       <c r="P154" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="155" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
         <v>16</v>
       </c>
       <c r="B155" t="s">
         <v>64</v>
       </c>
       <c r="C155" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D155" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="E155">
-        <v>140210000</v>
+        <v>14004</v>
       </c>
       <c r="F155" t="s">
         <v>26</v>
       </c>
       <c r="G155" t="s">
         <v>21</v>
       </c>
       <c r="H155" t="s">
         <v>22</v>
       </c>
       <c r="I155" t="s">
         <v>22</v>
       </c>
       <c r="J155" t="s">
         <v>22</v>
       </c>
       <c r="K155" t="s">
         <v>22</v>
       </c>
       <c r="L155" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="M155">
         <v>-4.7882645400000001</v>
       </c>
       <c r="N155">
         <v>37.877284760000002</v>
       </c>
       <c r="O155" t="s">
         <v>24</v>
       </c>
       <c r="P155" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="156" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
         <v>16</v>
       </c>
       <c r="B156" t="s">
         <v>64</v>
       </c>
       <c r="C156" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D156" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="E156">
-        <v>140210000</v>
+        <v>14008</v>
       </c>
       <c r="F156" t="s">
         <v>27</v>
       </c>
       <c r="G156" t="s">
         <v>21</v>
       </c>
       <c r="H156" t="s">
         <v>21</v>
       </c>
       <c r="I156" t="s">
         <v>21</v>
       </c>
       <c r="J156" t="s">
         <v>22</v>
       </c>
       <c r="K156" t="s">
         <v>22</v>
       </c>
       <c r="L156" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="M156">
         <v>-4.7833468400000001</v>
       </c>
       <c r="N156">
         <v>37.88693001</v>
       </c>
       <c r="O156" t="s">
         <v>24</v>
       </c>
       <c r="P156" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="157" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
         <v>16</v>
       </c>
       <c r="B157" t="s">
         <v>64</v>
       </c>
       <c r="C157" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D157" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="E157">
-        <v>140210000</v>
+        <v>14008</v>
       </c>
       <c r="F157" t="s">
         <v>27</v>
       </c>
       <c r="G157" t="s">
         <v>21</v>
       </c>
       <c r="H157" t="s">
         <v>21</v>
       </c>
       <c r="I157" t="s">
         <v>21</v>
       </c>
       <c r="J157" t="s">
         <v>22</v>
       </c>
       <c r="K157" t="s">
         <v>21</v>
       </c>
       <c r="L157" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="M157">
         <v>0</v>
       </c>
       <c r="N157">
         <v>0</v>
       </c>
       <c r="O157" t="s">
         <v>24</v>
       </c>
       <c r="P157" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="158" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
         <v>16</v>
       </c>
       <c r="B158" t="s">
         <v>64</v>
       </c>
       <c r="C158" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D158" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="E158">
-        <v>140210000</v>
+        <v>14008</v>
       </c>
       <c r="F158" t="s">
         <v>28</v>
       </c>
       <c r="G158" t="s">
         <v>21</v>
       </c>
       <c r="H158" t="s">
         <v>21</v>
       </c>
       <c r="I158" t="s">
         <v>22</v>
       </c>
       <c r="J158" t="s">
         <v>22</v>
       </c>
       <c r="K158" t="s">
         <v>22</v>
       </c>
       <c r="L158" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="M158">
         <v>-4.7833468400000001</v>
       </c>
       <c r="N158">
         <v>37.88693001</v>
       </c>
       <c r="O158" t="s">
         <v>24</v>
       </c>
       <c r="P158" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="159" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
         <v>16</v>
       </c>
       <c r="B159" t="s">
         <v>64</v>
       </c>
       <c r="C159" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D159" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="E159">
-        <v>140210000</v>
+        <v>14008</v>
       </c>
       <c r="F159" t="s">
         <v>26</v>
       </c>
       <c r="G159" t="s">
         <v>21</v>
       </c>
       <c r="H159" t="s">
         <v>22</v>
       </c>
       <c r="I159" t="s">
         <v>22</v>
       </c>
       <c r="J159" t="s">
         <v>22</v>
       </c>
       <c r="K159" t="s">
         <v>22</v>
       </c>
       <c r="L159" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="M159">
         <v>-4.7833468400000001</v>
       </c>
       <c r="N159">
         <v>37.88693001</v>
       </c>
       <c r="O159" t="s">
         <v>24</v>
       </c>
       <c r="P159" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="160" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
         <v>16</v>
       </c>
       <c r="B160" t="s">
         <v>64</v>
       </c>
       <c r="C160" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D160" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="E160">
-        <v>140210000</v>
+        <v>14008</v>
       </c>
       <c r="F160" t="s">
         <v>20</v>
       </c>
       <c r="G160" t="s">
         <v>21</v>
       </c>
       <c r="H160" t="s">
         <v>21</v>
       </c>
       <c r="I160" t="s">
         <v>21</v>
       </c>
       <c r="J160" t="s">
         <v>22</v>
       </c>
       <c r="K160" t="s">
         <v>22</v>
       </c>
       <c r="L160" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="M160">
         <v>-4.7833468400000001</v>
       </c>
       <c r="N160">
         <v>37.88693001</v>
       </c>
       <c r="O160" t="s">
         <v>24</v>
       </c>
       <c r="P160" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="161" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
         <v>16</v>
       </c>
       <c r="B161" t="s">
         <v>64</v>
       </c>
       <c r="C161" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D161" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="E161">
-        <v>140210000</v>
+        <v>14014</v>
       </c>
       <c r="F161" t="s">
         <v>26</v>
       </c>
       <c r="G161" t="s">
         <v>21</v>
       </c>
       <c r="H161" t="s">
         <v>22</v>
       </c>
       <c r="I161" t="s">
         <v>22</v>
       </c>
       <c r="J161" t="s">
         <v>22</v>
       </c>
       <c r="K161" t="s">
         <v>22</v>
       </c>
       <c r="L161" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="M161">
         <v>-4.7618541399999996</v>
       </c>
       <c r="N161">
         <v>37.897356080000002</v>
       </c>
       <c r="O161" t="s">
         <v>24</v>
       </c>
       <c r="P161" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="162" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
         <v>16</v>
       </c>
       <c r="B162" t="s">
         <v>64</v>
       </c>
       <c r="C162" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D162" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="E162">
-        <v>140540000</v>
+        <v>14400</v>
       </c>
       <c r="F162" t="s">
         <v>20</v>
       </c>
       <c r="G162" t="s">
         <v>21</v>
       </c>
       <c r="H162" t="s">
         <v>21</v>
       </c>
       <c r="I162" t="s">
         <v>21</v>
       </c>
       <c r="J162" t="s">
         <v>22</v>
       </c>
       <c r="K162" t="s">
         <v>22</v>
       </c>
       <c r="L162" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="M162">
         <v>-4.8522829600000001</v>
       </c>
       <c r="N162">
         <v>38.377232970000001</v>
       </c>
       <c r="O162" t="s">
         <v>24</v>
       </c>
       <c r="P162" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="163" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
         <v>16</v>
       </c>
       <c r="B163" t="s">
         <v>64</v>
       </c>
       <c r="C163" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D163" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="E163">
-        <v>140380000</v>
+        <v>14900</v>
       </c>
       <c r="F163" t="s">
         <v>26</v>
       </c>
       <c r="G163" t="s">
         <v>21</v>
       </c>
       <c r="H163" t="s">
         <v>22</v>
       </c>
       <c r="I163" t="s">
         <v>22</v>
       </c>
       <c r="J163" t="s">
         <v>22</v>
       </c>
       <c r="K163" t="s">
         <v>22</v>
       </c>
       <c r="L163" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="M163">
         <v>-4.4891591799999997</v>
       </c>
       <c r="N163">
         <v>37.407650369999999</v>
       </c>
       <c r="O163" t="s">
         <v>24</v>
       </c>
       <c r="P163" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="164" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
         <v>16</v>
       </c>
       <c r="B164" t="s">
         <v>64</v>
       </c>
       <c r="C164" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D164" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="E164">
-        <v>140380000</v>
+        <v>14900</v>
       </c>
       <c r="F164" t="s">
         <v>20</v>
       </c>
       <c r="G164" t="s">
         <v>21</v>
       </c>
       <c r="H164" t="s">
         <v>21</v>
       </c>
       <c r="I164" t="s">
         <v>21</v>
       </c>
       <c r="J164" t="s">
         <v>22</v>
       </c>
       <c r="K164" t="s">
         <v>22</v>
       </c>
       <c r="L164" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="M164">
         <v>-4.4894532299999996</v>
       </c>
       <c r="N164">
         <v>37.407664689999997</v>
       </c>
       <c r="O164" t="s">
         <v>24</v>
       </c>
       <c r="P164" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="165" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
         <v>16</v>
       </c>
       <c r="B165" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C165" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D165" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="E165">
-        <v>150300000</v>
+        <v>15004</v>
       </c>
       <c r="F165" t="s">
         <v>20</v>
       </c>
       <c r="G165" t="s">
         <v>21</v>
       </c>
       <c r="H165" t="s">
         <v>21</v>
       </c>
       <c r="I165" t="s">
         <v>21</v>
       </c>
       <c r="J165" t="s">
         <v>22</v>
       </c>
       <c r="K165" t="s">
         <v>22</v>
       </c>
       <c r="L165" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="M165">
         <v>-8.4125499999999995</v>
       </c>
       <c r="N165">
         <v>43.366399999999999</v>
       </c>
       <c r="O165" t="s">
         <v>24</v>
       </c>
       <c r="P165" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="166" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
         <v>16</v>
       </c>
       <c r="B166" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C166" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D166" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="E166">
-        <v>150300000</v>
+        <v>15004</v>
       </c>
       <c r="F166" t="s">
         <v>26</v>
       </c>
       <c r="G166" t="s">
         <v>21</v>
       </c>
       <c r="H166" t="s">
         <v>22</v>
       </c>
       <c r="I166" t="s">
         <v>22</v>
       </c>
       <c r="J166" t="s">
         <v>22</v>
       </c>
       <c r="K166" t="s">
         <v>22</v>
       </c>
       <c r="L166" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="M166">
         <v>-8.4125700000000005</v>
       </c>
       <c r="N166">
         <v>43.366590000000002</v>
       </c>
       <c r="O166" t="s">
         <v>24</v>
       </c>
       <c r="P166" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="167" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
         <v>16</v>
       </c>
       <c r="B167" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C167" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D167" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="E167">
-        <v>150300000</v>
+        <v>15008</v>
       </c>
       <c r="F167" t="s">
         <v>26</v>
       </c>
       <c r="G167" t="s">
         <v>21</v>
       </c>
       <c r="H167" t="s">
         <v>22</v>
       </c>
       <c r="I167" t="s">
         <v>22</v>
       </c>
       <c r="J167" t="s">
         <v>22</v>
       </c>
       <c r="K167" t="s">
         <v>22</v>
       </c>
       <c r="L167" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="M167">
         <v>-8.4063800000000004</v>
       </c>
       <c r="N167">
         <v>43.3489</v>
       </c>
       <c r="O167" t="s">
         <v>24</v>
       </c>
       <c r="P167" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="168" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
         <v>16</v>
       </c>
       <c r="B168" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C168" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D168" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="E168">
-        <v>150300000</v>
+        <v>15008</v>
       </c>
       <c r="F168" t="s">
         <v>28</v>
       </c>
       <c r="G168" t="s">
         <v>21</v>
       </c>
       <c r="H168" t="s">
         <v>21</v>
       </c>
       <c r="I168" t="s">
         <v>21</v>
       </c>
       <c r="J168" t="s">
         <v>22</v>
       </c>
       <c r="K168" t="s">
         <v>22</v>
       </c>
       <c r="L168" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="M168">
         <v>-8.4101400000000002</v>
       </c>
       <c r="N168">
         <v>43.342080000000003</v>
       </c>
       <c r="O168" t="s">
         <v>24</v>
       </c>
       <c r="P168" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="169" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
         <v>16</v>
       </c>
       <c r="B169" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C169" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D169" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="E169">
-        <v>150300000</v>
+        <v>15008</v>
       </c>
       <c r="F169" t="s">
         <v>20</v>
       </c>
       <c r="G169" t="s">
         <v>21</v>
       </c>
       <c r="H169" t="s">
         <v>21</v>
       </c>
       <c r="I169" t="s">
         <v>21</v>
       </c>
       <c r="J169" t="s">
         <v>22</v>
       </c>
       <c r="K169" t="s">
         <v>22</v>
       </c>
       <c r="L169" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="M169">
         <v>-8.4065906600000009</v>
       </c>
       <c r="N169">
         <v>43.348840359999997</v>
       </c>
       <c r="O169" t="s">
         <v>24</v>
       </c>
       <c r="P169" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="170" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
         <v>16</v>
       </c>
       <c r="B170" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C170" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D170" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E170">
-        <v>150021102</v>
+        <v>15100</v>
       </c>
       <c r="F170" t="s">
         <v>26</v>
       </c>
       <c r="G170" t="s">
         <v>21</v>
       </c>
       <c r="H170" t="s">
         <v>22</v>
       </c>
       <c r="I170" t="s">
         <v>22</v>
       </c>
       <c r="J170" t="s">
         <v>22</v>
       </c>
       <c r="K170" t="s">
         <v>22</v>
       </c>
       <c r="L170" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="M170">
         <v>-8.6923300000000001</v>
       </c>
       <c r="N170">
         <v>43.212130000000002</v>
       </c>
       <c r="O170" t="s">
         <v>24</v>
       </c>
       <c r="P170" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="171" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
         <v>16</v>
       </c>
       <c r="B171" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C171" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D171" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E171">
-        <v>150021102</v>
+        <v>15100</v>
       </c>
       <c r="F171" t="s">
         <v>20</v>
       </c>
       <c r="G171" t="s">
         <v>21</v>
       </c>
       <c r="H171" t="s">
         <v>21</v>
       </c>
       <c r="I171" t="s">
         <v>21</v>
       </c>
       <c r="J171" t="s">
         <v>22</v>
       </c>
       <c r="K171" t="s">
         <v>22</v>
       </c>
       <c r="L171" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="M171">
         <v>-8.6921555900000005</v>
       </c>
       <c r="N171">
         <v>43.211875919999997</v>
       </c>
       <c r="O171" t="s">
         <v>24</v>
       </c>
       <c r="P171" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="172" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
         <v>16</v>
       </c>
       <c r="B172" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C172" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D172" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="E172">
-        <v>150280000</v>
+        <v>15130</v>
       </c>
       <c r="F172" t="s">
         <v>26</v>
       </c>
       <c r="G172" t="s">
         <v>21</v>
       </c>
       <c r="H172" t="s">
         <v>22</v>
       </c>
       <c r="I172" t="s">
         <v>22</v>
       </c>
       <c r="J172" t="s">
         <v>22</v>
       </c>
       <c r="K172" t="s">
         <v>22</v>
       </c>
       <c r="L172" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="M172">
         <v>-9.1950699999999994</v>
       </c>
       <c r="N172">
         <v>42.951900000000002</v>
       </c>
       <c r="O172" t="s">
         <v>24</v>
       </c>
       <c r="P172" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="173" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
         <v>16</v>
       </c>
       <c r="B173" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C173" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D173" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="E173">
-        <v>150090000</v>
+        <v>15300</v>
       </c>
       <c r="F173" t="s">
         <v>26</v>
       </c>
       <c r="G173" t="s">
         <v>21</v>
       </c>
       <c r="H173" t="s">
         <v>21</v>
       </c>
       <c r="I173" t="s">
         <v>21</v>
       </c>
       <c r="J173" t="s">
         <v>22</v>
       </c>
       <c r="K173" t="s">
         <v>22</v>
       </c>
       <c r="L173" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="M173">
         <v>-8.2088599999999996</v>
       </c>
       <c r="N173">
         <v>43.276859999999999</v>
       </c>
       <c r="O173" t="s">
         <v>24</v>
       </c>
       <c r="P173" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="174" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
         <v>16</v>
       </c>
       <c r="B174" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C174" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D174" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E174">
-        <v>150360000</v>
+        <v>15403</v>
       </c>
       <c r="F174" t="s">
         <v>26</v>
       </c>
       <c r="G174" t="s">
         <v>21</v>
       </c>
       <c r="H174" t="s">
         <v>22</v>
       </c>
       <c r="I174" t="s">
         <v>22</v>
       </c>
       <c r="J174" t="s">
         <v>22</v>
       </c>
       <c r="K174" t="s">
         <v>22</v>
       </c>
       <c r="L174" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="M174">
         <v>-8.2258399999999998</v>
       </c>
       <c r="N174">
         <v>43.481299999999997</v>
       </c>
       <c r="O174" t="s">
         <v>24</v>
       </c>
       <c r="P174" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="175" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
         <v>16</v>
       </c>
       <c r="B175" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C175" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D175" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E175">
-        <v>150360000</v>
+        <v>15403</v>
       </c>
       <c r="F175" t="s">
         <v>20</v>
       </c>
       <c r="G175" t="s">
         <v>21</v>
       </c>
       <c r="H175" t="s">
         <v>21</v>
       </c>
       <c r="I175" t="s">
         <v>21</v>
       </c>
       <c r="J175" t="s">
         <v>22</v>
       </c>
       <c r="K175" t="s">
         <v>22</v>
       </c>
       <c r="L175" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="M175">
         <v>-8.2264968700000001</v>
       </c>
       <c r="N175">
         <v>43.481206620000002</v>
       </c>
       <c r="O175" t="s">
         <v>24</v>
       </c>
       <c r="P175" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="176" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
         <v>16</v>
       </c>
       <c r="B176" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C176" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D176" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="E176">
-        <v>150780000</v>
+        <v>15705</v>
       </c>
       <c r="F176" t="s">
         <v>26</v>
       </c>
       <c r="G176" t="s">
         <v>21</v>
       </c>
       <c r="H176" t="s">
         <v>22</v>
       </c>
       <c r="I176" t="s">
         <v>22</v>
       </c>
       <c r="J176" t="s">
         <v>22</v>
       </c>
       <c r="K176" t="s">
         <v>22</v>
       </c>
       <c r="L176" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="M176">
         <v>-8.5482800000000001</v>
       </c>
       <c r="N176">
         <v>42.883459999999999</v>
       </c>
       <c r="O176" t="s">
         <v>24</v>
       </c>
       <c r="P176" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="177" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
         <v>16</v>
       </c>
       <c r="B177" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C177" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D177" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="E177">
-        <v>150780000</v>
+        <v>15705</v>
       </c>
       <c r="F177" t="s">
         <v>20</v>
       </c>
       <c r="G177" t="s">
         <v>21</v>
       </c>
       <c r="H177" t="s">
         <v>21</v>
       </c>
       <c r="I177" t="s">
         <v>21</v>
       </c>
       <c r="J177" t="s">
         <v>22</v>
       </c>
       <c r="K177" t="s">
         <v>22</v>
       </c>
       <c r="L177" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="M177">
         <v>-8.5483421199999992</v>
       </c>
       <c r="N177">
         <v>42.873239679999998</v>
       </c>
       <c r="O177" t="s">
         <v>24</v>
       </c>
       <c r="P177" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="178" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
         <v>16</v>
       </c>
       <c r="B178" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C178" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D178" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="E178">
-        <v>150670000</v>
+        <v>15940</v>
       </c>
       <c r="F178" t="s">
         <v>26</v>
       </c>
       <c r="G178" t="s">
         <v>21</v>
       </c>
       <c r="H178" t="s">
         <v>22</v>
       </c>
       <c r="I178" t="s">
         <v>22</v>
       </c>
       <c r="J178" t="s">
         <v>22</v>
       </c>
       <c r="K178" t="s">
         <v>22</v>
       </c>
       <c r="L178" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="M178">
         <v>-8.9369178999999992</v>
       </c>
       <c r="N178">
         <v>42.602686159999998</v>
       </c>
       <c r="O178" t="s">
         <v>24</v>
       </c>
       <c r="P178" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="179" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
         <v>16</v>
       </c>
       <c r="B179" t="s">
         <v>31</v>
       </c>
       <c r="C179" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="D179" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="E179">
-        <v>160780000</v>
+        <v>16001</v>
       </c>
       <c r="F179" t="s">
         <v>27</v>
       </c>
       <c r="G179" t="s">
         <v>21</v>
       </c>
       <c r="H179" t="s">
         <v>21</v>
       </c>
       <c r="I179" t="s">
         <v>21</v>
       </c>
       <c r="J179" t="s">
         <v>22</v>
       </c>
       <c r="K179" t="s">
         <v>22</v>
       </c>
       <c r="L179" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="M179">
         <v>-2.1349629600000002</v>
       </c>
       <c r="N179">
         <v>40.072703390000001</v>
       </c>
       <c r="O179" t="s">
         <v>24</v>
       </c>
       <c r="P179" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="180" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
         <v>16</v>
       </c>
       <c r="B180" t="s">
         <v>31</v>
       </c>
       <c r="C180" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="D180" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="E180">
-        <v>160780000</v>
+        <v>16001</v>
       </c>
       <c r="F180" t="s">
         <v>28</v>
       </c>
       <c r="G180" t="s">
         <v>21</v>
       </c>
       <c r="H180" t="s">
         <v>21</v>
       </c>
       <c r="I180" t="s">
         <v>22</v>
       </c>
       <c r="J180" t="s">
         <v>22</v>
       </c>
       <c r="K180" t="s">
         <v>22</v>
       </c>
       <c r="L180" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="M180">
         <v>-2.1349597299999998</v>
       </c>
       <c r="N180">
         <v>40.072621150000003</v>
       </c>
       <c r="O180" t="s">
         <v>24</v>
       </c>
       <c r="P180" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="181" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
         <v>16</v>
       </c>
       <c r="B181" t="s">
         <v>31</v>
       </c>
       <c r="C181" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="D181" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="E181">
-        <v>160780000</v>
+        <v>16001</v>
       </c>
       <c r="F181" t="s">
         <v>26</v>
       </c>
       <c r="G181" t="s">
         <v>21</v>
       </c>
       <c r="H181" t="s">
         <v>22</v>
       </c>
       <c r="I181" t="s">
         <v>22</v>
       </c>
       <c r="J181" t="s">
         <v>22</v>
       </c>
       <c r="K181" t="s">
         <v>22</v>
       </c>
       <c r="L181" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="M181">
         <v>-2.1343941399999999</v>
       </c>
       <c r="N181">
         <v>40.072833150000001</v>
       </c>
       <c r="O181" t="s">
         <v>24</v>
       </c>
       <c r="P181" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="182" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
         <v>16</v>
       </c>
       <c r="B182" t="s">
         <v>31</v>
       </c>
       <c r="C182" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="D182" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="E182">
-        <v>160780000</v>
+        <v>16001</v>
       </c>
       <c r="F182" t="s">
         <v>20</v>
       </c>
       <c r="G182" t="s">
         <v>21</v>
       </c>
       <c r="H182" t="s">
         <v>21</v>
       </c>
       <c r="I182" t="s">
         <v>21</v>
       </c>
       <c r="J182" t="s">
         <v>22</v>
       </c>
       <c r="K182" t="s">
         <v>22</v>
       </c>
       <c r="L182" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="M182">
         <v>-2.1349597299999998</v>
       </c>
       <c r="N182">
         <v>40.072621150000003</v>
       </c>
       <c r="O182" t="s">
         <v>24</v>
       </c>
       <c r="P182" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="183" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
         <v>16</v>
       </c>
       <c r="B183" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C183" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D183" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="E183">
-        <v>170790000</v>
+        <v>17006</v>
       </c>
       <c r="F183" t="s">
         <v>20</v>
       </c>
       <c r="G183" t="s">
         <v>21</v>
       </c>
       <c r="H183" t="s">
         <v>21</v>
       </c>
       <c r="I183" t="s">
         <v>21</v>
       </c>
       <c r="J183" t="s">
         <v>22</v>
       </c>
       <c r="K183" t="s">
         <v>22</v>
       </c>
       <c r="L183" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="M183">
         <v>2.8108710399999999</v>
       </c>
       <c r="N183">
         <v>41.97973752</v>
       </c>
       <c r="O183" t="s">
         <v>24</v>
       </c>
       <c r="P183" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="184" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
         <v>16</v>
       </c>
       <c r="B184" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C184" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D184" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="E184">
-        <v>170790000</v>
+        <v>17006</v>
       </c>
       <c r="F184" t="s">
         <v>27</v>
       </c>
       <c r="G184" t="s">
         <v>21</v>
       </c>
       <c r="H184" t="s">
         <v>21</v>
       </c>
       <c r="I184" t="s">
         <v>21</v>
       </c>
       <c r="J184" t="s">
         <v>22</v>
       </c>
       <c r="K184" t="s">
         <v>22</v>
       </c>
       <c r="L184" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="M184">
         <v>2.8108710399999999</v>
       </c>
       <c r="N184">
         <v>41.97973752</v>
       </c>
       <c r="O184" t="s">
         <v>24</v>
       </c>
       <c r="P184" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="185" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
         <v>16</v>
       </c>
       <c r="B185" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C185" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D185" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="E185">
-        <v>170790000</v>
+        <v>17006</v>
       </c>
       <c r="F185" t="s">
         <v>26</v>
       </c>
       <c r="G185" t="s">
         <v>21</v>
       </c>
       <c r="H185" t="s">
         <v>22</v>
       </c>
       <c r="I185" t="s">
         <v>22</v>
       </c>
       <c r="J185" t="s">
         <v>22</v>
       </c>
       <c r="K185" t="s">
         <v>22</v>
       </c>
       <c r="L185" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="M185">
         <v>2.8215980699999998</v>
       </c>
       <c r="N185">
         <v>41.975402430000003</v>
       </c>
       <c r="O185" t="s">
         <v>24</v>
       </c>
       <c r="P185" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="186" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
         <v>16</v>
       </c>
       <c r="B186" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C186" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D186" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="E186">
-        <v>170790000</v>
+        <v>17006</v>
       </c>
       <c r="F186" t="s">
         <v>20</v>
       </c>
       <c r="G186" t="s">
         <v>21</v>
       </c>
       <c r="H186" t="s">
         <v>21</v>
       </c>
       <c r="I186" t="s">
         <v>21</v>
       </c>
       <c r="J186" t="s">
         <v>22</v>
       </c>
       <c r="K186" t="s">
         <v>22</v>
       </c>
       <c r="L186" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="M186">
         <v>2.8215980699999998</v>
       </c>
       <c r="N186">
         <v>41.975402430000003</v>
       </c>
       <c r="O186" t="s">
         <v>24</v>
       </c>
       <c r="P186" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="187" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
         <v>16</v>
       </c>
       <c r="B187" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C187" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D187" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="E187">
-        <v>170790000</v>
+        <v>17006</v>
       </c>
       <c r="F187" t="s">
         <v>26</v>
       </c>
       <c r="G187" t="s">
         <v>21</v>
       </c>
       <c r="H187" t="s">
         <v>22</v>
       </c>
       <c r="I187" t="s">
         <v>22</v>
       </c>
       <c r="J187" t="s">
         <v>22</v>
       </c>
       <c r="K187" t="s">
         <v>22</v>
       </c>
       <c r="L187" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="M187">
         <v>2.8108710399999999</v>
       </c>
       <c r="N187">
         <v>41.97973752</v>
       </c>
       <c r="O187" t="s">
         <v>24</v>
       </c>
       <c r="P187" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="188" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
         <v>16</v>
       </c>
       <c r="B188" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C188" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D188" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="E188">
-        <v>170790000</v>
+        <v>17006</v>
       </c>
       <c r="F188" t="s">
         <v>28</v>
       </c>
       <c r="G188" t="s">
         <v>21</v>
       </c>
       <c r="H188" t="s">
         <v>21</v>
       </c>
       <c r="I188" t="s">
         <v>22</v>
       </c>
       <c r="J188" t="s">
         <v>22</v>
       </c>
       <c r="K188" t="s">
         <v>22</v>
       </c>
       <c r="L188" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="M188">
         <v>2.8108710399999999</v>
       </c>
       <c r="N188">
         <v>41.97973752</v>
       </c>
       <c r="O188" t="s">
         <v>24</v>
       </c>
       <c r="P188" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="189" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
         <v>16</v>
       </c>
       <c r="B189" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C189" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D189" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="E189">
-        <v>170660000</v>
+        <v>17600</v>
       </c>
       <c r="F189" t="s">
         <v>26</v>
       </c>
       <c r="G189" t="s">
         <v>21</v>
       </c>
       <c r="H189" t="s">
         <v>22</v>
       </c>
       <c r="I189" t="s">
         <v>22</v>
       </c>
       <c r="J189" t="s">
         <v>22</v>
       </c>
       <c r="K189" t="s">
         <v>22</v>
       </c>
       <c r="L189" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="M189">
         <v>2.9632380899999999</v>
       </c>
       <c r="N189">
         <v>42.267749180000003</v>
       </c>
       <c r="O189" t="s">
         <v>24</v>
       </c>
       <c r="P189" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="190" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
         <v>16</v>
       </c>
       <c r="B190" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C190" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D190" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="E190">
-        <v>170660000</v>
+        <v>17600</v>
       </c>
       <c r="F190" t="s">
         <v>20</v>
       </c>
       <c r="G190" t="s">
         <v>21</v>
       </c>
       <c r="H190" t="s">
         <v>21</v>
       </c>
       <c r="I190" t="s">
         <v>21</v>
       </c>
       <c r="J190" t="s">
         <v>22</v>
       </c>
       <c r="K190" t="s">
         <v>22</v>
       </c>
       <c r="L190" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="M190">
         <v>2.9632380899999999</v>
       </c>
       <c r="N190">
         <v>42.267749180000003</v>
       </c>
       <c r="O190" t="s">
         <v>24</v>
       </c>
       <c r="P190" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="191" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
         <v>16</v>
       </c>
       <c r="B191" t="s">
         <v>64</v>
       </c>
       <c r="C191" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D191" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="E191">
-        <v>180870000</v>
+        <v>18001</v>
       </c>
       <c r="F191" t="s">
         <v>20</v>
       </c>
       <c r="G191" t="s">
         <v>21</v>
       </c>
       <c r="H191" t="s">
         <v>21</v>
       </c>
       <c r="I191" t="s">
         <v>21</v>
       </c>
       <c r="J191" t="s">
         <v>22</v>
       </c>
       <c r="K191" t="s">
         <v>22</v>
       </c>
       <c r="L191" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="M191">
         <v>-3.5989728099999998</v>
       </c>
       <c r="N191">
         <v>37.178433490000003</v>
       </c>
       <c r="O191" t="s">
         <v>24</v>
       </c>
       <c r="P191" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="192" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
         <v>16</v>
       </c>
       <c r="B192" t="s">
         <v>64</v>
       </c>
       <c r="C192" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D192" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="E192">
-        <v>180870000</v>
+        <v>18001</v>
       </c>
       <c r="F192" t="s">
         <v>20</v>
       </c>
       <c r="G192" t="s">
         <v>21</v>
       </c>
       <c r="H192" t="s">
         <v>21</v>
       </c>
       <c r="I192" t="s">
         <v>21</v>
       </c>
       <c r="J192" t="s">
         <v>22</v>
       </c>
       <c r="K192" t="s">
         <v>22</v>
       </c>
       <c r="L192" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="M192">
         <v>-3.5989728099999998</v>
       </c>
       <c r="N192">
         <v>37.178433490000003</v>
       </c>
       <c r="O192" t="s">
         <v>24</v>
       </c>
       <c r="P192" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="193" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
         <v>16</v>
       </c>
       <c r="B193" t="s">
         <v>64</v>
       </c>
       <c r="C193" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D193" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="E193">
-        <v>180870000</v>
+        <v>18001</v>
       </c>
       <c r="F193" t="s">
         <v>27</v>
       </c>
       <c r="G193" t="s">
         <v>21</v>
       </c>
       <c r="H193" t="s">
         <v>21</v>
       </c>
       <c r="I193" t="s">
         <v>21</v>
       </c>
       <c r="J193" t="s">
         <v>22</v>
       </c>
       <c r="K193" t="s">
         <v>22</v>
       </c>
       <c r="L193" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="M193">
         <v>-3.5981533699999999</v>
       </c>
       <c r="N193">
         <v>37.17737399</v>
       </c>
       <c r="O193" t="s">
         <v>24</v>
       </c>
       <c r="P193" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="194" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
         <v>16</v>
       </c>
       <c r="B194" t="s">
         <v>64</v>
       </c>
       <c r="C194" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D194" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="E194">
-        <v>180870000</v>
+        <v>18001</v>
       </c>
       <c r="F194" t="s">
         <v>28</v>
       </c>
       <c r="G194" t="s">
         <v>21</v>
       </c>
       <c r="H194" t="s">
         <v>21</v>
       </c>
       <c r="I194" t="s">
         <v>22</v>
       </c>
       <c r="J194" t="s">
         <v>22</v>
       </c>
       <c r="K194" t="s">
         <v>22</v>
       </c>
       <c r="L194" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="M194">
         <v>-3.5989728099999998</v>
       </c>
       <c r="N194">
         <v>37.178433490000003</v>
       </c>
       <c r="O194" t="s">
         <v>24</v>
       </c>
       <c r="P194" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="195" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
         <v>16</v>
       </c>
       <c r="B195" t="s">
         <v>64</v>
       </c>
       <c r="C195" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D195" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="E195">
-        <v>180870000</v>
+        <v>18001</v>
       </c>
       <c r="F195" t="s">
         <v>26</v>
       </c>
       <c r="G195" t="s">
         <v>21</v>
       </c>
       <c r="H195" t="s">
         <v>22</v>
       </c>
       <c r="I195" t="s">
         <v>22</v>
       </c>
       <c r="J195" t="s">
         <v>22</v>
       </c>
       <c r="K195" t="s">
         <v>22</v>
       </c>
       <c r="L195" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="M195">
         <v>-3.5989728099999998</v>
       </c>
       <c r="N195">
         <v>37.178433490000003</v>
       </c>
       <c r="O195" t="s">
         <v>24</v>
       </c>
       <c r="P195" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="196" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
         <v>16</v>
       </c>
       <c r="B196" t="s">
         <v>64</v>
       </c>
       <c r="C196" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D196" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="E196">
-        <v>180870000</v>
+        <v>18014</v>
       </c>
       <c r="F196" t="s">
         <v>26</v>
       </c>
       <c r="G196" t="s">
         <v>21</v>
       </c>
       <c r="H196" t="s">
         <v>22</v>
       </c>
       <c r="I196" t="s">
         <v>22</v>
       </c>
       <c r="J196" t="s">
         <v>22</v>
       </c>
       <c r="K196" t="s">
         <v>22</v>
       </c>
       <c r="L196" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="M196">
         <v>-3.6100618799999999</v>
       </c>
       <c r="N196">
         <v>37.185966620000002</v>
       </c>
       <c r="O196" t="s">
         <v>24</v>
       </c>
       <c r="P196" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="197" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
         <v>16</v>
       </c>
       <c r="B197" t="s">
         <v>64</v>
       </c>
       <c r="C197" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D197" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="E197">
-        <v>180870000</v>
+        <v>18014</v>
       </c>
       <c r="F197" t="s">
         <v>20</v>
       </c>
       <c r="G197" t="s">
         <v>21</v>
       </c>
       <c r="H197" t="s">
         <v>21</v>
       </c>
       <c r="I197" t="s">
         <v>21</v>
       </c>
       <c r="J197" t="s">
         <v>22</v>
       </c>
       <c r="K197" t="s">
         <v>22</v>
       </c>
       <c r="L197" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="M197">
         <v>-3.6100618799999999</v>
       </c>
       <c r="N197">
         <v>37.185966620000002</v>
       </c>
       <c r="O197" t="s">
         <v>24</v>
       </c>
       <c r="P197" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="198" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
         <v>16</v>
       </c>
       <c r="B198" t="s">
         <v>64</v>
       </c>
       <c r="C198" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D198" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="E198">
-        <v>181220000</v>
+        <v>18300</v>
       </c>
       <c r="F198" t="s">
         <v>26</v>
       </c>
       <c r="G198" t="s">
         <v>21</v>
       </c>
       <c r="H198" t="s">
         <v>22</v>
       </c>
       <c r="I198" t="s">
         <v>22</v>
       </c>
       <c r="J198" t="s">
         <v>22</v>
       </c>
       <c r="K198" t="s">
         <v>22</v>
       </c>
       <c r="L198" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="M198">
         <v>-4.1476447800000003</v>
       </c>
       <c r="N198">
         <v>37.16433</v>
       </c>
       <c r="O198" t="s">
         <v>24</v>
       </c>
       <c r="P198" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="199" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
         <v>16</v>
       </c>
       <c r="B199" t="s">
         <v>64</v>
       </c>
       <c r="C199" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D199" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="E199">
-        <v>181220000</v>
+        <v>18300</v>
       </c>
       <c r="F199" t="s">
         <v>20</v>
       </c>
       <c r="G199" t="s">
         <v>21</v>
       </c>
       <c r="H199" t="s">
         <v>21</v>
       </c>
       <c r="I199" t="s">
         <v>21</v>
       </c>
       <c r="J199" t="s">
         <v>22</v>
       </c>
       <c r="K199" t="s">
         <v>22</v>
       </c>
       <c r="L199" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="M199">
         <v>-4.1476447800000003</v>
       </c>
       <c r="N199">
         <v>37.166935090000003</v>
       </c>
       <c r="O199" t="s">
         <v>24</v>
       </c>
       <c r="P199" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="200" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
         <v>16</v>
       </c>
       <c r="B200" t="s">
         <v>64</v>
       </c>
       <c r="C200" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D200" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="E200">
-        <v>180890000</v>
+        <v>18500</v>
       </c>
       <c r="F200" t="s">
         <v>26</v>
       </c>
       <c r="G200" t="s">
         <v>21</v>
       </c>
       <c r="H200" t="s">
         <v>22</v>
       </c>
       <c r="I200" t="s">
         <v>22</v>
       </c>
       <c r="J200" t="s">
         <v>22</v>
       </c>
       <c r="K200" t="s">
         <v>22</v>
       </c>
       <c r="L200" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="M200">
         <v>-3.1329312499999999</v>
       </c>
       <c r="N200">
         <v>37.305392019999999</v>
       </c>
       <c r="O200" t="s">
         <v>24</v>
       </c>
       <c r="P200" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="201" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
         <v>16</v>
       </c>
       <c r="B201" t="s">
         <v>64</v>
       </c>
       <c r="C201" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D201" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="E201">
-        <v>180890000</v>
+        <v>18500</v>
       </c>
       <c r="F201" t="s">
         <v>20</v>
       </c>
       <c r="G201" t="s">
         <v>21</v>
       </c>
       <c r="H201" t="s">
         <v>21</v>
       </c>
       <c r="I201" t="s">
         <v>21</v>
       </c>
       <c r="J201" t="s">
         <v>22</v>
       </c>
       <c r="K201" t="s">
         <v>22</v>
       </c>
       <c r="L201" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="M201">
         <v>-3.1332300000000002</v>
       </c>
       <c r="N201">
         <v>37.305100000000003</v>
       </c>
       <c r="O201" t="s">
         <v>24</v>
       </c>
       <c r="P201" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="202" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
         <v>16</v>
       </c>
       <c r="B202" t="s">
         <v>64</v>
       </c>
       <c r="C202" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D202" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="E202">
-        <v>181400000</v>
+        <v>18600</v>
       </c>
       <c r="F202" t="s">
         <v>20</v>
       </c>
       <c r="G202" t="s">
         <v>21</v>
       </c>
       <c r="H202" t="s">
         <v>21</v>
       </c>
       <c r="I202" t="s">
         <v>21</v>
       </c>
       <c r="J202" t="s">
         <v>22</v>
       </c>
       <c r="K202" t="s">
         <v>22</v>
       </c>
       <c r="L202" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="M202">
         <v>-3.5232205300000001</v>
       </c>
       <c r="N202">
         <v>36.744178220000002</v>
       </c>
       <c r="O202" t="s">
         <v>24</v>
       </c>
       <c r="P202" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="203" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
         <v>16</v>
       </c>
       <c r="B203" t="s">
         <v>64</v>
       </c>
       <c r="C203" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D203" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="E203">
-        <v>181400000</v>
+        <v>18600</v>
       </c>
       <c r="F203" t="s">
         <v>26</v>
       </c>
       <c r="G203" t="s">
         <v>21</v>
       </c>
       <c r="H203" t="s">
         <v>22</v>
       </c>
       <c r="I203" t="s">
         <v>22</v>
       </c>
       <c r="J203" t="s">
         <v>22</v>
       </c>
       <c r="K203" t="s">
         <v>22</v>
       </c>
       <c r="L203" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="M203">
         <v>-3.5232205300000001</v>
       </c>
       <c r="N203">
         <v>36.744178220000002</v>
       </c>
       <c r="O203" t="s">
         <v>24</v>
       </c>
       <c r="P203" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="204" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
         <v>16</v>
       </c>
       <c r="B204" t="s">
         <v>31</v>
       </c>
       <c r="C204" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D204" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E204">
-        <v>191300000</v>
+        <v>19001</v>
       </c>
       <c r="F204" t="s">
         <v>26</v>
       </c>
       <c r="G204" t="s">
         <v>21</v>
       </c>
       <c r="H204" t="s">
         <v>22</v>
       </c>
       <c r="I204" t="s">
         <v>22</v>
       </c>
       <c r="J204" t="s">
         <v>22</v>
       </c>
       <c r="K204" t="s">
         <v>22</v>
       </c>
       <c r="L204" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="M204">
         <v>-3.1661538</v>
       </c>
       <c r="N204">
         <v>40.632010280000003</v>
       </c>
       <c r="O204" t="s">
         <v>24</v>
       </c>
       <c r="P204" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="205" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
         <v>16</v>
       </c>
       <c r="B205" t="s">
         <v>31</v>
       </c>
       <c r="C205" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D205" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E205">
-        <v>191300000</v>
+        <v>19001</v>
       </c>
       <c r="F205" t="s">
         <v>20</v>
       </c>
       <c r="G205" t="s">
         <v>21</v>
       </c>
       <c r="H205" t="s">
         <v>21</v>
       </c>
       <c r="I205" t="s">
         <v>21</v>
       </c>
       <c r="J205" t="s">
         <v>22</v>
       </c>
       <c r="K205" t="s">
         <v>22</v>
       </c>
       <c r="L205" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="M205">
         <v>-3.1661538</v>
       </c>
       <c r="N205">
         <v>40.632010280000003</v>
       </c>
       <c r="O205" t="s">
         <v>24</v>
       </c>
       <c r="P205" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="206" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
         <v>16</v>
       </c>
       <c r="B206" t="s">
         <v>31</v>
       </c>
       <c r="C206" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D206" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E206">
-        <v>191300000</v>
+        <v>19001</v>
       </c>
       <c r="F206" t="s">
         <v>27</v>
       </c>
       <c r="G206" t="s">
         <v>21</v>
       </c>
       <c r="H206" t="s">
         <v>21</v>
       </c>
       <c r="I206" t="s">
         <v>21</v>
       </c>
       <c r="J206" t="s">
         <v>22</v>
       </c>
       <c r="K206" t="s">
         <v>22</v>
       </c>
       <c r="L206" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="M206">
         <v>-3.1661538</v>
       </c>
       <c r="N206">
         <v>40.632010280000003</v>
       </c>
       <c r="O206" t="s">
         <v>24</v>
       </c>
       <c r="P206" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="207" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
         <v>16</v>
       </c>
       <c r="B207" t="s">
         <v>31</v>
       </c>
       <c r="C207" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D207" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E207">
-        <v>191300000</v>
+        <v>19001</v>
       </c>
       <c r="F207" t="s">
         <v>28</v>
       </c>
       <c r="G207" t="s">
         <v>21</v>
       </c>
       <c r="H207" t="s">
         <v>21</v>
       </c>
       <c r="I207" t="s">
         <v>22</v>
       </c>
       <c r="J207" t="s">
         <v>22</v>
       </c>
       <c r="K207" t="s">
         <v>22</v>
       </c>
       <c r="L207" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="M207">
         <v>-3.1661538</v>
       </c>
       <c r="N207">
         <v>40.632010280000003</v>
       </c>
       <c r="O207" t="s">
         <v>24</v>
       </c>
       <c r="P207" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="208" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
         <v>16</v>
       </c>
       <c r="B208" t="s">
         <v>31</v>
       </c>
       <c r="C208" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D208" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="E208">
-        <v>190460000</v>
+        <v>19200</v>
       </c>
       <c r="F208" t="s">
         <v>28</v>
       </c>
       <c r="G208" t="s">
         <v>21</v>
       </c>
       <c r="H208" t="s">
         <v>22</v>
       </c>
       <c r="I208" t="s">
         <v>22</v>
       </c>
       <c r="J208" t="s">
         <v>22</v>
       </c>
       <c r="K208" t="s">
         <v>22</v>
       </c>
       <c r="L208" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="M208">
         <v>-3.2746599999999999</v>
       </c>
       <c r="N208">
         <v>40.565004000000002</v>
       </c>
       <c r="O208" t="s">
         <v>24</v>
       </c>
       <c r="P208" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="209" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
         <v>16</v>
       </c>
       <c r="B209" t="s">
         <v>17</v>
       </c>
       <c r="C209" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D209" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="E209">
-        <v>200690000</v>
+        <v>20010</v>
       </c>
       <c r="F209" t="s">
         <v>20</v>
       </c>
       <c r="G209" t="s">
         <v>21</v>
       </c>
       <c r="H209" t="s">
         <v>21</v>
       </c>
       <c r="I209" t="s">
         <v>21</v>
       </c>
       <c r="J209" t="s">
         <v>22</v>
       </c>
       <c r="K209" t="s">
         <v>22</v>
       </c>
       <c r="L209" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="M209">
         <v>-1.9707699999999999</v>
       </c>
       <c r="N209">
         <v>43.308669999999999</v>
       </c>
       <c r="O209" t="s">
         <v>24</v>
       </c>
       <c r="P209" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="210" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
         <v>16</v>
       </c>
       <c r="B210" t="s">
         <v>17</v>
       </c>
       <c r="C210" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D210" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="E210">
-        <v>200690000</v>
+        <v>20014</v>
       </c>
       <c r="F210" t="s">
         <v>28</v>
       </c>
       <c r="G210" t="s">
         <v>21</v>
       </c>
       <c r="H210" t="s">
         <v>21</v>
       </c>
       <c r="I210" t="s">
         <v>21</v>
       </c>
       <c r="J210" t="s">
         <v>22</v>
       </c>
       <c r="K210" t="s">
         <v>22</v>
       </c>
       <c r="L210" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="M210">
         <v>-1.9707699999999999</v>
       </c>
       <c r="N210">
         <v>43.308669999999999</v>
       </c>
       <c r="O210" t="s">
         <v>24</v>
       </c>
       <c r="P210" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="211" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
         <v>16</v>
       </c>
       <c r="B211" t="s">
         <v>17</v>
       </c>
       <c r="C211" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D211" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="E211">
-        <v>200690000</v>
+        <v>20014</v>
       </c>
       <c r="F211" t="s">
         <v>26</v>
       </c>
       <c r="G211" t="s">
         <v>21</v>
       </c>
       <c r="H211" t="s">
         <v>22</v>
       </c>
       <c r="I211" t="s">
         <v>22</v>
       </c>
       <c r="J211" t="s">
         <v>22</v>
       </c>
       <c r="K211" t="s">
         <v>22</v>
       </c>
       <c r="L211" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="M211">
         <v>-1.9707699999999999</v>
       </c>
       <c r="N211">
         <v>43.308669999999999</v>
       </c>
       <c r="O211" t="s">
         <v>24</v>
       </c>
       <c r="P211" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="212" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
         <v>16</v>
       </c>
       <c r="B212" t="s">
         <v>17</v>
       </c>
       <c r="C212" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D212" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="E212">
-        <v>200690000</v>
+        <v>20014</v>
       </c>
       <c r="F212" t="s">
         <v>27</v>
       </c>
       <c r="G212" t="s">
         <v>21</v>
       </c>
       <c r="H212" t="s">
         <v>21</v>
       </c>
       <c r="I212" t="s">
         <v>21</v>
       </c>
       <c r="J212" t="s">
         <v>22</v>
       </c>
       <c r="K212" t="s">
         <v>22</v>
       </c>
       <c r="L212" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="M212">
         <v>-1.9707699999999999</v>
       </c>
       <c r="N212">
         <v>43.308669999999999</v>
       </c>
       <c r="O212" t="s">
         <v>24</v>
       </c>
       <c r="P212" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="213" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
         <v>16</v>
       </c>
       <c r="B213" t="s">
         <v>17</v>
       </c>
       <c r="C213" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D213" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="E213">
-        <v>200690000</v>
+        <v>20014</v>
       </c>
       <c r="F213" t="s">
         <v>26</v>
       </c>
       <c r="G213" t="s">
         <v>21</v>
       </c>
       <c r="H213" t="s">
         <v>22</v>
       </c>
       <c r="I213" t="s">
         <v>22</v>
       </c>
       <c r="J213" t="s">
         <v>22</v>
       </c>
       <c r="K213" t="s">
         <v>22</v>
       </c>
       <c r="L213" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="M213">
         <v>-1.9707699999999999</v>
       </c>
       <c r="N213">
         <v>43.308669999999999</v>
       </c>
       <c r="O213" t="s">
         <v>24</v>
       </c>
       <c r="P213" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="214" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
         <v>16</v>
       </c>
       <c r="B214" t="s">
         <v>17</v>
       </c>
       <c r="C214" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D214" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="E214">
-        <v>200690000</v>
+        <v>20014</v>
       </c>
       <c r="F214" t="s">
         <v>20</v>
       </c>
       <c r="G214" t="s">
         <v>21</v>
       </c>
       <c r="H214" t="s">
         <v>21</v>
       </c>
       <c r="I214" t="s">
         <v>21</v>
       </c>
       <c r="J214" t="s">
         <v>22</v>
       </c>
       <c r="K214" t="s">
         <v>22</v>
       </c>
       <c r="L214" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="M214">
         <v>-1.9707699999999999</v>
       </c>
       <c r="N214">
         <v>43.308669999999999</v>
       </c>
       <c r="O214" t="s">
         <v>24</v>
       </c>
       <c r="P214" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="215" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
         <v>16</v>
       </c>
       <c r="B215" t="s">
         <v>17</v>
       </c>
       <c r="C215" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D215" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="E215">
-        <v>200710000</v>
+        <v>20400</v>
       </c>
       <c r="F215" t="s">
         <v>26</v>
       </c>
       <c r="G215" t="s">
         <v>21</v>
       </c>
       <c r="H215" t="s">
         <v>22</v>
       </c>
       <c r="I215" t="s">
         <v>22</v>
       </c>
       <c r="J215" t="s">
         <v>22</v>
       </c>
       <c r="K215" t="s">
         <v>22</v>
       </c>
       <c r="L215" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="M215">
         <v>-2.0714831999999999</v>
       </c>
       <c r="N215">
         <v>43.140973680000002</v>
       </c>
       <c r="O215" t="s">
         <v>24</v>
       </c>
       <c r="P215" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="216" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
         <v>16</v>
       </c>
       <c r="B216" t="s">
         <v>17</v>
       </c>
       <c r="C216" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D216" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="E216">
-        <v>200710000</v>
+        <v>20400</v>
       </c>
       <c r="F216" t="s">
         <v>20</v>
       </c>
       <c r="G216" t="s">
         <v>21</v>
       </c>
       <c r="H216" t="s">
         <v>21</v>
       </c>
       <c r="I216" t="s">
         <v>21</v>
       </c>
       <c r="J216" t="s">
         <v>22</v>
       </c>
       <c r="K216" t="s">
         <v>22</v>
       </c>
       <c r="L216" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="M216">
         <v>-2.0714831999999999</v>
       </c>
       <c r="N216">
         <v>43.140973680000002</v>
       </c>
       <c r="O216" t="s">
         <v>24</v>
       </c>
       <c r="P216" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="217" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
         <v>16</v>
       </c>
       <c r="B217" t="s">
         <v>17</v>
       </c>
       <c r="C217" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D217" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="E217">
-        <v>200300000</v>
+        <v>20600</v>
       </c>
       <c r="F217" t="s">
         <v>26</v>
       </c>
       <c r="G217" t="s">
         <v>21</v>
       </c>
       <c r="H217" t="s">
         <v>22</v>
       </c>
       <c r="I217" t="s">
         <v>22</v>
       </c>
       <c r="J217" t="s">
         <v>22</v>
       </c>
       <c r="K217" t="s">
         <v>22</v>
       </c>
       <c r="L217" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="M217">
         <v>-2.4737860600000001</v>
       </c>
       <c r="N217">
         <v>43.183260060000002</v>
       </c>
       <c r="O217" t="s">
         <v>24</v>
       </c>
       <c r="P217" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="218" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
         <v>16</v>
       </c>
       <c r="B218" t="s">
         <v>17</v>
       </c>
       <c r="C218" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D218" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="E218">
-        <v>200300000</v>
+        <v>20600</v>
       </c>
       <c r="F218" t="s">
         <v>20</v>
       </c>
       <c r="G218" t="s">
         <v>21</v>
       </c>
       <c r="H218" t="s">
         <v>21</v>
       </c>
       <c r="I218" t="s">
         <v>21</v>
       </c>
       <c r="J218" t="s">
         <v>22</v>
       </c>
       <c r="K218" t="s">
         <v>22</v>
       </c>
       <c r="L218" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="M218">
         <v>-2.4737860600000001</v>
       </c>
       <c r="N218">
         <v>43.183260060000002</v>
       </c>
       <c r="O218" t="s">
         <v>24</v>
       </c>
       <c r="P218" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="219" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
         <v>16</v>
       </c>
       <c r="B219" t="s">
         <v>64</v>
       </c>
       <c r="C219" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D219" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="E219">
-        <v>210410000</v>
+        <v>21001</v>
       </c>
       <c r="F219" t="s">
         <v>20</v>
       </c>
       <c r="G219" t="s">
         <v>21</v>
       </c>
       <c r="H219" t="s">
         <v>21</v>
       </c>
       <c r="I219" t="s">
         <v>21</v>
       </c>
       <c r="J219" t="s">
         <v>22</v>
       </c>
       <c r="K219" t="s">
         <v>22</v>
       </c>
       <c r="L219" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="M219">
         <v>-6.9550900000000002</v>
       </c>
       <c r="N219">
         <v>37.2588005</v>
       </c>
       <c r="O219" t="s">
         <v>24</v>
       </c>
       <c r="P219" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="220" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
         <v>16</v>
       </c>
       <c r="B220" t="s">
         <v>64</v>
       </c>
       <c r="C220" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D220" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="E220">
-        <v>210410000</v>
+        <v>21001</v>
       </c>
       <c r="F220" t="s">
         <v>26</v>
       </c>
       <c r="G220" t="s">
         <v>21</v>
       </c>
       <c r="H220" t="s">
         <v>22</v>
       </c>
       <c r="I220" t="s">
         <v>22</v>
       </c>
       <c r="J220" t="s">
         <v>22</v>
       </c>
       <c r="K220" t="s">
         <v>22</v>
       </c>
       <c r="L220" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="M220">
         <v>-6.9533654199999999</v>
       </c>
       <c r="N220">
         <v>37.258581020000001</v>
       </c>
       <c r="O220" t="s">
         <v>24</v>
       </c>
       <c r="P220" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="221" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
         <v>16</v>
       </c>
       <c r="B221" t="s">
         <v>64</v>
       </c>
       <c r="C221" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D221" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="E221">
-        <v>210410000</v>
+        <v>21001</v>
       </c>
       <c r="F221" t="s">
         <v>27</v>
       </c>
       <c r="G221" t="s">
         <v>21</v>
       </c>
       <c r="H221" t="s">
         <v>21</v>
       </c>
       <c r="I221" t="s">
         <v>21</v>
       </c>
       <c r="J221" t="s">
         <v>22</v>
       </c>
       <c r="K221" t="s">
         <v>22</v>
       </c>
       <c r="L221" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="M221">
         <v>-6.9554177199999998</v>
       </c>
       <c r="N221">
         <v>37.258818650000002</v>
       </c>
       <c r="O221" t="s">
         <v>24</v>
       </c>
       <c r="P221" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="222" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
         <v>16</v>
       </c>
       <c r="B222" t="s">
         <v>64</v>
       </c>
       <c r="C222" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D222" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="E222">
-        <v>210410000</v>
+        <v>21001</v>
       </c>
       <c r="F222" t="s">
         <v>28</v>
       </c>
       <c r="G222" t="s">
         <v>21</v>
       </c>
       <c r="H222" t="s">
         <v>21</v>
       </c>
       <c r="I222" t="s">
         <v>22</v>
       </c>
       <c r="J222" t="s">
         <v>22</v>
       </c>
       <c r="K222" t="s">
         <v>22</v>
       </c>
       <c r="L222" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="M222">
         <v>-6.9549583400000001</v>
       </c>
       <c r="N222">
         <v>37.258870049999999</v>
       </c>
       <c r="O222" t="s">
         <v>24</v>
       </c>
       <c r="P222" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="223" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
         <v>16</v>
       </c>
       <c r="B223" t="s">
         <v>64</v>
       </c>
       <c r="C223" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D223" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="E223">
-        <v>210410000</v>
+        <v>21001</v>
       </c>
       <c r="F223" t="s">
         <v>20</v>
       </c>
       <c r="G223" t="s">
         <v>21</v>
       </c>
       <c r="H223" t="s">
         <v>21</v>
       </c>
       <c r="I223" t="s">
         <v>21</v>
       </c>
       <c r="J223" t="s">
         <v>22</v>
       </c>
       <c r="K223" t="s">
         <v>22</v>
       </c>
       <c r="L223" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="M223">
         <v>-6.9549686499999996</v>
       </c>
       <c r="N223">
         <v>37.25885169</v>
       </c>
       <c r="O223" t="s">
         <v>24</v>
       </c>
       <c r="P223" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="224" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
         <v>16</v>
       </c>
       <c r="B224" t="s">
         <v>64</v>
       </c>
       <c r="C224" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D224" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="E224">
-        <v>210070000</v>
+        <v>21200</v>
       </c>
       <c r="F224" t="s">
         <v>20</v>
       </c>
       <c r="G224" t="s">
         <v>21</v>
       </c>
       <c r="H224" t="s">
         <v>21</v>
       </c>
       <c r="I224" t="s">
         <v>21</v>
       </c>
       <c r="J224" t="s">
         <v>22</v>
       </c>
       <c r="K224" t="s">
         <v>22</v>
       </c>
       <c r="L224" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="M224">
         <v>-6.5624167</v>
       </c>
       <c r="N224">
         <v>37.893940260000001</v>
       </c>
       <c r="O224" t="s">
         <v>24</v>
       </c>
       <c r="P224" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="225" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
         <v>16</v>
       </c>
       <c r="B225" t="s">
         <v>64</v>
       </c>
       <c r="C225" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D225" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="E225">
-        <v>210070000</v>
+        <v>21200</v>
       </c>
       <c r="F225" t="s">
         <v>26</v>
       </c>
       <c r="G225" t="s">
         <v>21</v>
       </c>
       <c r="H225" t="s">
         <v>22</v>
       </c>
       <c r="I225" t="s">
         <v>22</v>
       </c>
       <c r="J225" t="s">
         <v>22</v>
       </c>
       <c r="K225" t="s">
         <v>22</v>
       </c>
       <c r="L225" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="M225">
         <v>-6.5624053499999997</v>
       </c>
       <c r="N225">
         <v>37.893940600000001</v>
       </c>
       <c r="O225" t="s">
         <v>24</v>
       </c>
       <c r="P225" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="226" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
         <v>16</v>
       </c>
       <c r="B226" t="s">
         <v>64</v>
       </c>
       <c r="C226" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D226" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="E226">
-        <v>210440000</v>
+        <v>21440</v>
       </c>
       <c r="F226" t="s">
         <v>26</v>
       </c>
       <c r="G226" t="s">
         <v>21</v>
       </c>
       <c r="H226" t="s">
         <v>22</v>
       </c>
       <c r="I226" t="s">
         <v>22</v>
       </c>
       <c r="J226" t="s">
         <v>22</v>
       </c>
       <c r="K226" t="s">
         <v>22</v>
       </c>
       <c r="L226" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="M226">
         <v>0</v>
       </c>
       <c r="N226">
         <v>0</v>
       </c>
       <c r="O226" t="s">
         <v>24</v>
       </c>
       <c r="P226" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="227" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
         <v>16</v>
       </c>
       <c r="B227" t="s">
         <v>64</v>
       </c>
       <c r="C227" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D227" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="E227">
-        <v>210440000</v>
+        <v>21440</v>
       </c>
       <c r="F227" t="s">
         <v>20</v>
       </c>
       <c r="G227" t="s">
         <v>21</v>
       </c>
       <c r="H227" t="s">
         <v>21</v>
       </c>
       <c r="I227" t="s">
         <v>21</v>
       </c>
       <c r="J227" t="s">
         <v>22</v>
       </c>
       <c r="K227" t="s">
         <v>22</v>
       </c>
       <c r="L227" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="M227">
         <v>-7.2066237700000002</v>
       </c>
       <c r="N227">
         <v>37.2541267</v>
       </c>
       <c r="O227" t="s">
         <v>24</v>
       </c>
       <c r="P227" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="228" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
         <v>16</v>
       </c>
       <c r="B228" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C228" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="D228" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="E228">
-        <v>221250000</v>
+        <v>22004</v>
       </c>
       <c r="F228" t="s">
         <v>27</v>
       </c>
       <c r="G228" t="s">
         <v>21</v>
       </c>
       <c r="H228" t="s">
         <v>21</v>
       </c>
       <c r="I228" t="s">
         <v>21</v>
       </c>
       <c r="J228" t="s">
         <v>22</v>
       </c>
       <c r="K228" t="s">
         <v>21</v>
       </c>
       <c r="L228" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="M228">
         <v>-0.41293983000000001</v>
       </c>
       <c r="N228">
         <v>42.138787219999998</v>
       </c>
       <c r="O228" t="s">
         <v>24</v>
       </c>
       <c r="P228" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="229" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
         <v>16</v>
       </c>
       <c r="B229" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C229" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="D229" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="E229">
-        <v>221250000</v>
+        <v>22004</v>
       </c>
       <c r="F229" t="s">
         <v>20</v>
       </c>
       <c r="G229" t="s">
         <v>21</v>
       </c>
       <c r="H229" t="s">
         <v>21</v>
       </c>
       <c r="I229" t="s">
         <v>21</v>
       </c>
       <c r="J229" t="s">
         <v>22</v>
       </c>
       <c r="K229" t="s">
         <v>22</v>
       </c>
       <c r="L229" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="M229">
         <v>-0.41292664000000001</v>
       </c>
       <c r="N229">
         <v>42.138813939999999</v>
       </c>
       <c r="O229" t="s">
         <v>24</v>
       </c>
       <c r="P229" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="230" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
         <v>16</v>
       </c>
       <c r="B230" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C230" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="D230" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="E230">
-        <v>221250000</v>
+        <v>22004</v>
       </c>
       <c r="F230" t="s">
         <v>28</v>
       </c>
       <c r="G230" t="s">
         <v>21</v>
       </c>
       <c r="H230" t="s">
         <v>21</v>
       </c>
       <c r="I230" t="s">
         <v>22</v>
       </c>
       <c r="J230" t="s">
         <v>22</v>
       </c>
       <c r="K230" t="s">
         <v>21</v>
       </c>
       <c r="L230" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="M230">
         <v>-0.41874074</v>
       </c>
       <c r="N230">
         <v>42.144008470000003</v>
       </c>
       <c r="O230" t="s">
         <v>24</v>
       </c>
       <c r="P230" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="231" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
         <v>16</v>
       </c>
       <c r="B231" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C231" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="D231" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="E231">
-        <v>221250000</v>
+        <v>22004</v>
       </c>
       <c r="F231" t="s">
         <v>26</v>
       </c>
       <c r="G231" t="s">
         <v>21</v>
       </c>
       <c r="H231" t="s">
         <v>22</v>
       </c>
       <c r="I231" t="s">
         <v>22</v>
       </c>
       <c r="J231" t="s">
         <v>22</v>
       </c>
       <c r="K231" t="s">
         <v>22</v>
       </c>
       <c r="L231" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="M231">
         <v>-0.41293983000000001</v>
       </c>
       <c r="N231">
         <v>42.138787219999998</v>
       </c>
       <c r="O231" t="s">
         <v>24</v>
       </c>
       <c r="P231" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="232" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
         <v>16</v>
       </c>
       <c r="B232" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C232" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="D232" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="E232">
-        <v>221580000</v>
+        <v>22400</v>
       </c>
       <c r="F232" t="s">
         <v>20</v>
       </c>
       <c r="G232" t="s">
         <v>21</v>
       </c>
       <c r="H232" t="s">
         <v>21</v>
       </c>
       <c r="I232" t="s">
         <v>21</v>
       </c>
       <c r="J232" t="s">
         <v>22</v>
       </c>
       <c r="K232" t="s">
         <v>22</v>
       </c>
       <c r="L232" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="M232">
         <v>0.19206313</v>
       </c>
       <c r="N232">
         <v>41.911315479999999</v>
       </c>
       <c r="O232" t="s">
         <v>24</v>
       </c>
       <c r="P232" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="233" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
         <v>16</v>
       </c>
       <c r="B233" t="s">
         <v>64</v>
       </c>
       <c r="C233" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D233" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="E233">
-        <v>230500000</v>
+        <v>23001</v>
       </c>
       <c r="F233" t="s">
         <v>26</v>
       </c>
       <c r="G233" t="s">
         <v>21</v>
       </c>
       <c r="H233" t="s">
         <v>22</v>
       </c>
       <c r="I233" t="s">
         <v>22</v>
       </c>
       <c r="J233" t="s">
         <v>22</v>
       </c>
       <c r="K233" t="s">
         <v>22</v>
       </c>
       <c r="L233" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="M233">
         <v>-3.7854185400000002</v>
       </c>
       <c r="N233">
         <v>37.765142599999997</v>
       </c>
       <c r="O233" t="s">
         <v>24</v>
       </c>
       <c r="P233" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="234" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
         <v>16</v>
       </c>
       <c r="B234" t="s">
         <v>64</v>
       </c>
       <c r="C234" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D234" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="E234">
-        <v>230500000</v>
+        <v>23001</v>
       </c>
       <c r="F234" t="s">
         <v>20</v>
       </c>
       <c r="G234" t="s">
         <v>21</v>
       </c>
       <c r="H234" t="s">
         <v>21</v>
       </c>
       <c r="I234" t="s">
         <v>21</v>
       </c>
       <c r="J234" t="s">
         <v>22</v>
       </c>
       <c r="K234" t="s">
         <v>22</v>
       </c>
       <c r="L234" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="M234">
         <v>-3.7854307500000002</v>
       </c>
       <c r="N234">
         <v>37.765223640000002</v>
       </c>
       <c r="O234" t="s">
         <v>24</v>
       </c>
       <c r="P234" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="235" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
         <v>16</v>
       </c>
       <c r="B235" t="s">
         <v>64</v>
       </c>
       <c r="C235" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D235" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="E235">
-        <v>230500000</v>
+        <v>23006</v>
       </c>
       <c r="F235" t="s">
         <v>27</v>
       </c>
       <c r="G235" t="s">
         <v>21</v>
       </c>
       <c r="H235" t="s">
         <v>21</v>
       </c>
       <c r="I235" t="s">
         <v>21</v>
       </c>
       <c r="J235" t="s">
         <v>22</v>
       </c>
       <c r="K235" t="s">
         <v>22</v>
       </c>
       <c r="L235" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="M235">
         <v>-3.8055678999999998</v>
       </c>
       <c r="N235">
         <v>37.780957630000003</v>
       </c>
       <c r="O235" t="s">
         <v>24</v>
       </c>
       <c r="P235" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="236" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
         <v>16</v>
       </c>
       <c r="B236" t="s">
         <v>64</v>
       </c>
       <c r="C236" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D236" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="E236">
-        <v>230500000</v>
+        <v>23006</v>
       </c>
       <c r="F236" t="s">
         <v>28</v>
       </c>
       <c r="G236" t="s">
         <v>21</v>
       </c>
       <c r="H236" t="s">
         <v>21</v>
       </c>
       <c r="I236" t="s">
         <v>22</v>
       </c>
       <c r="J236" t="s">
         <v>22</v>
       </c>
       <c r="K236" t="s">
         <v>22</v>
       </c>
       <c r="L236" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="M236">
         <v>-3.8055678999999998</v>
       </c>
       <c r="N236">
         <v>37.780957630000003</v>
       </c>
       <c r="O236" t="s">
         <v>24</v>
       </c>
       <c r="P236" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="237" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
         <v>16</v>
       </c>
       <c r="B237" t="s">
         <v>64</v>
       </c>
       <c r="C237" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D237" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="E237">
-        <v>230500000</v>
+        <v>23008</v>
       </c>
       <c r="F237" t="s">
         <v>20</v>
       </c>
       <c r="G237" t="s">
         <v>21</v>
       </c>
       <c r="H237" t="s">
         <v>21</v>
       </c>
       <c r="I237" t="s">
         <v>21</v>
       </c>
       <c r="J237" t="s">
         <v>22</v>
       </c>
       <c r="K237" t="s">
         <v>22</v>
       </c>
       <c r="L237" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="M237">
         <v>-3.7851400000000002</v>
       </c>
       <c r="N237">
         <v>37.778060000000004</v>
       </c>
       <c r="O237" t="s">
         <v>24</v>
       </c>
       <c r="P237" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="238" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
         <v>16</v>
       </c>
       <c r="B238" t="s">
         <v>64</v>
       </c>
       <c r="C238" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D238" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="E238">
-        <v>230500000</v>
+        <v>23009</v>
       </c>
       <c r="F238" t="s">
         <v>26</v>
       </c>
       <c r="G238" t="s">
         <v>21</v>
       </c>
       <c r="H238" t="s">
         <v>22</v>
       </c>
       <c r="I238" t="s">
         <v>22</v>
       </c>
       <c r="J238" t="s">
         <v>22</v>
       </c>
       <c r="K238" t="s">
         <v>22</v>
       </c>
       <c r="L238" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="M238">
         <v>-3.7851592900000002</v>
       </c>
       <c r="N238">
         <v>37.77820406</v>
       </c>
       <c r="O238" t="s">
         <v>24</v>
       </c>
       <c r="P238" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="239" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
         <v>16</v>
       </c>
       <c r="B239" t="s">
         <v>64</v>
       </c>
       <c r="C239" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D239" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="E239">
-        <v>230920000</v>
+        <v>23400</v>
       </c>
       <c r="F239" t="s">
         <v>20</v>
       </c>
       <c r="G239" t="s">
         <v>21</v>
       </c>
       <c r="H239" t="s">
         <v>21</v>
       </c>
       <c r="I239" t="s">
         <v>21</v>
       </c>
       <c r="J239" t="s">
         <v>22</v>
       </c>
       <c r="K239" t="s">
         <v>22</v>
       </c>
       <c r="L239" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="M239">
         <v>-3.37718345</v>
       </c>
       <c r="N239">
         <v>38.01063121</v>
       </c>
       <c r="O239" t="s">
         <v>24</v>
       </c>
       <c r="P239" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="240" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
         <v>16</v>
       </c>
       <c r="B240" t="s">
         <v>64</v>
       </c>
       <c r="C240" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D240" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="E240">
-        <v>230920000</v>
+        <v>23400</v>
       </c>
       <c r="F240" t="s">
         <v>26</v>
       </c>
       <c r="G240" t="s">
         <v>21</v>
       </c>
       <c r="H240" t="s">
         <v>22</v>
       </c>
       <c r="I240" t="s">
         <v>22</v>
       </c>
       <c r="J240" t="s">
         <v>22</v>
       </c>
       <c r="K240" t="s">
         <v>22</v>
       </c>
       <c r="L240" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="M240">
         <v>-3.37718345</v>
       </c>
       <c r="N240">
         <v>38.01063121</v>
       </c>
       <c r="O240" t="s">
         <v>24</v>
       </c>
       <c r="P240" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="241" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
         <v>16</v>
       </c>
       <c r="B241" t="s">
         <v>64</v>
       </c>
       <c r="C241" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D241" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="E241">
-        <v>230550000</v>
+        <v>23700</v>
       </c>
       <c r="F241" t="s">
         <v>26</v>
       </c>
       <c r="G241" t="s">
         <v>21</v>
       </c>
       <c r="H241" t="s">
         <v>22</v>
       </c>
       <c r="I241" t="s">
         <v>22</v>
       </c>
       <c r="J241" t="s">
         <v>22</v>
       </c>
       <c r="K241" t="s">
         <v>22</v>
       </c>
       <c r="L241" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="M241">
         <v>-3.63138345</v>
       </c>
       <c r="N241">
         <v>38.092024219999999</v>
       </c>
       <c r="O241" t="s">
         <v>24</v>
       </c>
       <c r="P241" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="242" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
         <v>16</v>
       </c>
       <c r="B242" t="s">
         <v>64</v>
       </c>
       <c r="C242" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D242" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="E242">
-        <v>230550000</v>
+        <v>23700</v>
       </c>
       <c r="F242" t="s">
         <v>20</v>
       </c>
       <c r="G242" t="s">
         <v>21</v>
       </c>
       <c r="H242" t="s">
         <v>21</v>
       </c>
       <c r="I242" t="s">
         <v>21</v>
       </c>
       <c r="J242" t="s">
         <v>22</v>
       </c>
       <c r="K242" t="s">
         <v>22</v>
       </c>
       <c r="L242" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="M242">
         <v>-3.63138345</v>
       </c>
       <c r="N242">
         <v>38.092024219999999</v>
       </c>
       <c r="O242" t="s">
         <v>24</v>
       </c>
       <c r="P242" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="243" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
         <v>16</v>
       </c>
       <c r="B243" t="s">
         <v>64</v>
       </c>
       <c r="C243" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D243" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="E243">
-        <v>230050000</v>
+        <v>23740</v>
       </c>
       <c r="F243" t="s">
         <v>20</v>
       </c>
       <c r="G243" t="s">
         <v>21</v>
       </c>
       <c r="H243" t="s">
         <v>21</v>
       </c>
       <c r="I243" t="s">
         <v>21</v>
       </c>
       <c r="J243" t="s">
         <v>22</v>
       </c>
       <c r="K243" t="s">
         <v>22</v>
       </c>
       <c r="L243" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="M243">
         <v>-4.0525517999999998</v>
       </c>
       <c r="N243">
         <v>38.039222299999999</v>
       </c>
       <c r="O243" t="s">
         <v>24</v>
       </c>
       <c r="P243" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="244" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
         <v>16</v>
       </c>
       <c r="B244" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C244" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D244" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="E244">
-        <v>240890000</v>
+        <v>24002</v>
       </c>
       <c r="F244" t="s">
         <v>26</v>
       </c>
       <c r="G244" t="s">
         <v>21</v>
       </c>
       <c r="H244" t="s">
         <v>22</v>
       </c>
       <c r="I244" t="s">
         <v>22</v>
       </c>
       <c r="J244" t="s">
         <v>22</v>
       </c>
       <c r="K244" t="s">
         <v>22</v>
       </c>
       <c r="L244" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="M244">
         <v>-5.57749234</v>
       </c>
       <c r="N244">
         <v>42.595482439999998</v>
       </c>
       <c r="O244" t="s">
         <v>24</v>
       </c>
       <c r="P244" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="245" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
         <v>16</v>
       </c>
       <c r="B245" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C245" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D245" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="E245">
-        <v>240890000</v>
+        <v>24002</v>
       </c>
       <c r="F245" t="s">
         <v>28</v>
       </c>
       <c r="G245" t="s">
         <v>21</v>
       </c>
       <c r="H245" t="s">
         <v>21</v>
       </c>
       <c r="I245" t="s">
         <v>22</v>
       </c>
       <c r="J245" t="s">
         <v>22</v>
       </c>
       <c r="K245" t="s">
         <v>22</v>
       </c>
       <c r="L245" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="M245">
         <v>-5.5776222500000001</v>
       </c>
       <c r="N245">
         <v>42.603655920000001</v>
       </c>
       <c r="O245" t="s">
         <v>24</v>
       </c>
       <c r="P245" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="246" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
         <v>16</v>
       </c>
       <c r="B246" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C246" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D246" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="E246">
-        <v>240890000</v>
+        <v>24002</v>
       </c>
       <c r="F246" t="s">
         <v>20</v>
       </c>
       <c r="G246" t="s">
         <v>21</v>
       </c>
       <c r="H246" t="s">
         <v>21</v>
       </c>
       <c r="I246" t="s">
         <v>21</v>
       </c>
       <c r="J246" t="s">
         <v>22</v>
       </c>
       <c r="K246" t="s">
         <v>22</v>
       </c>
       <c r="L246" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="M246">
         <v>-5.5776222500000001</v>
       </c>
       <c r="N246">
         <v>42.603655920000001</v>
       </c>
       <c r="O246" t="s">
         <v>24</v>
       </c>
       <c r="P246" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="247" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
         <v>16</v>
       </c>
       <c r="B247" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C247" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D247" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="E247">
-        <v>240890000</v>
+        <v>24002</v>
       </c>
       <c r="F247" t="s">
         <v>26</v>
       </c>
       <c r="G247" t="s">
         <v>21</v>
       </c>
       <c r="H247" t="s">
         <v>22</v>
       </c>
       <c r="I247" t="s">
         <v>22</v>
       </c>
       <c r="J247" t="s">
         <v>22</v>
       </c>
       <c r="K247" t="s">
         <v>22</v>
       </c>
       <c r="L247" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="M247">
         <v>-5.5776222500000001</v>
       </c>
       <c r="N247">
         <v>42.603655920000001</v>
       </c>
       <c r="O247" t="s">
         <v>24</v>
       </c>
       <c r="P247" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="248" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
         <v>16</v>
       </c>
       <c r="B248" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C248" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D248" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="E248">
-        <v>240890000</v>
+        <v>24002</v>
       </c>
       <c r="F248" t="s">
         <v>20</v>
       </c>
       <c r="G248" t="s">
         <v>21</v>
       </c>
       <c r="H248" t="s">
         <v>21</v>
       </c>
       <c r="I248" t="s">
         <v>21</v>
       </c>
       <c r="J248" t="s">
         <v>22</v>
       </c>
       <c r="K248" t="s">
         <v>22</v>
       </c>
       <c r="L248" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="M248">
         <v>-5.5776222500000001</v>
       </c>
       <c r="N248">
         <v>42.603655920000001</v>
       </c>
       <c r="O248" t="s">
         <v>24</v>
       </c>
       <c r="P248" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="249" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
         <v>16</v>
       </c>
       <c r="B249" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C249" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D249" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="E249">
-        <v>240890000</v>
+        <v>24002</v>
       </c>
       <c r="F249" t="s">
         <v>27</v>
       </c>
       <c r="G249" t="s">
         <v>21</v>
       </c>
       <c r="H249" t="s">
         <v>21</v>
       </c>
       <c r="I249" t="s">
         <v>22</v>
       </c>
       <c r="J249" t="s">
         <v>22</v>
       </c>
       <c r="K249" t="s">
         <v>22</v>
       </c>
       <c r="L249" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="M249">
         <v>-5.5778400399999999</v>
       </c>
       <c r="N249">
         <v>42.603912149999999</v>
       </c>
       <c r="O249" t="s">
         <v>24</v>
       </c>
       <c r="P249" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="250" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
         <v>16</v>
       </c>
       <c r="B250" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C250" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D250" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="E250">
-        <v>241150000</v>
+        <v>24402</v>
       </c>
       <c r="F250" t="s">
         <v>26</v>
       </c>
       <c r="G250" t="s">
         <v>21</v>
       </c>
       <c r="H250" t="s">
         <v>22</v>
       </c>
       <c r="I250" t="s">
         <v>22</v>
       </c>
       <c r="J250" t="s">
         <v>22</v>
       </c>
       <c r="K250" t="s">
         <v>22</v>
       </c>
       <c r="L250" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="M250">
         <v>-6.5948698099999996</v>
       </c>
       <c r="N250">
         <v>42.552466010000003</v>
       </c>
       <c r="O250" t="s">
         <v>24</v>
       </c>
       <c r="P250" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="251" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
         <v>16</v>
       </c>
       <c r="B251" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C251" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D251" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="E251">
-        <v>241150000</v>
+        <v>24402</v>
       </c>
       <c r="F251" t="s">
         <v>20</v>
       </c>
       <c r="G251" t="s">
         <v>21</v>
       </c>
       <c r="H251" t="s">
         <v>21</v>
       </c>
       <c r="I251" t="s">
         <v>21</v>
       </c>
       <c r="J251" t="s">
         <v>22</v>
       </c>
       <c r="K251" t="s">
         <v>22</v>
       </c>
       <c r="L251" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="M251">
         <v>-6.5834700000000002</v>
       </c>
       <c r="N251">
         <v>42.548180000000002</v>
       </c>
       <c r="O251" t="s">
         <v>24</v>
       </c>
       <c r="P251" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="252" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
         <v>16</v>
       </c>
       <c r="B252" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C252" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="D252" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="E252">
-        <v>251200000</v>
+        <v>25004</v>
       </c>
       <c r="F252" t="s">
         <v>26</v>
       </c>
       <c r="G252" t="s">
         <v>21</v>
       </c>
       <c r="H252" t="s">
         <v>22</v>
       </c>
       <c r="I252" t="s">
         <v>22</v>
       </c>
       <c r="J252" t="s">
         <v>22</v>
       </c>
       <c r="K252" t="s">
         <v>22</v>
       </c>
       <c r="L252" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="M252">
         <v>0.62700307</v>
       </c>
       <c r="N252">
         <v>41.620846329999999</v>
       </c>
       <c r="O252" t="s">
         <v>24</v>
       </c>
       <c r="P252" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="253" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
         <v>16</v>
       </c>
       <c r="B253" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C253" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="D253" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="E253">
-        <v>251200000</v>
+        <v>25004</v>
       </c>
       <c r="F253" t="s">
         <v>20</v>
       </c>
       <c r="G253" t="s">
         <v>21</v>
       </c>
       <c r="H253" t="s">
         <v>21</v>
       </c>
       <c r="I253" t="s">
         <v>21</v>
       </c>
       <c r="J253" t="s">
         <v>22</v>
       </c>
       <c r="K253" t="s">
         <v>22</v>
       </c>
       <c r="L253" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="M253">
         <v>0.62700307</v>
       </c>
       <c r="N253">
         <v>41.620846329999999</v>
       </c>
       <c r="O253" t="s">
         <v>24</v>
       </c>
       <c r="P253" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="254" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
         <v>16</v>
       </c>
       <c r="B254" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C254" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="D254" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="E254">
-        <v>251200000</v>
+        <v>25004</v>
       </c>
       <c r="F254" t="s">
         <v>26</v>
       </c>
       <c r="G254" t="s">
         <v>21</v>
       </c>
       <c r="H254" t="s">
         <v>22</v>
       </c>
       <c r="I254" t="s">
         <v>22</v>
       </c>
       <c r="J254" t="s">
         <v>22</v>
       </c>
       <c r="K254" t="s">
         <v>22</v>
       </c>
       <c r="L254" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="M254">
         <v>0.62700307</v>
       </c>
       <c r="N254">
         <v>41.620846329999999</v>
       </c>
       <c r="O254" t="s">
         <v>24</v>
       </c>
       <c r="P254" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="255" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
         <v>16</v>
       </c>
       <c r="B255" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C255" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="D255" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="E255">
-        <v>251200000</v>
+        <v>25004</v>
       </c>
       <c r="F255" t="s">
         <v>28</v>
       </c>
       <c r="G255" t="s">
         <v>21</v>
       </c>
       <c r="H255" t="s">
         <v>21</v>
       </c>
       <c r="I255" t="s">
         <v>22</v>
       </c>
       <c r="J255" t="s">
         <v>22</v>
       </c>
       <c r="K255" t="s">
         <v>22</v>
       </c>
       <c r="L255" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="M255">
         <v>0.62700307</v>
       </c>
       <c r="N255">
         <v>41.620846329999999</v>
       </c>
       <c r="O255" t="s">
         <v>24</v>
       </c>
       <c r="P255" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="256" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
         <v>16</v>
       </c>
       <c r="B256" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C256" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="D256" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="E256">
-        <v>251200000</v>
+        <v>25004</v>
       </c>
       <c r="F256" t="s">
         <v>27</v>
       </c>
       <c r="G256" t="s">
         <v>21</v>
       </c>
       <c r="H256" t="s">
         <v>21</v>
       </c>
       <c r="I256" t="s">
         <v>21</v>
       </c>
       <c r="J256" t="s">
         <v>22</v>
       </c>
       <c r="K256" t="s">
         <v>22</v>
       </c>
       <c r="L256" t="s">
         <v>45</v>
       </c>
       <c r="M256">
         <v>0</v>
       </c>
       <c r="N256">
         <v>0</v>
       </c>
       <c r="O256" t="s">
         <v>24</v>
       </c>
       <c r="P256" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="257" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
         <v>16</v>
       </c>
       <c r="B257" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C257" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="D257" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="E257">
-        <v>251200000</v>
+        <v>25004</v>
       </c>
       <c r="F257" t="s">
         <v>20</v>
       </c>
       <c r="G257" t="s">
         <v>21</v>
       </c>
       <c r="H257" t="s">
         <v>21</v>
       </c>
       <c r="I257" t="s">
         <v>21</v>
       </c>
       <c r="J257" t="s">
         <v>22</v>
       </c>
       <c r="K257" t="s">
         <v>22</v>
       </c>
       <c r="L257" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="M257">
         <v>0.62700307</v>
       </c>
       <c r="N257">
         <v>41.620846329999999</v>
       </c>
       <c r="O257" t="s">
         <v>24</v>
       </c>
       <c r="P257" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="258" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
         <v>16</v>
       </c>
       <c r="B258" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C258" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="D258" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="E258">
-        <v>250400000</v>
+        <v>25600</v>
       </c>
       <c r="F258" t="s">
         <v>26</v>
       </c>
       <c r="G258" t="s">
         <v>21</v>
       </c>
       <c r="H258" t="s">
         <v>22</v>
       </c>
       <c r="I258" t="s">
         <v>22</v>
       </c>
       <c r="J258" t="s">
         <v>22</v>
       </c>
       <c r="K258" t="s">
         <v>22</v>
       </c>
       <c r="L258" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="M258">
         <v>0.81659004999999996</v>
       </c>
       <c r="N258">
         <v>41.792101789999997</v>
       </c>
       <c r="O258" t="s">
         <v>24</v>
       </c>
       <c r="P258" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="259" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
         <v>16</v>
       </c>
       <c r="B259" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="C259" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="D259" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="E259">
-        <v>260890000</v>
+        <v>26001</v>
       </c>
       <c r="F259" t="s">
         <v>28</v>
       </c>
       <c r="G259" t="s">
         <v>21</v>
       </c>
       <c r="H259" t="s">
         <v>21</v>
       </c>
       <c r="I259" t="s">
         <v>21</v>
       </c>
       <c r="J259" t="s">
         <v>22</v>
       </c>
       <c r="K259" t="s">
         <v>22</v>
       </c>
       <c r="L259" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="M259">
         <v>-2.4465574600000002</v>
       </c>
       <c r="N259">
         <v>42.465702059999998</v>
       </c>
       <c r="O259" t="s">
         <v>24</v>
       </c>
       <c r="P259" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="260" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
         <v>16</v>
       </c>
       <c r="B260" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="C260" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="D260" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="E260">
-        <v>260890000</v>
+        <v>26001</v>
       </c>
       <c r="F260" t="s">
         <v>20</v>
       </c>
       <c r="G260" t="s">
         <v>21</v>
       </c>
       <c r="H260" t="s">
         <v>21</v>
       </c>
       <c r="I260" t="s">
         <v>21</v>
       </c>
       <c r="J260" t="s">
         <v>22</v>
       </c>
       <c r="K260" t="s">
         <v>22</v>
       </c>
       <c r="L260" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="M260">
         <v>-2.4437835899999998</v>
       </c>
       <c r="N260">
         <v>42.467138560000002</v>
       </c>
       <c r="O260" t="s">
         <v>24</v>
       </c>
       <c r="P260" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="261" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
         <v>16</v>
       </c>
       <c r="B261" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="C261" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="D261" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="E261">
-        <v>260890000</v>
+        <v>26001</v>
       </c>
       <c r="F261" t="s">
         <v>26</v>
       </c>
       <c r="G261" t="s">
         <v>21</v>
       </c>
       <c r="H261" t="s">
         <v>22</v>
       </c>
       <c r="I261" t="s">
         <v>22</v>
       </c>
       <c r="J261" t="s">
         <v>22</v>
       </c>
       <c r="K261" t="s">
         <v>22</v>
       </c>
       <c r="L261" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="M261">
         <v>-2.4437835899999998</v>
       </c>
       <c r="N261">
         <v>42.467138560000002</v>
       </c>
       <c r="O261" t="s">
         <v>24</v>
       </c>
       <c r="P261" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="262" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
         <v>16</v>
       </c>
       <c r="B262" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="C262" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="D262" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="E262">
-        <v>260890000</v>
+        <v>26001</v>
       </c>
       <c r="F262" t="s">
         <v>20</v>
       </c>
       <c r="G262" t="s">
         <v>21</v>
       </c>
       <c r="H262" t="s">
         <v>21</v>
       </c>
       <c r="I262" t="s">
         <v>21</v>
       </c>
       <c r="J262" t="s">
         <v>22</v>
       </c>
       <c r="K262" t="s">
         <v>22</v>
       </c>
       <c r="L262" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="M262">
         <v>-2.4437835899999998</v>
       </c>
       <c r="N262">
         <v>42.467138560000002</v>
       </c>
       <c r="O262" t="s">
         <v>24</v>
       </c>
       <c r="P262" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="263" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
         <v>16</v>
       </c>
       <c r="B263" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="C263" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="D263" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="E263">
-        <v>260890000</v>
+        <v>26001</v>
       </c>
       <c r="F263" t="s">
         <v>27</v>
       </c>
       <c r="G263" t="s">
         <v>21</v>
       </c>
       <c r="H263" t="s">
         <v>21</v>
       </c>
       <c r="I263" t="s">
         <v>21</v>
       </c>
       <c r="J263" t="s">
         <v>22</v>
       </c>
       <c r="K263" t="s">
         <v>22</v>
       </c>
       <c r="L263" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="M263">
         <v>-2.4465574600000002</v>
       </c>
       <c r="N263">
         <v>42.465702059999998</v>
       </c>
       <c r="O263" t="s">
         <v>24</v>
       </c>
       <c r="P263" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="264" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
         <v>16</v>
       </c>
       <c r="B264" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="C264" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="D264" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="E264">
-        <v>260360000</v>
+        <v>26500</v>
       </c>
       <c r="F264" t="s">
         <v>26</v>
       </c>
       <c r="G264" t="s">
         <v>21</v>
       </c>
       <c r="H264" t="s">
         <v>22</v>
       </c>
       <c r="I264" t="s">
         <v>22</v>
       </c>
       <c r="J264" t="s">
         <v>22</v>
       </c>
       <c r="K264" t="s">
         <v>22</v>
       </c>
       <c r="L264" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="M264">
         <v>-1.96387347</v>
       </c>
       <c r="N264">
         <v>42.303726109999999</v>
       </c>
       <c r="O264" t="s">
         <v>24</v>
       </c>
       <c r="P264" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="265" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
         <v>16</v>
       </c>
       <c r="B265" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C265" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="D265" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="E265">
-        <v>270280000</v>
+        <v>27002</v>
       </c>
       <c r="F265" t="s">
         <v>27</v>
       </c>
       <c r="G265" t="s">
         <v>21</v>
       </c>
       <c r="H265" t="s">
         <v>21</v>
       </c>
       <c r="I265" t="s">
         <v>21</v>
       </c>
       <c r="J265" t="s">
         <v>22</v>
       </c>
       <c r="K265" t="s">
         <v>22</v>
       </c>
       <c r="L265" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="M265">
         <v>-7.5476470000000004</v>
       </c>
       <c r="N265">
         <v>42.9992065</v>
       </c>
       <c r="O265" t="s">
         <v>24</v>
       </c>
       <c r="P265" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="266" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
         <v>16</v>
       </c>
       <c r="B266" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C266" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="D266" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="E266">
-        <v>270280000</v>
+        <v>27002</v>
       </c>
       <c r="F266" t="s">
         <v>20</v>
       </c>
       <c r="G266" t="s">
         <v>21</v>
       </c>
       <c r="H266" t="s">
         <v>21</v>
       </c>
       <c r="I266" t="s">
         <v>21</v>
       </c>
       <c r="J266" t="s">
         <v>22</v>
       </c>
       <c r="K266" t="s">
         <v>22</v>
       </c>
       <c r="L266" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="M266">
         <v>-7.5487658199999998</v>
       </c>
       <c r="N266">
         <v>42.998741559999999</v>
       </c>
       <c r="O266" t="s">
         <v>24</v>
       </c>
       <c r="P266" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="267" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
         <v>16</v>
       </c>
       <c r="B267" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C267" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="D267" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="E267">
-        <v>270280000</v>
+        <v>27002</v>
       </c>
       <c r="F267" t="s">
         <v>28</v>
       </c>
       <c r="G267" t="s">
         <v>21</v>
       </c>
       <c r="H267" t="s">
         <v>21</v>
       </c>
       <c r="I267" t="s">
         <v>22</v>
       </c>
       <c r="J267" t="s">
         <v>22</v>
       </c>
       <c r="K267" t="s">
         <v>22</v>
       </c>
       <c r="L267" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="M267">
         <v>-7.5487658199999998</v>
       </c>
       <c r="N267">
         <v>42.998741559999999</v>
       </c>
       <c r="O267" t="s">
         <v>24</v>
       </c>
       <c r="P267" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="268" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
         <v>16</v>
       </c>
       <c r="B268" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C268" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="D268" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="E268">
-        <v>270280000</v>
+        <v>27002</v>
       </c>
       <c r="F268" t="s">
         <v>26</v>
       </c>
       <c r="G268" t="s">
         <v>21</v>
       </c>
       <c r="H268" t="s">
         <v>22</v>
       </c>
       <c r="I268" t="s">
         <v>22</v>
       </c>
       <c r="J268" t="s">
         <v>22</v>
       </c>
       <c r="K268" t="s">
         <v>22</v>
       </c>
       <c r="L268" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="M268">
         <v>-2.6725663200000001</v>
       </c>
       <c r="N268">
         <v>42.843226770000001</v>
       </c>
       <c r="O268" t="s">
         <v>24</v>
       </c>
       <c r="P268" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="269" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
         <v>16</v>
       </c>
       <c r="B269" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C269" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="D269" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="E269">
-        <v>270280000</v>
+        <v>27002</v>
       </c>
       <c r="F269" t="s">
         <v>26</v>
       </c>
       <c r="G269" t="s">
         <v>21</v>
       </c>
       <c r="H269" t="s">
         <v>22</v>
       </c>
       <c r="I269" t="s">
         <v>22</v>
       </c>
       <c r="J269" t="s">
         <v>22</v>
       </c>
       <c r="K269" t="s">
         <v>22</v>
       </c>
       <c r="L269" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="M269">
         <v>-7.5487658199999998</v>
       </c>
       <c r="N269">
         <v>42.998741559999999</v>
       </c>
       <c r="O269" t="s">
         <v>24</v>
       </c>
       <c r="P269" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="270" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
         <v>16</v>
       </c>
       <c r="B270" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C270" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="D270" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="E270">
-        <v>270280000</v>
+        <v>27002</v>
       </c>
       <c r="F270" t="s">
         <v>20</v>
       </c>
       <c r="G270" t="s">
         <v>21</v>
       </c>
       <c r="H270" t="s">
         <v>21</v>
       </c>
       <c r="I270" t="s">
         <v>21</v>
       </c>
       <c r="J270" t="s">
         <v>22</v>
       </c>
       <c r="K270" t="s">
         <v>22</v>
       </c>
       <c r="L270" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="M270">
         <v>-7.5487658199999998</v>
       </c>
       <c r="N270">
         <v>42.998741559999999</v>
       </c>
       <c r="O270" t="s">
         <v>24</v>
       </c>
       <c r="P270" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="271" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
         <v>16</v>
       </c>
       <c r="B271" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C271" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="D271" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="E271">
-        <v>270280000</v>
+        <v>27002</v>
       </c>
       <c r="F271" t="s">
         <v>20</v>
       </c>
       <c r="G271" t="s">
         <v>21</v>
       </c>
       <c r="H271" t="s">
         <v>21</v>
       </c>
       <c r="I271" t="s">
         <v>21</v>
       </c>
       <c r="J271" t="s">
         <v>22</v>
       </c>
       <c r="K271" t="s">
         <v>22</v>
       </c>
       <c r="L271" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="M271">
         <v>-7.5487658199999998</v>
       </c>
       <c r="N271">
         <v>42.998741559999999</v>
       </c>
       <c r="O271" t="s">
         <v>24</v>
       </c>
       <c r="P271" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="272" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
         <v>16</v>
       </c>
       <c r="B272" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C272" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D272" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E272">
-        <v>280790000</v>
+        <v>28002</v>
       </c>
       <c r="F272" t="s">
         <v>20</v>
       </c>
       <c r="G272" t="s">
         <v>21</v>
       </c>
       <c r="H272" t="s">
         <v>21</v>
       </c>
       <c r="I272" t="s">
         <v>21</v>
       </c>
       <c r="J272" t="s">
         <v>22</v>
       </c>
       <c r="K272" t="s">
         <v>22</v>
       </c>
       <c r="L272" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="M272">
         <v>-3.6724000000000001</v>
       </c>
       <c r="N272">
         <v>40.444380000000002</v>
       </c>
       <c r="O272" t="s">
         <v>24</v>
       </c>
       <c r="P272" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="273" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
         <v>16</v>
       </c>
       <c r="B273" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C273" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D273" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E273">
-        <v>280790000</v>
+        <v>28002</v>
       </c>
       <c r="F273" t="s">
         <v>26</v>
       </c>
       <c r="G273" t="s">
         <v>21</v>
       </c>
       <c r="H273" t="s">
         <v>22</v>
       </c>
       <c r="I273" t="s">
         <v>22</v>
       </c>
       <c r="J273" t="s">
         <v>22</v>
       </c>
       <c r="K273" t="s">
         <v>22</v>
       </c>
       <c r="L273" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="M273">
         <v>-3.6724000000000001</v>
       </c>
       <c r="N273">
         <v>40.444380000000002</v>
       </c>
       <c r="O273" t="s">
         <v>24</v>
       </c>
       <c r="P273" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="274" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
         <v>16</v>
       </c>
       <c r="B274" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C274" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D274" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E274">
-        <v>280790000</v>
+        <v>28007</v>
       </c>
       <c r="F274" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="G274" t="s">
         <v>21</v>
       </c>
       <c r="H274" t="s">
         <v>21</v>
       </c>
       <c r="I274" t="s">
         <v>21</v>
       </c>
       <c r="J274" t="s">
         <v>22</v>
       </c>
       <c r="K274" t="s">
         <v>22</v>
       </c>
       <c r="L274" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="M274">
         <v>-3.6690964099999999</v>
       </c>
       <c r="N274">
         <v>40.411530110000001</v>
       </c>
       <c r="O274" t="s">
         <v>24</v>
       </c>
       <c r="P274" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="275" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
         <v>16</v>
       </c>
       <c r="B275" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C275" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D275" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E275">
-        <v>280790000</v>
+        <v>28015</v>
       </c>
       <c r="F275" t="s">
         <v>20</v>
       </c>
       <c r="G275" t="s">
         <v>21</v>
       </c>
       <c r="H275" t="s">
         <v>21</v>
       </c>
       <c r="I275" t="s">
         <v>21</v>
       </c>
       <c r="J275" t="s">
         <v>22</v>
       </c>
       <c r="K275" t="s">
         <v>22</v>
       </c>
       <c r="L275" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="M275">
         <v>-3.7103299999999999</v>
       </c>
       <c r="N275">
         <v>40.429079999999999</v>
       </c>
       <c r="O275" t="s">
         <v>24</v>
       </c>
       <c r="P275" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="276" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
         <v>16</v>
       </c>
       <c r="B276" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C276" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D276" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E276">
-        <v>280790000</v>
+        <v>28015</v>
       </c>
       <c r="F276" t="s">
         <v>20</v>
       </c>
       <c r="G276" t="s">
         <v>21</v>
       </c>
       <c r="H276" t="s">
         <v>21</v>
       </c>
       <c r="I276" t="s">
         <v>21</v>
       </c>
       <c r="J276" t="s">
         <v>22</v>
       </c>
       <c r="K276" t="s">
         <v>22</v>
       </c>
       <c r="L276" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="M276">
         <v>3.7103299999999999</v>
       </c>
       <c r="N276">
         <v>40.429079999999999</v>
       </c>
       <c r="O276" t="s">
         <v>24</v>
       </c>
       <c r="P276" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="277" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
         <v>16</v>
       </c>
       <c r="B277" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C277" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D277" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E277">
-        <v>280790000</v>
+        <v>28015</v>
       </c>
       <c r="F277" t="s">
         <v>26</v>
       </c>
       <c r="G277" t="s">
         <v>21</v>
       </c>
       <c r="H277" t="s">
         <v>22</v>
       </c>
       <c r="I277" t="s">
         <v>22</v>
       </c>
       <c r="J277" t="s">
         <v>22</v>
       </c>
       <c r="K277" t="s">
         <v>22</v>
       </c>
       <c r="L277" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="M277">
         <v>-3.7103299999999999</v>
       </c>
       <c r="N277">
         <v>40.429079999999999</v>
       </c>
       <c r="O277" t="s">
         <v>24</v>
       </c>
       <c r="P277" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="278" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
         <v>16</v>
       </c>
       <c r="B278" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C278" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D278" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E278">
-        <v>280790000</v>
+        <v>28019</v>
       </c>
       <c r="F278" t="s">
         <v>26</v>
       </c>
       <c r="G278" t="s">
         <v>21</v>
       </c>
       <c r="H278" t="s">
         <v>22</v>
       </c>
       <c r="I278" t="s">
         <v>22</v>
       </c>
       <c r="J278" t="s">
         <v>22</v>
       </c>
       <c r="K278" t="s">
         <v>22</v>
       </c>
       <c r="L278" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="M278">
         <v>-3.73083951</v>
       </c>
       <c r="N278">
         <v>40.391262709999999</v>
       </c>
       <c r="O278" t="s">
         <v>24</v>
       </c>
       <c r="P278" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="279" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
         <v>16</v>
       </c>
       <c r="B279" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C279" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D279" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E279">
-        <v>280790000</v>
+        <v>28019</v>
       </c>
       <c r="F279" t="s">
         <v>20</v>
       </c>
       <c r="G279" t="s">
         <v>21</v>
       </c>
       <c r="H279" t="s">
         <v>21</v>
       </c>
       <c r="I279" t="s">
         <v>21</v>
       </c>
       <c r="J279" t="s">
         <v>22</v>
       </c>
       <c r="K279" t="s">
         <v>22</v>
       </c>
       <c r="L279" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="M279">
         <v>-3.73083951</v>
       </c>
       <c r="N279">
         <v>40.391262709999999</v>
       </c>
       <c r="O279" t="s">
         <v>24</v>
       </c>
       <c r="P279" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="280" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
         <v>16</v>
       </c>
       <c r="B280" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C280" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D280" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E280">
-        <v>280790000</v>
+        <v>28028</v>
       </c>
       <c r="F280" t="s">
         <v>20</v>
       </c>
       <c r="G280" t="s">
         <v>21</v>
       </c>
       <c r="H280" t="s">
         <v>21</v>
       </c>
       <c r="I280" t="s">
         <v>21</v>
       </c>
       <c r="J280" t="s">
         <v>22</v>
       </c>
       <c r="K280" t="s">
         <v>22</v>
       </c>
       <c r="L280" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="M280">
         <v>3.6649500000000002</v>
       </c>
       <c r="N280">
         <v>40.431838999999997</v>
       </c>
       <c r="O280" t="s">
         <v>24</v>
       </c>
       <c r="P280" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="281" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
         <v>16</v>
       </c>
       <c r="B281" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C281" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D281" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E281">
-        <v>280790000</v>
+        <v>28028</v>
       </c>
       <c r="F281" t="s">
         <v>26</v>
       </c>
       <c r="G281" t="s">
         <v>21</v>
       </c>
       <c r="H281" t="s">
         <v>22</v>
       </c>
       <c r="I281" t="s">
         <v>22</v>
       </c>
       <c r="J281" t="s">
         <v>22</v>
       </c>
       <c r="K281" t="s">
         <v>22</v>
       </c>
       <c r="L281" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="M281">
         <v>-3.6649500000000002</v>
       </c>
       <c r="N281">
         <v>40.431840000000001</v>
       </c>
       <c r="O281" t="s">
         <v>24</v>
       </c>
       <c r="P281" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="282" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
         <v>16</v>
       </c>
       <c r="B282" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C282" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D282" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E282">
-        <v>280790000</v>
+        <v>28036</v>
       </c>
       <c r="F282" t="s">
         <v>20</v>
       </c>
       <c r="G282" t="s">
         <v>21</v>
       </c>
       <c r="H282" t="s">
         <v>21</v>
       </c>
       <c r="I282" t="s">
         <v>21</v>
       </c>
       <c r="J282" t="s">
         <v>22</v>
       </c>
       <c r="K282" t="s">
         <v>22</v>
       </c>
       <c r="L282" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="M282">
         <v>-3.6843026800000001</v>
       </c>
       <c r="N282">
         <v>40.469908930000003</v>
       </c>
       <c r="O282" t="s">
         <v>24</v>
       </c>
       <c r="P282" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="283" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
         <v>16</v>
       </c>
       <c r="B283" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C283" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D283" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E283">
-        <v>280790000</v>
+        <v>28036</v>
       </c>
       <c r="F283" t="s">
         <v>26</v>
       </c>
       <c r="G283" t="s">
         <v>21</v>
       </c>
       <c r="H283" t="s">
         <v>22</v>
       </c>
       <c r="I283" t="s">
         <v>22</v>
       </c>
       <c r="J283" t="s">
         <v>22</v>
       </c>
       <c r="K283" t="s">
         <v>22</v>
       </c>
       <c r="L283" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="M283">
         <v>-3.6844100000000002</v>
       </c>
       <c r="N283">
         <v>40.469900000000003</v>
       </c>
       <c r="O283" t="s">
         <v>24</v>
       </c>
       <c r="P283" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="284" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
         <v>16</v>
       </c>
       <c r="B284" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C284" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D284" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E284">
-        <v>280790000</v>
+        <v>28036</v>
       </c>
       <c r="F284" t="s">
         <v>28</v>
       </c>
       <c r="G284" t="s">
         <v>21</v>
       </c>
       <c r="H284" t="s">
         <v>21</v>
       </c>
       <c r="I284" t="s">
         <v>21</v>
       </c>
       <c r="J284" t="s">
         <v>22</v>
       </c>
       <c r="K284" t="s">
         <v>22</v>
       </c>
       <c r="L284" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="M284">
         <v>-3.6853535800000001</v>
       </c>
       <c r="N284">
         <v>40.470010809999998</v>
       </c>
       <c r="O284" t="s">
         <v>24</v>
       </c>
       <c r="P284" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="285" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
         <v>16</v>
       </c>
       <c r="B285" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C285" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D285" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E285">
-        <v>280790000</v>
+        <v>28036</v>
       </c>
       <c r="F285" t="s">
         <v>27</v>
       </c>
       <c r="G285" t="s">
         <v>21</v>
       </c>
       <c r="H285" t="s">
         <v>21</v>
       </c>
       <c r="I285" t="s">
         <v>21</v>
       </c>
       <c r="J285" t="s">
         <v>22</v>
       </c>
       <c r="K285" t="s">
         <v>22</v>
       </c>
       <c r="L285" t="s">
         <v>45</v>
       </c>
       <c r="M285">
         <v>0</v>
       </c>
       <c r="N285">
         <v>0</v>
       </c>
       <c r="O285" t="s">
         <v>24</v>
       </c>
       <c r="P285" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="286" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
         <v>16</v>
       </c>
       <c r="B286" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C286" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D286" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E286">
-        <v>280790000</v>
+        <v>28037</v>
       </c>
       <c r="F286" t="s">
         <v>26</v>
       </c>
       <c r="G286" t="s">
         <v>21</v>
       </c>
       <c r="H286" t="s">
         <v>22</v>
       </c>
       <c r="I286" t="s">
         <v>22</v>
       </c>
       <c r="J286" t="s">
         <v>22</v>
       </c>
       <c r="K286" t="s">
         <v>22</v>
       </c>
       <c r="L286" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="M286">
         <v>-3.6324866600000001</v>
       </c>
       <c r="N286">
         <v>40.431384710000003</v>
       </c>
       <c r="O286" t="s">
         <v>24</v>
       </c>
       <c r="P286" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="287" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
         <v>16</v>
       </c>
       <c r="B287" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C287" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D287" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E287">
-        <v>280790000</v>
+        <v>28037</v>
       </c>
       <c r="F287" t="s">
         <v>20</v>
       </c>
       <c r="G287" t="s">
         <v>21</v>
       </c>
       <c r="H287" t="s">
         <v>21</v>
       </c>
       <c r="I287" t="s">
         <v>21</v>
       </c>
       <c r="J287" t="s">
         <v>22</v>
       </c>
       <c r="K287" t="s">
         <v>22</v>
       </c>
       <c r="L287" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="M287">
         <v>-3.6324866600000001</v>
       </c>
       <c r="N287">
         <v>40.431384710000003</v>
       </c>
       <c r="O287" t="s">
         <v>24</v>
       </c>
       <c r="P287" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="288" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
         <v>16</v>
       </c>
       <c r="B288" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C288" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D288" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E288">
-        <v>280790000</v>
+        <v>28038</v>
       </c>
       <c r="F288" t="s">
         <v>20</v>
       </c>
       <c r="G288" t="s">
         <v>21</v>
       </c>
       <c r="H288" t="s">
         <v>21</v>
       </c>
       <c r="I288" t="s">
         <v>21</v>
       </c>
       <c r="J288" t="s">
         <v>22</v>
       </c>
       <c r="K288" t="s">
         <v>22</v>
       </c>
       <c r="L288" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="M288">
         <v>-3.6656200999999999</v>
       </c>
       <c r="N288">
         <v>40.396560700000002</v>
       </c>
       <c r="O288" t="s">
         <v>24</v>
       </c>
       <c r="P288" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="289" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
         <v>16</v>
       </c>
       <c r="B289" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C289" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D289" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E289">
-        <v>280790000</v>
+        <v>28038</v>
       </c>
       <c r="F289" t="s">
         <v>26</v>
       </c>
       <c r="G289" t="s">
         <v>21</v>
       </c>
       <c r="H289" t="s">
         <v>22</v>
       </c>
       <c r="I289" t="s">
         <v>22</v>
       </c>
       <c r="J289" t="s">
         <v>22</v>
       </c>
       <c r="K289" t="s">
         <v>22</v>
       </c>
       <c r="L289" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="M289">
         <v>-3.6656200999999999</v>
       </c>
       <c r="N289">
         <v>40.396560700000002</v>
       </c>
       <c r="O289" t="s">
         <v>24</v>
       </c>
       <c r="P289" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="290" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
         <v>16</v>
       </c>
       <c r="B290" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C290" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D290" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E290">
-        <v>280790000</v>
+        <v>28045</v>
       </c>
       <c r="F290" t="s">
         <v>20</v>
       </c>
       <c r="G290" t="s">
         <v>21</v>
       </c>
       <c r="H290" t="s">
         <v>21</v>
       </c>
       <c r="I290" t="s">
         <v>21</v>
       </c>
       <c r="J290" t="s">
         <v>22</v>
       </c>
       <c r="K290" t="s">
         <v>22</v>
       </c>
       <c r="L290" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="M290">
         <v>-3.6946330700000001</v>
       </c>
       <c r="N290">
         <v>40.398586780000002</v>
       </c>
       <c r="O290" t="s">
         <v>24</v>
       </c>
       <c r="P290" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="291" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
         <v>16</v>
       </c>
       <c r="B291" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C291" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D291" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="E291">
-        <v>280790000</v>
+        <v>28045</v>
       </c>
       <c r="F291" t="s">
         <v>26</v>
       </c>
       <c r="G291" t="s">
         <v>21</v>
       </c>
       <c r="H291" t="s">
         <v>22</v>
       </c>
       <c r="I291" t="s">
         <v>22</v>
       </c>
       <c r="J291" t="s">
         <v>22</v>
       </c>
       <c r="K291" t="s">
         <v>22</v>
       </c>
       <c r="L291" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="M291">
         <v>-3.6946330700000001</v>
       </c>
       <c r="N291">
         <v>40.398586780000002</v>
       </c>
       <c r="O291" t="s">
         <v>24</v>
       </c>
       <c r="P291" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="292" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
         <v>16</v>
       </c>
       <c r="B292" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C292" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D292" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="E292">
-        <v>280060000</v>
+        <v>28100</v>
       </c>
       <c r="F292" t="s">
         <v>20</v>
       </c>
       <c r="G292" t="s">
         <v>21</v>
       </c>
       <c r="H292" t="s">
         <v>21</v>
       </c>
       <c r="I292" t="s">
         <v>21</v>
       </c>
       <c r="J292" t="s">
         <v>22</v>
       </c>
       <c r="K292" t="s">
         <v>22</v>
       </c>
       <c r="L292" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="M292">
         <v>-3.6417530899999999</v>
       </c>
       <c r="N292">
         <v>40.544076269999998</v>
       </c>
       <c r="O292" t="s">
         <v>24</v>
       </c>
       <c r="P292" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="293" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
         <v>16</v>
       </c>
       <c r="B293" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C293" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D293" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="E293">
-        <v>280060000</v>
+        <v>28100</v>
       </c>
       <c r="F293" t="s">
         <v>26</v>
       </c>
       <c r="G293" t="s">
         <v>21</v>
       </c>
       <c r="H293" t="s">
         <v>22</v>
       </c>
       <c r="I293" t="s">
         <v>22</v>
       </c>
       <c r="J293" t="s">
         <v>22</v>
       </c>
       <c r="K293" t="s">
         <v>22</v>
       </c>
       <c r="L293" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="M293">
         <v>-3.6417530899999999</v>
       </c>
       <c r="N293">
         <v>40.544076269999998</v>
       </c>
       <c r="O293" t="s">
         <v>24</v>
       </c>
       <c r="P293" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="294" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
         <v>16</v>
       </c>
       <c r="B294" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C294" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D294" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="E294">
-        <v>281150000</v>
+        <v>28224</v>
       </c>
       <c r="F294" t="s">
         <v>26</v>
       </c>
       <c r="G294" t="s">
         <v>21</v>
       </c>
       <c r="H294" t="s">
         <v>22</v>
       </c>
       <c r="I294" t="s">
         <v>22</v>
       </c>
       <c r="J294" t="s">
         <v>22</v>
       </c>
       <c r="K294" t="s">
         <v>22</v>
       </c>
       <c r="L294" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="M294">
         <v>-3.8002182800000002</v>
       </c>
       <c r="N294">
         <v>40.434723660000003</v>
       </c>
       <c r="O294" t="s">
         <v>24</v>
       </c>
       <c r="P294" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="295" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
         <v>16</v>
       </c>
       <c r="B295" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C295" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D295" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="E295">
-        <v>281150000</v>
+        <v>28224</v>
       </c>
       <c r="F295" t="s">
         <v>20</v>
       </c>
       <c r="G295" t="s">
         <v>21</v>
       </c>
       <c r="H295" t="s">
         <v>21</v>
       </c>
       <c r="I295" t="s">
         <v>21</v>
       </c>
       <c r="J295" t="s">
         <v>22</v>
       </c>
       <c r="K295" t="s">
         <v>22</v>
       </c>
       <c r="L295" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="M295">
         <v>-3.8002182800000002</v>
       </c>
       <c r="N295">
         <v>40.434723660000003</v>
       </c>
       <c r="O295" t="s">
         <v>24</v>
       </c>
       <c r="P295" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="296" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
         <v>16</v>
       </c>
       <c r="B296" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C296" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D296" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="E296">
-        <v>280130000</v>
+        <v>28300</v>
       </c>
       <c r="F296" t="s">
         <v>20</v>
       </c>
       <c r="G296" t="s">
         <v>21</v>
       </c>
       <c r="H296" t="s">
         <v>21</v>
       </c>
       <c r="I296" t="s">
         <v>21</v>
       </c>
       <c r="J296" t="s">
         <v>22</v>
       </c>
       <c r="K296" t="s">
         <v>22</v>
       </c>
       <c r="L296" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="M296">
         <v>-3.5883012299999999</v>
       </c>
       <c r="N296">
         <v>40.034886380000003</v>
       </c>
       <c r="O296" t="s">
         <v>24</v>
       </c>
       <c r="P296" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="297" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
         <v>16</v>
       </c>
       <c r="B297" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C297" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D297" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="E297">
-        <v>280130000</v>
+        <v>28300</v>
       </c>
       <c r="F297" t="s">
         <v>26</v>
       </c>
       <c r="G297" t="s">
         <v>21</v>
       </c>
       <c r="H297" t="s">
         <v>22</v>
       </c>
       <c r="I297" t="s">
         <v>22</v>
       </c>
       <c r="J297" t="s">
         <v>22</v>
       </c>
       <c r="K297" t="s">
         <v>22</v>
       </c>
       <c r="L297" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="M297">
         <v>-3.5883012299999999</v>
       </c>
       <c r="N297">
         <v>40.034886380000003</v>
       </c>
       <c r="O297" t="s">
         <v>24</v>
       </c>
       <c r="P297" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="298" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A298" t="s">
         <v>16</v>
       </c>
       <c r="B298" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C298" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D298" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="E298">
-        <v>280470000</v>
+        <v>28400</v>
       </c>
       <c r="F298" t="s">
         <v>20</v>
       </c>
       <c r="G298" t="s">
         <v>21</v>
       </c>
       <c r="H298" t="s">
         <v>21</v>
       </c>
       <c r="I298" t="s">
         <v>21</v>
       </c>
       <c r="J298" t="s">
         <v>22</v>
       </c>
       <c r="K298" t="s">
         <v>22</v>
       </c>
       <c r="L298" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="M298">
         <v>-3.9915600000000002</v>
       </c>
       <c r="N298">
         <v>40.645031000000003</v>
       </c>
       <c r="O298" t="s">
         <v>24</v>
       </c>
       <c r="P298" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="299" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
         <v>16</v>
       </c>
       <c r="B299" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C299" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D299" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="E299">
-        <v>280470000</v>
+        <v>28400</v>
       </c>
       <c r="F299" t="s">
         <v>26</v>
       </c>
       <c r="G299" t="s">
         <v>21</v>
       </c>
       <c r="H299" t="s">
         <v>22</v>
       </c>
       <c r="I299" t="s">
         <v>22</v>
       </c>
       <c r="J299" t="s">
         <v>22</v>
       </c>
       <c r="K299" t="s">
         <v>22</v>
       </c>
       <c r="L299" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="M299">
         <v>-3.9915600000000002</v>
       </c>
       <c r="N299">
         <v>40.645031000000003</v>
       </c>
       <c r="O299" t="s">
         <v>24</v>
       </c>
       <c r="P299" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="300" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
         <v>16</v>
       </c>
       <c r="B300" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C300" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D300" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="E300">
-        <v>280450000</v>
+        <v>28770</v>
       </c>
       <c r="F300" t="s">
         <v>26</v>
       </c>
       <c r="G300" t="s">
         <v>21</v>
       </c>
       <c r="H300" t="s">
         <v>22</v>
       </c>
       <c r="I300" t="s">
         <v>22</v>
       </c>
       <c r="J300" t="s">
         <v>22</v>
       </c>
       <c r="K300" t="s">
         <v>22</v>
       </c>
       <c r="L300" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="M300">
         <v>-3.77663123</v>
       </c>
       <c r="N300">
         <v>40.664102229999997</v>
       </c>
       <c r="O300" t="s">
         <v>24</v>
       </c>
       <c r="P300" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="301" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
         <v>16</v>
       </c>
       <c r="B301" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C301" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D301" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="E301">
-        <v>280050000</v>
+        <v>28803</v>
       </c>
       <c r="F301" t="s">
         <v>20</v>
       </c>
       <c r="G301" t="s">
         <v>21</v>
       </c>
       <c r="H301" t="s">
         <v>21</v>
       </c>
       <c r="I301" t="s">
         <v>21</v>
       </c>
       <c r="J301" t="s">
         <v>22</v>
       </c>
       <c r="K301" t="s">
         <v>22</v>
       </c>
       <c r="L301" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="M301">
         <v>-3.3690740699999999</v>
       </c>
       <c r="N301">
         <v>40.469364409999997</v>
       </c>
       <c r="O301" t="s">
         <v>24</v>
       </c>
       <c r="P301" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="302" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
         <v>16</v>
       </c>
       <c r="B302" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C302" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D302" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="E302">
-        <v>280050000</v>
+        <v>28803</v>
       </c>
       <c r="F302" t="s">
         <v>26</v>
       </c>
       <c r="G302" t="s">
         <v>21</v>
       </c>
       <c r="H302" t="s">
         <v>22</v>
       </c>
       <c r="I302" t="s">
         <v>22</v>
       </c>
       <c r="J302" t="s">
         <v>22</v>
       </c>
       <c r="K302" t="s">
         <v>22</v>
       </c>
       <c r="L302" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="M302">
         <v>-3.3690740699999999</v>
       </c>
       <c r="N302">
         <v>40.469364409999997</v>
       </c>
       <c r="O302" t="s">
         <v>24</v>
       </c>
       <c r="P302" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="303" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
         <v>16</v>
       </c>
       <c r="B303" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C303" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D303" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="E303">
-        <v>281480000</v>
+        <v>28850</v>
       </c>
       <c r="F303" t="s">
         <v>20</v>
       </c>
       <c r="G303" t="s">
         <v>21</v>
       </c>
       <c r="H303" t="s">
         <v>21</v>
       </c>
       <c r="I303" t="s">
         <v>21</v>
       </c>
       <c r="J303" t="s">
         <v>22</v>
       </c>
       <c r="K303" t="s">
         <v>22</v>
       </c>
       <c r="L303" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="M303">
         <v>-3.4819170000000002</v>
       </c>
       <c r="N303">
         <v>40.459119000000001</v>
       </c>
       <c r="O303" t="s">
         <v>24</v>
       </c>
       <c r="P303" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="304" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
         <v>16</v>
       </c>
       <c r="B304" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C304" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D304" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="E304">
-        <v>281480000</v>
+        <v>28850</v>
       </c>
       <c r="F304" t="s">
         <v>26</v>
       </c>
       <c r="G304" t="s">
         <v>21</v>
       </c>
       <c r="H304" t="s">
         <v>22</v>
       </c>
       <c r="I304" t="s">
         <v>22</v>
       </c>
       <c r="J304" t="s">
         <v>22</v>
       </c>
       <c r="K304" t="s">
         <v>22</v>
       </c>
       <c r="L304" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="M304">
         <v>-3.4817687199999998</v>
       </c>
       <c r="N304">
         <v>40.459200969999998</v>
       </c>
       <c r="O304" t="s">
         <v>24</v>
       </c>
       <c r="P304" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="305" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
         <v>16</v>
       </c>
       <c r="B305" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C305" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D305" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="E305">
-        <v>280650000</v>
+        <v>28901</v>
       </c>
       <c r="F305" t="s">
         <v>20</v>
       </c>
       <c r="G305" t="s">
         <v>21</v>
       </c>
       <c r="H305" t="s">
         <v>21</v>
       </c>
       <c r="I305" t="s">
         <v>21</v>
       </c>
       <c r="J305" t="s">
         <v>22</v>
       </c>
       <c r="K305" t="s">
         <v>22</v>
       </c>
       <c r="L305" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="M305">
         <v>-3.7265161099999999</v>
       </c>
       <c r="N305">
         <v>40.304994190000002</v>
       </c>
       <c r="O305" t="s">
         <v>24</v>
       </c>
       <c r="P305" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="306" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A306" t="s">
         <v>16</v>
       </c>
       <c r="B306" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C306" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D306" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="E306">
-        <v>280650000</v>
+        <v>28901</v>
       </c>
       <c r="F306" t="s">
         <v>26</v>
       </c>
       <c r="G306" t="s">
         <v>21</v>
       </c>
       <c r="H306" t="s">
         <v>22</v>
       </c>
       <c r="I306" t="s">
         <v>22</v>
       </c>
       <c r="J306" t="s">
         <v>22</v>
       </c>
       <c r="K306" t="s">
         <v>22</v>
       </c>
       <c r="L306" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="M306">
         <v>-3.7265161099999999</v>
       </c>
       <c r="N306">
         <v>40.304994190000002</v>
       </c>
       <c r="O306" t="s">
         <v>24</v>
       </c>
       <c r="P306" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="307" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
         <v>16</v>
       </c>
       <c r="B307" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C307" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D307" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="E307">
-        <v>280070000</v>
+        <v>28924</v>
       </c>
       <c r="F307" t="s">
         <v>26</v>
       </c>
       <c r="G307" t="s">
         <v>21</v>
       </c>
       <c r="H307" t="s">
         <v>22</v>
       </c>
       <c r="I307" t="s">
         <v>22</v>
       </c>
       <c r="J307" t="s">
         <v>22</v>
       </c>
       <c r="K307" t="s">
         <v>22</v>
       </c>
       <c r="L307" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="M307">
         <v>-3.81362354</v>
       </c>
       <c r="N307">
         <v>40.349567659999998</v>
       </c>
       <c r="O307" t="s">
         <v>24</v>
       </c>
       <c r="P307" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="308" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
         <v>16</v>
       </c>
       <c r="B308" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C308" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D308" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="E308">
-        <v>280920000</v>
+        <v>28938</v>
       </c>
       <c r="F308" t="s">
         <v>20</v>
       </c>
       <c r="G308" t="s">
         <v>21</v>
       </c>
       <c r="H308" t="s">
         <v>21</v>
       </c>
       <c r="I308" t="s">
         <v>21</v>
       </c>
       <c r="J308" t="s">
         <v>22</v>
       </c>
       <c r="K308" t="s">
         <v>22</v>
       </c>
       <c r="L308" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="M308">
         <v>-3.8727133</v>
       </c>
       <c r="N308">
         <v>40.314127859999999</v>
       </c>
       <c r="O308" t="s">
         <v>24</v>
       </c>
       <c r="P308" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="309" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A309" t="s">
         <v>16</v>
       </c>
       <c r="B309" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C309" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D309" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="E309">
-        <v>280920000</v>
+        <v>28938</v>
       </c>
       <c r="F309" t="s">
         <v>26</v>
       </c>
       <c r="G309" t="s">
         <v>21</v>
       </c>
       <c r="H309" t="s">
         <v>22</v>
       </c>
       <c r="I309" t="s">
         <v>22</v>
       </c>
       <c r="J309" t="s">
         <v>22</v>
       </c>
       <c r="K309" t="s">
         <v>22</v>
       </c>
       <c r="L309" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="M309">
         <v>-3.8727133</v>
       </c>
       <c r="N309">
         <v>40.314127859999999</v>
       </c>
       <c r="O309" t="s">
         <v>24</v>
       </c>
       <c r="P309" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="310" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A310" t="s">
         <v>16</v>
       </c>
       <c r="B310" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C310" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D310" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="E310">
-        <v>280920000</v>
+        <v>28938</v>
       </c>
       <c r="F310" t="s">
         <v>20</v>
       </c>
       <c r="G310" t="s">
         <v>21</v>
       </c>
       <c r="H310" t="s">
         <v>21</v>
       </c>
       <c r="I310" t="s">
         <v>21</v>
       </c>
       <c r="J310" t="s">
         <v>22</v>
       </c>
       <c r="K310" t="s">
         <v>22</v>
       </c>
       <c r="L310" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="M310">
         <v>-3.8743099999999999</v>
       </c>
       <c r="N310">
         <v>40.31221</v>
       </c>
       <c r="O310" t="s">
         <v>24</v>
       </c>
       <c r="P310" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="311" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A311" t="s">
         <v>16</v>
       </c>
       <c r="B311" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C311" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="D311" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="E311">
-        <v>280580000</v>
+        <v>28943</v>
       </c>
       <c r="F311" t="s">
         <v>26</v>
       </c>
       <c r="G311" t="s">
         <v>21</v>
       </c>
       <c r="H311" t="s">
         <v>22</v>
       </c>
       <c r="I311" t="s">
         <v>22</v>
       </c>
       <c r="J311" t="s">
         <v>22</v>
       </c>
       <c r="K311" t="s">
         <v>22</v>
       </c>
       <c r="L311" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="M311">
         <v>-3.8092295200000001</v>
       </c>
       <c r="N311">
         <v>40.282372889999998</v>
       </c>
       <c r="O311" t="s">
         <v>24</v>
       </c>
       <c r="P311" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="312" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A312" t="s">
         <v>16</v>
       </c>
       <c r="B312" t="s">
         <v>64</v>
       </c>
       <c r="C312" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D312" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="E312">
-        <v>290670000</v>
+        <v>29003</v>
       </c>
       <c r="F312" t="s">
         <v>20</v>
       </c>
       <c r="G312" t="s">
         <v>21</v>
       </c>
       <c r="H312" t="s">
         <v>21</v>
       </c>
       <c r="I312" t="s">
         <v>21</v>
       </c>
       <c r="J312" t="s">
         <v>22</v>
       </c>
       <c r="K312" t="s">
         <v>22</v>
       </c>
       <c r="L312" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="M312">
         <v>-4.4402662199999998</v>
       </c>
       <c r="N312">
         <v>36.704243159999997</v>
       </c>
       <c r="O312" t="s">
         <v>24</v>
       </c>
       <c r="P312" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="313" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A313" t="s">
         <v>16</v>
       </c>
       <c r="B313" t="s">
         <v>64</v>
       </c>
       <c r="C313" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D313" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="E313">
-        <v>290670000</v>
+        <v>29003</v>
       </c>
       <c r="F313" t="s">
         <v>26</v>
       </c>
       <c r="G313" t="s">
         <v>21</v>
       </c>
       <c r="H313" t="s">
         <v>22</v>
       </c>
       <c r="I313" t="s">
         <v>22</v>
       </c>
       <c r="J313" t="s">
         <v>22</v>
       </c>
       <c r="K313" t="s">
         <v>22</v>
       </c>
       <c r="L313" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="M313">
         <v>-4.4402662199999998</v>
       </c>
       <c r="N313">
         <v>36.704243159999997</v>
       </c>
       <c r="O313" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="P313" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="314" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A314" t="s">
         <v>16</v>
       </c>
       <c r="B314" t="s">
         <v>64</v>
       </c>
       <c r="C314" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D314" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="E314">
-        <v>290670000</v>
+        <v>29007</v>
       </c>
       <c r="F314" t="s">
         <v>27</v>
       </c>
       <c r="G314" t="s">
         <v>21</v>
       </c>
       <c r="H314" t="s">
         <v>21</v>
       </c>
       <c r="I314" t="s">
         <v>21</v>
       </c>
       <c r="J314" t="s">
         <v>22</v>
       </c>
       <c r="K314" t="s">
         <v>22</v>
       </c>
       <c r="L314" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="M314">
         <v>-4.4385170799999996</v>
       </c>
       <c r="N314">
         <v>36.719705189999999</v>
       </c>
       <c r="O314" t="s">
         <v>24</v>
       </c>
       <c r="P314" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="315" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A315" t="s">
         <v>16</v>
       </c>
       <c r="B315" t="s">
         <v>64</v>
       </c>
       <c r="C315" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D315" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="E315">
-        <v>290670000</v>
+        <v>29007</v>
       </c>
       <c r="F315" t="s">
         <v>28</v>
       </c>
       <c r="G315" t="s">
         <v>21</v>
       </c>
       <c r="H315" t="s">
         <v>21</v>
       </c>
       <c r="I315" t="s">
         <v>21</v>
       </c>
       <c r="J315" t="s">
         <v>22</v>
       </c>
       <c r="K315" t="s">
         <v>22</v>
       </c>
       <c r="L315" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="M315">
         <v>-4.4385170799999996</v>
       </c>
       <c r="N315">
         <v>36.719705189999999</v>
       </c>
       <c r="O315" t="s">
         <v>24</v>
       </c>
       <c r="P315" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="316" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A316" t="s">
         <v>16</v>
       </c>
       <c r="B316" t="s">
         <v>64</v>
       </c>
       <c r="C316" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D316" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="E316">
-        <v>290670000</v>
+        <v>29007</v>
       </c>
       <c r="F316" t="s">
         <v>26</v>
       </c>
       <c r="G316" t="s">
         <v>21</v>
       </c>
       <c r="H316" t="s">
         <v>22</v>
       </c>
       <c r="I316" t="s">
         <v>22</v>
       </c>
       <c r="J316" t="s">
         <v>22</v>
       </c>
       <c r="K316" t="s">
         <v>22</v>
       </c>
       <c r="L316" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="M316">
         <v>-4.4320493799999996</v>
       </c>
       <c r="N316">
         <v>36.718449149999998</v>
       </c>
       <c r="O316" t="s">
         <v>24</v>
       </c>
       <c r="P316" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="317" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A317" t="s">
         <v>16</v>
       </c>
       <c r="B317" t="s">
         <v>64</v>
       </c>
       <c r="C317" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D317" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="E317">
-        <v>290670000</v>
+        <v>29017</v>
       </c>
       <c r="F317" t="s">
         <v>20</v>
       </c>
       <c r="G317" t="s">
         <v>21</v>
       </c>
       <c r="H317" t="s">
         <v>21</v>
       </c>
       <c r="I317" t="s">
         <v>21</v>
       </c>
       <c r="J317" t="s">
         <v>22</v>
       </c>
       <c r="K317" t="s">
         <v>22</v>
       </c>
       <c r="L317" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="M317">
         <v>-4.3733101000000003</v>
       </c>
       <c r="N317">
         <v>36.7224693</v>
       </c>
       <c r="O317" t="s">
         <v>24</v>
       </c>
       <c r="P317" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="318" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A318" t="s">
         <v>16</v>
       </c>
       <c r="B318" t="s">
         <v>64</v>
       </c>
       <c r="C318" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D318" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="E318">
-        <v>290670000</v>
+        <v>29017</v>
       </c>
       <c r="F318" t="s">
         <v>26</v>
       </c>
       <c r="G318" t="s">
         <v>21</v>
       </c>
       <c r="H318" t="s">
         <v>22</v>
       </c>
       <c r="I318" t="s">
         <v>22</v>
       </c>
       <c r="J318" t="s">
         <v>22</v>
       </c>
       <c r="K318" t="s">
         <v>22</v>
       </c>
       <c r="L318" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="M318">
         <v>-4.3733101000000003</v>
       </c>
       <c r="N318">
         <v>36.7224693</v>
       </c>
       <c r="O318" t="s">
         <v>24</v>
       </c>
       <c r="P318" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="319" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A319" t="s">
         <v>16</v>
       </c>
       <c r="B319" t="s">
         <v>64</v>
       </c>
       <c r="C319" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D319" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="E319">
-        <v>290420000</v>
+        <v>29100</v>
       </c>
       <c r="F319" t="s">
         <v>26</v>
       </c>
       <c r="G319" t="s">
         <v>21</v>
       </c>
       <c r="H319" t="s">
         <v>22</v>
       </c>
       <c r="I319" t="s">
         <v>22</v>
       </c>
       <c r="J319" t="s">
         <v>22</v>
       </c>
       <c r="K319" t="s">
         <v>22</v>
       </c>
       <c r="L319" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="M319">
         <v>-4.7522437699999998</v>
       </c>
       <c r="N319">
         <v>36.6619046</v>
       </c>
       <c r="O319" t="s">
         <v>24</v>
       </c>
       <c r="P319" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="320" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A320" t="s">
         <v>16</v>
       </c>
       <c r="B320" t="s">
         <v>64</v>
       </c>
       <c r="C320" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D320" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="E320">
-        <v>290150000</v>
+        <v>29200</v>
       </c>
       <c r="F320" t="s">
         <v>26</v>
       </c>
       <c r="G320" t="s">
         <v>21</v>
       </c>
       <c r="H320" t="s">
         <v>22</v>
       </c>
       <c r="I320" t="s">
         <v>22</v>
       </c>
       <c r="J320" t="s">
         <v>22</v>
       </c>
       <c r="K320" t="s">
         <v>22</v>
       </c>
       <c r="L320" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="M320">
         <v>-4.5612097</v>
       </c>
       <c r="N320">
         <v>37.016724400000001</v>
       </c>
       <c r="O320" t="s">
         <v>24</v>
       </c>
       <c r="P320" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="321" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A321" t="s">
         <v>16</v>
       </c>
       <c r="B321" t="s">
         <v>64</v>
       </c>
       <c r="C321" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D321" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="E321">
-        <v>290150000</v>
+        <v>29200</v>
       </c>
       <c r="F321" t="s">
         <v>20</v>
       </c>
       <c r="G321" t="s">
         <v>21</v>
       </c>
       <c r="H321" t="s">
         <v>21</v>
       </c>
       <c r="I321" t="s">
         <v>21</v>
       </c>
       <c r="J321" t="s">
         <v>22</v>
       </c>
       <c r="K321" t="s">
         <v>22</v>
       </c>
       <c r="L321" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="M321">
         <v>-4.5612097</v>
       </c>
       <c r="N321">
         <v>37.016724400000001</v>
       </c>
       <c r="O321" t="s">
         <v>24</v>
       </c>
       <c r="P321" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="322" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A322" t="s">
         <v>16</v>
       </c>
       <c r="B322" t="s">
         <v>64</v>
       </c>
       <c r="C322" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D322" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="E322">
-        <v>290690000</v>
+        <v>29602</v>
       </c>
       <c r="F322" t="s">
         <v>26</v>
       </c>
       <c r="G322" t="s">
         <v>21</v>
       </c>
       <c r="H322" t="s">
         <v>22</v>
       </c>
       <c r="I322" t="s">
         <v>22</v>
       </c>
       <c r="J322" t="s">
         <v>22</v>
       </c>
       <c r="K322" t="s">
         <v>22</v>
       </c>
       <c r="L322" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="M322">
         <v>-4.8869008200000001</v>
       </c>
       <c r="N322">
         <v>36.508131169999999</v>
       </c>
       <c r="O322" t="s">
         <v>24</v>
       </c>
       <c r="P322" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="323" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A323" t="s">
         <v>16</v>
       </c>
       <c r="B323" t="s">
         <v>64</v>
       </c>
       <c r="C323" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D323" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="E323">
-        <v>290690000</v>
+        <v>29602</v>
       </c>
       <c r="F323" t="s">
         <v>20</v>
       </c>
       <c r="G323" t="s">
         <v>21</v>
       </c>
       <c r="H323" t="s">
         <v>21</v>
       </c>
       <c r="I323" t="s">
         <v>21</v>
       </c>
       <c r="J323" t="s">
         <v>22</v>
       </c>
       <c r="K323" t="s">
         <v>22</v>
       </c>
       <c r="L323" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="M323">
         <v>-4.8886586000000003</v>
       </c>
       <c r="N323">
         <v>36.507868989999999</v>
       </c>
       <c r="O323" t="s">
         <v>24</v>
       </c>
       <c r="P323" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="324" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A324" t="s">
         <v>16</v>
       </c>
       <c r="B324" t="s">
         <v>64</v>
       </c>
       <c r="C324" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D324" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="E324">
-        <v>290250001</v>
+        <v>29630</v>
       </c>
       <c r="F324" t="s">
         <v>26</v>
       </c>
       <c r="G324" t="s">
         <v>21</v>
       </c>
       <c r="H324" t="s">
         <v>22</v>
       </c>
       <c r="I324" t="s">
         <v>22</v>
       </c>
       <c r="J324" t="s">
         <v>22</v>
       </c>
       <c r="K324" t="s">
         <v>22</v>
       </c>
       <c r="L324" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="M324">
         <v>-4.5338764999999999</v>
       </c>
       <c r="N324">
         <v>36.597746069999999</v>
       </c>
       <c r="O324" t="s">
         <v>24</v>
       </c>
       <c r="P324" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="325" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A325" t="s">
         <v>16</v>
       </c>
       <c r="B325" t="s">
         <v>64</v>
       </c>
       <c r="C325" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D325" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="E325">
-        <v>290250000</v>
+        <v>29630</v>
       </c>
       <c r="F325" t="s">
         <v>20</v>
       </c>
       <c r="G325" t="s">
         <v>21</v>
       </c>
       <c r="H325" t="s">
         <v>21</v>
       </c>
       <c r="I325" t="s">
         <v>21</v>
       </c>
       <c r="J325" t="s">
         <v>22</v>
       </c>
       <c r="K325" t="s">
         <v>22</v>
       </c>
       <c r="L325" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="M325">
         <v>-4.5338764999999999</v>
       </c>
       <c r="N325">
         <v>36.597746069999999</v>
       </c>
       <c r="O325" t="s">
         <v>24</v>
       </c>
       <c r="P325" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="326" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A326" t="s">
         <v>16</v>
       </c>
       <c r="B326" t="s">
         <v>64</v>
       </c>
       <c r="C326" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D326" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="E326">
-        <v>290700007</v>
+        <v>29651</v>
       </c>
       <c r="F326" t="s">
         <v>20</v>
       </c>
       <c r="G326" t="s">
         <v>21</v>
       </c>
       <c r="H326" t="s">
         <v>21</v>
       </c>
       <c r="I326" t="s">
         <v>21</v>
       </c>
       <c r="J326" t="s">
         <v>22</v>
       </c>
       <c r="K326" t="s">
         <v>22</v>
       </c>
       <c r="L326" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="M326">
         <v>-4.6346666699999997</v>
       </c>
       <c r="N326">
         <v>36.545483050000001</v>
       </c>
       <c r="O326" t="s">
         <v>24</v>
       </c>
       <c r="P326" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="327" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A327" t="s">
         <v>16</v>
       </c>
       <c r="B327" t="s">
         <v>64</v>
       </c>
       <c r="C327" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D327" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="E327">
-        <v>290700007</v>
+        <v>29651</v>
       </c>
       <c r="F327" t="s">
         <v>26</v>
       </c>
       <c r="G327" t="s">
         <v>21</v>
       </c>
       <c r="H327" t="s">
         <v>22</v>
       </c>
       <c r="I327" t="s">
         <v>22</v>
       </c>
       <c r="J327" t="s">
         <v>22</v>
       </c>
       <c r="K327" t="s">
         <v>22</v>
       </c>
       <c r="L327" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="M327">
         <v>-4.6346790100000002</v>
       </c>
       <c r="N327">
         <v>36.5454322</v>
       </c>
       <c r="O327" t="s">
         <v>24</v>
       </c>
       <c r="P327" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="328" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A328" t="s">
         <v>16</v>
       </c>
       <c r="B328" t="s">
         <v>64</v>
       </c>
       <c r="C328" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D328" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="E328">
-        <v>290510000</v>
+        <v>29680</v>
       </c>
       <c r="F328" t="s">
         <v>20</v>
       </c>
       <c r="G328" t="s">
         <v>21</v>
       </c>
       <c r="H328" t="s">
         <v>21</v>
       </c>
       <c r="I328" t="s">
         <v>21</v>
       </c>
       <c r="J328" t="s">
         <v>22</v>
       </c>
       <c r="K328" t="s">
         <v>22</v>
       </c>
       <c r="L328" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="M328">
         <v>-5.1406475199999999</v>
       </c>
       <c r="N328">
         <v>36.428783600000003</v>
       </c>
       <c r="O328" t="s">
         <v>24</v>
       </c>
       <c r="P328" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="329" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A329" t="s">
         <v>16</v>
       </c>
       <c r="B329" t="s">
         <v>64</v>
       </c>
       <c r="C329" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D329" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="E329">
-        <v>290510000</v>
+        <v>29680</v>
       </c>
       <c r="F329" t="s">
         <v>26</v>
       </c>
       <c r="G329" t="s">
         <v>21</v>
       </c>
       <c r="H329" t="s">
         <v>22</v>
       </c>
       <c r="I329" t="s">
         <v>22</v>
       </c>
       <c r="J329" t="s">
         <v>22</v>
       </c>
       <c r="K329" t="s">
         <v>22</v>
       </c>
       <c r="L329" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="M329">
         <v>-5.1406475199999999</v>
       </c>
       <c r="N329">
         <v>36.428783600000003</v>
       </c>
       <c r="O329" t="s">
         <v>24</v>
       </c>
       <c r="P329" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="330" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A330" t="s">
         <v>16</v>
       </c>
       <c r="B330" t="s">
         <v>64</v>
       </c>
       <c r="C330" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D330" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="E330">
-        <v>290940009</v>
+        <v>29740</v>
       </c>
       <c r="F330" t="s">
         <v>26</v>
       </c>
       <c r="G330" t="s">
         <v>21</v>
       </c>
       <c r="H330" t="s">
         <v>22</v>
       </c>
       <c r="I330" t="s">
         <v>22</v>
       </c>
       <c r="J330" t="s">
         <v>22</v>
       </c>
       <c r="K330" t="s">
         <v>22</v>
       </c>
       <c r="L330" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="M330">
         <v>-4.0980638000000003</v>
       </c>
       <c r="N330">
         <v>36.737350569999997</v>
       </c>
       <c r="O330" t="s">
         <v>24</v>
       </c>
       <c r="P330" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="331" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A331" t="s">
         <v>16</v>
       </c>
       <c r="B331" t="s">
         <v>64</v>
       </c>
       <c r="C331" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="D331" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="E331">
-        <v>290940009</v>
+        <v>29740</v>
       </c>
       <c r="F331" t="s">
         <v>20</v>
       </c>
       <c r="G331" t="s">
         <v>21</v>
       </c>
       <c r="H331" t="s">
         <v>21</v>
       </c>
       <c r="I331" t="s">
         <v>21</v>
       </c>
       <c r="J331" t="s">
         <v>22</v>
       </c>
       <c r="K331" t="s">
         <v>22</v>
       </c>
       <c r="L331" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="M331">
         <v>-4.0980638000000003</v>
       </c>
       <c r="N331">
         <v>36.737350569999997</v>
       </c>
       <c r="O331" t="s">
         <v>24</v>
       </c>
       <c r="P331" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="332" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A332" t="s">
         <v>16</v>
       </c>
       <c r="B332" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C332" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D332" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="E332">
-        <v>300300000</v>
+        <v>30007</v>
       </c>
       <c r="F332" t="s">
         <v>20</v>
       </c>
       <c r="G332" t="s">
         <v>21</v>
       </c>
       <c r="H332" t="s">
         <v>21</v>
       </c>
       <c r="I332" t="s">
         <v>21</v>
       </c>
       <c r="J332" t="s">
         <v>22</v>
       </c>
       <c r="K332" t="s">
         <v>22</v>
       </c>
       <c r="L332" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="M332">
         <v>-1.11683913</v>
       </c>
       <c r="N332">
         <v>37.99116325</v>
       </c>
       <c r="O332" t="s">
         <v>24</v>
       </c>
       <c r="P332" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="333" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A333" t="s">
         <v>16</v>
       </c>
       <c r="B333" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C333" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D333" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="E333">
-        <v>300300000</v>
+        <v>30007</v>
       </c>
       <c r="F333" t="s">
         <v>26</v>
       </c>
       <c r="G333" t="s">
         <v>21</v>
       </c>
       <c r="H333" t="s">
         <v>22</v>
       </c>
       <c r="I333" t="s">
         <v>22</v>
       </c>
       <c r="J333" t="s">
         <v>22</v>
       </c>
       <c r="K333" t="s">
         <v>22</v>
       </c>
       <c r="L333" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="M333">
         <v>-1.11683913</v>
       </c>
       <c r="N333">
         <v>37.99116325</v>
       </c>
       <c r="O333" t="s">
         <v>24</v>
       </c>
       <c r="P333" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="334" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A334" t="s">
         <v>16</v>
       </c>
       <c r="B334" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C334" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D334" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="E334">
-        <v>300300000</v>
+        <v>30009</v>
       </c>
       <c r="F334" t="s">
         <v>26</v>
       </c>
       <c r="G334" t="s">
         <v>21</v>
       </c>
       <c r="H334" t="s">
         <v>22</v>
       </c>
       <c r="I334" t="s">
         <v>22</v>
       </c>
       <c r="J334" t="s">
         <v>22</v>
       </c>
       <c r="K334" t="s">
         <v>22</v>
       </c>
       <c r="L334" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="M334">
         <v>-1.14168884</v>
       </c>
       <c r="N334">
         <v>37.993730450000001</v>
       </c>
       <c r="O334" t="s">
         <v>24</v>
       </c>
       <c r="P334" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="335" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A335" t="s">
         <v>16</v>
       </c>
       <c r="B335" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C335" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D335" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="E335">
-        <v>300300000</v>
+        <v>30009</v>
       </c>
       <c r="F335" t="s">
         <v>27</v>
       </c>
       <c r="G335" t="s">
         <v>21</v>
       </c>
       <c r="H335" t="s">
         <v>21</v>
       </c>
       <c r="I335" t="s">
         <v>21</v>
       </c>
       <c r="J335" t="s">
         <v>22</v>
       </c>
       <c r="K335" t="s">
         <v>22</v>
       </c>
       <c r="L335" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="M335">
         <v>-1.1387534399999999</v>
       </c>
       <c r="N335">
         <v>37.995432270000002</v>
       </c>
       <c r="O335" t="s">
         <v>24</v>
       </c>
       <c r="P335" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="336" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A336" t="s">
         <v>16</v>
       </c>
       <c r="B336" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C336" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D336" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="E336">
-        <v>300300000</v>
+        <v>30009</v>
       </c>
       <c r="F336" t="s">
         <v>20</v>
       </c>
       <c r="G336" t="s">
         <v>21</v>
       </c>
       <c r="H336" t="s">
         <v>21</v>
       </c>
       <c r="I336" t="s">
         <v>21</v>
       </c>
       <c r="J336" t="s">
         <v>22</v>
       </c>
       <c r="K336" t="s">
         <v>22</v>
       </c>
       <c r="L336" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="M336">
         <v>-1.14168884</v>
       </c>
       <c r="N336">
         <v>37.993730450000001</v>
       </c>
       <c r="O336" t="s">
         <v>24</v>
       </c>
       <c r="P336" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="337" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A337" t="s">
         <v>16</v>
       </c>
       <c r="B337" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C337" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D337" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="E337">
-        <v>300300000</v>
+        <v>30009</v>
       </c>
       <c r="F337" t="s">
         <v>28</v>
       </c>
       <c r="G337" t="s">
         <v>21</v>
       </c>
       <c r="H337" t="s">
         <v>21</v>
       </c>
       <c r="I337" t="s">
         <v>21</v>
       </c>
       <c r="J337" t="s">
         <v>22</v>
       </c>
       <c r="K337" t="s">
         <v>22</v>
       </c>
       <c r="L337" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="M337">
         <v>-1.1778299999999999</v>
       </c>
       <c r="N337">
         <v>38.016189599999997</v>
       </c>
       <c r="O337" t="s">
         <v>24</v>
       </c>
       <c r="P337" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="338" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A338" t="s">
         <v>16</v>
       </c>
       <c r="B338" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C338" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D338" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="E338">
-        <v>300300000</v>
+        <v>30009</v>
       </c>
       <c r="F338" t="s">
         <v>26</v>
       </c>
       <c r="G338" t="s">
         <v>21</v>
       </c>
       <c r="H338" t="s">
         <v>22</v>
       </c>
       <c r="I338" t="s">
         <v>22</v>
       </c>
       <c r="J338" t="s">
         <v>22</v>
       </c>
       <c r="K338" t="s">
         <v>22</v>
       </c>
       <c r="L338" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="M338">
         <v>-1.1387534399999999</v>
       </c>
       <c r="N338">
         <v>37.995432270000002</v>
       </c>
       <c r="O338" t="s">
         <v>24</v>
       </c>
       <c r="P338" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="339" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A339" t="s">
         <v>16</v>
       </c>
       <c r="B339" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C339" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D339" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="E339">
-        <v>300300000</v>
+        <v>30009</v>
       </c>
       <c r="F339" t="s">
         <v>20</v>
       </c>
       <c r="G339" t="s">
         <v>21</v>
       </c>
       <c r="H339" t="s">
         <v>21</v>
       </c>
       <c r="I339" t="s">
         <v>21</v>
       </c>
       <c r="J339" t="s">
         <v>22</v>
       </c>
       <c r="K339" t="s">
         <v>22</v>
       </c>
       <c r="L339" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="M339">
         <v>-1.1387534399999999</v>
       </c>
       <c r="N339">
         <v>37.995432270000002</v>
       </c>
       <c r="O339" t="s">
         <v>24</v>
       </c>
       <c r="P339" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="340" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A340" t="s">
         <v>16</v>
       </c>
       <c r="B340" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C340" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D340" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="E340">
-        <v>300160000</v>
+        <v>30204</v>
       </c>
       <c r="F340" t="s">
         <v>20</v>
       </c>
       <c r="G340" t="s">
         <v>21</v>
       </c>
       <c r="H340" t="s">
         <v>21</v>
       </c>
       <c r="I340" t="s">
         <v>21</v>
       </c>
       <c r="J340" t="s">
         <v>22</v>
       </c>
       <c r="K340" t="s">
         <v>22</v>
       </c>
       <c r="L340" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="M340">
         <v>-0.98441681999999997</v>
       </c>
       <c r="N340">
         <v>37.607853839999997</v>
       </c>
       <c r="O340" t="s">
         <v>24</v>
       </c>
       <c r="P340" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="341" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A341" t="s">
         <v>16</v>
       </c>
       <c r="B341" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C341" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D341" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="E341">
-        <v>300160000</v>
+        <v>30204</v>
       </c>
       <c r="F341" t="s">
         <v>26</v>
       </c>
       <c r="G341" t="s">
         <v>21</v>
       </c>
       <c r="H341" t="s">
         <v>22</v>
       </c>
       <c r="I341" t="s">
         <v>22</v>
       </c>
       <c r="J341" t="s">
         <v>22</v>
       </c>
       <c r="K341" t="s">
         <v>22</v>
       </c>
       <c r="L341" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="M341">
         <v>-0.98478571000000004</v>
       </c>
       <c r="N341">
         <v>37.607616810000003</v>
       </c>
       <c r="O341" t="s">
         <v>24</v>
       </c>
       <c r="P341" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="342" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A342" t="s">
         <v>16</v>
       </c>
       <c r="B342" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C342" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D342" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="E342">
-        <v>300190000</v>
+        <v>30530</v>
       </c>
       <c r="F342" t="s">
         <v>20</v>
       </c>
       <c r="G342" t="s">
         <v>21</v>
       </c>
       <c r="H342" t="s">
         <v>21</v>
       </c>
       <c r="I342" t="s">
         <v>21</v>
       </c>
       <c r="J342" t="s">
         <v>22</v>
       </c>
       <c r="K342" t="s">
         <v>22</v>
       </c>
       <c r="L342" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="M342">
         <v>-1.4208178499999999</v>
       </c>
       <c r="N342">
         <v>38.241624739999999</v>
       </c>
       <c r="O342" t="s">
         <v>24</v>
       </c>
       <c r="P342" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="343" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A343" t="s">
         <v>16</v>
       </c>
       <c r="B343" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C343" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D343" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="E343">
-        <v>300190000</v>
+        <v>30530</v>
       </c>
       <c r="F343" t="s">
         <v>26</v>
       </c>
       <c r="G343" t="s">
         <v>21</v>
       </c>
       <c r="H343" t="s">
         <v>22</v>
       </c>
       <c r="I343" t="s">
         <v>22</v>
       </c>
       <c r="J343" t="s">
         <v>22</v>
       </c>
       <c r="K343" t="s">
         <v>22</v>
       </c>
       <c r="L343" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="M343">
         <v>-1.4208178499999999</v>
       </c>
       <c r="N343">
         <v>38.241624739999999</v>
       </c>
       <c r="O343" t="s">
         <v>24</v>
       </c>
       <c r="P343" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="344" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A344" t="s">
         <v>16</v>
       </c>
       <c r="B344" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C344" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D344" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="E344">
-        <v>300350000</v>
+        <v>30730</v>
       </c>
       <c r="F344" t="s">
         <v>20</v>
       </c>
       <c r="G344" t="s">
         <v>21</v>
       </c>
       <c r="H344" t="s">
         <v>21</v>
       </c>
       <c r="I344" t="s">
         <v>21</v>
       </c>
       <c r="J344" t="s">
         <v>22</v>
       </c>
       <c r="K344" t="s">
         <v>22</v>
       </c>
       <c r="L344" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="M344">
         <v>-0.83180940999999997</v>
       </c>
       <c r="N344">
         <v>37.80439406</v>
       </c>
       <c r="O344" t="s">
         <v>24</v>
       </c>
       <c r="P344" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="345" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A345" t="s">
         <v>16</v>
       </c>
       <c r="B345" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C345" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D345" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="E345">
-        <v>300240000</v>
+        <v>30800</v>
       </c>
       <c r="F345" t="s">
         <v>20</v>
       </c>
       <c r="G345" t="s">
         <v>21</v>
       </c>
       <c r="H345" t="s">
         <v>21</v>
       </c>
       <c r="I345" t="s">
         <v>21</v>
       </c>
       <c r="J345" t="s">
         <v>22</v>
       </c>
       <c r="K345" t="s">
         <v>22</v>
       </c>
       <c r="L345" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="M345">
         <v>-1.6977705599999999</v>
       </c>
       <c r="N345">
         <v>37.675196839999998</v>
       </c>
       <c r="O345" t="s">
         <v>24</v>
       </c>
       <c r="P345" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="346" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A346" t="s">
         <v>16</v>
       </c>
       <c r="B346" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="C346" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D346" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="E346">
-        <v>300240000</v>
+        <v>30800</v>
       </c>
       <c r="F346" t="s">
         <v>26</v>
       </c>
       <c r="G346" t="s">
         <v>21</v>
       </c>
       <c r="H346" t="s">
         <v>22</v>
       </c>
       <c r="I346" t="s">
         <v>22</v>
       </c>
       <c r="J346" t="s">
         <v>22</v>
       </c>
       <c r="K346" t="s">
         <v>22</v>
       </c>
       <c r="L346" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="M346">
         <v>-1.6977705599999999</v>
       </c>
       <c r="N346">
         <v>37.675196839999998</v>
       </c>
       <c r="O346" t="s">
         <v>24</v>
       </c>
       <c r="P346" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="347" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A347" t="s">
         <v>16</v>
       </c>
       <c r="B347" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="C347" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="D347" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="E347">
-        <v>312010000</v>
+        <v>31003</v>
       </c>
       <c r="F347" t="s">
         <v>26</v>
       </c>
       <c r="G347" t="s">
         <v>21</v>
       </c>
       <c r="H347" t="s">
         <v>22</v>
       </c>
       <c r="I347" t="s">
         <v>22</v>
       </c>
       <c r="J347" t="s">
         <v>22</v>
       </c>
       <c r="K347" t="s">
         <v>22</v>
       </c>
       <c r="L347" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="M347">
         <v>-1.64449</v>
       </c>
       <c r="N347">
         <v>42.812620000000003</v>
       </c>
       <c r="O347" t="s">
         <v>24</v>
       </c>
       <c r="P347" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="348" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A348" t="s">
         <v>16</v>
       </c>
       <c r="B348" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="C348" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="D348" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="E348">
-        <v>312010000</v>
+        <v>31003</v>
       </c>
       <c r="F348" t="s">
         <v>20</v>
       </c>
       <c r="G348" t="s">
         <v>21</v>
       </c>
       <c r="H348" t="s">
         <v>21</v>
       </c>
       <c r="I348" t="s">
         <v>21</v>
       </c>
       <c r="J348" t="s">
         <v>22</v>
       </c>
       <c r="K348" t="s">
         <v>22</v>
       </c>
       <c r="L348" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="M348">
         <v>-1.6443186400000001</v>
       </c>
       <c r="N348">
         <v>42.812552580000002</v>
       </c>
       <c r="O348" t="s">
         <v>24</v>
       </c>
       <c r="P348" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="349" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A349" t="s">
         <v>16</v>
       </c>
       <c r="B349" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="C349" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="D349" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="E349">
-        <v>312010000</v>
+        <v>31003</v>
       </c>
       <c r="F349" t="s">
         <v>27</v>
       </c>
       <c r="G349" t="s">
         <v>21</v>
       </c>
       <c r="H349" t="s">
         <v>21</v>
       </c>
       <c r="I349" t="s">
         <v>21</v>
       </c>
       <c r="J349" t="s">
         <v>22</v>
       </c>
       <c r="K349" t="s">
         <v>22</v>
       </c>
       <c r="L349" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="M349">
         <v>-1.6443186400000001</v>
       </c>
       <c r="N349">
         <v>42.812552580000002</v>
       </c>
       <c r="O349" t="s">
         <v>24</v>
       </c>
       <c r="P349" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="350" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A350" t="s">
         <v>16</v>
       </c>
       <c r="B350" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="C350" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="D350" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="E350">
-        <v>312010000</v>
+        <v>31003</v>
       </c>
       <c r="F350" t="s">
         <v>20</v>
       </c>
       <c r="G350" t="s">
         <v>21</v>
       </c>
       <c r="H350" t="s">
         <v>21</v>
       </c>
       <c r="I350" t="s">
         <v>21</v>
       </c>
       <c r="J350" t="s">
         <v>22</v>
       </c>
       <c r="K350" t="s">
         <v>22</v>
       </c>
       <c r="L350" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="M350">
         <v>-1.6443186400000001</v>
       </c>
       <c r="N350">
         <v>42.812552580000002</v>
       </c>
       <c r="O350" t="s">
         <v>24</v>
       </c>
       <c r="P350" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="351" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A351" t="s">
         <v>16</v>
       </c>
       <c r="B351" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="C351" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="D351" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="E351">
-        <v>312010000</v>
+        <v>31003</v>
       </c>
       <c r="F351" t="s">
         <v>28</v>
       </c>
       <c r="G351" t="s">
         <v>21</v>
       </c>
       <c r="H351" t="s">
         <v>21</v>
       </c>
       <c r="I351" t="s">
         <v>21</v>
       </c>
       <c r="J351" t="s">
         <v>22</v>
       </c>
       <c r="K351" t="s">
         <v>22</v>
       </c>
       <c r="L351" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="M351">
         <v>-1.6443186400000001</v>
       </c>
       <c r="N351">
         <v>42.812552580000002</v>
       </c>
       <c r="O351" t="s">
         <v>24</v>
       </c>
       <c r="P351" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="352" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A352" t="s">
         <v>16</v>
       </c>
       <c r="B352" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="C352" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="D352" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="E352">
-        <v>312320000</v>
+        <v>31500</v>
       </c>
       <c r="F352" t="s">
         <v>20</v>
       </c>
       <c r="G352" t="s">
         <v>21</v>
       </c>
       <c r="H352" t="s">
         <v>21</v>
       </c>
       <c r="I352" t="s">
         <v>21</v>
       </c>
       <c r="J352" t="s">
         <v>22</v>
       </c>
       <c r="K352" t="s">
         <v>22</v>
       </c>
       <c r="L352" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="M352">
         <v>-1.60161653</v>
       </c>
       <c r="N352">
         <v>42.059311469999997</v>
       </c>
       <c r="O352" t="s">
         <v>24</v>
       </c>
       <c r="P352" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="353" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A353" t="s">
         <v>16</v>
       </c>
       <c r="B353" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="C353" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="D353" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="E353">
-        <v>312320000</v>
+        <v>31500</v>
       </c>
       <c r="F353" t="s">
         <v>26</v>
       </c>
       <c r="G353" t="s">
         <v>21</v>
       </c>
       <c r="H353" t="s">
         <v>22</v>
       </c>
       <c r="I353" t="s">
         <v>22</v>
       </c>
       <c r="J353" t="s">
         <v>22</v>
       </c>
       <c r="K353" t="s">
         <v>22</v>
       </c>
       <c r="L353" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="M353">
         <v>-1.60095619</v>
       </c>
       <c r="N353">
         <v>42.059663669999999</v>
       </c>
       <c r="O353" t="s">
         <v>24</v>
       </c>
       <c r="P353" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="354" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A354" t="s">
         <v>16</v>
       </c>
       <c r="B354" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C354" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="D354" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="E354">
-        <v>320540000</v>
+        <v>32003</v>
       </c>
       <c r="F354" t="s">
         <v>26</v>
       </c>
       <c r="G354" t="s">
         <v>21</v>
       </c>
       <c r="H354" t="s">
         <v>22</v>
       </c>
       <c r="I354" t="s">
         <v>22</v>
       </c>
       <c r="J354" t="s">
         <v>22</v>
       </c>
       <c r="K354" t="s">
         <v>22</v>
       </c>
       <c r="L354" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="M354">
         <v>-7.8647160500000002</v>
       </c>
       <c r="N354">
         <v>42.341483050000001</v>
       </c>
       <c r="O354" t="s">
         <v>24</v>
       </c>
       <c r="P354" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="355" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A355" t="s">
         <v>16</v>
       </c>
       <c r="B355" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C355" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="D355" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="E355">
-        <v>320540000</v>
+        <v>32003</v>
       </c>
       <c r="F355" t="s">
         <v>20</v>
       </c>
       <c r="G355" t="s">
         <v>21</v>
       </c>
       <c r="H355" t="s">
         <v>21</v>
       </c>
       <c r="I355" t="s">
         <v>21</v>
       </c>
       <c r="J355" t="s">
         <v>22</v>
       </c>
       <c r="K355" t="s">
         <v>22</v>
       </c>
       <c r="L355" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="M355">
         <v>-7.8647887699999997</v>
       </c>
       <c r="N355">
         <v>42.342100909999999</v>
       </c>
       <c r="O355" t="s">
         <v>24</v>
       </c>
       <c r="P355" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="356" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A356" t="s">
         <v>16</v>
       </c>
       <c r="B356" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C356" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="D356" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="E356">
-        <v>320540000</v>
+        <v>32003</v>
       </c>
       <c r="F356" t="s">
         <v>28</v>
       </c>
       <c r="G356" t="s">
         <v>21</v>
       </c>
       <c r="H356" t="s">
         <v>21</v>
       </c>
       <c r="I356" t="s">
         <v>21</v>
       </c>
       <c r="J356" t="s">
         <v>22</v>
       </c>
       <c r="K356" t="s">
         <v>22</v>
       </c>
       <c r="L356" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="M356">
         <v>-7.86471812</v>
       </c>
       <c r="N356">
         <v>42.341500709999998</v>
       </c>
       <c r="O356" t="s">
         <v>24</v>
       </c>
       <c r="P356" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="357" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A357" t="s">
         <v>16</v>
       </c>
       <c r="B357" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C357" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="D357" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="E357">
-        <v>320540000</v>
+        <v>32003</v>
       </c>
       <c r="F357" t="s">
         <v>27</v>
       </c>
       <c r="G357" t="s">
         <v>21</v>
       </c>
       <c r="H357" t="s">
         <v>21</v>
       </c>
       <c r="I357" t="s">
         <v>21</v>
       </c>
       <c r="J357" t="s">
         <v>22</v>
       </c>
       <c r="K357" t="s">
         <v>22</v>
       </c>
       <c r="L357" t="s">
         <v>45</v>
       </c>
       <c r="M357">
         <v>0</v>
       </c>
       <c r="N357">
         <v>0</v>
       </c>
       <c r="O357" t="s">
         <v>24</v>
       </c>
       <c r="P357" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="358" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A358" t="s">
         <v>16</v>
       </c>
       <c r="B358" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C358" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="D358" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="E358">
-        <v>320540000</v>
+        <v>32003</v>
       </c>
       <c r="F358" t="s">
         <v>20</v>
       </c>
       <c r="G358" t="s">
         <v>21</v>
       </c>
       <c r="H358" t="s">
         <v>21</v>
       </c>
       <c r="I358" t="s">
         <v>21</v>
       </c>
       <c r="J358" t="s">
         <v>22</v>
       </c>
       <c r="K358" t="s">
         <v>22</v>
       </c>
       <c r="L358" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="M358">
         <v>-7.8664257600000003</v>
       </c>
       <c r="N358">
         <v>42.342868559999999</v>
       </c>
       <c r="O358" t="s">
         <v>24</v>
       </c>
       <c r="P358" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="359" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A359" t="s">
         <v>16</v>
       </c>
       <c r="B359" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C359" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="D359" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="E359">
-        <v>320540000</v>
+        <v>32003</v>
       </c>
       <c r="F359" t="s">
         <v>26</v>
       </c>
       <c r="G359" t="s">
         <v>21</v>
       </c>
       <c r="H359" t="s">
         <v>22</v>
       </c>
       <c r="I359" t="s">
         <v>22</v>
       </c>
       <c r="J359" t="s">
         <v>22</v>
       </c>
       <c r="K359" t="s">
         <v>22</v>
       </c>
       <c r="L359" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="M359">
         <v>-7.8647160500000002</v>
       </c>
       <c r="N359">
         <v>42.341483050000001</v>
       </c>
       <c r="O359" t="s">
         <v>24</v>
       </c>
       <c r="P359" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="360" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A360" t="s">
         <v>16</v>
       </c>
       <c r="B360" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C360" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="D360" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="E360">
-        <v>330440000</v>
+        <v>33003</v>
       </c>
       <c r="F360" t="s">
         <v>26</v>
       </c>
       <c r="G360" t="s">
         <v>21</v>
       </c>
       <c r="H360" t="s">
         <v>22</v>
       </c>
       <c r="I360" t="s">
         <v>22</v>
       </c>
       <c r="J360" t="s">
         <v>22</v>
       </c>
       <c r="K360" t="s">
         <v>22</v>
       </c>
       <c r="L360" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="M360">
         <v>-5.8479830000000002</v>
       </c>
       <c r="N360">
         <v>43.362214999999999</v>
       </c>
       <c r="O360" t="s">
         <v>24</v>
       </c>
       <c r="P360" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="361" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A361" t="s">
         <v>16</v>
       </c>
       <c r="B361" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C361" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="D361" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="E361">
-        <v>330440000</v>
+        <v>33003</v>
       </c>
       <c r="F361" t="s">
         <v>26</v>
       </c>
       <c r="G361" t="s">
         <v>21</v>
       </c>
       <c r="H361" t="s">
         <v>22</v>
       </c>
       <c r="I361" t="s">
         <v>22</v>
       </c>
       <c r="J361" t="s">
         <v>22</v>
       </c>
       <c r="K361" t="s">
         <v>22</v>
       </c>
       <c r="L361" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="M361">
         <v>-5.8479830000000002</v>
       </c>
       <c r="N361">
         <v>43.362214999999999</v>
       </c>
       <c r="O361" t="s">
         <v>24</v>
       </c>
       <c r="P361" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="362" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A362" t="s">
         <v>16</v>
       </c>
       <c r="B362" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C362" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="D362" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="E362">
-        <v>330440000</v>
+        <v>33007</v>
       </c>
       <c r="F362" t="s">
         <v>20</v>
       </c>
       <c r="G362" t="s">
         <v>21</v>
       </c>
       <c r="H362" t="s">
         <v>21</v>
       </c>
       <c r="I362" t="s">
         <v>21</v>
       </c>
       <c r="J362" t="s">
         <v>22</v>
       </c>
       <c r="K362" t="s">
         <v>22</v>
       </c>
       <c r="L362" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="M362">
         <v>-5.8479830000000002</v>
       </c>
       <c r="N362">
         <v>43.362214999999999</v>
       </c>
       <c r="O362" t="s">
         <v>24</v>
       </c>
       <c r="P362" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="363" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A363" t="s">
         <v>16</v>
       </c>
       <c r="B363" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C363" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="D363" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="E363">
-        <v>330440000</v>
+        <v>33007</v>
       </c>
       <c r="F363" t="s">
         <v>28</v>
       </c>
       <c r="G363" t="s">
         <v>21</v>
       </c>
       <c r="H363" t="s">
         <v>21</v>
       </c>
       <c r="I363" t="s">
         <v>21</v>
       </c>
       <c r="J363" t="s">
         <v>22</v>
       </c>
       <c r="K363" t="s">
         <v>21</v>
       </c>
       <c r="L363" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="M363">
         <v>-5.8495145800000001</v>
       </c>
       <c r="N363">
         <v>43.358222240000003</v>
       </c>
       <c r="O363" t="s">
         <v>24</v>
       </c>
       <c r="P363" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="364" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A364" t="s">
         <v>16</v>
       </c>
       <c r="B364" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C364" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="D364" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="E364">
-        <v>330440000</v>
+        <v>33007</v>
       </c>
       <c r="F364" t="s">
         <v>27</v>
       </c>
       <c r="G364" t="s">
         <v>21</v>
       </c>
       <c r="H364" t="s">
         <v>22</v>
       </c>
       <c r="I364" t="s">
         <v>22</v>
       </c>
       <c r="J364" t="s">
         <v>22</v>
       </c>
       <c r="K364" t="s">
         <v>21</v>
       </c>
       <c r="L364" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="M364">
         <v>5.8479830000000002</v>
       </c>
       <c r="N364">
         <v>43.362214999999999</v>
       </c>
       <c r="O364" t="s">
         <v>24</v>
       </c>
       <c r="P364" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="365" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A365" t="s">
         <v>16</v>
       </c>
       <c r="B365" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C365" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="D365" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="E365">
-        <v>330440000</v>
+        <v>33007</v>
       </c>
       <c r="F365" t="s">
         <v>20</v>
       </c>
       <c r="G365" t="s">
         <v>21</v>
       </c>
       <c r="H365" t="s">
         <v>21</v>
       </c>
       <c r="I365" t="s">
         <v>21</v>
       </c>
       <c r="J365" t="s">
         <v>22</v>
       </c>
       <c r="K365" t="s">
         <v>22</v>
       </c>
       <c r="L365" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="M365">
         <v>-5.8479830000000002</v>
       </c>
       <c r="N365">
         <v>43.362214999999999</v>
       </c>
       <c r="O365" t="s">
         <v>24</v>
       </c>
       <c r="P365" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="366" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A366" t="s">
         <v>16</v>
       </c>
       <c r="B366" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C366" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="D366" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="E366">
-        <v>330240000</v>
+        <v>33206</v>
       </c>
       <c r="F366" t="s">
         <v>20</v>
       </c>
       <c r="G366" t="s">
         <v>21</v>
       </c>
       <c r="H366" t="s">
         <v>21</v>
       </c>
       <c r="I366" t="s">
         <v>21</v>
       </c>
       <c r="J366" t="s">
         <v>22</v>
       </c>
       <c r="K366" t="s">
         <v>22</v>
       </c>
       <c r="L366" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="M366">
         <v>-5.6647530899999996</v>
       </c>
       <c r="N366">
         <v>43.542050850000003</v>
       </c>
       <c r="O366" t="s">
         <v>24</v>
       </c>
       <c r="P366" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="367" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A367" t="s">
         <v>16</v>
       </c>
       <c r="B367" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C367" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="D367" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="E367">
-        <v>330240000</v>
+        <v>33206</v>
       </c>
       <c r="F367" t="s">
         <v>26</v>
       </c>
       <c r="G367" t="s">
         <v>21</v>
       </c>
       <c r="H367" t="s">
         <v>22</v>
       </c>
       <c r="I367" t="s">
         <v>22</v>
       </c>
       <c r="J367" t="s">
         <v>22</v>
       </c>
       <c r="K367" t="s">
         <v>22</v>
       </c>
       <c r="L367" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="M367">
         <v>-5.6525209500000004</v>
       </c>
       <c r="N367">
         <v>43.539852029999999</v>
       </c>
       <c r="O367" t="s">
         <v>24</v>
       </c>
       <c r="P367" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="368" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A368" t="s">
         <v>16</v>
       </c>
       <c r="B368" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C368" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="D368" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="E368">
-        <v>330040000</v>
+        <v>33400</v>
       </c>
       <c r="F368" t="s">
         <v>20</v>
       </c>
       <c r="G368" t="s">
         <v>21</v>
       </c>
       <c r="H368" t="s">
         <v>21</v>
       </c>
       <c r="I368" t="s">
         <v>21</v>
       </c>
       <c r="J368" t="s">
         <v>22</v>
       </c>
       <c r="K368" t="s">
         <v>22</v>
       </c>
       <c r="L368" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="M368">
         <v>-5.9330667999999998</v>
       </c>
       <c r="N368">
         <v>43.553944970000003</v>
       </c>
       <c r="O368" t="s">
         <v>24</v>
       </c>
       <c r="P368" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="369" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A369" t="s">
         <v>16</v>
       </c>
       <c r="B369" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C369" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="D369" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="E369">
-        <v>330040000</v>
+        <v>33401</v>
       </c>
       <c r="F369" t="s">
         <v>26</v>
       </c>
       <c r="G369" t="s">
         <v>21</v>
       </c>
       <c r="H369" t="s">
         <v>22</v>
       </c>
       <c r="I369" t="s">
         <v>22</v>
       </c>
       <c r="J369" t="s">
         <v>22</v>
       </c>
       <c r="K369" t="s">
         <v>22</v>
       </c>
       <c r="L369" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="M369">
         <v>-5.9338370200000004</v>
       </c>
       <c r="N369">
         <v>43.55451042</v>
       </c>
       <c r="O369" t="s">
         <v>24</v>
       </c>
       <c r="P369" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="370" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A370" t="s">
         <v>16</v>
       </c>
       <c r="B370" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C370" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="D370" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="E370">
-        <v>330120000</v>
+        <v>33550</v>
       </c>
       <c r="F370" t="s">
         <v>26</v>
       </c>
       <c r="G370" t="s">
         <v>21</v>
       </c>
       <c r="H370" t="s">
         <v>22</v>
       </c>
       <c r="I370" t="s">
         <v>22</v>
       </c>
       <c r="J370" t="s">
         <v>22</v>
       </c>
       <c r="K370" t="s">
         <v>22</v>
       </c>
       <c r="L370" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="M370">
         <v>-5.1183983399999997</v>
       </c>
       <c r="N370">
         <v>43.350556869999998</v>
       </c>
       <c r="O370" t="s">
         <v>24</v>
       </c>
       <c r="P370" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="371" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A371" t="s">
         <v>16</v>
       </c>
       <c r="B371" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C371" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="D371" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="E371">
-        <v>330340000</v>
+        <v>33700</v>
       </c>
       <c r="F371" t="s">
         <v>26</v>
       </c>
       <c r="G371" t="s">
         <v>21</v>
       </c>
       <c r="H371" t="s">
         <v>22</v>
       </c>
       <c r="I371" t="s">
         <v>22</v>
       </c>
       <c r="J371" t="s">
         <v>22</v>
       </c>
       <c r="K371" t="s">
         <v>22</v>
       </c>
       <c r="L371" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="M371">
         <v>-6.5349899100000002</v>
       </c>
       <c r="N371">
         <v>43.544472220000003</v>
       </c>
       <c r="O371" t="s">
         <v>24</v>
       </c>
       <c r="P371" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="372" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A372" t="s">
         <v>16</v>
       </c>
       <c r="B372" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C372" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="D372" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="E372">
-        <v>341200000</v>
+        <v>34003</v>
       </c>
       <c r="F372" t="s">
         <v>27</v>
       </c>
       <c r="G372" t="s">
         <v>21</v>
       </c>
       <c r="H372" t="s">
         <v>21</v>
       </c>
       <c r="I372" t="s">
         <v>21</v>
       </c>
       <c r="J372" t="s">
         <v>22</v>
       </c>
       <c r="K372" t="s">
         <v>22</v>
       </c>
       <c r="L372" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
       <c r="M372">
         <v>-4.5335208900000001</v>
       </c>
       <c r="N372">
         <v>42.01465254</v>
       </c>
       <c r="O372" t="s">
         <v>24</v>
       </c>
       <c r="P372" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="373" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A373" t="s">
         <v>16</v>
       </c>
       <c r="B373" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C373" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="D373" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="E373">
-        <v>341200000</v>
+        <v>34004</v>
       </c>
       <c r="F373" t="s">
         <v>28</v>
       </c>
       <c r="G373" t="s">
         <v>21</v>
       </c>
       <c r="H373" t="s">
         <v>21</v>
       </c>
       <c r="I373" t="s">
         <v>21</v>
       </c>
       <c r="J373" t="s">
         <v>22</v>
       </c>
       <c r="K373" t="s">
         <v>22</v>
       </c>
       <c r="L373" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="M373">
         <v>-4.5113101000000002</v>
       </c>
       <c r="N373">
         <v>42.0078812</v>
       </c>
       <c r="O373" t="s">
         <v>24</v>
       </c>
       <c r="P373" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="374" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A374" t="s">
         <v>16</v>
       </c>
       <c r="B374" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C374" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="D374" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="E374">
-        <v>341200000</v>
+        <v>34004</v>
       </c>
       <c r="F374" t="s">
         <v>26</v>
       </c>
       <c r="G374" t="s">
         <v>21</v>
       </c>
       <c r="H374" t="s">
         <v>22</v>
       </c>
       <c r="I374" t="s">
         <v>22</v>
       </c>
       <c r="J374" t="s">
         <v>22</v>
       </c>
       <c r="K374" t="s">
         <v>22</v>
       </c>
       <c r="L374" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="M374">
         <v>-4.5113101000000002</v>
       </c>
       <c r="N374">
         <v>42.0078812</v>
       </c>
       <c r="O374" t="s">
         <v>24</v>
       </c>
       <c r="P374" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="375" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A375" t="s">
         <v>16</v>
       </c>
       <c r="B375" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C375" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="D375" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="E375">
-        <v>341200000</v>
+        <v>34004</v>
       </c>
       <c r="F375" t="s">
         <v>20</v>
       </c>
       <c r="G375" t="s">
         <v>21</v>
       </c>
       <c r="H375" t="s">
         <v>21</v>
       </c>
       <c r="I375" t="s">
         <v>21</v>
       </c>
       <c r="J375" t="s">
         <v>22</v>
       </c>
       <c r="K375" t="s">
         <v>22</v>
       </c>
       <c r="L375" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="M375">
         <v>-4.5148099999999998</v>
       </c>
       <c r="N375">
         <v>42.012599999999999</v>
       </c>
       <c r="O375" t="s">
         <v>24</v>
       </c>
       <c r="P375" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="376" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A376" t="s">
         <v>16</v>
       </c>
       <c r="B376" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C376" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D376" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="E376">
-        <v>350160000</v>
+        <v>35004</v>
       </c>
       <c r="F376" t="s">
         <v>26</v>
       </c>
       <c r="G376" t="s">
         <v>21</v>
       </c>
       <c r="H376" t="s">
         <v>22</v>
       </c>
       <c r="I376" t="s">
         <v>22</v>
       </c>
       <c r="J376" t="s">
         <v>22</v>
       </c>
       <c r="K376" t="s">
         <v>22</v>
       </c>
       <c r="L376" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="M376">
         <v>-15.42770771</v>
       </c>
       <c r="N376">
         <v>28.1171775</v>
       </c>
       <c r="O376" t="s">
         <v>24</v>
       </c>
       <c r="P376" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="377" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A377" t="s">
         <v>16</v>
       </c>
       <c r="B377" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C377" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D377" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="E377">
-        <v>350160000</v>
+        <v>35004</v>
       </c>
       <c r="F377" t="s">
         <v>27</v>
       </c>
       <c r="G377" t="s">
         <v>21</v>
       </c>
       <c r="H377" t="s">
         <v>21</v>
       </c>
       <c r="I377" t="s">
         <v>21</v>
       </c>
       <c r="J377" t="s">
         <v>22</v>
       </c>
       <c r="K377" t="s">
         <v>22</v>
       </c>
       <c r="L377" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="M377">
         <v>-15.427536890000001</v>
       </c>
       <c r="N377">
         <v>28.117006119999999</v>
       </c>
       <c r="O377" t="s">
         <v>24</v>
       </c>
       <c r="P377" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="378" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A378" t="s">
         <v>16</v>
       </c>
       <c r="B378" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C378" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D378" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="E378">
-        <v>350160000</v>
+        <v>35004</v>
       </c>
       <c r="F378" t="s">
         <v>28</v>
       </c>
       <c r="G378" t="s">
         <v>21</v>
       </c>
       <c r="H378" t="s">
         <v>21</v>
       </c>
       <c r="I378" t="s">
         <v>22</v>
       </c>
       <c r="J378" t="s">
         <v>22</v>
       </c>
       <c r="K378" t="s">
         <v>22</v>
       </c>
       <c r="L378" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="M378">
         <v>-15.42770771</v>
       </c>
       <c r="N378">
         <v>28.1171775</v>
       </c>
       <c r="O378" t="s">
         <v>24</v>
       </c>
       <c r="P378" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="379" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A379" t="s">
         <v>16</v>
       </c>
       <c r="B379" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C379" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D379" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="E379">
-        <v>350160000</v>
+        <v>35004</v>
       </c>
       <c r="F379" t="s">
         <v>20</v>
       </c>
       <c r="G379" t="s">
         <v>21</v>
       </c>
       <c r="H379" t="s">
         <v>21</v>
       </c>
       <c r="I379" t="s">
         <v>21</v>
       </c>
       <c r="J379" t="s">
         <v>22</v>
       </c>
       <c r="K379" t="s">
         <v>22</v>
       </c>
       <c r="L379" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="M379">
         <v>-15.42504169</v>
       </c>
       <c r="N379">
         <v>28.119383169999999</v>
       </c>
       <c r="O379" t="s">
         <v>24</v>
       </c>
       <c r="P379" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="380" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A380" t="s">
         <v>16</v>
       </c>
       <c r="B380" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C380" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D380" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="E380">
-        <v>350160000</v>
+        <v>35007</v>
       </c>
       <c r="F380" t="s">
         <v>20</v>
       </c>
       <c r="G380" t="s">
         <v>21</v>
       </c>
       <c r="H380" t="s">
         <v>21</v>
       </c>
       <c r="I380" t="s">
         <v>21</v>
       </c>
       <c r="J380" t="s">
         <v>22</v>
       </c>
       <c r="K380" t="s">
         <v>22</v>
       </c>
       <c r="L380" t="s">
-        <v>424</v>
+        <v>433</v>
       </c>
       <c r="M380">
         <v>-15.43065118</v>
       </c>
       <c r="N380">
         <v>28.1367127</v>
       </c>
       <c r="O380" t="s">
         <v>24</v>
       </c>
       <c r="P380" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="381" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A381" t="s">
         <v>16</v>
       </c>
       <c r="B381" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C381" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D381" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="E381">
-        <v>350190000</v>
+        <v>35100</v>
       </c>
       <c r="F381" t="s">
         <v>20</v>
       </c>
       <c r="G381" t="s">
         <v>21</v>
       </c>
       <c r="H381" t="s">
         <v>21</v>
       </c>
       <c r="I381" t="s">
         <v>21</v>
       </c>
       <c r="J381" t="s">
         <v>22</v>
       </c>
       <c r="K381" t="s">
         <v>22</v>
       </c>
       <c r="L381" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
       <c r="M381">
         <v>-15.590450000000001</v>
       </c>
       <c r="N381">
         <v>27.761019999999998</v>
       </c>
       <c r="O381" t="s">
         <v>24</v>
       </c>
       <c r="P381" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="382" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A382" t="s">
         <v>16</v>
       </c>
       <c r="B382" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C382" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D382" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="E382">
-        <v>350190000</v>
+        <v>35100</v>
       </c>
       <c r="F382" t="s">
         <v>26</v>
       </c>
       <c r="G382" t="s">
         <v>21</v>
       </c>
       <c r="H382" t="s">
         <v>22</v>
       </c>
       <c r="I382" t="s">
         <v>21</v>
       </c>
       <c r="J382" t="s">
         <v>22</v>
       </c>
       <c r="K382" t="s">
         <v>21</v>
       </c>
       <c r="L382" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="M382">
         <v>-15.590450000000001</v>
       </c>
       <c r="N382">
         <v>27.761019999999998</v>
       </c>
       <c r="O382" t="s">
         <v>24</v>
       </c>
       <c r="P382" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="383" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A383" t="s">
         <v>16</v>
       </c>
       <c r="B383" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C383" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D383" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="E383">
-        <v>350260000</v>
+        <v>35200</v>
       </c>
       <c r="F383" t="s">
         <v>26</v>
       </c>
       <c r="G383" t="s">
         <v>21</v>
       </c>
       <c r="H383" t="s">
         <v>22</v>
       </c>
       <c r="I383" t="s">
         <v>21</v>
       </c>
       <c r="J383" t="s">
         <v>22</v>
       </c>
       <c r="K383" t="s">
         <v>22</v>
       </c>
       <c r="L383" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="M383">
         <v>-15.414678110000001</v>
       </c>
       <c r="N383">
         <v>27.9967775</v>
       </c>
       <c r="O383" t="s">
         <v>24</v>
       </c>
       <c r="P383" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="384" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A384" t="s">
         <v>16</v>
       </c>
       <c r="B384" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C384" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D384" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="E384">
-        <v>350260000</v>
+        <v>35200</v>
       </c>
       <c r="F384" t="s">
         <v>20</v>
       </c>
       <c r="G384" t="s">
         <v>21</v>
       </c>
       <c r="H384" t="s">
         <v>21</v>
       </c>
       <c r="I384" t="s">
         <v>21</v>
       </c>
       <c r="J384" t="s">
         <v>22</v>
       </c>
       <c r="K384" t="s">
         <v>22</v>
       </c>
       <c r="L384" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="M384">
         <v>-15.416148140000001</v>
       </c>
       <c r="N384">
         <v>27.999711860000001</v>
       </c>
       <c r="O384" t="s">
         <v>24</v>
       </c>
       <c r="P384" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="385" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A385" t="s">
         <v>16</v>
       </c>
       <c r="B385" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C385" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D385" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="E385">
-        <v>350090000</v>
+        <v>35460</v>
       </c>
       <c r="F385" t="s">
         <v>26</v>
       </c>
       <c r="G385" t="s">
         <v>21</v>
       </c>
       <c r="H385" t="s">
         <v>22</v>
       </c>
       <c r="I385" t="s">
         <v>22</v>
       </c>
       <c r="J385" t="s">
         <v>22</v>
       </c>
       <c r="K385" t="s">
         <v>22</v>
       </c>
       <c r="L385" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="M385">
         <v>-15.657171740000001</v>
       </c>
       <c r="N385">
         <v>28.14600278</v>
       </c>
       <c r="O385" t="s">
         <v>24</v>
       </c>
       <c r="P385" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="386" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A386" t="s">
         <v>16</v>
       </c>
       <c r="B386" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C386" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D386" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="E386">
-        <v>350090000</v>
+        <v>35460</v>
       </c>
       <c r="F386" t="s">
         <v>20</v>
       </c>
       <c r="G386" t="s">
         <v>21</v>
       </c>
       <c r="H386" t="s">
         <v>21</v>
       </c>
       <c r="I386" t="s">
         <v>21</v>
       </c>
       <c r="J386" t="s">
         <v>22</v>
       </c>
       <c r="K386" t="s">
         <v>22</v>
       </c>
       <c r="L386" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="M386">
         <v>-15.657171740000001</v>
       </c>
       <c r="N386">
         <v>28.14600278</v>
       </c>
       <c r="O386" t="s">
         <v>24</v>
       </c>
       <c r="P386" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="387" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A387" t="s">
         <v>16</v>
       </c>
       <c r="B387" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C387" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D387" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="E387">
-        <v>350040000</v>
+        <v>35500</v>
       </c>
       <c r="F387" t="s">
         <v>26</v>
       </c>
       <c r="G387" t="s">
         <v>21</v>
       </c>
       <c r="H387" t="s">
         <v>22</v>
       </c>
       <c r="I387" t="s">
         <v>22</v>
       </c>
       <c r="J387" t="s">
         <v>22</v>
       </c>
       <c r="K387" t="s">
         <v>22</v>
       </c>
       <c r="L387" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="M387">
         <v>-13.548636780000001</v>
       </c>
       <c r="N387">
         <v>28.964540249999999</v>
       </c>
       <c r="O387" t="s">
         <v>24</v>
       </c>
       <c r="P387" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="388" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A388" t="s">
         <v>16</v>
       </c>
       <c r="B388" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C388" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D388" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="E388">
-        <v>350040000</v>
+        <v>35500</v>
       </c>
       <c r="F388" t="s">
         <v>20</v>
       </c>
       <c r="G388" t="s">
         <v>21</v>
       </c>
       <c r="H388" t="s">
         <v>21</v>
       </c>
       <c r="I388" t="s">
         <v>21</v>
       </c>
       <c r="J388" t="s">
         <v>22</v>
       </c>
       <c r="K388" t="s">
         <v>22</v>
       </c>
       <c r="L388" t="s">
-        <v>434</v>
+        <v>443</v>
       </c>
       <c r="M388">
         <v>-13.548636780000001</v>
       </c>
       <c r="N388">
         <v>28.964540249999999</v>
       </c>
       <c r="O388" t="s">
         <v>24</v>
       </c>
       <c r="P388" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="389" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A389" t="s">
         <v>16</v>
       </c>
       <c r="B389" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C389" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D389" t="s">
-        <v>435</v>
+        <v>444</v>
       </c>
       <c r="E389">
-        <v>350170000</v>
+        <v>35600</v>
       </c>
       <c r="F389" t="s">
         <v>20</v>
       </c>
       <c r="G389" t="s">
         <v>21</v>
       </c>
       <c r="H389" t="s">
         <v>21</v>
       </c>
       <c r="I389" t="s">
         <v>21</v>
       </c>
       <c r="J389" t="s">
         <v>22</v>
       </c>
       <c r="K389" t="s">
         <v>22</v>
       </c>
       <c r="L389" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="M389">
         <v>-13.85549415</v>
       </c>
       <c r="N389">
         <v>28.49942137</v>
       </c>
       <c r="O389" t="s">
         <v>24</v>
       </c>
       <c r="P389" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="390" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A390" t="s">
         <v>16</v>
       </c>
       <c r="B390" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C390" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D390" t="s">
-        <v>435</v>
+        <v>444</v>
       </c>
       <c r="E390">
-        <v>350170000</v>
+        <v>35600</v>
       </c>
       <c r="F390" t="s">
         <v>26</v>
       </c>
       <c r="G390" t="s">
         <v>21</v>
       </c>
       <c r="H390" t="s">
         <v>22</v>
       </c>
       <c r="I390" t="s">
         <v>22</v>
       </c>
       <c r="J390" t="s">
         <v>22</v>
       </c>
       <c r="K390" t="s">
         <v>22</v>
       </c>
       <c r="L390" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="M390">
         <v>-13.85549415</v>
       </c>
       <c r="N390">
         <v>28.49942137</v>
       </c>
       <c r="O390" t="s">
         <v>24</v>
       </c>
       <c r="P390" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="391" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A391" t="s">
         <v>16</v>
       </c>
       <c r="B391" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C391" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D391" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="E391">
-        <v>360380000</v>
+        <v>36002</v>
       </c>
       <c r="F391" t="s">
         <v>26</v>
       </c>
       <c r="G391" t="s">
         <v>21</v>
       </c>
       <c r="H391" t="s">
         <v>22</v>
       </c>
       <c r="I391" t="s">
         <v>22</v>
       </c>
       <c r="J391" t="s">
         <v>22</v>
       </c>
       <c r="K391" t="s">
         <v>22</v>
       </c>
       <c r="L391" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="M391">
         <v>-8.6479385999999998</v>
       </c>
       <c r="N391">
         <v>42.433495530000002</v>
       </c>
       <c r="O391" t="s">
         <v>24</v>
       </c>
       <c r="P391" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="392" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A392" t="s">
         <v>16</v>
       </c>
       <c r="B392" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C392" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D392" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="E392">
-        <v>360380000</v>
+        <v>36002</v>
       </c>
       <c r="F392" t="s">
         <v>20</v>
       </c>
       <c r="G392" t="s">
         <v>21</v>
       </c>
       <c r="H392" t="s">
         <v>21</v>
       </c>
       <c r="I392" t="s">
         <v>21</v>
       </c>
       <c r="J392" t="s">
         <v>22</v>
       </c>
       <c r="K392" t="s">
         <v>22</v>
       </c>
       <c r="L392" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="M392">
         <v>-8.6480160300000009</v>
       </c>
       <c r="N392">
         <v>42.433410680000001</v>
       </c>
       <c r="O392" t="s">
         <v>24</v>
       </c>
       <c r="P392" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="393" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A393" t="s">
         <v>16</v>
       </c>
       <c r="B393" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C393" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D393" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="E393">
-        <v>360570000</v>
+        <v>36201</v>
       </c>
       <c r="F393" t="s">
         <v>26</v>
       </c>
       <c r="G393" t="s">
         <v>21</v>
       </c>
       <c r="H393" t="s">
         <v>22</v>
       </c>
       <c r="I393" t="s">
         <v>22</v>
       </c>
       <c r="J393" t="s">
         <v>22</v>
       </c>
       <c r="K393" t="s">
         <v>22</v>
       </c>
       <c r="L393" t="s">
-        <v>440</v>
+        <v>449</v>
       </c>
       <c r="M393">
         <v>-8.7107290000000006</v>
       </c>
       <c r="N393">
         <v>42.237518000000001</v>
       </c>
       <c r="O393" t="s">
         <v>24</v>
       </c>
       <c r="P393" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="394" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A394" t="s">
         <v>16</v>
       </c>
       <c r="B394" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C394" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D394" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="E394">
-        <v>360570000</v>
+        <v>36201</v>
       </c>
       <c r="F394" t="s">
         <v>20</v>
       </c>
       <c r="G394" t="s">
         <v>21</v>
       </c>
       <c r="H394" t="s">
         <v>21</v>
       </c>
       <c r="I394" t="s">
         <v>21</v>
       </c>
       <c r="J394" t="s">
         <v>22</v>
       </c>
       <c r="K394" t="s">
         <v>22</v>
       </c>
       <c r="L394" t="s">
-        <v>440</v>
+        <v>449</v>
       </c>
       <c r="M394">
         <v>-8.7107290000000006</v>
       </c>
       <c r="N394">
         <v>42.237518000000001</v>
       </c>
       <c r="O394" t="s">
         <v>24</v>
       </c>
       <c r="P394" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="395" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A395" t="s">
         <v>16</v>
       </c>
       <c r="B395" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C395" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D395" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="E395">
-        <v>360570000</v>
+        <v>36201</v>
       </c>
       <c r="F395" t="s">
         <v>26</v>
       </c>
       <c r="G395" t="s">
         <v>21</v>
       </c>
       <c r="H395" t="s">
         <v>22</v>
       </c>
       <c r="I395" t="s">
         <v>22</v>
       </c>
       <c r="J395" t="s">
         <v>22</v>
       </c>
       <c r="K395" t="s">
         <v>22</v>
       </c>
       <c r="L395" t="s">
-        <v>440</v>
+        <v>449</v>
       </c>
       <c r="M395">
         <v>-8.7107290000000006</v>
       </c>
       <c r="N395">
         <v>42.237518000000001</v>
       </c>
       <c r="O395" t="s">
         <v>24</v>
       </c>
       <c r="P395" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="396" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A396" t="s">
         <v>16</v>
       </c>
       <c r="B396" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C396" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D396" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="E396">
-        <v>360570000</v>
+        <v>36201</v>
       </c>
       <c r="F396" t="s">
         <v>28</v>
       </c>
       <c r="G396" t="s">
         <v>21</v>
       </c>
       <c r="H396" t="s">
         <v>21</v>
       </c>
       <c r="I396" t="s">
         <v>21</v>
       </c>
       <c r="J396" t="s">
         <v>22</v>
       </c>
       <c r="K396" t="s">
         <v>22</v>
       </c>
       <c r="L396" t="s">
-        <v>441</v>
+        <v>450</v>
       </c>
       <c r="M396">
         <v>-8.7107290000000006</v>
       </c>
       <c r="N396">
         <v>42.237518000000001</v>
       </c>
       <c r="O396" t="s">
         <v>24</v>
       </c>
       <c r="P396" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="397" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A397" t="s">
         <v>16</v>
       </c>
       <c r="B397" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C397" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D397" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="E397">
-        <v>360570000</v>
+        <v>36201</v>
       </c>
       <c r="F397" t="s">
         <v>27</v>
       </c>
       <c r="G397" t="s">
         <v>21</v>
       </c>
       <c r="H397" t="s">
         <v>21</v>
       </c>
       <c r="I397" t="s">
         <v>21</v>
       </c>
       <c r="J397" t="s">
         <v>22</v>
       </c>
       <c r="K397" t="s">
         <v>22</v>
       </c>
       <c r="L397" t="s">
-        <v>442</v>
+        <v>451</v>
       </c>
       <c r="M397">
         <v>-8.7107290000000006</v>
       </c>
       <c r="N397">
         <v>42.237518000000001</v>
       </c>
       <c r="O397" t="s">
         <v>24</v>
       </c>
       <c r="P397" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="398" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A398" t="s">
         <v>16</v>
       </c>
       <c r="B398" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C398" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D398" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="E398">
-        <v>360570000</v>
+        <v>36201</v>
       </c>
       <c r="F398" t="s">
         <v>20</v>
       </c>
       <c r="G398" t="s">
         <v>21</v>
       </c>
       <c r="H398" t="s">
         <v>21</v>
       </c>
       <c r="I398" t="s">
         <v>21</v>
       </c>
       <c r="J398" t="s">
         <v>22</v>
       </c>
       <c r="K398" t="s">
         <v>22</v>
       </c>
       <c r="L398" t="s">
-        <v>440</v>
+        <v>449</v>
       </c>
       <c r="M398">
         <v>-8.7107290000000006</v>
       </c>
       <c r="N398">
         <v>42.237518000000001</v>
       </c>
       <c r="O398" t="s">
         <v>24</v>
       </c>
       <c r="P398" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="399" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A399" t="s">
         <v>16</v>
       </c>
       <c r="B399" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C399" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D399" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="E399">
-        <v>360570000</v>
+        <v>36211</v>
       </c>
       <c r="F399" t="s">
         <v>26</v>
       </c>
       <c r="G399" t="s">
         <v>21</v>
       </c>
       <c r="H399" t="s">
         <v>22</v>
       </c>
       <c r="I399" t="s">
         <v>22</v>
       </c>
       <c r="J399" t="s">
         <v>22</v>
       </c>
       <c r="K399" t="s">
         <v>22</v>
       </c>
       <c r="L399" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="M399">
         <v>-8.7324935499999992</v>
       </c>
       <c r="N399">
         <v>42.224437629999997</v>
       </c>
       <c r="O399" t="s">
         <v>24</v>
       </c>
       <c r="P399" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="400" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A400" t="s">
         <v>16</v>
       </c>
       <c r="B400" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C400" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D400" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="E400">
-        <v>360570000</v>
+        <v>36211</v>
       </c>
       <c r="F400" t="s">
         <v>20</v>
       </c>
       <c r="G400" t="s">
         <v>21</v>
       </c>
       <c r="H400" t="s">
         <v>21</v>
       </c>
       <c r="I400" t="s">
         <v>21</v>
       </c>
       <c r="J400" t="s">
         <v>22</v>
       </c>
       <c r="K400" t="s">
         <v>22</v>
       </c>
       <c r="L400" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="M400">
         <v>-8.7324935499999992</v>
       </c>
       <c r="N400">
         <v>42.224437629999997</v>
       </c>
       <c r="O400" t="s">
         <v>24</v>
       </c>
       <c r="P400" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="401" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A401" t="s">
         <v>16</v>
       </c>
       <c r="B401" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C401" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D401" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="E401">
-        <v>360390000</v>
+        <v>36400</v>
       </c>
       <c r="F401" t="s">
         <v>20</v>
       </c>
       <c r="G401" t="s">
         <v>21</v>
       </c>
       <c r="H401" t="s">
         <v>21</v>
       </c>
       <c r="I401" t="s">
         <v>21</v>
       </c>
       <c r="J401" t="s">
         <v>22</v>
       </c>
       <c r="K401" t="s">
         <v>22</v>
       </c>
       <c r="L401" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="M401">
         <v>-8.6207118900000008</v>
       </c>
       <c r="N401">
         <v>42.159564920000001</v>
       </c>
       <c r="O401" t="s">
         <v>24</v>
       </c>
       <c r="P401" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="402" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A402" t="s">
         <v>16</v>
       </c>
       <c r="B402" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C402" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D402" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="E402">
-        <v>360390000</v>
+        <v>36400</v>
       </c>
       <c r="F402" t="s">
         <v>26</v>
       </c>
       <c r="G402" t="s">
         <v>21</v>
       </c>
       <c r="H402" t="s">
         <v>22</v>
       </c>
       <c r="I402" t="s">
         <v>22</v>
       </c>
       <c r="J402" t="s">
         <v>22</v>
       </c>
       <c r="K402" t="s">
         <v>22</v>
       </c>
       <c r="L402" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="M402">
         <v>-8.6207118900000008</v>
       </c>
       <c r="N402">
         <v>42.159564920000001</v>
       </c>
       <c r="O402" t="s">
         <v>24</v>
       </c>
       <c r="P402" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="403" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A403" t="s">
         <v>16</v>
       </c>
       <c r="B403" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C403" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D403" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="E403">
-        <v>360170000</v>
+        <v>36680</v>
       </c>
       <c r="F403" t="s">
         <v>20</v>
       </c>
       <c r="G403" t="s">
         <v>21</v>
       </c>
       <c r="H403" t="s">
         <v>21</v>
       </c>
       <c r="I403" t="s">
         <v>21</v>
       </c>
       <c r="J403" t="s">
         <v>22</v>
       </c>
       <c r="K403" t="s">
         <v>22</v>
       </c>
       <c r="L403" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="M403">
         <v>-8.4857753500000008</v>
       </c>
       <c r="N403">
         <v>42.688316950000001</v>
       </c>
       <c r="O403" t="s">
         <v>24</v>
       </c>
       <c r="P403" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="404" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A404" t="s">
         <v>16</v>
       </c>
       <c r="B404" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C404" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D404" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="E404">
-        <v>360170000</v>
+        <v>36680</v>
       </c>
       <c r="F404" t="s">
         <v>26</v>
       </c>
       <c r="G404" t="s">
         <v>21</v>
       </c>
       <c r="H404" t="s">
         <v>22</v>
       </c>
       <c r="I404" t="s">
         <v>22</v>
       </c>
       <c r="J404" t="s">
         <v>22</v>
       </c>
       <c r="K404" t="s">
         <v>22</v>
       </c>
       <c r="L404" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="M404">
         <v>-8.4857753500000008</v>
       </c>
       <c r="N404">
         <v>42.688316950000001</v>
       </c>
       <c r="O404" t="s">
         <v>24</v>
       </c>
       <c r="P404" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="405" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A405" t="s">
         <v>16</v>
       </c>
       <c r="B405" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C405" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="D405" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="E405">
-        <v>372740000</v>
+        <v>37001</v>
       </c>
       <c r="F405" t="s">
         <v>26</v>
       </c>
       <c r="G405" t="s">
         <v>21</v>
       </c>
       <c r="H405" t="s">
         <v>22</v>
       </c>
       <c r="I405" t="s">
         <v>22</v>
       </c>
       <c r="J405" t="s">
         <v>22</v>
       </c>
       <c r="K405" t="s">
         <v>22</v>
       </c>
       <c r="L405" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="M405">
         <v>-5.6591601000000002</v>
       </c>
       <c r="N405">
         <v>40.960960399999998</v>
       </c>
       <c r="O405" t="s">
         <v>24</v>
       </c>
       <c r="P405" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="406" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A406" t="s">
         <v>16</v>
       </c>
       <c r="B406" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C406" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="D406" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="E406">
-        <v>372740000</v>
+        <v>37001</v>
       </c>
       <c r="F406" t="s">
         <v>20</v>
       </c>
       <c r="G406" t="s">
         <v>21</v>
       </c>
       <c r="H406" t="s">
         <v>21</v>
       </c>
       <c r="I406" t="s">
         <v>21</v>
       </c>
       <c r="J406" t="s">
         <v>22</v>
       </c>
       <c r="K406" t="s">
         <v>22</v>
       </c>
       <c r="L406" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="M406">
         <v>-5.6589996500000002</v>
       </c>
       <c r="N406">
         <v>40.961071189999998</v>
       </c>
       <c r="O406" t="s">
         <v>24</v>
       </c>
       <c r="P406" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="407" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A407" t="s">
         <v>16</v>
       </c>
       <c r="B407" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C407" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="D407" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="E407">
-        <v>372740000</v>
+        <v>37001</v>
       </c>
       <c r="F407" t="s">
         <v>27</v>
       </c>
       <c r="G407" t="s">
         <v>21</v>
       </c>
       <c r="H407" t="s">
         <v>21</v>
       </c>
       <c r="I407" t="s">
         <v>21</v>
       </c>
       <c r="J407" t="s">
         <v>22</v>
       </c>
       <c r="K407" t="s">
         <v>22</v>
       </c>
       <c r="L407" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="M407">
         <v>-5.6589996500000002</v>
       </c>
       <c r="N407">
         <v>40.961071189999998</v>
       </c>
       <c r="O407" t="s">
         <v>24</v>
       </c>
       <c r="P407" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="408" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A408" t="s">
         <v>16</v>
       </c>
       <c r="B408" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C408" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="D408" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="E408">
-        <v>372740000</v>
+        <v>37001</v>
       </c>
       <c r="F408" t="s">
         <v>28</v>
       </c>
       <c r="G408" t="s">
         <v>21</v>
       </c>
       <c r="H408" t="s">
         <v>21</v>
       </c>
       <c r="I408" t="s">
         <v>22</v>
       </c>
       <c r="J408" t="s">
         <v>22</v>
       </c>
       <c r="K408" t="s">
         <v>22</v>
       </c>
       <c r="L408" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="M408">
         <v>-5.6589996500000002</v>
       </c>
       <c r="N408">
         <v>40.961071189999998</v>
       </c>
       <c r="O408" t="s">
         <v>24</v>
       </c>
       <c r="P408" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="409" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A409" t="s">
         <v>16</v>
       </c>
       <c r="B409" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C409" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="D409" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="E409">
-        <v>380380000</v>
+        <v>38002</v>
       </c>
       <c r="F409" t="s">
         <v>26</v>
       </c>
       <c r="G409" t="s">
         <v>21</v>
       </c>
       <c r="H409" t="s">
         <v>22</v>
       </c>
       <c r="I409" t="s">
         <v>22</v>
       </c>
       <c r="J409" t="s">
         <v>22</v>
       </c>
       <c r="K409" t="s">
         <v>22</v>
       </c>
       <c r="L409" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="M409">
         <v>-16.24964013</v>
       </c>
       <c r="N409">
         <v>28.468521339999999</v>
       </c>
       <c r="O409" t="s">
         <v>24</v>
       </c>
       <c r="P409" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="410" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A410" t="s">
         <v>16</v>
       </c>
       <c r="B410" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C410" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="D410" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="E410">
-        <v>380380000</v>
+        <v>38002</v>
       </c>
       <c r="F410" t="s">
         <v>20</v>
       </c>
       <c r="G410" t="s">
         <v>21</v>
       </c>
       <c r="H410" t="s">
         <v>21</v>
       </c>
       <c r="I410" t="s">
         <v>21</v>
       </c>
       <c r="J410" t="s">
         <v>22</v>
       </c>
       <c r="K410" t="s">
         <v>22</v>
       </c>
       <c r="L410" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="M410">
         <v>-16.249718560000002</v>
       </c>
       <c r="N410">
         <v>28.468504660000001</v>
       </c>
       <c r="O410" t="s">
         <v>24</v>
       </c>
       <c r="P410" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="411" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A411" t="s">
         <v>16</v>
       </c>
       <c r="B411" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C411" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="D411" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="E411">
-        <v>380380000</v>
+        <v>38003</v>
       </c>
       <c r="F411" t="s">
         <v>28</v>
       </c>
       <c r="G411" t="s">
         <v>21</v>
       </c>
       <c r="H411" t="s">
         <v>21</v>
       </c>
       <c r="I411" t="s">
         <v>22</v>
       </c>
       <c r="J411" t="s">
         <v>22</v>
       </c>
       <c r="K411" t="s">
         <v>22</v>
       </c>
       <c r="L411" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="M411">
         <v>-16.251078029999999</v>
       </c>
       <c r="N411">
         <v>28.46208923</v>
       </c>
       <c r="O411" t="s">
         <v>24</v>
       </c>
       <c r="P411" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="412" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A412" t="s">
         <v>16</v>
       </c>
       <c r="B412" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C412" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="D412" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="E412">
-        <v>380380000</v>
+        <v>38003</v>
       </c>
       <c r="F412" t="s">
         <v>27</v>
       </c>
       <c r="G412" t="s">
         <v>21</v>
       </c>
       <c r="H412" t="s">
         <v>21</v>
       </c>
       <c r="I412" t="s">
         <v>21</v>
       </c>
       <c r="J412" t="s">
         <v>22</v>
       </c>
       <c r="K412" t="s">
         <v>22</v>
       </c>
       <c r="L412" t="s">
         <v>45</v>
       </c>
       <c r="M412">
         <v>0</v>
       </c>
       <c r="N412">
         <v>0</v>
       </c>
       <c r="O412" t="s">
         <v>24</v>
       </c>
       <c r="P412" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="413" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A413" t="s">
         <v>16</v>
       </c>
       <c r="B413" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C413" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="D413" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
       <c r="E413">
-        <v>380230000</v>
+        <v>38201</v>
       </c>
       <c r="F413" t="s">
         <v>26</v>
       </c>
       <c r="G413" t="s">
         <v>21</v>
       </c>
       <c r="H413" t="s">
         <v>22</v>
       </c>
       <c r="I413" t="s">
         <v>22</v>
       </c>
       <c r="J413" t="s">
         <v>22</v>
       </c>
       <c r="K413" t="s">
         <v>22</v>
       </c>
       <c r="L413" t="s">
-        <v>456</v>
+        <v>465</v>
       </c>
       <c r="M413">
         <v>-16.314309999999999</v>
       </c>
       <c r="N413">
         <v>28.492920000000002</v>
       </c>
       <c r="O413" t="s">
         <v>24</v>
       </c>
       <c r="P413" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="414" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A414" t="s">
         <v>16</v>
       </c>
       <c r="B414" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C414" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="D414" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
       <c r="E414">
-        <v>380230000</v>
+        <v>38201</v>
       </c>
       <c r="F414" t="s">
         <v>20</v>
       </c>
       <c r="G414" t="s">
         <v>21</v>
       </c>
       <c r="H414" t="s">
         <v>21</v>
       </c>
       <c r="I414" t="s">
         <v>21</v>
       </c>
       <c r="J414" t="s">
         <v>22</v>
       </c>
       <c r="K414" t="s">
         <v>22</v>
       </c>
       <c r="L414" t="s">
-        <v>457</v>
+        <v>466</v>
       </c>
       <c r="M414">
         <v>0.16028126000000001</v>
       </c>
       <c r="N414">
         <v>29.092063960000001</v>
       </c>
       <c r="O414" t="s">
         <v>24</v>
       </c>
       <c r="P414" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="415" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A415" t="s">
         <v>16</v>
       </c>
       <c r="B415" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C415" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="D415" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="E415">
-        <v>380280000</v>
+        <v>38400</v>
       </c>
       <c r="F415" t="s">
         <v>26</v>
       </c>
       <c r="G415" t="s">
         <v>21</v>
       </c>
       <c r="H415" t="s">
         <v>22</v>
       </c>
       <c r="I415" t="s">
         <v>21</v>
       </c>
       <c r="J415" t="s">
         <v>22</v>
       </c>
       <c r="K415" t="s">
         <v>22</v>
       </c>
       <c r="L415" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="M415">
         <v>-16.556021000000001</v>
       </c>
       <c r="N415">
         <v>28.41337</v>
       </c>
       <c r="O415" t="s">
         <v>24</v>
       </c>
       <c r="P415" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="416" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A416" t="s">
         <v>16</v>
       </c>
       <c r="B416" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C416" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="D416" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="E416">
-        <v>380280000</v>
+        <v>38400</v>
       </c>
       <c r="F416" t="s">
         <v>20</v>
       </c>
       <c r="G416" t="s">
         <v>21</v>
       </c>
       <c r="H416" t="s">
         <v>21</v>
       </c>
       <c r="I416" t="s">
         <v>21</v>
       </c>
       <c r="J416" t="s">
         <v>22</v>
       </c>
       <c r="K416" t="s">
         <v>22</v>
       </c>
       <c r="L416" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="M416">
         <v>-16.546779999999998</v>
       </c>
       <c r="N416">
         <v>28.414259999999999</v>
       </c>
       <c r="O416" t="s">
         <v>24</v>
       </c>
       <c r="P416" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="417" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A417" t="s">
         <v>16</v>
       </c>
       <c r="B417" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C417" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="D417" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="E417">
-        <v>380060000</v>
+        <v>38640</v>
       </c>
       <c r="F417" t="s">
         <v>20</v>
       </c>
       <c r="G417" t="s">
         <v>21</v>
       </c>
       <c r="H417" t="s">
         <v>21</v>
       </c>
       <c r="I417" t="s">
         <v>21</v>
       </c>
       <c r="J417" t="s">
         <v>22</v>
       </c>
       <c r="K417" t="s">
         <v>22</v>
       </c>
       <c r="L417" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="M417">
-        <v>-2.6725663200000001</v>
+        <v>-16.713329999999999</v>
       </c>
       <c r="N417">
-        <v>42.843226770000001</v>
+        <v>28.053699999999999</v>
       </c>
       <c r="O417" t="s">
         <v>24</v>
       </c>
       <c r="P417" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="418" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A418" t="s">
         <v>16</v>
       </c>
       <c r="B418" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C418" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="D418" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="E418">
-        <v>380060005</v>
+        <v>38650</v>
       </c>
       <c r="F418" t="s">
         <v>26</v>
       </c>
       <c r="G418" t="s">
         <v>21</v>
       </c>
       <c r="H418" t="s">
         <v>22</v>
       </c>
       <c r="I418" t="s">
         <v>22</v>
       </c>
       <c r="J418" t="s">
         <v>22</v>
       </c>
       <c r="K418" t="s">
         <v>22</v>
       </c>
       <c r="L418" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
       <c r="M418">
-        <v>-16.71935843</v>
+        <v>-16.713470000000001</v>
       </c>
       <c r="N418">
-        <v>28.05177273</v>
+        <v>28.054749999999999</v>
       </c>
       <c r="O418" t="s">
         <v>24</v>
       </c>
       <c r="P418" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="419" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A419" t="s">
         <v>16</v>
       </c>
       <c r="B419" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C419" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="D419" t="s">
-        <v>464</v>
+        <v>473</v>
       </c>
       <c r="E419">
-        <v>380370000</v>
+        <v>38700</v>
       </c>
       <c r="F419" t="s">
         <v>20</v>
       </c>
       <c r="G419" t="s">
         <v>21</v>
       </c>
       <c r="H419" t="s">
         <v>21</v>
       </c>
       <c r="I419" t="s">
         <v>21</v>
       </c>
       <c r="J419" t="s">
         <v>22</v>
       </c>
       <c r="K419" t="s">
         <v>22</v>
       </c>
       <c r="L419" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="M419">
         <v>-2.6725663200000001</v>
       </c>
       <c r="N419">
         <v>42.843226770000001</v>
       </c>
       <c r="O419" t="s">
         <v>24</v>
       </c>
       <c r="P419" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="420" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A420" t="s">
         <v>16</v>
       </c>
       <c r="B420" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C420" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="D420" t="s">
-        <v>464</v>
+        <v>473</v>
       </c>
       <c r="E420">
-        <v>380370000</v>
+        <v>38700</v>
       </c>
       <c r="F420" t="s">
         <v>26</v>
       </c>
       <c r="G420" t="s">
         <v>21</v>
       </c>
       <c r="H420" t="s">
         <v>22</v>
       </c>
       <c r="I420" t="s">
         <v>22</v>
       </c>
       <c r="J420" t="s">
         <v>22</v>
       </c>
       <c r="K420" t="s">
         <v>22</v>
       </c>
       <c r="L420" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="M420">
         <v>-17.76530683</v>
       </c>
       <c r="N420">
         <v>28.683320290000001</v>
       </c>
       <c r="O420" t="s">
         <v>24</v>
       </c>
       <c r="P420" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="421" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A421" t="s">
         <v>16</v>
       </c>
       <c r="B421" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="C421" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="D421" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="E421">
-        <v>390750000</v>
+        <v>39002</v>
       </c>
       <c r="F421" t="s">
         <v>26</v>
       </c>
       <c r="G421" t="s">
         <v>21</v>
       </c>
       <c r="H421" t="s">
         <v>22</v>
       </c>
       <c r="I421" t="s">
         <v>22</v>
       </c>
       <c r="J421" t="s">
         <v>22</v>
       </c>
       <c r="K421" t="s">
         <v>22</v>
       </c>
       <c r="L421" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="M421">
         <v>-3.8087243399999999</v>
       </c>
       <c r="N421">
         <v>43.461235569999999</v>
       </c>
       <c r="O421" t="s">
         <v>24</v>
       </c>
       <c r="P421" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="422" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A422" t="s">
         <v>16</v>
       </c>
       <c r="B422" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="C422" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="D422" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="E422">
-        <v>390750000</v>
+        <v>39002</v>
       </c>
       <c r="F422" t="s">
         <v>28</v>
       </c>
       <c r="G422" t="s">
         <v>21</v>
       </c>
       <c r="H422" t="s">
         <v>21</v>
       </c>
       <c r="I422" t="s">
         <v>22</v>
       </c>
       <c r="J422" t="s">
         <v>22</v>
       </c>
       <c r="K422" t="s">
         <v>22</v>
       </c>
       <c r="L422" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="M422">
         <v>-3.8087243399999999</v>
       </c>
       <c r="N422">
         <v>43.461235569999999</v>
       </c>
       <c r="O422" t="s">
         <v>24</v>
       </c>
       <c r="P422" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="423" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A423" t="s">
         <v>16</v>
       </c>
       <c r="B423" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="C423" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="D423" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="E423">
-        <v>390750000</v>
+        <v>39002</v>
       </c>
       <c r="F423" t="s">
         <v>27</v>
       </c>
       <c r="G423" t="s">
         <v>21</v>
       </c>
       <c r="H423" t="s">
         <v>21</v>
       </c>
       <c r="I423" t="s">
         <v>21</v>
       </c>
       <c r="J423" t="s">
         <v>22</v>
       </c>
       <c r="K423" t="s">
         <v>22</v>
       </c>
       <c r="L423" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="M423">
         <v>-3.8087243399999999</v>
       </c>
       <c r="N423">
         <v>43.461235569999999</v>
       </c>
       <c r="O423" t="s">
         <v>24</v>
       </c>
       <c r="P423" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="424" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A424" t="s">
         <v>16</v>
       </c>
       <c r="B424" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="C424" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="D424" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="E424">
-        <v>390750000</v>
+        <v>39011</v>
       </c>
       <c r="F424" t="s">
         <v>26</v>
       </c>
       <c r="G424" t="s">
         <v>21</v>
       </c>
       <c r="H424" t="s">
         <v>22</v>
       </c>
       <c r="I424" t="s">
         <v>22</v>
       </c>
       <c r="J424" t="s">
         <v>22</v>
       </c>
       <c r="K424" t="s">
         <v>22</v>
       </c>
       <c r="L424" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
       <c r="M424">
         <v>-3.8370077600000001</v>
       </c>
       <c r="N424">
         <v>43.444257149999999</v>
       </c>
       <c r="O424" t="s">
         <v>24</v>
       </c>
       <c r="P424" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="425" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A425" t="s">
         <v>16</v>
       </c>
       <c r="B425" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="C425" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="D425" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="E425">
-        <v>390750000</v>
+        <v>39011</v>
       </c>
       <c r="F425" t="s">
         <v>20</v>
       </c>
       <c r="G425" t="s">
         <v>21</v>
       </c>
       <c r="H425" t="s">
         <v>21</v>
       </c>
       <c r="I425" t="s">
         <v>21</v>
       </c>
       <c r="J425" t="s">
         <v>22</v>
       </c>
       <c r="K425" t="s">
         <v>22</v>
       </c>
       <c r="L425" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="M425">
         <v>-3.8370077600000001</v>
       </c>
       <c r="N425">
         <v>43.444257149999999</v>
       </c>
       <c r="O425" t="s">
         <v>24</v>
       </c>
       <c r="P425" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="426" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A426" t="s">
         <v>16</v>
       </c>
       <c r="B426" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="C426" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="D426" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="E426">
-        <v>390870000</v>
+        <v>39300</v>
       </c>
       <c r="F426" t="s">
         <v>26</v>
       </c>
       <c r="G426" t="s">
         <v>21</v>
       </c>
       <c r="H426" t="s">
         <v>22</v>
       </c>
       <c r="I426" t="s">
         <v>22</v>
       </c>
       <c r="J426" t="s">
         <v>22</v>
       </c>
       <c r="K426" t="s">
         <v>22</v>
       </c>
       <c r="L426" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="M426">
         <v>-4.0505293800000004</v>
       </c>
       <c r="N426">
         <v>43.348625079999998</v>
       </c>
       <c r="O426" t="s">
         <v>24</v>
       </c>
       <c r="P426" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="427" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A427" t="s">
         <v>16</v>
       </c>
       <c r="B427" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="C427" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="D427" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="E427">
-        <v>390870000</v>
+        <v>39300</v>
       </c>
       <c r="F427" t="s">
         <v>20</v>
       </c>
       <c r="G427" t="s">
         <v>21</v>
       </c>
       <c r="H427" t="s">
         <v>21</v>
       </c>
       <c r="I427" t="s">
         <v>21</v>
       </c>
       <c r="J427" t="s">
         <v>22</v>
       </c>
       <c r="K427" t="s">
         <v>22</v>
       </c>
       <c r="L427" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="M427">
         <v>-3.2031200000000002</v>
       </c>
       <c r="N427">
         <v>43.371551500000002</v>
       </c>
       <c r="O427" t="s">
         <v>24</v>
       </c>
       <c r="P427" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="428" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A428" t="s">
         <v>16</v>
       </c>
       <c r="B428" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="C428" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="D428" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="E428">
-        <v>390350000</v>
+        <v>39770</v>
       </c>
       <c r="F428" t="s">
         <v>26</v>
       </c>
       <c r="G428" t="s">
         <v>21</v>
       </c>
       <c r="H428" t="s">
         <v>22</v>
       </c>
       <c r="I428" t="s">
         <v>22</v>
       </c>
       <c r="J428" t="s">
         <v>22</v>
       </c>
       <c r="K428" t="s">
         <v>22</v>
       </c>
       <c r="L428" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="M428">
         <v>-3.4122452700000001</v>
       </c>
       <c r="N428">
         <v>43.410245060000001</v>
       </c>
       <c r="O428" t="s">
         <v>24</v>
       </c>
       <c r="P428" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="429" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A429" t="s">
         <v>16</v>
       </c>
       <c r="B429" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="C429" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="D429" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
       <c r="E429">
-        <v>390350000</v>
+        <v>39770</v>
       </c>
       <c r="F429" t="s">
         <v>20</v>
       </c>
       <c r="G429" t="s">
         <v>21</v>
       </c>
       <c r="H429" t="s">
         <v>21</v>
       </c>
       <c r="I429" t="s">
         <v>21</v>
       </c>
       <c r="J429" t="s">
         <v>22</v>
       </c>
       <c r="K429" t="s">
         <v>22</v>
       </c>
       <c r="L429" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="M429">
         <v>-3.4122452700000001</v>
       </c>
       <c r="N429">
         <v>43.410245060000001</v>
       </c>
       <c r="O429" t="s">
         <v>24</v>
       </c>
       <c r="P429" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="430" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A430" t="s">
         <v>16</v>
       </c>
       <c r="B430" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C430" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="D430" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="E430">
-        <v>401940000</v>
+        <v>40005</v>
       </c>
       <c r="F430" t="s">
         <v>28</v>
       </c>
       <c r="G430" t="s">
         <v>21</v>
       </c>
       <c r="H430" t="s">
         <v>21</v>
       </c>
       <c r="I430" t="s">
         <v>22</v>
       </c>
       <c r="J430" t="s">
         <v>22</v>
       </c>
       <c r="K430" t="s">
         <v>22</v>
       </c>
       <c r="L430" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="M430">
         <v>-4.1201089399999997</v>
       </c>
       <c r="N430">
         <v>40.94968703</v>
       </c>
       <c r="O430" t="s">
         <v>24</v>
       </c>
       <c r="P430" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="431" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A431" t="s">
         <v>16</v>
       </c>
       <c r="B431" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C431" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="D431" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="E431">
-        <v>401940000</v>
+        <v>40005</v>
       </c>
       <c r="F431" t="s">
         <v>27</v>
       </c>
       <c r="G431" t="s">
         <v>21</v>
       </c>
       <c r="H431" t="s">
         <v>21</v>
       </c>
       <c r="I431" t="s">
         <v>21</v>
       </c>
       <c r="J431" t="s">
         <v>22</v>
       </c>
       <c r="K431" t="s">
         <v>22</v>
       </c>
       <c r="L431" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="M431">
         <v>-4.1060299000000002</v>
       </c>
       <c r="N431">
         <v>40.940480000000001</v>
       </c>
       <c r="O431" t="s">
         <v>24</v>
       </c>
       <c r="P431" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="432" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A432" t="s">
         <v>16</v>
       </c>
       <c r="B432" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C432" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="D432" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="E432">
-        <v>401940000</v>
+        <v>40005</v>
       </c>
       <c r="F432" t="s">
         <v>26</v>
       </c>
       <c r="G432" t="s">
         <v>21</v>
       </c>
       <c r="H432" t="s">
         <v>22</v>
       </c>
       <c r="I432" t="s">
         <v>22</v>
       </c>
       <c r="J432" t="s">
         <v>22</v>
       </c>
       <c r="K432" t="s">
         <v>22</v>
       </c>
       <c r="L432" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="M432">
         <v>-4.1201089399999997</v>
       </c>
       <c r="N432">
         <v>40.94968703</v>
       </c>
       <c r="O432" t="s">
         <v>24</v>
       </c>
       <c r="P432" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="433" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A433" t="s">
         <v>16</v>
       </c>
       <c r="B433" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C433" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="D433" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="E433">
-        <v>401940000</v>
+        <v>40005</v>
       </c>
       <c r="F433" t="s">
         <v>20</v>
       </c>
       <c r="G433" t="s">
         <v>21</v>
       </c>
       <c r="H433" t="s">
         <v>21</v>
       </c>
       <c r="I433" t="s">
         <v>21</v>
       </c>
       <c r="J433" t="s">
         <v>22</v>
       </c>
       <c r="K433" t="s">
         <v>22</v>
       </c>
       <c r="L433" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="M433">
         <v>-4.1186306899999998</v>
       </c>
       <c r="N433">
         <v>40.947278240000003</v>
       </c>
       <c r="O433" t="s">
         <v>24</v>
       </c>
       <c r="P433" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="434" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A434" t="s">
         <v>16</v>
       </c>
       <c r="B434" t="s">
         <v>64</v>
       </c>
       <c r="C434" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D434" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="E434">
-        <v>410910000</v>
+        <v>41003</v>
       </c>
       <c r="F434" t="s">
         <v>26</v>
       </c>
       <c r="G434" t="s">
         <v>21</v>
       </c>
       <c r="H434" t="s">
         <v>22</v>
       </c>
       <c r="I434" t="s">
         <v>22</v>
       </c>
       <c r="J434" t="s">
         <v>22</v>
       </c>
       <c r="K434" t="s">
         <v>22</v>
       </c>
       <c r="L434" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="M434">
         <v>-5.98556401</v>
       </c>
       <c r="N434">
         <v>37.402351359999997</v>
       </c>
       <c r="O434" t="s">
         <v>24</v>
       </c>
       <c r="P434" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="435" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A435" t="s">
         <v>16</v>
       </c>
       <c r="B435" t="s">
         <v>64</v>
       </c>
       <c r="C435" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D435" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="E435">
-        <v>410910000</v>
+        <v>41011</v>
       </c>
       <c r="F435" t="s">
         <v>26</v>
       </c>
       <c r="G435" t="s">
         <v>21</v>
       </c>
       <c r="H435" t="s">
         <v>22</v>
       </c>
       <c r="I435" t="s">
         <v>22</v>
       </c>
       <c r="J435" t="s">
         <v>22</v>
       </c>
       <c r="K435" t="s">
         <v>22</v>
       </c>
       <c r="L435" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
       <c r="M435">
         <v>-6.0000857999999999</v>
       </c>
       <c r="N435">
         <v>37.377807599999997</v>
       </c>
       <c r="O435" t="s">
         <v>24</v>
       </c>
       <c r="P435" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="436" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A436" t="s">
         <v>16</v>
       </c>
       <c r="B436" t="s">
         <v>64</v>
       </c>
       <c r="C436" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D436" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="E436">
-        <v>410910000</v>
+        <v>41011</v>
       </c>
       <c r="F436" t="s">
         <v>20</v>
       </c>
       <c r="G436" t="s">
         <v>21</v>
       </c>
       <c r="H436" t="s">
         <v>21</v>
       </c>
       <c r="I436" t="s">
         <v>21</v>
       </c>
       <c r="J436" t="s">
         <v>22</v>
       </c>
       <c r="K436" t="s">
         <v>22</v>
       </c>
       <c r="L436" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
       <c r="M436">
         <v>-6.0000857999999999</v>
       </c>
       <c r="N436">
         <v>37.377807599999997</v>
       </c>
       <c r="O436" t="s">
         <v>24</v>
       </c>
       <c r="P436" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="437" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A437" t="s">
         <v>16</v>
       </c>
       <c r="B437" t="s">
         <v>64</v>
       </c>
       <c r="C437" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D437" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="E437">
-        <v>410910000</v>
+        <v>41013</v>
       </c>
       <c r="F437" t="s">
         <v>20</v>
       </c>
       <c r="G437" t="s">
         <v>21</v>
       </c>
       <c r="H437" t="s">
         <v>21</v>
       </c>
       <c r="I437" t="s">
         <v>21</v>
       </c>
       <c r="J437" t="s">
         <v>22</v>
       </c>
       <c r="K437" t="s">
         <v>22</v>
       </c>
       <c r="L437" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="M437">
         <v>-5.9807232199999998</v>
       </c>
       <c r="N437">
         <v>37.392210660000003</v>
       </c>
       <c r="O437" t="s">
         <v>24</v>
       </c>
       <c r="P437" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="438" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A438" t="s">
         <v>16</v>
       </c>
       <c r="B438" t="s">
         <v>64</v>
       </c>
       <c r="C438" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D438" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="E438">
-        <v>410910000</v>
+        <v>41013</v>
       </c>
       <c r="F438" t="s">
         <v>26</v>
       </c>
       <c r="G438" t="s">
         <v>21</v>
       </c>
       <c r="H438" t="s">
         <v>22</v>
       </c>
       <c r="I438" t="s">
         <v>22</v>
       </c>
       <c r="J438" t="s">
         <v>22</v>
       </c>
       <c r="K438" t="s">
         <v>22</v>
       </c>
       <c r="L438" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="M438">
         <v>-5.9807232199999998</v>
       </c>
       <c r="N438">
         <v>37.392210660000003</v>
       </c>
       <c r="O438" t="s">
         <v>24</v>
       </c>
       <c r="P438" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="439" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A439" t="s">
         <v>16</v>
       </c>
       <c r="B439" t="s">
         <v>64</v>
       </c>
       <c r="C439" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D439" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="E439">
-        <v>410910000</v>
+        <v>41018</v>
       </c>
       <c r="F439" t="s">
         <v>26</v>
       </c>
       <c r="G439" t="s">
         <v>21</v>
       </c>
       <c r="H439" t="s">
         <v>22</v>
       </c>
       <c r="I439" t="s">
         <v>22</v>
       </c>
       <c r="J439" t="s">
         <v>22</v>
       </c>
       <c r="K439" t="s">
         <v>22</v>
       </c>
       <c r="L439" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="M439">
         <v>-5.97741144</v>
       </c>
       <c r="N439">
         <v>37.388428670000003</v>
       </c>
       <c r="O439" t="s">
         <v>24</v>
       </c>
       <c r="P439" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="440" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A440" t="s">
         <v>16</v>
       </c>
       <c r="B440" t="s">
         <v>64</v>
       </c>
       <c r="C440" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D440" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="E440">
-        <v>410910000</v>
+        <v>41018</v>
       </c>
       <c r="F440" t="s">
         <v>20</v>
       </c>
       <c r="G440" t="s">
         <v>21</v>
       </c>
       <c r="H440" t="s">
         <v>21</v>
       </c>
       <c r="I440" t="s">
         <v>21</v>
       </c>
       <c r="J440" t="s">
         <v>22</v>
       </c>
       <c r="K440" t="s">
         <v>22</v>
       </c>
       <c r="L440" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="M440">
         <v>-5.9763899</v>
       </c>
       <c r="N440">
         <v>37.389320400000003</v>
       </c>
       <c r="O440" t="s">
         <v>24</v>
       </c>
       <c r="P440" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="441" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A441" t="s">
         <v>16</v>
       </c>
       <c r="B441" t="s">
         <v>64</v>
       </c>
       <c r="C441" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D441" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="E441">
-        <v>410910000</v>
+        <v>41018</v>
       </c>
       <c r="F441" t="s">
         <v>28</v>
       </c>
       <c r="G441" t="s">
         <v>21</v>
       </c>
       <c r="H441" t="s">
         <v>21</v>
       </c>
       <c r="I441" t="s">
         <v>21</v>
       </c>
       <c r="J441" t="s">
         <v>22</v>
       </c>
       <c r="K441" t="s">
         <v>22</v>
       </c>
       <c r="L441" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="M441">
         <v>-5.9752621499999998</v>
       </c>
       <c r="N441">
         <v>37.389762300000001</v>
       </c>
       <c r="O441" t="s">
         <v>24</v>
       </c>
       <c r="P441" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="442" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A442" t="s">
         <v>16</v>
       </c>
       <c r="B442" t="s">
         <v>64</v>
       </c>
       <c r="C442" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D442" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="E442">
-        <v>410910000</v>
+        <v>41018</v>
       </c>
       <c r="F442" t="s">
         <v>27</v>
       </c>
       <c r="G442" t="s">
         <v>21</v>
       </c>
       <c r="H442" t="s">
         <v>21</v>
       </c>
       <c r="I442" t="s">
         <v>21</v>
       </c>
       <c r="J442" t="s">
         <v>22</v>
       </c>
       <c r="K442" t="s">
         <v>22</v>
       </c>
       <c r="L442" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="M442">
         <v>-5.97741144</v>
       </c>
       <c r="N442">
         <v>37.388428670000003</v>
       </c>
       <c r="O442" t="s">
         <v>24</v>
       </c>
       <c r="P442" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="443" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A443" t="s">
         <v>16</v>
       </c>
       <c r="B443" t="s">
         <v>64</v>
       </c>
       <c r="C443" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D443" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="E443">
-        <v>410040000</v>
+        <v>41500</v>
       </c>
       <c r="F443" t="s">
         <v>20</v>
       </c>
       <c r="G443" t="s">
         <v>21</v>
       </c>
       <c r="H443" t="s">
         <v>21</v>
       </c>
       <c r="I443" t="s">
         <v>21</v>
       </c>
       <c r="J443" t="s">
         <v>22</v>
       </c>
       <c r="K443" t="s">
         <v>22</v>
       </c>
       <c r="L443" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="M443">
         <v>-5.8504696699999998</v>
       </c>
       <c r="N443">
         <v>37.335332100000002</v>
       </c>
       <c r="O443" t="s">
         <v>24</v>
       </c>
       <c r="P443" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="444" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A444" t="s">
         <v>16</v>
       </c>
       <c r="B444" t="s">
         <v>64</v>
       </c>
       <c r="C444" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D444" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="E444">
-        <v>410040000</v>
+        <v>41500</v>
       </c>
       <c r="F444" t="s">
         <v>26</v>
       </c>
       <c r="G444" t="s">
         <v>21</v>
       </c>
       <c r="H444" t="s">
         <v>22</v>
       </c>
       <c r="I444" t="s">
         <v>22</v>
       </c>
       <c r="J444" t="s">
         <v>22</v>
       </c>
       <c r="K444" t="s">
         <v>22</v>
       </c>
       <c r="L444" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="M444">
         <v>-5.8504696699999998</v>
       </c>
       <c r="N444">
         <v>37.335332100000002</v>
       </c>
       <c r="O444" t="s">
         <v>24</v>
       </c>
       <c r="P444" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="445" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A445" t="s">
         <v>16</v>
       </c>
       <c r="B445" t="s">
         <v>64</v>
       </c>
       <c r="C445" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D445" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="E445">
-        <v>410680000</v>
+        <v>41640</v>
       </c>
       <c r="F445" t="s">
         <v>20</v>
       </c>
       <c r="G445" t="s">
         <v>21</v>
       </c>
       <c r="H445" t="s">
         <v>21</v>
       </c>
       <c r="I445" t="s">
         <v>21</v>
       </c>
       <c r="J445" t="s">
         <v>22</v>
       </c>
       <c r="K445" t="s">
         <v>22</v>
       </c>
       <c r="L445" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="M445">
         <v>-5.1015731000000004</v>
       </c>
       <c r="N445">
         <v>37.238615539999998</v>
       </c>
       <c r="O445" t="s">
         <v>24</v>
       </c>
       <c r="P445" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="446" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A446" t="s">
         <v>16</v>
       </c>
       <c r="B446" t="s">
         <v>64</v>
       </c>
       <c r="C446" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D446" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="E446">
-        <v>410680000</v>
+        <v>41640</v>
       </c>
       <c r="F446" t="s">
         <v>26</v>
       </c>
       <c r="G446" t="s">
         <v>21</v>
       </c>
       <c r="H446" t="s">
         <v>22</v>
       </c>
       <c r="I446" t="s">
         <v>22</v>
       </c>
       <c r="J446" t="s">
         <v>22</v>
       </c>
       <c r="K446" t="s">
         <v>22</v>
       </c>
       <c r="L446" t="s">
-        <v>489</v>
+        <v>498</v>
       </c>
       <c r="M446">
         <v>-5.1016391900000002</v>
       </c>
       <c r="N446">
         <v>37.23896585</v>
       </c>
       <c r="O446" t="s">
         <v>24</v>
       </c>
       <c r="P446" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="447" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A447" t="s">
         <v>16</v>
       </c>
       <c r="B447" t="s">
         <v>64</v>
       </c>
       <c r="C447" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D447" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="E447">
-        <v>410380000</v>
+        <v>41700</v>
       </c>
       <c r="F447" t="s">
         <v>26</v>
       </c>
       <c r="G447" t="s">
         <v>21</v>
       </c>
       <c r="H447" t="s">
         <v>22</v>
       </c>
       <c r="I447" t="s">
         <v>22</v>
       </c>
       <c r="J447" t="s">
         <v>22</v>
       </c>
       <c r="K447" t="s">
         <v>22</v>
       </c>
       <c r="L447" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="M447">
         <v>-5.9292656299999997</v>
       </c>
       <c r="N447">
         <v>37.284928260000001</v>
       </c>
       <c r="O447" t="s">
         <v>24</v>
       </c>
       <c r="P447" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="448" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A448" t="s">
         <v>16</v>
       </c>
       <c r="B448" t="s">
         <v>64</v>
       </c>
       <c r="C448" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D448" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="E448">
-        <v>410380000</v>
+        <v>41700</v>
       </c>
       <c r="F448" t="s">
         <v>20</v>
       </c>
       <c r="G448" t="s">
         <v>21</v>
       </c>
       <c r="H448" t="s">
         <v>21</v>
       </c>
       <c r="I448" t="s">
         <v>21</v>
       </c>
       <c r="J448" t="s">
         <v>22</v>
       </c>
       <c r="K448" t="s">
         <v>22</v>
       </c>
       <c r="L448" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="M448">
         <v>-5.9292656299999997</v>
       </c>
       <c r="N448">
         <v>37.284928260000001</v>
       </c>
       <c r="O448" t="s">
         <v>24</v>
       </c>
       <c r="P448" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="449" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A449" t="s">
         <v>16</v>
       </c>
       <c r="B449" t="s">
         <v>64</v>
       </c>
       <c r="C449" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D449" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="E449">
-        <v>410870000</v>
+        <v>41800</v>
       </c>
       <c r="F449" t="s">
         <v>20</v>
       </c>
       <c r="G449" t="s">
         <v>21</v>
       </c>
       <c r="H449" t="s">
         <v>21</v>
       </c>
       <c r="I449" t="s">
         <v>21</v>
       </c>
       <c r="J449" t="s">
         <v>22</v>
       </c>
       <c r="K449" t="s">
         <v>22</v>
       </c>
       <c r="L449" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
       <c r="M449">
         <v>-6.2072799999999999</v>
       </c>
       <c r="N449">
         <v>37.386319999999998</v>
       </c>
       <c r="O449" t="s">
         <v>24</v>
       </c>
       <c r="P449" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="450" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A450" t="s">
         <v>16</v>
       </c>
       <c r="B450" t="s">
         <v>64</v>
       </c>
       <c r="C450" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
       <c r="D450" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="E450">
-        <v>410870000</v>
+        <v>41800</v>
       </c>
       <c r="F450" t="s">
         <v>26</v>
       </c>
       <c r="G450" t="s">
         <v>21</v>
       </c>
       <c r="H450" t="s">
         <v>22</v>
       </c>
       <c r="I450" t="s">
         <v>22</v>
       </c>
       <c r="J450" t="s">
         <v>22</v>
       </c>
       <c r="K450" t="s">
         <v>22</v>
       </c>
       <c r="L450" t="s">
-        <v>494</v>
+        <v>503</v>
       </c>
       <c r="M450">
         <v>-6.2072799999999999</v>
       </c>
       <c r="N450">
         <v>37.386319999999998</v>
       </c>
       <c r="O450" t="s">
         <v>24</v>
       </c>
       <c r="P450" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="451" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A451" t="s">
         <v>16</v>
       </c>
       <c r="B451" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C451" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="D451" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="E451">
-        <v>421730000</v>
+        <v>42001</v>
       </c>
       <c r="F451" t="s">
         <v>28</v>
       </c>
       <c r="G451" t="s">
         <v>21</v>
       </c>
       <c r="H451" t="s">
         <v>21</v>
       </c>
       <c r="I451" t="s">
         <v>22</v>
       </c>
       <c r="J451" t="s">
         <v>22</v>
       </c>
       <c r="K451" t="s">
         <v>22</v>
       </c>
       <c r="L451" t="s">
-        <v>496</v>
+        <v>505</v>
       </c>
       <c r="M451">
         <v>-2.4710941700000002</v>
       </c>
       <c r="N451">
         <v>41.765646289999999</v>
       </c>
       <c r="O451" t="s">
         <v>24</v>
       </c>
       <c r="P451" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="452" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A452" t="s">
         <v>16</v>
       </c>
       <c r="B452" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C452" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="D452" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="E452">
-        <v>421730000</v>
+        <v>42001</v>
       </c>
       <c r="F452" t="s">
         <v>26</v>
       </c>
       <c r="G452" t="s">
         <v>21</v>
       </c>
       <c r="H452" t="s">
         <v>22</v>
       </c>
       <c r="I452" t="s">
         <v>22</v>
       </c>
       <c r="J452" t="s">
         <v>22</v>
       </c>
       <c r="K452" t="s">
         <v>22</v>
       </c>
       <c r="L452" t="s">
-        <v>496</v>
+        <v>505</v>
       </c>
       <c r="M452">
         <v>-2.6725663200000001</v>
       </c>
       <c r="N452">
         <v>42.843226770000001</v>
       </c>
       <c r="O452" t="s">
         <v>24</v>
       </c>
       <c r="P452" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="453" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A453" t="s">
         <v>16</v>
       </c>
       <c r="B453" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C453" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="D453" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="E453">
-        <v>421730000</v>
+        <v>42001</v>
       </c>
       <c r="F453" t="s">
         <v>27</v>
       </c>
       <c r="G453" t="s">
         <v>21</v>
       </c>
       <c r="H453" t="s">
         <v>21</v>
       </c>
       <c r="I453" t="s">
         <v>21</v>
       </c>
       <c r="J453" t="s">
         <v>22</v>
       </c>
       <c r="K453" t="s">
         <v>22</v>
       </c>
       <c r="L453" t="s">
-        <v>496</v>
+        <v>505</v>
       </c>
       <c r="M453">
         <v>-2.4710941700000002</v>
       </c>
       <c r="N453">
         <v>41.765646289999999</v>
       </c>
       <c r="O453" t="s">
         <v>24</v>
       </c>
       <c r="P453" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="454" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A454" t="s">
         <v>16</v>
       </c>
       <c r="B454" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C454" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="D454" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="E454">
-        <v>421730000</v>
+        <v>42003</v>
       </c>
       <c r="F454" t="s">
         <v>20</v>
       </c>
       <c r="G454" t="s">
         <v>21</v>
       </c>
       <c r="H454" t="s">
         <v>21</v>
       </c>
       <c r="I454" t="s">
         <v>21</v>
       </c>
       <c r="J454" t="s">
         <v>22</v>
       </c>
       <c r="K454" t="s">
         <v>22</v>
       </c>
       <c r="L454" t="s">
-        <v>497</v>
+        <v>506</v>
       </c>
       <c r="M454">
         <v>-2.4692056600000001</v>
       </c>
       <c r="N454">
         <v>41.76123321</v>
       </c>
       <c r="O454" t="s">
         <v>24</v>
       </c>
       <c r="P454" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="455" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A455" t="s">
         <v>16</v>
       </c>
       <c r="B455" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C455" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="D455" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="E455">
-        <v>431480000</v>
+        <v>43003</v>
       </c>
       <c r="F455" t="s">
         <v>28</v>
       </c>
       <c r="G455" t="s">
         <v>21</v>
       </c>
       <c r="H455" t="s">
         <v>21</v>
       </c>
       <c r="I455" t="s">
         <v>21</v>
       </c>
       <c r="J455" t="s">
         <v>22</v>
       </c>
       <c r="K455" t="s">
         <v>22</v>
       </c>
       <c r="L455" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="M455">
         <v>1.25845278</v>
       </c>
       <c r="N455">
         <v>41.119130929999997</v>
       </c>
       <c r="O455" t="s">
         <v>24</v>
       </c>
       <c r="P455" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="456" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A456" t="s">
         <v>16</v>
       </c>
       <c r="B456" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C456" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="D456" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="E456">
-        <v>431480000</v>
+        <v>43003</v>
       </c>
       <c r="F456" t="s">
         <v>26</v>
       </c>
       <c r="G456" t="s">
         <v>21</v>
       </c>
       <c r="H456" t="s">
         <v>22</v>
       </c>
       <c r="I456" t="s">
         <v>22</v>
       </c>
       <c r="J456" t="s">
         <v>22</v>
       </c>
       <c r="K456" t="s">
         <v>22</v>
       </c>
       <c r="L456" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="M456">
         <v>1.2428945300000001</v>
       </c>
       <c r="N456">
         <v>41.118463390000002</v>
       </c>
       <c r="O456" t="s">
         <v>24</v>
       </c>
       <c r="P456" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="457" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A457" t="s">
         <v>16</v>
       </c>
       <c r="B457" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C457" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="D457" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="E457">
-        <v>431480000</v>
+        <v>43003</v>
       </c>
       <c r="F457" t="s">
         <v>20</v>
       </c>
       <c r="G457" t="s">
         <v>21</v>
       </c>
       <c r="H457" t="s">
         <v>21</v>
       </c>
       <c r="I457" t="s">
         <v>21</v>
       </c>
       <c r="J457" t="s">
         <v>22</v>
       </c>
       <c r="K457" t="s">
         <v>22</v>
       </c>
       <c r="L457" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="M457">
         <v>1.2509212999999999</v>
       </c>
       <c r="N457">
         <v>41.116083500000002</v>
       </c>
       <c r="O457" t="s">
         <v>24</v>
       </c>
       <c r="P457" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="458" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A458" t="s">
         <v>16</v>
       </c>
       <c r="B458" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C458" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="D458" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="E458">
-        <v>431480000</v>
+        <v>43003</v>
       </c>
       <c r="F458" t="s">
         <v>27</v>
       </c>
       <c r="G458" t="s">
         <v>21</v>
       </c>
       <c r="H458" t="s">
         <v>21</v>
       </c>
       <c r="I458" t="s">
         <v>21</v>
       </c>
       <c r="J458" t="s">
         <v>22</v>
       </c>
       <c r="K458" t="s">
         <v>22</v>
       </c>
       <c r="L458" t="s">
         <v>45</v>
       </c>
       <c r="M458">
         <v>0</v>
       </c>
       <c r="N458">
         <v>0</v>
       </c>
       <c r="O458" t="s">
         <v>24</v>
       </c>
       <c r="P458" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="459" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A459" t="s">
         <v>16</v>
       </c>
       <c r="B459" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C459" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="D459" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="E459">
-        <v>431480000</v>
+        <v>43005</v>
       </c>
       <c r="F459" t="s">
         <v>26</v>
       </c>
       <c r="G459" t="s">
         <v>21</v>
       </c>
       <c r="H459" t="s">
         <v>22</v>
       </c>
       <c r="I459" t="s">
         <v>22</v>
       </c>
       <c r="J459" t="s">
         <v>22</v>
       </c>
       <c r="K459" t="s">
         <v>22</v>
       </c>
       <c r="L459" t="s">
-        <v>500</v>
+        <v>509</v>
       </c>
       <c r="M459">
         <v>1.2428945300000001</v>
       </c>
       <c r="N459">
         <v>41.118463390000002</v>
       </c>
       <c r="O459" t="s">
         <v>24</v>
       </c>
       <c r="P459" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="460" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A460" t="s">
         <v>16</v>
       </c>
       <c r="B460" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C460" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="D460" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="E460">
-        <v>431480000</v>
+        <v>43005</v>
       </c>
       <c r="F460" t="s">
         <v>20</v>
       </c>
       <c r="G460" t="s">
         <v>21</v>
       </c>
       <c r="H460" t="s">
         <v>21</v>
       </c>
       <c r="I460" t="s">
         <v>21</v>
       </c>
       <c r="J460" t="s">
         <v>22</v>
       </c>
       <c r="K460" t="s">
         <v>22</v>
       </c>
       <c r="L460" t="s">
-        <v>500</v>
+        <v>509</v>
       </c>
       <c r="M460">
         <v>1.24582674</v>
       </c>
       <c r="N460">
         <v>41.11611302</v>
       </c>
       <c r="O460" t="s">
         <v>24</v>
       </c>
       <c r="P460" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="461" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A461" t="s">
         <v>16</v>
       </c>
       <c r="B461" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C461" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="D461" t="s">
-        <v>501</v>
+        <v>510</v>
       </c>
       <c r="E461">
-        <v>431230000</v>
+        <v>43202</v>
       </c>
       <c r="F461" t="s">
         <v>20</v>
       </c>
       <c r="G461" t="s">
         <v>21</v>
       </c>
       <c r="H461" t="s">
         <v>21</v>
       </c>
       <c r="I461" t="s">
         <v>21</v>
       </c>
       <c r="J461" t="s">
         <v>22</v>
       </c>
       <c r="K461" t="s">
         <v>22</v>
       </c>
       <c r="L461" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="M461">
         <v>1.10962501</v>
       </c>
       <c r="N461">
         <v>41.163752539999997</v>
       </c>
       <c r="O461" t="s">
         <v>24</v>
       </c>
       <c r="P461" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="462" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A462" t="s">
         <v>16</v>
       </c>
       <c r="B462" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C462" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="D462" t="s">
-        <v>501</v>
+        <v>510</v>
       </c>
       <c r="E462">
-        <v>431230000</v>
+        <v>43202</v>
       </c>
       <c r="F462" t="s">
         <v>26</v>
       </c>
       <c r="G462" t="s">
         <v>21</v>
       </c>
       <c r="H462" t="s">
         <v>22</v>
       </c>
       <c r="I462" t="s">
         <v>22</v>
       </c>
       <c r="J462" t="s">
         <v>22</v>
       </c>
       <c r="K462" t="s">
         <v>22</v>
       </c>
       <c r="L462" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="M462">
         <v>1.10962501</v>
       </c>
       <c r="N462">
         <v>41.163752539999997</v>
       </c>
       <c r="O462" t="s">
         <v>24</v>
       </c>
       <c r="P462" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="463" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A463" t="s">
         <v>16</v>
       </c>
       <c r="B463" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C463" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="D463" t="s">
-        <v>503</v>
+        <v>512</v>
       </c>
       <c r="E463">
-        <v>431550000</v>
+        <v>43500</v>
       </c>
       <c r="F463" t="s">
         <v>20</v>
       </c>
       <c r="G463" t="s">
         <v>21</v>
       </c>
       <c r="H463" t="s">
         <v>21</v>
       </c>
       <c r="I463" t="s">
         <v>21</v>
       </c>
       <c r="J463" t="s">
         <v>22</v>
       </c>
       <c r="K463" t="s">
         <v>22</v>
       </c>
       <c r="L463" t="s">
-        <v>504</v>
+        <v>513</v>
       </c>
       <c r="M463">
         <v>0.52230010999999998</v>
       </c>
       <c r="N463">
         <v>40.804656319999999</v>
       </c>
       <c r="O463" t="s">
         <v>24</v>
       </c>
       <c r="P463" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="464" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A464" t="s">
         <v>16</v>
       </c>
       <c r="B464" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C464" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="D464" t="s">
-        <v>503</v>
+        <v>512</v>
       </c>
       <c r="E464">
-        <v>431550000</v>
+        <v>43500</v>
       </c>
       <c r="F464" t="s">
         <v>26</v>
       </c>
       <c r="G464" t="s">
         <v>21</v>
       </c>
       <c r="H464" t="s">
         <v>22</v>
       </c>
       <c r="I464" t="s">
         <v>22</v>
       </c>
       <c r="J464" t="s">
         <v>22</v>
       </c>
       <c r="K464" t="s">
         <v>22</v>
       </c>
       <c r="L464" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="M464">
         <v>0.52230010999999998</v>
       </c>
       <c r="N464">
         <v>40.804656319999999</v>
       </c>
       <c r="O464" t="s">
         <v>24</v>
       </c>
       <c r="P464" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="465" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A465" t="s">
         <v>16</v>
       </c>
       <c r="B465" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C465" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="D465" t="s">
-        <v>506</v>
+        <v>515</v>
       </c>
       <c r="E465">
-        <v>431630000</v>
+        <v>43700</v>
       </c>
       <c r="F465" t="s">
         <v>20</v>
       </c>
       <c r="G465" t="s">
         <v>21</v>
       </c>
       <c r="H465" t="s">
         <v>21</v>
       </c>
       <c r="I465" t="s">
         <v>21</v>
       </c>
       <c r="J465" t="s">
         <v>22</v>
       </c>
       <c r="K465" t="s">
         <v>22</v>
       </c>
       <c r="L465" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="M465">
         <v>1.5312935700000001</v>
       </c>
       <c r="N465">
         <v>41.22463922</v>
       </c>
       <c r="O465" t="s">
         <v>24</v>
       </c>
       <c r="P465" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="466" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A466" t="s">
         <v>16</v>
       </c>
       <c r="B466" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C466" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="D466" t="s">
-        <v>506</v>
+        <v>515</v>
       </c>
       <c r="E466">
-        <v>431630000</v>
+        <v>43700</v>
       </c>
       <c r="F466" t="s">
         <v>26</v>
       </c>
       <c r="G466" t="s">
         <v>21</v>
       </c>
       <c r="H466" t="s">
         <v>22</v>
       </c>
       <c r="I466" t="s">
         <v>22</v>
       </c>
       <c r="J466" t="s">
         <v>22</v>
       </c>
       <c r="K466" t="s">
         <v>22</v>
       </c>
       <c r="L466" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="M466">
         <v>1.5312935700000001</v>
       </c>
       <c r="N466">
         <v>41.22463922</v>
       </c>
       <c r="O466" t="s">
         <v>24</v>
       </c>
       <c r="P466" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="467" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A467" t="s">
         <v>16</v>
       </c>
       <c r="B467" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C467" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="D467" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="E467">
-        <v>442160000</v>
+        <v>44001</v>
       </c>
       <c r="F467" t="s">
         <v>27</v>
       </c>
       <c r="G467" t="s">
         <v>21</v>
       </c>
       <c r="H467" t="s">
         <v>21</v>
       </c>
       <c r="I467" t="s">
         <v>21</v>
       </c>
       <c r="J467" t="s">
         <v>22</v>
       </c>
       <c r="K467" t="s">
         <v>21</v>
       </c>
       <c r="L467" t="s">
         <v>45</v>
       </c>
       <c r="M467">
         <v>0</v>
       </c>
       <c r="N467">
         <v>0</v>
       </c>
       <c r="O467" t="s">
         <v>24</v>
       </c>
       <c r="P467" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="468" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A468" t="s">
         <v>16</v>
       </c>
       <c r="B468" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C468" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="D468" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="E468">
-        <v>442160000</v>
+        <v>44002</v>
       </c>
       <c r="F468" t="s">
         <v>28</v>
       </c>
       <c r="G468" t="s">
         <v>21</v>
       </c>
       <c r="H468" t="s">
         <v>21</v>
       </c>
       <c r="I468" t="s">
         <v>22</v>
       </c>
       <c r="J468" t="s">
         <v>22</v>
       </c>
       <c r="K468" t="s">
         <v>22</v>
       </c>
       <c r="L468" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="M468">
         <v>-1.0884197499999999</v>
       </c>
       <c r="N468">
         <v>40.330576270000002</v>
       </c>
       <c r="O468" t="s">
         <v>24</v>
       </c>
       <c r="P468" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="469" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A469" t="s">
         <v>16</v>
       </c>
       <c r="B469" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C469" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="D469" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="E469">
-        <v>442160000</v>
+        <v>44002</v>
       </c>
       <c r="F469" t="s">
         <v>26</v>
       </c>
       <c r="G469" t="s">
         <v>21</v>
       </c>
       <c r="H469" t="s">
         <v>22</v>
       </c>
       <c r="I469" t="s">
         <v>22</v>
       </c>
       <c r="J469" t="s">
         <v>22</v>
       </c>
       <c r="K469" t="s">
         <v>22</v>
       </c>
       <c r="L469" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="M469">
         <v>-1.0884197499999999</v>
       </c>
       <c r="N469">
         <v>40.330576270000002</v>
       </c>
       <c r="O469" t="s">
         <v>24</v>
       </c>
       <c r="P469" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="470" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A470" t="s">
         <v>16</v>
       </c>
       <c r="B470" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C470" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="D470" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="E470">
-        <v>442160000</v>
+        <v>44002</v>
       </c>
       <c r="F470" t="s">
         <v>20</v>
       </c>
       <c r="G470" t="s">
         <v>21</v>
       </c>
       <c r="H470" t="s">
         <v>21</v>
       </c>
       <c r="I470" t="s">
         <v>21</v>
       </c>
       <c r="J470" t="s">
         <v>22</v>
       </c>
       <c r="K470" t="s">
         <v>22</v>
       </c>
       <c r="L470" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="M470">
         <v>-1.0884197499999999</v>
       </c>
       <c r="N470">
         <v>40.330576270000002</v>
       </c>
       <c r="O470" t="s">
         <v>24</v>
       </c>
       <c r="P470" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="471" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A471" t="s">
         <v>16</v>
       </c>
       <c r="B471" t="s">
         <v>31</v>
       </c>
       <c r="C471" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="D471" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="E471">
-        <v>451680000</v>
+        <v>45001</v>
       </c>
       <c r="F471" t="s">
         <v>28</v>
       </c>
       <c r="G471" t="s">
         <v>21</v>
       </c>
       <c r="H471" t="s">
         <v>21</v>
       </c>
       <c r="I471" t="s">
         <v>22</v>
       </c>
       <c r="J471" t="s">
         <v>22</v>
       </c>
       <c r="K471" t="s">
         <v>22</v>
       </c>
       <c r="L471" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="M471">
         <v>-4.0218073199999997</v>
       </c>
       <c r="N471">
         <v>39.86038696</v>
       </c>
       <c r="O471" t="s">
         <v>24</v>
       </c>
       <c r="P471" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="472" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A472" t="s">
         <v>16</v>
       </c>
       <c r="B472" t="s">
         <v>31</v>
       </c>
       <c r="C472" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="D472" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="E472">
-        <v>451680000</v>
+        <v>45001</v>
       </c>
       <c r="F472" t="s">
         <v>26</v>
       </c>
       <c r="G472" t="s">
         <v>21</v>
       </c>
       <c r="H472" t="s">
         <v>22</v>
       </c>
       <c r="I472" t="s">
         <v>22</v>
       </c>
       <c r="J472" t="s">
         <v>22</v>
       </c>
       <c r="K472" t="s">
         <v>22</v>
       </c>
       <c r="L472" t="s">
-        <v>513</v>
+        <v>522</v>
       </c>
       <c r="M472">
         <v>-4.0218073199999997</v>
       </c>
       <c r="N472">
         <v>39.86038696</v>
       </c>
       <c r="O472" t="s">
         <v>24</v>
       </c>
       <c r="P472" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="473" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A473" t="s">
         <v>16</v>
       </c>
       <c r="B473" t="s">
         <v>31</v>
       </c>
       <c r="C473" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="D473" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="E473">
-        <v>451680000</v>
+        <v>45001</v>
       </c>
       <c r="F473" t="s">
         <v>27</v>
       </c>
       <c r="G473" t="s">
         <v>21</v>
       </c>
       <c r="H473" t="s">
         <v>21</v>
       </c>
       <c r="I473" t="s">
         <v>21</v>
       </c>
       <c r="J473" t="s">
         <v>22</v>
       </c>
       <c r="K473" t="s">
         <v>22</v>
       </c>
       <c r="L473" t="s">
-        <v>513</v>
+        <v>522</v>
       </c>
       <c r="M473">
         <v>-4.0218073199999997</v>
       </c>
       <c r="N473">
         <v>39.86038696</v>
       </c>
       <c r="O473" t="s">
         <v>24</v>
       </c>
       <c r="P473" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="474" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A474" t="s">
         <v>16</v>
       </c>
       <c r="B474" t="s">
         <v>31</v>
       </c>
       <c r="C474" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="D474" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="E474">
-        <v>451680000</v>
+        <v>45001</v>
       </c>
       <c r="F474" t="s">
         <v>20</v>
       </c>
       <c r="G474" t="s">
         <v>21</v>
       </c>
       <c r="H474" t="s">
         <v>21</v>
       </c>
       <c r="I474" t="s">
         <v>21</v>
       </c>
       <c r="J474" t="s">
         <v>22</v>
       </c>
       <c r="K474" t="s">
         <v>22</v>
       </c>
       <c r="L474" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="M474">
         <v>-4.0218073199999997</v>
       </c>
       <c r="N474">
         <v>39.86038696</v>
       </c>
       <c r="O474" t="s">
         <v>24</v>
       </c>
       <c r="P474" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="475" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A475" t="s">
         <v>16</v>
       </c>
       <c r="B475" t="s">
         <v>31</v>
       </c>
       <c r="C475" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="D475" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="E475">
-        <v>451650000</v>
+        <v>45600</v>
       </c>
       <c r="F475" t="s">
         <v>26</v>
       </c>
       <c r="G475" t="s">
         <v>21</v>
       </c>
       <c r="H475" t="s">
         <v>22</v>
       </c>
       <c r="I475" t="s">
         <v>22</v>
       </c>
       <c r="J475" t="s">
         <v>22</v>
       </c>
       <c r="K475" t="s">
         <v>22</v>
       </c>
       <c r="L475" t="s">
-        <v>515</v>
+        <v>524</v>
       </c>
       <c r="M475">
         <v>-4.8293074899999997</v>
       </c>
       <c r="N475">
         <v>39.962776689999998</v>
       </c>
       <c r="O475" t="s">
         <v>24</v>
       </c>
       <c r="P475" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="476" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A476" t="s">
         <v>16</v>
       </c>
       <c r="B476" t="s">
         <v>31</v>
       </c>
       <c r="C476" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="D476" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="E476">
-        <v>451650000</v>
+        <v>45600</v>
       </c>
       <c r="F476" t="s">
         <v>20</v>
       </c>
       <c r="G476" t="s">
         <v>21</v>
       </c>
       <c r="H476" t="s">
         <v>21</v>
       </c>
       <c r="I476" t="s">
         <v>21</v>
       </c>
       <c r="J476" t="s">
         <v>22</v>
       </c>
       <c r="K476" t="s">
         <v>22</v>
       </c>
       <c r="L476" t="s">
-        <v>516</v>
+        <v>525</v>
       </c>
       <c r="M476">
         <v>-4.8280000000000003</v>
       </c>
       <c r="N476">
         <v>39.968864410000002</v>
       </c>
       <c r="O476" t="s">
         <v>24</v>
       </c>
       <c r="P476" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="477" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A477" t="s">
         <v>16</v>
       </c>
       <c r="B477" t="s">
         <v>31</v>
       </c>
       <c r="C477" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="D477" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="E477">
-        <v>450870000</v>
+        <v>45710</v>
       </c>
       <c r="F477" t="s">
         <v>20</v>
       </c>
       <c r="G477" t="s">
         <v>21</v>
       </c>
       <c r="H477" t="s">
         <v>21</v>
       </c>
       <c r="I477" t="s">
         <v>21</v>
       </c>
       <c r="J477" t="s">
         <v>22</v>
       </c>
       <c r="K477" t="s">
         <v>22</v>
       </c>
       <c r="L477" t="s">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="M477">
         <v>-3.5330157099999999</v>
       </c>
       <c r="N477">
         <v>39.46869435</v>
       </c>
       <c r="O477" t="s">
         <v>24</v>
       </c>
       <c r="P477" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="478" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A478" t="s">
         <v>16</v>
       </c>
       <c r="B478" t="s">
         <v>39</v>
       </c>
       <c r="C478" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D478" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="E478">
-        <v>462500000</v>
+        <v>46002</v>
       </c>
       <c r="F478" t="s">
         <v>27</v>
       </c>
       <c r="G478" t="s">
         <v>21</v>
       </c>
       <c r="H478" t="s">
         <v>21</v>
       </c>
       <c r="I478" t="s">
         <v>21</v>
       </c>
       <c r="J478" t="s">
         <v>22</v>
       </c>
       <c r="K478" t="s">
         <v>22</v>
       </c>
       <c r="L478" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="M478">
         <v>-0.37695065</v>
       </c>
       <c r="N478">
         <v>39.468576929999998</v>
       </c>
       <c r="O478" t="s">
         <v>24</v>
       </c>
       <c r="P478" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="479" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A479" t="s">
         <v>16</v>
       </c>
       <c r="B479" t="s">
         <v>39</v>
       </c>
       <c r="C479" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D479" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="E479">
-        <v>462500000</v>
+        <v>46002</v>
       </c>
       <c r="F479" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="G479" t="s">
         <v>21</v>
       </c>
       <c r="H479" t="s">
         <v>22</v>
       </c>
       <c r="I479" t="s">
         <v>22</v>
       </c>
       <c r="J479" t="s">
         <v>22</v>
       </c>
       <c r="K479" t="s">
         <v>22</v>
       </c>
       <c r="L479" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="M479">
         <v>-0.37708043000000002</v>
       </c>
       <c r="N479">
         <v>39.468525810000003</v>
       </c>
       <c r="O479" t="s">
         <v>24</v>
       </c>
       <c r="P479" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="480" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A480" t="s">
         <v>16</v>
       </c>
       <c r="B480" t="s">
         <v>39</v>
       </c>
       <c r="C480" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D480" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="E480">
-        <v>462500000</v>
+        <v>46004</v>
       </c>
       <c r="F480" t="s">
         <v>20</v>
       </c>
       <c r="G480" t="s">
         <v>21</v>
       </c>
       <c r="H480" t="s">
         <v>21</v>
       </c>
       <c r="I480" t="s">
         <v>21</v>
       </c>
       <c r="J480" t="s">
         <v>22</v>
       </c>
       <c r="K480" t="s">
         <v>22</v>
       </c>
       <c r="L480" t="s">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="M480">
         <v>-0.37469424000000001</v>
       </c>
       <c r="N480">
         <v>39.467381869999997</v>
       </c>
       <c r="O480" t="s">
         <v>24</v>
       </c>
       <c r="P480" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="481" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A481" t="s">
         <v>16</v>
       </c>
       <c r="B481" t="s">
         <v>39</v>
       </c>
       <c r="C481" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D481" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="E481">
-        <v>462500000</v>
+        <v>46004</v>
       </c>
       <c r="F481" t="s">
         <v>20</v>
       </c>
       <c r="G481" t="s">
         <v>21</v>
       </c>
       <c r="H481" t="s">
         <v>21</v>
       </c>
       <c r="I481" t="s">
         <v>21</v>
       </c>
       <c r="J481" t="s">
         <v>22</v>
       </c>
       <c r="K481" t="s">
         <v>22</v>
       </c>
       <c r="L481" t="s">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="M481">
         <v>-0.37058000000000002</v>
       </c>
       <c r="N481">
         <v>39.469978300000001</v>
       </c>
       <c r="O481" t="s">
         <v>24</v>
       </c>
       <c r="P481" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="482" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A482" t="s">
         <v>16</v>
       </c>
       <c r="B482" t="s">
         <v>39</v>
       </c>
       <c r="C482" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D482" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="E482">
-        <v>462500000</v>
+        <v>46004</v>
       </c>
       <c r="F482" t="s">
         <v>26</v>
       </c>
       <c r="G482" t="s">
         <v>21</v>
       </c>
       <c r="H482" t="s">
         <v>21</v>
       </c>
       <c r="I482" t="s">
         <v>21</v>
       </c>
       <c r="J482" t="s">
         <v>22</v>
       </c>
       <c r="K482" t="s">
         <v>22</v>
       </c>
       <c r="L482" t="s">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="M482">
         <v>-0.37122947000000001</v>
       </c>
       <c r="N482">
         <v>39.469573740000001</v>
       </c>
       <c r="O482" t="s">
         <v>24</v>
       </c>
       <c r="P482" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="483" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A483" t="s">
         <v>16</v>
       </c>
       <c r="B483" t="s">
         <v>39</v>
       </c>
       <c r="C483" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D483" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="E483">
-        <v>462500000</v>
+        <v>46007</v>
       </c>
       <c r="F483" t="s">
         <v>20</v>
       </c>
       <c r="G483" t="s">
         <v>21</v>
       </c>
       <c r="H483" t="s">
         <v>21</v>
       </c>
       <c r="I483" t="s">
         <v>21</v>
       </c>
       <c r="J483" t="s">
         <v>22</v>
       </c>
       <c r="K483" t="s">
         <v>22</v>
       </c>
       <c r="L483" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
       <c r="M483">
         <v>-0.38606000000000001</v>
       </c>
       <c r="N483">
         <v>39.463340799999997</v>
       </c>
       <c r="O483" t="s">
         <v>24</v>
       </c>
       <c r="P483" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="484" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A484" t="s">
         <v>16</v>
       </c>
       <c r="B484" t="s">
         <v>39</v>
       </c>
       <c r="C484" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D484" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="E484">
-        <v>462500000</v>
+        <v>46015</v>
       </c>
       <c r="F484" t="s">
         <v>26</v>
       </c>
       <c r="G484" t="s">
         <v>21</v>
       </c>
       <c r="H484" t="s">
         <v>21</v>
       </c>
       <c r="I484" t="s">
         <v>21</v>
       </c>
       <c r="J484" t="s">
         <v>22</v>
       </c>
       <c r="K484" t="s">
         <v>22</v>
       </c>
       <c r="L484" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="M484">
         <v>-0.39299633</v>
       </c>
       <c r="N484">
         <v>39.487090539999997</v>
       </c>
       <c r="O484" t="s">
         <v>24</v>
       </c>
       <c r="P484" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="485" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A485" t="s">
         <v>16</v>
       </c>
       <c r="B485" t="s">
         <v>39</v>
       </c>
       <c r="C485" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D485" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="E485">
-        <v>462500000</v>
+        <v>46015</v>
       </c>
       <c r="F485" t="s">
         <v>20</v>
       </c>
       <c r="G485" t="s">
         <v>21</v>
       </c>
       <c r="H485" t="s">
         <v>21</v>
       </c>
       <c r="I485" t="s">
         <v>21</v>
       </c>
       <c r="J485" t="s">
         <v>22</v>
       </c>
       <c r="K485" t="s">
         <v>22</v>
       </c>
       <c r="L485" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="M485">
         <v>-0.39299633</v>
       </c>
       <c r="N485">
         <v>39.487090539999997</v>
       </c>
       <c r="O485" t="s">
         <v>24</v>
       </c>
       <c r="P485" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="486" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A486" t="s">
         <v>16</v>
       </c>
       <c r="B486" t="s">
         <v>39</v>
       </c>
       <c r="C486" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D486" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="E486">
-        <v>462130000</v>
+        <v>46340</v>
       </c>
       <c r="F486" t="s">
         <v>26</v>
       </c>
       <c r="G486" t="s">
         <v>21</v>
       </c>
       <c r="H486" t="s">
         <v>22</v>
       </c>
       <c r="I486" t="s">
         <v>22</v>
       </c>
       <c r="J486" t="s">
         <v>22</v>
       </c>
       <c r="K486" t="s">
         <v>22</v>
       </c>
       <c r="L486" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="M486">
         <v>-1.1018251299999999</v>
       </c>
       <c r="N486">
         <v>39.489415280000003</v>
       </c>
       <c r="O486" t="s">
         <v>24</v>
       </c>
       <c r="P486" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="487" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A487" t="s">
         <v>16</v>
       </c>
       <c r="B487" t="s">
         <v>39</v>
       </c>
       <c r="C487" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D487" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="E487">
-        <v>462130000</v>
+        <v>46340</v>
       </c>
       <c r="F487" t="s">
         <v>20</v>
       </c>
       <c r="G487" t="s">
         <v>21</v>
       </c>
       <c r="H487" t="s">
         <v>21</v>
       </c>
       <c r="I487" t="s">
         <v>21</v>
       </c>
       <c r="J487" t="s">
         <v>22</v>
       </c>
       <c r="K487" t="s">
         <v>22</v>
       </c>
       <c r="L487" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="M487">
         <v>-1.1018251299999999</v>
       </c>
       <c r="N487">
         <v>39.489415280000003</v>
       </c>
       <c r="O487" t="s">
         <v>24</v>
       </c>
       <c r="P487" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="488" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A488" t="s">
         <v>16</v>
       </c>
       <c r="B488" t="s">
         <v>39</v>
       </c>
       <c r="C488" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D488" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="E488">
-        <v>462350000</v>
+        <v>46410</v>
       </c>
       <c r="F488" t="s">
         <v>26</v>
       </c>
       <c r="G488" t="s">
         <v>21</v>
       </c>
       <c r="H488" t="s">
         <v>22</v>
       </c>
       <c r="I488" t="s">
         <v>22</v>
       </c>
       <c r="J488" t="s">
         <v>22</v>
       </c>
       <c r="K488" t="s">
         <v>22</v>
       </c>
       <c r="L488" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="M488">
         <v>-0.30175664000000002</v>
       </c>
       <c r="N488">
         <v>39.202430460000002</v>
       </c>
       <c r="O488" t="s">
         <v>24</v>
       </c>
       <c r="P488" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="489" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A489" t="s">
         <v>16</v>
       </c>
       <c r="B489" t="s">
         <v>39</v>
       </c>
       <c r="C489" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D489" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="E489">
-        <v>460940000</v>
+        <v>46470</v>
       </c>
       <c r="F489" t="s">
         <v>26</v>
       </c>
       <c r="G489" t="s">
         <v>21</v>
       </c>
       <c r="H489" t="s">
         <v>22</v>
       </c>
       <c r="I489" t="s">
         <v>22</v>
       </c>
       <c r="J489" t="s">
         <v>22</v>
       </c>
       <c r="K489" t="s">
         <v>22</v>
       </c>
       <c r="L489" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="M489">
         <v>-0.40831889999999998</v>
       </c>
       <c r="N489">
         <v>39.403471600000003</v>
       </c>
       <c r="O489" t="s">
         <v>24</v>
       </c>
       <c r="P489" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="490" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A490" t="s">
         <v>16</v>
       </c>
       <c r="B490" t="s">
         <v>39</v>
       </c>
       <c r="C490" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D490" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="E490">
-        <v>462200000</v>
+        <v>46500</v>
       </c>
       <c r="F490" t="s">
         <v>26</v>
       </c>
       <c r="G490" t="s">
         <v>21</v>
       </c>
       <c r="H490" t="s">
         <v>22</v>
       </c>
       <c r="I490" t="s">
         <v>22</v>
       </c>
       <c r="J490" t="s">
         <v>22</v>
       </c>
       <c r="K490" t="s">
         <v>22</v>
       </c>
       <c r="L490" t="s">
-        <v>531</v>
+        <v>541</v>
       </c>
       <c r="M490">
         <v>-0.27456999999999998</v>
       </c>
       <c r="N490">
         <v>39.680889000000001</v>
       </c>
       <c r="O490" t="s">
         <v>24</v>
       </c>
       <c r="P490" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="491" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A491" t="s">
         <v>16</v>
       </c>
       <c r="B491" t="s">
         <v>39</v>
       </c>
       <c r="C491" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D491" t="s">
-        <v>532</v>
+        <v>542</v>
       </c>
       <c r="E491">
-        <v>460170000</v>
+        <v>46600</v>
       </c>
       <c r="F491" t="s">
         <v>20</v>
       </c>
       <c r="G491" t="s">
         <v>21</v>
       </c>
       <c r="H491" t="s">
         <v>21</v>
       </c>
       <c r="I491" t="s">
         <v>21</v>
       </c>
       <c r="J491" t="s">
         <v>22</v>
       </c>
       <c r="K491" t="s">
         <v>22</v>
       </c>
       <c r="L491" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="M491">
         <v>-0.43409535999999999</v>
       </c>
       <c r="N491">
         <v>39.150782020000001</v>
       </c>
       <c r="O491" t="s">
         <v>24</v>
       </c>
       <c r="P491" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="492" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A492" t="s">
         <v>16</v>
       </c>
       <c r="B492" t="s">
         <v>39</v>
       </c>
       <c r="C492" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D492" t="s">
-        <v>532</v>
+        <v>542</v>
       </c>
       <c r="E492">
-        <v>460170000</v>
+        <v>46600</v>
       </c>
       <c r="F492" t="s">
         <v>26</v>
       </c>
       <c r="G492" t="s">
         <v>21</v>
       </c>
       <c r="H492" t="s">
         <v>22</v>
       </c>
       <c r="I492" t="s">
         <v>22</v>
       </c>
       <c r="J492" t="s">
         <v>22</v>
       </c>
       <c r="K492" t="s">
         <v>22</v>
       </c>
       <c r="L492" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="M492">
         <v>-0.43409535999999999</v>
       </c>
       <c r="N492">
         <v>39.150782020000001</v>
       </c>
       <c r="O492" t="s">
         <v>24</v>
       </c>
       <c r="P492" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="493" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A493" t="s">
         <v>16</v>
       </c>
       <c r="B493" t="s">
         <v>39</v>
       </c>
       <c r="C493" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D493" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="E493">
-        <v>461310000</v>
+        <v>46701</v>
       </c>
       <c r="F493" t="s">
         <v>20</v>
       </c>
       <c r="G493" t="s">
         <v>21</v>
       </c>
       <c r="H493" t="s">
         <v>21</v>
       </c>
       <c r="I493" t="s">
         <v>21</v>
       </c>
       <c r="J493" t="s">
         <v>22</v>
       </c>
       <c r="K493" t="s">
         <v>22</v>
       </c>
       <c r="L493" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="M493">
         <v>-0.18418967999999999</v>
       </c>
       <c r="N493">
         <v>38.973163249999999</v>
       </c>
       <c r="O493" t="s">
         <v>24</v>
       </c>
       <c r="P493" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="494" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A494" t="s">
         <v>16</v>
       </c>
       <c r="B494" t="s">
         <v>39</v>
       </c>
       <c r="C494" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D494" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="E494">
-        <v>461310000</v>
+        <v>46701</v>
       </c>
       <c r="F494" t="s">
         <v>26</v>
       </c>
       <c r="G494" t="s">
         <v>21</v>
       </c>
       <c r="H494" t="s">
         <v>22</v>
       </c>
       <c r="I494" t="s">
         <v>22</v>
       </c>
       <c r="J494" t="s">
         <v>22</v>
       </c>
       <c r="K494" t="s">
         <v>22</v>
       </c>
       <c r="L494" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="M494">
         <v>-0.18418967999999999</v>
       </c>
       <c r="N494">
         <v>38.973163249999999</v>
       </c>
       <c r="O494" t="s">
         <v>24</v>
       </c>
       <c r="P494" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="495" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A495" t="s">
         <v>16</v>
       </c>
       <c r="B495" t="s">
         <v>39</v>
       </c>
       <c r="C495" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D495" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
       <c r="E495">
-        <v>461450000</v>
+        <v>46800</v>
       </c>
       <c r="F495" t="s">
         <v>26</v>
       </c>
       <c r="G495" t="s">
         <v>21</v>
       </c>
       <c r="H495" t="s">
         <v>22</v>
       </c>
       <c r="I495" t="s">
         <v>22</v>
       </c>
       <c r="J495" t="s">
         <v>22</v>
       </c>
       <c r="K495" t="s">
         <v>22</v>
       </c>
       <c r="L495" t="s">
-        <v>537</v>
+        <v>547</v>
       </c>
       <c r="M495">
         <v>-0.52273009000000004</v>
       </c>
       <c r="N495">
         <v>38.991757190000001</v>
       </c>
       <c r="O495" t="s">
         <v>24</v>
       </c>
       <c r="P495" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="496" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A496" t="s">
         <v>16</v>
       </c>
       <c r="B496" t="s">
         <v>39</v>
       </c>
       <c r="C496" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D496" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
       <c r="E496">
-        <v>461450000</v>
+        <v>46800</v>
       </c>
       <c r="F496" t="s">
         <v>20</v>
       </c>
       <c r="G496" t="s">
         <v>21</v>
       </c>
       <c r="H496" t="s">
         <v>21</v>
       </c>
       <c r="I496" t="s">
         <v>21</v>
       </c>
       <c r="J496" t="s">
         <v>22</v>
       </c>
       <c r="K496" t="s">
         <v>22</v>
       </c>
       <c r="L496" t="s">
-        <v>537</v>
+        <v>547</v>
       </c>
       <c r="M496">
         <v>-0.52273009000000004</v>
       </c>
       <c r="N496">
         <v>38.991757190000001</v>
       </c>
       <c r="O496" t="s">
         <v>24</v>
       </c>
       <c r="P496" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="497" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A497" t="s">
         <v>16</v>
       </c>
       <c r="B497" t="s">
         <v>39</v>
       </c>
       <c r="C497" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D497" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="E497">
-        <v>462440000</v>
+        <v>46900</v>
       </c>
       <c r="F497" t="s">
         <v>26</v>
       </c>
       <c r="G497" t="s">
         <v>21</v>
       </c>
       <c r="H497" t="s">
         <v>22</v>
       </c>
       <c r="I497" t="s">
         <v>22</v>
       </c>
       <c r="J497" t="s">
         <v>22</v>
       </c>
       <c r="K497" t="s">
         <v>22</v>
       </c>
       <c r="L497" t="s">
-        <v>539</v>
+        <v>549</v>
       </c>
       <c r="M497">
         <v>-0.47557644999999998</v>
       </c>
       <c r="N497">
         <v>39.431491610000002</v>
       </c>
       <c r="O497" t="s">
         <v>24</v>
       </c>
       <c r="P497" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="498" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A498" t="s">
         <v>16</v>
       </c>
       <c r="B498" t="s">
         <v>39</v>
       </c>
       <c r="C498" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D498" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="E498">
-        <v>462440000</v>
+        <v>46900</v>
       </c>
       <c r="F498" t="s">
         <v>20</v>
       </c>
       <c r="G498" t="s">
         <v>21</v>
       </c>
       <c r="H498" t="s">
         <v>21</v>
       </c>
       <c r="I498" t="s">
         <v>21</v>
       </c>
       <c r="J498" t="s">
         <v>22</v>
       </c>
       <c r="K498" t="s">
         <v>22</v>
       </c>
       <c r="L498" t="s">
-        <v>539</v>
+        <v>549</v>
       </c>
       <c r="M498">
         <v>-0.47557644999999998</v>
       </c>
       <c r="N498">
         <v>39.431491610000002</v>
       </c>
       <c r="O498" t="s">
         <v>24</v>
       </c>
       <c r="P498" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="499" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A499" t="s">
         <v>16</v>
       </c>
       <c r="B499" t="s">
         <v>39</v>
       </c>
       <c r="C499" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D499" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="E499">
-        <v>461900000</v>
+        <v>46980</v>
       </c>
       <c r="F499" t="s">
         <v>26</v>
       </c>
       <c r="G499" t="s">
         <v>21</v>
       </c>
       <c r="H499" t="s">
         <v>22</v>
       </c>
       <c r="I499" t="s">
         <v>22</v>
       </c>
       <c r="J499" t="s">
         <v>22</v>
       </c>
       <c r="K499" t="s">
         <v>22</v>
       </c>
       <c r="L499" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="M499">
         <v>-0.44664999999999999</v>
       </c>
       <c r="N499">
         <v>39.505560000000003</v>
       </c>
       <c r="O499" t="s">
         <v>24</v>
       </c>
       <c r="P499" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="500" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A500" t="s">
         <v>16</v>
       </c>
       <c r="B500" t="s">
         <v>39</v>
       </c>
       <c r="C500" t="s">
-        <v>519</v>
+        <v>528</v>
       </c>
       <c r="D500" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="E500">
-        <v>461900000</v>
+        <v>46980</v>
       </c>
       <c r="F500" t="s">
         <v>20</v>
       </c>
       <c r="G500" t="s">
         <v>21</v>
       </c>
       <c r="H500" t="s">
         <v>21</v>
       </c>
       <c r="I500" t="s">
         <v>21</v>
       </c>
       <c r="J500" t="s">
         <v>22</v>
       </c>
       <c r="K500" t="s">
         <v>22</v>
       </c>
       <c r="L500" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="M500">
         <v>-0.44664999999999999</v>
       </c>
       <c r="N500">
         <v>39.505560000000003</v>
       </c>
       <c r="O500" t="s">
         <v>24</v>
       </c>
       <c r="P500" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="501" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A501" t="s">
         <v>16</v>
       </c>
       <c r="B501" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C501" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="D501" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="E501">
-        <v>471860000</v>
+        <v>47007</v>
       </c>
       <c r="F501" t="s">
         <v>28</v>
       </c>
       <c r="G501" t="s">
         <v>21</v>
       </c>
       <c r="H501" t="s">
         <v>21</v>
       </c>
       <c r="I501" t="s">
         <v>21</v>
       </c>
       <c r="J501" t="s">
         <v>22</v>
       </c>
       <c r="K501" t="s">
         <v>22</v>
       </c>
       <c r="L501" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="M501">
         <v>-4.7324299999999999</v>
       </c>
       <c r="N501">
         <v>41.637279900000003</v>
       </c>
       <c r="O501" t="s">
         <v>24</v>
       </c>
       <c r="P501" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="502" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A502" t="s">
         <v>16</v>
       </c>
       <c r="B502" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C502" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="D502" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="E502">
-        <v>471860000</v>
+        <v>47007</v>
       </c>
       <c r="F502" t="s">
         <v>20</v>
       </c>
       <c r="G502" t="s">
         <v>21</v>
       </c>
       <c r="H502" t="s">
         <v>21</v>
       </c>
       <c r="I502" t="s">
         <v>21</v>
       </c>
       <c r="J502" t="s">
         <v>22</v>
       </c>
       <c r="K502" t="s">
         <v>22</v>
       </c>
       <c r="L502" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="M502">
         <v>-4.7327300000000001</v>
       </c>
       <c r="N502">
         <v>41.638568999999997</v>
       </c>
       <c r="O502" t="s">
         <v>24</v>
       </c>
       <c r="P502" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="503" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A503" t="s">
         <v>16</v>
       </c>
       <c r="B503" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C503" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="D503" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="E503">
-        <v>471860000</v>
+        <v>47007</v>
       </c>
       <c r="F503" t="s">
         <v>26</v>
       </c>
       <c r="G503" t="s">
         <v>21</v>
       </c>
       <c r="H503" t="s">
         <v>22</v>
       </c>
       <c r="I503" t="s">
         <v>22</v>
       </c>
       <c r="J503" t="s">
         <v>22</v>
       </c>
       <c r="K503" t="s">
         <v>22</v>
       </c>
       <c r="L503" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="M503">
         <v>-4.7327300000000001</v>
       </c>
       <c r="N503">
         <v>41.638568999999997</v>
       </c>
       <c r="O503" t="s">
         <v>24</v>
       </c>
       <c r="P503" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="504" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A504" t="s">
         <v>16</v>
       </c>
       <c r="B504" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C504" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="D504" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="E504">
-        <v>471860000</v>
+        <v>47007</v>
       </c>
       <c r="F504" t="s">
         <v>20</v>
       </c>
       <c r="G504" t="s">
         <v>21</v>
       </c>
       <c r="H504" t="s">
         <v>21</v>
       </c>
       <c r="I504" t="s">
         <v>21</v>
       </c>
       <c r="J504" t="s">
         <v>22</v>
       </c>
       <c r="K504" t="s">
         <v>22</v>
       </c>
       <c r="L504" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="M504">
         <v>-4.7327300000000001</v>
       </c>
       <c r="N504">
         <v>41.638568999999997</v>
       </c>
       <c r="O504" t="s">
         <v>24</v>
       </c>
       <c r="P504" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="505" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A505" t="s">
         <v>16</v>
       </c>
       <c r="B505" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C505" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="D505" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="E505">
-        <v>471860000</v>
+        <v>47007</v>
       </c>
       <c r="F505" t="s">
         <v>26</v>
       </c>
       <c r="G505" t="s">
         <v>21</v>
       </c>
       <c r="H505" t="s">
         <v>22</v>
       </c>
       <c r="I505" t="s">
         <v>22</v>
       </c>
       <c r="J505" t="s">
         <v>22</v>
       </c>
       <c r="K505" t="s">
         <v>22</v>
       </c>
       <c r="L505" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="M505">
         <v>-4.7327300000000001</v>
       </c>
       <c r="N505">
         <v>41.638568999999997</v>
       </c>
       <c r="O505" t="s">
         <v>24</v>
       </c>
       <c r="P505" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="506" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A506" t="s">
         <v>16</v>
       </c>
       <c r="B506" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C506" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="D506" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="E506">
-        <v>471860000</v>
+        <v>47007</v>
       </c>
       <c r="F506" t="s">
         <v>27</v>
       </c>
       <c r="G506" t="s">
         <v>21</v>
       </c>
       <c r="H506" t="s">
         <v>21</v>
       </c>
       <c r="I506" t="s">
         <v>21</v>
       </c>
       <c r="J506" t="s">
         <v>22</v>
       </c>
       <c r="K506" t="s">
         <v>22</v>
       </c>
       <c r="L506" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="M506">
         <v>-4.7321999999999997</v>
       </c>
       <c r="N506">
         <v>41.636879</v>
       </c>
       <c r="O506" t="s">
         <v>24</v>
       </c>
       <c r="P506" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="507" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A507" t="s">
         <v>16</v>
       </c>
       <c r="B507" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C507" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="D507" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="E507">
-        <v>471860000</v>
+        <v>47008</v>
       </c>
       <c r="F507" t="s">
         <v>20</v>
       </c>
       <c r="G507" t="s">
         <v>21</v>
       </c>
       <c r="H507" t="s">
         <v>21</v>
       </c>
       <c r="I507" t="s">
         <v>21</v>
       </c>
       <c r="J507" t="s">
         <v>22</v>
       </c>
       <c r="K507" t="s">
         <v>22</v>
       </c>
       <c r="L507" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="M507">
         <v>-4.7413729399999998</v>
       </c>
       <c r="N507">
         <v>41.626717730000003</v>
       </c>
       <c r="O507" t="s">
         <v>24</v>
       </c>
       <c r="P507" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="508" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A508" t="s">
         <v>16</v>
       </c>
       <c r="B508" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C508" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="D508" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="E508">
-        <v>471860000</v>
+        <v>47008</v>
       </c>
       <c r="F508" t="s">
         <v>26</v>
       </c>
       <c r="G508" t="s">
         <v>21</v>
       </c>
       <c r="H508" t="s">
         <v>22</v>
       </c>
       <c r="I508" t="s">
         <v>22</v>
       </c>
       <c r="J508" t="s">
         <v>22</v>
       </c>
       <c r="K508" t="s">
         <v>22</v>
       </c>
       <c r="L508" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="M508">
         <v>-4.7521357999999996</v>
       </c>
       <c r="N508">
         <v>41.620262709999999</v>
       </c>
       <c r="O508" t="s">
         <v>24</v>
       </c>
       <c r="P508" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="509" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A509" t="s">
         <v>16</v>
       </c>
       <c r="B509" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C509" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="D509" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="E509">
-        <v>470850000</v>
+        <v>47400</v>
       </c>
       <c r="F509" t="s">
         <v>26</v>
       </c>
       <c r="G509" t="s">
         <v>21</v>
       </c>
       <c r="H509" t="s">
         <v>22</v>
       </c>
       <c r="I509" t="s">
         <v>22</v>
       </c>
       <c r="J509" t="s">
         <v>22</v>
       </c>
       <c r="K509" t="s">
         <v>22</v>
       </c>
       <c r="L509" t="s">
-        <v>546</v>
+        <v>556</v>
       </c>
       <c r="M509">
         <v>-4.9172045999999998</v>
       </c>
       <c r="N509">
         <v>41.308492360000002</v>
       </c>
       <c r="O509" t="s">
         <v>24</v>
       </c>
       <c r="P509" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="510" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A510" t="s">
         <v>16</v>
       </c>
       <c r="B510" t="s">
         <v>17</v>
       </c>
       <c r="C510" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="D510" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="E510">
-        <v>480200000</v>
+        <v>48004</v>
       </c>
       <c r="F510" t="s">
         <v>26</v>
       </c>
       <c r="G510" t="s">
         <v>21</v>
       </c>
       <c r="H510" t="s">
         <v>22</v>
       </c>
       <c r="I510" t="s">
         <v>22</v>
       </c>
       <c r="J510" t="s">
         <v>22</v>
       </c>
       <c r="K510" t="s">
         <v>22</v>
       </c>
       <c r="L510" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="M510">
         <v>-2.90899646</v>
       </c>
       <c r="N510">
         <v>43.257110529999999</v>
       </c>
       <c r="O510" t="s">
         <v>24</v>
       </c>
       <c r="P510" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="511" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A511" t="s">
         <v>16</v>
       </c>
       <c r="B511" t="s">
         <v>17</v>
       </c>
       <c r="C511" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="D511" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="E511">
-        <v>480200000</v>
+        <v>48005</v>
       </c>
       <c r="F511" t="s">
         <v>20</v>
       </c>
       <c r="G511" t="s">
         <v>21</v>
       </c>
       <c r="H511" t="s">
         <v>21</v>
       </c>
       <c r="I511" t="s">
         <v>21</v>
       </c>
       <c r="J511" t="s">
         <v>22</v>
       </c>
       <c r="K511" t="s">
         <v>22</v>
       </c>
       <c r="L511" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
       <c r="M511">
         <v>-2.9228643399999998</v>
       </c>
       <c r="N511">
         <v>43.260668529999997</v>
       </c>
       <c r="O511" t="s">
         <v>24</v>
       </c>
       <c r="P511" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="512" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A512" t="s">
         <v>16</v>
       </c>
       <c r="B512" t="s">
         <v>17</v>
       </c>
       <c r="C512" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="D512" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="E512">
-        <v>480200000</v>
+        <v>48005</v>
       </c>
       <c r="F512" t="s">
         <v>26</v>
       </c>
       <c r="G512" t="s">
         <v>21</v>
       </c>
       <c r="H512" t="s">
         <v>22</v>
       </c>
       <c r="I512" t="s">
         <v>22</v>
       </c>
       <c r="J512" t="s">
         <v>22</v>
       </c>
       <c r="K512" t="s">
         <v>22</v>
       </c>
       <c r="L512" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
       <c r="M512">
         <v>-2.9228643399999998</v>
       </c>
       <c r="N512">
         <v>43.260668529999997</v>
       </c>
       <c r="O512" t="s">
         <v>24</v>
       </c>
       <c r="P512" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="513" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A513" t="s">
         <v>16</v>
       </c>
       <c r="B513" t="s">
         <v>17</v>
       </c>
       <c r="C513" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="D513" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="E513">
-        <v>480200000</v>
+        <v>48011</v>
       </c>
       <c r="F513" t="s">
         <v>28</v>
       </c>
       <c r="G513" t="s">
         <v>21</v>
       </c>
       <c r="H513" t="s">
         <v>21</v>
       </c>
       <c r="I513" t="s">
         <v>22</v>
       </c>
       <c r="J513" t="s">
         <v>22</v>
       </c>
       <c r="K513" t="s">
         <v>22</v>
       </c>
       <c r="L513" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="M513">
         <v>-2.9446928200000002</v>
       </c>
       <c r="N513">
         <v>43.264994360000003</v>
       </c>
       <c r="O513" t="s">
         <v>24</v>
       </c>
       <c r="P513" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="514" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A514" t="s">
         <v>16</v>
       </c>
       <c r="B514" t="s">
         <v>17</v>
       </c>
       <c r="C514" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="D514" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="E514">
-        <v>480200000</v>
+        <v>48011</v>
       </c>
       <c r="F514" t="s">
         <v>27</v>
       </c>
       <c r="G514" t="s">
         <v>21</v>
       </c>
       <c r="H514" t="s">
         <v>21</v>
       </c>
       <c r="I514" t="s">
         <v>21</v>
       </c>
       <c r="J514" t="s">
         <v>22</v>
       </c>
       <c r="K514" t="s">
         <v>22</v>
       </c>
       <c r="L514" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="M514">
         <v>-2.9446928200000002</v>
       </c>
       <c r="N514">
         <v>43.264994360000003</v>
       </c>
       <c r="O514" t="s">
         <v>24</v>
       </c>
       <c r="P514" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="515" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A515" t="s">
         <v>16</v>
       </c>
       <c r="B515" t="s">
         <v>17</v>
       </c>
       <c r="C515" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="D515" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="E515">
-        <v>480200000</v>
+        <v>48011</v>
       </c>
       <c r="F515" t="s">
         <v>26</v>
       </c>
       <c r="G515" t="s">
         <v>21</v>
       </c>
       <c r="H515" t="s">
         <v>22</v>
       </c>
       <c r="I515" t="s">
         <v>22</v>
       </c>
       <c r="J515" t="s">
         <v>22</v>
       </c>
       <c r="K515" t="s">
         <v>22</v>
       </c>
       <c r="L515" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
       <c r="M515">
         <v>-2.9446928200000002</v>
       </c>
       <c r="N515">
         <v>43.264994360000003</v>
       </c>
       <c r="O515" t="s">
         <v>24</v>
       </c>
       <c r="P515" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="516" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A516" t="s">
         <v>16</v>
       </c>
       <c r="B516" t="s">
         <v>17</v>
       </c>
       <c r="C516" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="D516" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="E516">
-        <v>480200000</v>
+        <v>48011</v>
       </c>
       <c r="F516" t="s">
         <v>26</v>
       </c>
       <c r="G516" t="s">
         <v>21</v>
       </c>
       <c r="H516" t="s">
         <v>22</v>
       </c>
       <c r="I516" t="s">
         <v>22</v>
       </c>
       <c r="J516" t="s">
         <v>22</v>
       </c>
       <c r="K516" t="s">
         <v>22</v>
       </c>
       <c r="L516" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
       <c r="M516">
         <v>-2.94442</v>
       </c>
       <c r="N516">
         <v>43.26493</v>
       </c>
       <c r="O516" t="s">
         <v>24</v>
       </c>
       <c r="P516" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="517" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A517" t="s">
         <v>16</v>
       </c>
       <c r="B517" t="s">
         <v>17</v>
       </c>
       <c r="C517" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="D517" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="E517">
-        <v>480200000</v>
+        <v>48011</v>
       </c>
       <c r="F517" t="s">
         <v>20</v>
       </c>
       <c r="G517" t="s">
         <v>21</v>
       </c>
       <c r="H517" t="s">
         <v>21</v>
       </c>
       <c r="I517" t="s">
         <v>21</v>
       </c>
       <c r="J517" t="s">
         <v>22</v>
       </c>
       <c r="K517" t="s">
         <v>22</v>
       </c>
       <c r="L517" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="M517">
         <v>-2.9446928200000002</v>
       </c>
       <c r="N517">
         <v>43.264994360000003</v>
       </c>
       <c r="O517" t="s">
         <v>24</v>
       </c>
       <c r="P517" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="518" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A518" t="s">
         <v>16</v>
       </c>
       <c r="B518" t="s">
         <v>17</v>
       </c>
       <c r="C518" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="D518" t="s">
-        <v>556</v>
+        <v>566</v>
       </c>
       <c r="E518">
-        <v>480270000</v>
+        <v>48200</v>
       </c>
       <c r="F518" t="s">
         <v>26</v>
       </c>
       <c r="G518" t="s">
         <v>21</v>
       </c>
       <c r="H518" t="s">
         <v>22</v>
       </c>
       <c r="I518" t="s">
         <v>22</v>
       </c>
       <c r="J518" t="s">
         <v>22</v>
       </c>
       <c r="K518" t="s">
         <v>22</v>
       </c>
       <c r="L518" t="s">
-        <v>557</v>
+        <v>567</v>
       </c>
       <c r="M518">
         <v>-2.6340280900000002</v>
       </c>
       <c r="N518">
         <v>43.170197719999997</v>
       </c>
       <c r="O518" t="s">
         <v>24</v>
       </c>
       <c r="P518" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="519" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A519" t="s">
         <v>16</v>
       </c>
       <c r="B519" t="s">
         <v>17</v>
       </c>
       <c r="C519" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="D519" t="s">
-        <v>556</v>
+        <v>566</v>
       </c>
       <c r="E519">
-        <v>480270000</v>
+        <v>48200</v>
       </c>
       <c r="F519" t="s">
         <v>20</v>
       </c>
       <c r="G519" t="s">
         <v>21</v>
       </c>
       <c r="H519" t="s">
         <v>21</v>
       </c>
       <c r="I519" t="s">
         <v>21</v>
       </c>
       <c r="J519" t="s">
         <v>22</v>
       </c>
       <c r="K519" t="s">
         <v>22</v>
       </c>
       <c r="L519" t="s">
-        <v>557</v>
+        <v>567</v>
       </c>
       <c r="M519">
         <v>-2.6340280900000002</v>
       </c>
       <c r="N519">
         <v>43.170197719999997</v>
       </c>
       <c r="O519" t="s">
         <v>24</v>
       </c>
       <c r="P519" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="520" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A520" t="s">
         <v>16</v>
       </c>
       <c r="B520" t="s">
         <v>17</v>
       </c>
       <c r="C520" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="D520" t="s">
-        <v>558</v>
+        <v>568</v>
       </c>
       <c r="E520">
-        <v>480840000</v>
+        <v>48910</v>
       </c>
       <c r="F520" t="s">
         <v>26</v>
       </c>
       <c r="G520" t="s">
         <v>21</v>
       </c>
       <c r="H520" t="s">
         <v>22</v>
       </c>
       <c r="I520" t="s">
         <v>22</v>
       </c>
       <c r="J520" t="s">
         <v>22</v>
       </c>
       <c r="K520" t="s">
         <v>22</v>
       </c>
       <c r="L520" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="M520">
         <v>-3.0096223599999998</v>
       </c>
       <c r="N520">
         <v>43.308301180000001</v>
       </c>
       <c r="O520" t="s">
         <v>24</v>
       </c>
       <c r="P520" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="521" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A521" t="s">
         <v>16</v>
       </c>
       <c r="B521" t="s">
         <v>17</v>
       </c>
       <c r="C521" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="D521" t="s">
-        <v>558</v>
+        <v>568</v>
       </c>
       <c r="E521">
-        <v>480840000</v>
+        <v>48910</v>
       </c>
       <c r="F521" t="s">
         <v>20</v>
       </c>
       <c r="G521" t="s">
         <v>21</v>
       </c>
       <c r="H521" t="s">
         <v>21</v>
       </c>
       <c r="I521" t="s">
         <v>21</v>
       </c>
       <c r="J521" t="s">
         <v>22</v>
       </c>
       <c r="K521" t="s">
         <v>22</v>
       </c>
       <c r="L521" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="M521">
         <v>-3.0096223599999998</v>
       </c>
       <c r="N521">
         <v>43.308301180000001</v>
       </c>
       <c r="O521" t="s">
         <v>24</v>
       </c>
       <c r="P521" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="522" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A522" t="s">
         <v>16</v>
       </c>
       <c r="B522" t="s">
         <v>17</v>
       </c>
       <c r="C522" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="D522" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
       <c r="E522">
-        <v>480440000</v>
+        <v>48990</v>
       </c>
       <c r="F522" t="s">
         <v>26</v>
       </c>
       <c r="G522" t="s">
         <v>21</v>
       </c>
       <c r="H522" t="s">
         <v>22</v>
       </c>
       <c r="I522" t="s">
         <v>22</v>
       </c>
       <c r="J522" t="s">
         <v>22</v>
       </c>
       <c r="K522" t="s">
         <v>22</v>
       </c>
       <c r="L522" t="s">
-        <v>561</v>
+        <v>571</v>
       </c>
       <c r="M522">
         <v>-3.0049265100000002</v>
       </c>
       <c r="N522">
         <v>43.333378979999999</v>
       </c>
       <c r="O522" t="s">
         <v>24</v>
       </c>
       <c r="P522" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="523" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A523" t="s">
         <v>16</v>
       </c>
       <c r="B523" t="s">
         <v>17</v>
       </c>
       <c r="C523" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="D523" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
       <c r="E523">
-        <v>480440000</v>
+        <v>48990</v>
       </c>
       <c r="F523" t="s">
         <v>20</v>
       </c>
       <c r="G523" t="s">
         <v>21</v>
       </c>
       <c r="H523" t="s">
         <v>21</v>
       </c>
       <c r="I523" t="s">
         <v>21</v>
       </c>
       <c r="J523" t="s">
         <v>22</v>
       </c>
       <c r="K523" t="s">
         <v>22</v>
       </c>
       <c r="L523" t="s">
-        <v>561</v>
+        <v>571</v>
       </c>
       <c r="M523">
         <v>-3.0049265100000002</v>
       </c>
       <c r="N523">
         <v>43.333378979999999</v>
       </c>
       <c r="O523" t="s">
         <v>24</v>
       </c>
       <c r="P523" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="524" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A524" t="s">
         <v>16</v>
       </c>
       <c r="B524" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C524" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="D524" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="E524">
-        <v>492750000</v>
+        <v>49003</v>
       </c>
       <c r="F524" t="s">
         <v>27</v>
       </c>
       <c r="G524" t="s">
         <v>21</v>
       </c>
       <c r="H524" t="s">
         <v>21</v>
       </c>
       <c r="I524" t="s">
         <v>21</v>
       </c>
       <c r="J524" t="s">
         <v>22</v>
       </c>
       <c r="K524" t="s">
         <v>21</v>
       </c>
       <c r="L524" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="M524">
         <v>-5.7369385599999996</v>
       </c>
       <c r="N524">
         <v>41.51004193</v>
       </c>
       <c r="O524" t="s">
         <v>24</v>
       </c>
       <c r="P524" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="525" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A525" t="s">
         <v>16</v>
       </c>
       <c r="B525" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C525" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="D525" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="E525">
-        <v>492750000</v>
+        <v>49012</v>
       </c>
       <c r="F525" t="s">
         <v>26</v>
       </c>
       <c r="G525" t="s">
         <v>21</v>
       </c>
       <c r="H525" t="s">
         <v>22</v>
       </c>
       <c r="I525" t="s">
         <v>22</v>
       </c>
       <c r="J525" t="s">
         <v>22</v>
       </c>
       <c r="K525" t="s">
         <v>22</v>
       </c>
       <c r="L525" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="M525">
         <v>-5.7369385599999996</v>
       </c>
       <c r="N525">
         <v>41.51004193</v>
       </c>
       <c r="O525" t="s">
         <v>24</v>
       </c>
       <c r="P525" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="526" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A526" t="s">
         <v>16</v>
       </c>
       <c r="B526" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C526" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="D526" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="E526">
-        <v>492750000</v>
+        <v>49012</v>
       </c>
       <c r="F526" t="s">
         <v>28</v>
       </c>
       <c r="G526" t="s">
         <v>21</v>
       </c>
       <c r="H526" t="s">
         <v>21</v>
       </c>
       <c r="I526" t="s">
         <v>22</v>
       </c>
       <c r="J526" t="s">
         <v>22</v>
       </c>
       <c r="K526" t="s">
         <v>22</v>
       </c>
       <c r="L526" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="M526">
         <v>-5.7369385599999996</v>
       </c>
       <c r="N526">
         <v>41.51004193</v>
       </c>
       <c r="O526" t="s">
         <v>24</v>
       </c>
       <c r="P526" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="527" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A527" t="s">
         <v>16</v>
       </c>
       <c r="B527" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C527" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="D527" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="E527">
-        <v>492750000</v>
+        <v>49012</v>
       </c>
       <c r="F527" t="s">
         <v>20</v>
       </c>
       <c r="G527" t="s">
         <v>21</v>
       </c>
       <c r="H527" t="s">
         <v>21</v>
       </c>
       <c r="I527" t="s">
         <v>21</v>
       </c>
       <c r="J527" t="s">
         <v>22</v>
       </c>
       <c r="K527" t="s">
         <v>22</v>
       </c>
       <c r="L527" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="M527">
         <v>-5.7369385599999996</v>
       </c>
       <c r="N527">
         <v>41.51004193</v>
       </c>
       <c r="O527" t="s">
         <v>24</v>
       </c>
       <c r="P527" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="528" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A528" t="s">
         <v>16</v>
       </c>
       <c r="B528" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C528" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="D528" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="E528">
-        <v>502970000</v>
+        <v>50006</v>
       </c>
       <c r="F528" t="s">
         <v>26</v>
       </c>
       <c r="G528" t="s">
         <v>21</v>
       </c>
       <c r="H528" t="s">
         <v>22</v>
       </c>
       <c r="I528" t="s">
         <v>22</v>
       </c>
       <c r="J528" t="s">
         <v>22</v>
       </c>
       <c r="K528" t="s">
         <v>22</v>
       </c>
       <c r="L528" t="s">
-        <v>565</v>
+        <v>575</v>
       </c>
       <c r="M528">
         <v>-0.89321167999999995</v>
       </c>
       <c r="N528">
         <v>41.636738790000003</v>
       </c>
       <c r="O528" t="s">
         <v>24</v>
       </c>
       <c r="P528" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="529" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A529" t="s">
         <v>16</v>
       </c>
       <c r="B529" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C529" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="D529" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="E529">
-        <v>502970000</v>
+        <v>50008</v>
       </c>
       <c r="F529" t="s">
         <v>28</v>
       </c>
       <c r="G529" t="s">
         <v>21</v>
       </c>
       <c r="H529" t="s">
         <v>21</v>
       </c>
       <c r="I529" t="s">
         <v>22</v>
       </c>
       <c r="J529" t="s">
         <v>22</v>
       </c>
       <c r="K529" t="s">
         <v>22</v>
       </c>
       <c r="L529" t="s">
-        <v>566</v>
+        <v>576</v>
       </c>
       <c r="M529">
         <v>-0.87615198999999999</v>
       </c>
       <c r="N529">
         <v>41.645503169999998</v>
       </c>
       <c r="O529" t="s">
         <v>24</v>
       </c>
       <c r="P529" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="530" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A530" t="s">
         <v>16</v>
       </c>
       <c r="B530" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C530" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="D530" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="E530">
-        <v>502970000</v>
+        <v>50010</v>
       </c>
       <c r="F530" t="s">
         <v>20</v>
       </c>
       <c r="G530" t="s">
         <v>21</v>
       </c>
       <c r="H530" t="s">
         <v>21</v>
       </c>
       <c r="I530" t="s">
         <v>21</v>
       </c>
       <c r="J530" t="s">
         <v>22</v>
       </c>
       <c r="K530" t="s">
         <v>22</v>
       </c>
       <c r="L530" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="M530">
         <v>-0.90033236999999999</v>
       </c>
       <c r="N530">
         <v>41.654809899999997</v>
       </c>
       <c r="O530" t="s">
         <v>24</v>
       </c>
       <c r="P530" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="531" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A531" t="s">
         <v>16</v>
       </c>
       <c r="B531" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C531" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="D531" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="E531">
-        <v>502970000</v>
+        <v>50010</v>
       </c>
       <c r="F531" t="s">
         <v>26</v>
       </c>
       <c r="G531" t="s">
         <v>21</v>
       </c>
       <c r="H531" t="s">
         <v>22</v>
       </c>
       <c r="I531" t="s">
         <v>22</v>
       </c>
       <c r="J531" t="s">
         <v>22</v>
       </c>
       <c r="K531" t="s">
         <v>22</v>
       </c>
       <c r="L531" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="M531">
         <v>-0.90033236999999999</v>
       </c>
       <c r="N531">
         <v>41.654809899999997</v>
       </c>
       <c r="O531" t="s">
         <v>24</v>
       </c>
       <c r="P531" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="532" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A532" t="s">
         <v>16</v>
       </c>
       <c r="B532" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C532" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="D532" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="E532">
-        <v>502970000</v>
+        <v>50013</v>
       </c>
       <c r="F532" t="s">
         <v>20</v>
       </c>
       <c r="G532" t="s">
         <v>21</v>
       </c>
       <c r="H532" t="s">
         <v>21</v>
       </c>
       <c r="I532" t="s">
         <v>21</v>
       </c>
       <c r="J532" t="s">
         <v>22</v>
       </c>
       <c r="K532" t="s">
         <v>22</v>
       </c>
       <c r="L532" t="s">
-        <v>568</v>
+        <v>578</v>
       </c>
       <c r="M532">
         <v>-0.87160967</v>
       </c>
       <c r="N532">
         <v>41.644518470000001</v>
       </c>
       <c r="O532" t="s">
         <v>24</v>
       </c>
       <c r="P532" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="533" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A533" t="s">
         <v>16</v>
       </c>
       <c r="B533" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C533" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="D533" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="E533">
-        <v>502970000</v>
+        <v>50013</v>
       </c>
       <c r="F533" t="s">
         <v>26</v>
       </c>
       <c r="G533" t="s">
         <v>21</v>
       </c>
       <c r="H533" t="s">
         <v>22</v>
       </c>
       <c r="I533" t="s">
         <v>22</v>
       </c>
       <c r="J533" t="s">
         <v>22</v>
       </c>
       <c r="K533" t="s">
         <v>22</v>
       </c>
       <c r="L533" t="s">
-        <v>568</v>
+        <v>578</v>
       </c>
       <c r="M533">
         <v>-0.87160967</v>
       </c>
       <c r="N533">
         <v>41.644518470000001</v>
       </c>
       <c r="O533" t="s">
         <v>24</v>
       </c>
       <c r="P533" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="534" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A534" t="s">
         <v>16</v>
       </c>
       <c r="B534" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C534" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="D534" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="E534">
-        <v>502970000</v>
+        <v>50018</v>
       </c>
       <c r="F534" t="s">
         <v>26</v>
       </c>
       <c r="G534" t="s">
         <v>21</v>
       </c>
       <c r="H534" t="s">
         <v>22</v>
       </c>
       <c r="I534" t="s">
         <v>22</v>
       </c>
       <c r="J534" t="s">
         <v>22</v>
       </c>
       <c r="K534" t="s">
         <v>22</v>
       </c>
       <c r="L534" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
       <c r="M534">
         <v>-0.88824320999999995</v>
       </c>
       <c r="N534">
         <v>41.646239399999999</v>
       </c>
       <c r="O534" t="s">
         <v>24</v>
       </c>
       <c r="P534" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="535" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A535" t="s">
         <v>16</v>
       </c>
       <c r="B535" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C535" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="D535" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="E535">
-        <v>502970000</v>
+        <v>50018</v>
       </c>
       <c r="F535" t="s">
         <v>20</v>
       </c>
       <c r="G535" t="s">
         <v>21</v>
       </c>
       <c r="H535" t="s">
         <v>21</v>
       </c>
       <c r="I535" t="s">
         <v>21</v>
       </c>
       <c r="J535" t="s">
         <v>22</v>
       </c>
       <c r="K535" t="s">
         <v>22</v>
       </c>
       <c r="L535" t="s">
-        <v>570</v>
+        <v>580</v>
       </c>
       <c r="M535">
         <v>-0.89913710000000002</v>
       </c>
       <c r="N535">
         <v>41.6707927</v>
       </c>
       <c r="O535" t="s">
         <v>24</v>
       </c>
       <c r="P535" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="536" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A536" t="s">
         <v>16</v>
       </c>
       <c r="B536" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C536" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="D536" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
       <c r="E536">
-        <v>500670000</v>
+        <v>50300</v>
       </c>
       <c r="F536" t="s">
         <v>26</v>
       </c>
       <c r="G536" t="s">
         <v>21</v>
       </c>
       <c r="H536" t="s">
         <v>22</v>
       </c>
       <c r="I536" t="s">
         <v>22</v>
       </c>
       <c r="J536" t="s">
         <v>22</v>
       </c>
       <c r="K536" t="s">
         <v>22</v>
       </c>
       <c r="L536" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
       <c r="M536">
         <v>-1.64516795</v>
       </c>
       <c r="N536">
         <v>41.350318989999998</v>
       </c>
       <c r="O536" t="s">
         <v>24</v>
       </c>
       <c r="P536" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="537" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A537" t="s">
         <v>16</v>
       </c>
       <c r="B537" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="C537" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="D537" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="E537">
-        <v>510010000</v>
+        <v>51001</v>
       </c>
       <c r="F537" t="s">
         <v>28</v>
       </c>
       <c r="G537" t="s">
         <v>21</v>
       </c>
       <c r="H537" t="s">
         <v>21</v>
       </c>
       <c r="I537" t="s">
         <v>22</v>
       </c>
       <c r="J537" t="s">
         <v>22</v>
       </c>
       <c r="K537" t="s">
         <v>22</v>
       </c>
       <c r="L537" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
       <c r="M537">
         <v>-5.3066259799999997</v>
       </c>
       <c r="N537">
         <v>35.886214529999997</v>
       </c>
       <c r="O537" t="s">
         <v>24</v>
       </c>
       <c r="P537" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="538" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A538" t="s">
         <v>16</v>
       </c>
       <c r="B538" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="C538" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="D538" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="E538">
-        <v>510010000</v>
+        <v>51001</v>
       </c>
       <c r="F538" t="s">
         <v>20</v>
       </c>
       <c r="G538" t="s">
         <v>21</v>
       </c>
       <c r="H538" t="s">
         <v>21</v>
       </c>
       <c r="I538" t="s">
         <v>21</v>
       </c>
       <c r="J538" t="s">
         <v>22</v>
       </c>
       <c r="K538" t="s">
         <v>22</v>
       </c>
       <c r="L538" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
       <c r="M538">
         <v>-5.3066259799999997</v>
       </c>
       <c r="N538">
         <v>35.886214529999997</v>
       </c>
       <c r="O538" t="s">
         <v>24</v>
       </c>
       <c r="P538" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="539" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A539" t="s">
         <v>16</v>
       </c>
       <c r="B539" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="C539" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="D539" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="E539">
-        <v>510010000</v>
+        <v>51001</v>
       </c>
       <c r="F539" t="s">
         <v>26</v>
       </c>
       <c r="G539" t="s">
         <v>21</v>
       </c>
       <c r="H539" t="s">
         <v>22</v>
       </c>
       <c r="I539" t="s">
         <v>22</v>
       </c>
       <c r="J539" t="s">
         <v>22</v>
       </c>
       <c r="K539" t="s">
         <v>22</v>
       </c>
       <c r="L539" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
       <c r="M539">
         <v>-5.3063700000000003</v>
       </c>
       <c r="N539">
         <v>35.88644</v>
       </c>
       <c r="O539" t="s">
         <v>24</v>
       </c>
       <c r="P539" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="540" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A540" t="s">
         <v>16</v>
       </c>
       <c r="B540" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="C540" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="D540" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="E540">
-        <v>510010000</v>
+        <v>51001</v>
       </c>
       <c r="F540" t="s">
         <v>27</v>
       </c>
       <c r="G540" t="s">
         <v>21</v>
       </c>
       <c r="H540" t="s">
         <v>21</v>
       </c>
       <c r="I540" t="s">
         <v>21</v>
       </c>
       <c r="J540" t="s">
         <v>22</v>
       </c>
       <c r="K540" t="s">
         <v>22</v>
       </c>
       <c r="L540" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
       <c r="M540">
         <v>-5.306</v>
       </c>
       <c r="N540">
         <v>35.886737289999999</v>
       </c>
       <c r="O540" t="s">
         <v>24</v>
       </c>
       <c r="P540" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="541" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A541" t="s">
         <v>16</v>
       </c>
       <c r="B541" t="s">
-        <v>575</v>
+        <v>586</v>
       </c>
       <c r="C541" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="D541" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="E541">
-        <v>520010000</v>
+        <v>52001</v>
       </c>
       <c r="F541" t="s">
         <v>28</v>
       </c>
       <c r="G541" t="s">
         <v>21</v>
       </c>
       <c r="H541" t="s">
         <v>21</v>
       </c>
       <c r="I541" t="s">
         <v>22</v>
       </c>
       <c r="J541" t="s">
         <v>22</v>
       </c>
       <c r="K541" t="s">
         <v>22</v>
       </c>
       <c r="L541" t="s">
-        <v>576</v>
+        <v>588</v>
       </c>
       <c r="M541">
         <v>0</v>
       </c>
       <c r="N541">
         <v>0</v>
       </c>
       <c r="O541" t="s">
         <v>24</v>
       </c>
       <c r="P541" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="542" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A542" t="s">
         <v>16</v>
       </c>
       <c r="B542" t="s">
-        <v>575</v>
+        <v>586</v>
       </c>
       <c r="C542" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="D542" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="E542">
-        <v>520010000</v>
+        <v>52004</v>
       </c>
       <c r="F542" t="s">
         <v>27</v>
       </c>
       <c r="G542" t="s">
         <v>21</v>
       </c>
       <c r="H542" t="s">
         <v>21</v>
       </c>
       <c r="I542" t="s">
         <v>21</v>
       </c>
       <c r="J542" t="s">
         <v>22</v>
       </c>
       <c r="K542" t="s">
         <v>22</v>
       </c>
       <c r="L542" t="s">
-        <v>577</v>
+        <v>589</v>
       </c>
       <c r="M542">
         <v>-2.9422857800000002</v>
       </c>
       <c r="N542">
         <v>35.29491659</v>
       </c>
       <c r="O542" t="s">
         <v>24</v>
       </c>
       <c r="P542" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="543" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A543" t="s">
         <v>16</v>
       </c>
       <c r="B543" t="s">
-        <v>575</v>
+        <v>586</v>
       </c>
       <c r="C543" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="D543" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="E543">
-        <v>520010000</v>
+        <v>52004</v>
       </c>
       <c r="F543" t="s">
         <v>20</v>
       </c>
       <c r="G543" t="s">
         <v>21</v>
       </c>
       <c r="H543" t="s">
         <v>21</v>
       </c>
       <c r="I543" t="s">
         <v>21</v>
       </c>
       <c r="J543" t="s">
         <v>22</v>
       </c>
       <c r="K543" t="s">
         <v>22</v>
       </c>
       <c r="L543" t="s">
-        <v>578</v>
+        <v>590</v>
       </c>
       <c r="M543">
         <v>-2.93641</v>
       </c>
       <c r="N543">
         <v>35.289669000000004</v>
       </c>
       <c r="O543" t="s">
         <v>24</v>
       </c>
       <c r="P543" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="544" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A544" t="s">
         <v>16</v>
       </c>
       <c r="B544" t="s">
-        <v>575</v>
+        <v>586</v>
       </c>
       <c r="C544" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="D544" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="E544">
-        <v>520010000</v>
+        <v>52004</v>
       </c>
       <c r="F544" t="s">
         <v>26</v>
       </c>
       <c r="G544" t="s">
         <v>21</v>
       </c>
       <c r="H544" t="s">
         <v>22</v>
       </c>
       <c r="I544" t="s">
         <v>22</v>
       </c>
       <c r="J544" t="s">
         <v>22</v>
       </c>
       <c r="K544" t="s">
         <v>22</v>
       </c>
       <c r="L544" t="s">
-        <v>578</v>
+        <v>590</v>
       </c>
       <c r="M544">
         <v>-2.9422857800000002</v>
       </c>
       <c r="N544">
         <v>35.29491659</v>
       </c>
       <c r="O544" t="s">
         <v>24</v>
       </c>
       <c r="P544" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Directorio de oficinas 06102025</vt:lpstr>
+      <vt:lpstr>Directorio de oficinas 04112025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>ARRANZ ALVAREZ, MARIA JESUS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>