--- v1 (2025-11-18)
+++ v2 (2025-12-11)
@@ -1,80 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://segsocial2020-my.sharepoint.com/personal/maria-jesus_arranz_seg-social_es/Documents/PUBL.SEDE Y WEB-INFORMES/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{69128A26-5867-4BCE-BD39-2A1DF416B46E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{564F6F1B-5669-4A22-AC28-A5FD05FE7C18}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{F5C7B20A-4B93-4A0C-9287-2C0A9E89C893}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{E8641E83-8159-4A24-8AE4-D78CC8FDF33B}"/>
   </bookViews>
   <sheets>
-    <sheet name="Directorio de oficinas 04112025" sheetId="1" r:id="rId1"/>
+    <sheet name="Directorio de oficinas01122025" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7075" uniqueCount="591">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7075" uniqueCount="583">
   <si>
     <t>Organismo</t>
   </si>
   <si>
     <t>CCAA</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localidad</t>
   </si>
   <si>
-    <t>Código Postal</t>
+    <t>Código Localidad</t>
   </si>
   <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>Oficina de Asistencia en Materia de Registro</t>
   </si>
   <si>
     <t>Registro Cl@ve</t>
   </si>
   <si>
     <t>Registro FNMT</t>
   </si>
   <si>
     <t>Bucle Magnético</t>
   </si>
   <si>
     <t>Cita Previa</t>
   </si>
   <si>
     <t>Dirección</t>
   </si>
   <si>
     <t>Longitud</t>
   </si>
@@ -216,120 +216,114 @@
   <si>
     <t>C/  Ramón Gorgé,, 5</t>
   </si>
   <si>
     <t>Denia</t>
   </si>
   <si>
     <t>Paseo Alto  Saladar,, 41</t>
   </si>
   <si>
     <t>Paseo  del Saladar, 41</t>
   </si>
   <si>
     <t>Alcoy/Alcoi</t>
   </si>
   <si>
     <t>C/  Ingeniero Vilaplana, 22</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Almería</t>
   </si>
   <si>
-    <t>Almeria</t>
-[...1 lines deleted...]
-  <si>
     <t>C/  Fuente Victoria, 2</t>
   </si>
   <si>
     <t>Ctra.  de Granada, 260</t>
   </si>
   <si>
-    <t>Huercal-Overa</t>
+    <t>Huércal-Overa</t>
   </si>
   <si>
     <t>Ctra.  de la Estación, 133</t>
   </si>
   <si>
     <t>Avda.  de la Estación, 133</t>
   </si>
   <si>
     <t>Ejido (El)</t>
   </si>
   <si>
     <t>C/  Julio César, 8</t>
   </si>
   <si>
     <t>Castilla y León</t>
   </si>
   <si>
     <t>Ávila</t>
   </si>
   <si>
-    <t>Avila</t>
-[...1 lines deleted...]
-  <si>
     <t>Avda.  de Portugal, 4</t>
   </si>
   <si>
     <t>Extremadura</t>
   </si>
   <si>
     <t>Badajoz</t>
   </si>
   <si>
     <t>Ronda  del Pilar, 10</t>
   </si>
   <si>
     <t>Ronda  del Pilar, 101</t>
   </si>
   <si>
     <t>Ronda  Del Pilar, 10</t>
   </si>
   <si>
     <t>C/  Madre Teresa de Calcuta, 2</t>
   </si>
   <si>
     <t>C/  Madre Teresa de Calcuta, 21ª planta</t>
   </si>
   <si>
     <t>Zafra</t>
   </si>
   <si>
     <t>C/  Luis Chamizo, 13</t>
   </si>
   <si>
     <t>Don Benito</t>
   </si>
   <si>
     <t>Plaza  Nueva de las Albercas, 10</t>
   </si>
   <si>
-    <t>Merida</t>
+    <t>Mérida</t>
   </si>
   <si>
     <t>C/  Adriano, 19</t>
   </si>
   <si>
     <t>Illes Balears</t>
   </si>
   <si>
     <t>Palma De Mallorca</t>
   </si>
   <si>
     <t>C/  La Rambla, 18</t>
   </si>
   <si>
     <t>Inca</t>
   </si>
   <si>
     <t>C/  Gabriel Buades, 13-15</t>
   </si>
   <si>
     <t>Manacor</t>
   </si>
   <si>
     <t>C/  Doctor Fleming, (esquina c/Princesa), 25</t>
   </si>
@@ -405,278 +399,269 @@
   <si>
     <t>C/  Col-legi, 6</t>
   </si>
   <si>
     <t>Ctra.  Castellar, 6</t>
   </si>
   <si>
     <t>Manresa</t>
   </si>
   <si>
     <t>C/  Sant Fruitós, 1-3</t>
   </si>
   <si>
     <t>C/  Del Bruc, 138-140</t>
   </si>
   <si>
     <t>Cerdanyola Del Valles</t>
   </si>
   <si>
     <t>C/  Parcers, 1-5bajos</t>
   </si>
   <si>
     <t>C/  Parcers, 1-5</t>
   </si>
   <si>
-    <t>Mataro</t>
+    <t>Mataró</t>
   </si>
   <si>
     <t>C/  Jaume balmes, 34</t>
   </si>
   <si>
     <t>C/  Jaume Balmes, 34</t>
   </si>
   <si>
     <t>Granollers</t>
   </si>
   <si>
     <t>C/  Josep Umbert, 84-86</t>
   </si>
   <si>
     <t>C/  Josep Umbert, 84 -86</t>
   </si>
   <si>
     <t>Vic</t>
   </si>
   <si>
     <t>C/  Historiador Ramón d' Abadal i Vinyals.  Edif. El Sucre, 5 - 1</t>
   </si>
   <si>
     <t>Berga</t>
   </si>
   <si>
     <t>C/  Guillem de Berguedá, 9</t>
   </si>
   <si>
     <t>Igualada</t>
   </si>
   <si>
     <t>Passeig  Jacint Verdaguer, 124</t>
   </si>
   <si>
-    <t>Vilafranca Del Penedes</t>
+    <t>Vilafranca Del Penedés</t>
   </si>
   <si>
     <t>Rambla  de Nostra Senyora, 19</t>
   </si>
   <si>
-    <t>Vilanova I La Geltru</t>
+    <t>Vilanova I La Geltrú</t>
   </si>
   <si>
     <t>Rambla  l´Exposició, 91</t>
   </si>
   <si>
     <t>Rambla  l' Exposició, 43</t>
   </si>
   <si>
     <t>Hospitalet De Llobregat (L')</t>
   </si>
   <si>
     <t>C/  Claveles, 6</t>
   </si>
   <si>
     <t>Badalona</t>
   </si>
   <si>
     <t>Avda.  President Companys, 106-110</t>
   </si>
   <si>
     <t>Avda.  Pres. Companys, 106 - 110</t>
   </si>
   <si>
     <t>Santa Coloma De Gramenet</t>
   </si>
   <si>
     <t>C/  Major, 49</t>
   </si>
   <si>
-    <t>Cornella De Llobregat</t>
+    <t>Cornellá De Llobregat</t>
   </si>
   <si>
     <t>Avda.  Maresme, 21</t>
   </si>
   <si>
     <t>Sant Feliu De Llobregat</t>
   </si>
   <si>
     <t>Cerrada provisionalmente por obras, -</t>
   </si>
   <si>
     <t>Burgos</t>
   </si>
   <si>
     <t>C/  Vitoria, 16</t>
   </si>
   <si>
     <t>Miranda De Ebro</t>
   </si>
   <si>
     <t>C/  Concepción Arenal, 46 - B</t>
   </si>
   <si>
     <t>Aranda De Duero</t>
   </si>
   <si>
     <t>C/  Barrio Nuevo, 30</t>
   </si>
   <si>
     <t>Cáceres</t>
   </si>
   <si>
-    <t>Caceres</t>
-[...1 lines deleted...]
-  <si>
     <t>Avda.  de España, 14</t>
   </si>
   <si>
     <t>Trujillo</t>
   </si>
   <si>
     <t>C/  San Juan Bautista de la Salle, 10</t>
   </si>
   <si>
     <t>Plasencia</t>
   </si>
   <si>
     <t>Avda.  Juan Carlos I, 15-17</t>
   </si>
   <si>
     <t>Cádiz</t>
   </si>
   <si>
-    <t>Cadiz</t>
-[...1 lines deleted...]
-  <si>
     <t>Avda.  Amilcar Barca, 5</t>
   </si>
   <si>
     <t>C/  Amilcar Barca, 5</t>
   </si>
   <si>
     <t>Chiclana De La Frontera</t>
   </si>
   <si>
     <t>C/  Hoyo del Membrillo, 5-7</t>
   </si>
   <si>
     <t>Algeciras</t>
   </si>
   <si>
     <t>Ctra.  Cádiz- Málaga (Rotonda El Pandero), 2A</t>
   </si>
   <si>
     <t>Ctra.  Cádiz-Málaga (Rotonda del Pandero), s/n</t>
   </si>
   <si>
     <t>Jerez De La Frontera</t>
   </si>
   <si>
     <t>Avda.  de la Universidad, 7</t>
   </si>
   <si>
-    <t>Puerto De Santa Maria(El)</t>
+    <t>Puerto De Santa María(El)</t>
   </si>
   <si>
     <t>C/  Luja, 4BAJO</t>
   </si>
   <si>
     <t>C/  Luja, 4</t>
   </si>
   <si>
     <t>Castelló/Castellón</t>
   </si>
   <si>
     <t>Castelló De La Plana</t>
   </si>
   <si>
     <t>Avda.  del Mar, 6</t>
   </si>
   <si>
     <t>Plaza  Juez Borrull, 14</t>
   </si>
   <si>
     <t>Onda</t>
   </si>
   <si>
     <t>C/  Ronda, 23-25</t>
   </si>
   <si>
-    <t>Benicarlo</t>
+    <t>Benicarló</t>
   </si>
   <si>
     <t>Avda.  de Yecla, 22</t>
   </si>
   <si>
     <t>Ciudad Real</t>
   </si>
   <si>
     <t>Avda.  Rey Santo, 2</t>
   </si>
   <si>
     <t>Avda.  Camilo José Cela, 3</t>
   </si>
   <si>
     <t>Valdepeñas</t>
   </si>
   <si>
     <t>C/  Unión, 20</t>
   </si>
   <si>
     <t>Servicios Centrales</t>
   </si>
   <si>
     <t>C/  Amapola, 12 - B</t>
   </si>
   <si>
     <t>Puertollano</t>
   </si>
   <si>
     <t>C/  Goya, 29</t>
   </si>
   <si>
-    <t>Alcazar De San Juan</t>
+    <t>Alcázar De San Juan</t>
   </si>
   <si>
     <t>C/  Lorenzo Rivas, 25</t>
   </si>
   <si>
     <t>Córdoba</t>
   </si>
   <si>
-    <t>Cordoba</t>
-[...1 lines deleted...]
-  <si>
     <t>C/  Tomás de Aquino, 6</t>
   </si>
   <si>
     <t>C/  de los Tejares, 23-25</t>
   </si>
   <si>
     <t>Ronda  De los Tejares, 23</t>
   </si>
   <si>
     <t>Avda.  Ronda de los Tejares, 23</t>
   </si>
   <si>
     <t>Avda.  Ronda de los Tejares, 23-25</t>
   </si>
   <si>
     <t>Avda.  Carlos III, 7</t>
   </si>
   <si>
     <t>Pozoblanco</t>
   </si>
   <si>
     <t>Ronda  de los Muñoces, 41</t>
   </si>
   <si>
     <t>Lucena</t>
@@ -696,51 +681,51 @@
   <si>
     <t>C/  Fernando Macías, 18-20</t>
   </si>
   <si>
     <t>C/  Fernando Macías, 18 - 20</t>
   </si>
   <si>
     <t>C/  Rafael Alberti, 11 - 13</t>
   </si>
   <si>
     <t>C/  Cristino Alvarez, 15</t>
   </si>
   <si>
     <t>C/  Rafael Alberti, 11-13</t>
   </si>
   <si>
     <t>Carballo</t>
   </si>
   <si>
     <t>C/  Barcelona, 13</t>
   </si>
   <si>
     <t>C/  Barcelona, 13-15</t>
   </si>
   <si>
-    <t>Corcubion</t>
+    <t>Corcubión</t>
   </si>
   <si>
     <t>C/  Médico Vicente Fraguela, 13</t>
   </si>
   <si>
     <t>Betanzos</t>
   </si>
   <si>
     <t>C/  Pintor Seijo Rubio, S/N</t>
   </si>
   <si>
     <t>Ferrol</t>
   </si>
   <si>
     <t>Avda.  Mac Mahón, 10</t>
   </si>
   <si>
     <t>C/  Mac Mahón, 10</t>
   </si>
   <si>
     <t>Santiago De Compostela</t>
   </si>
   <si>
     <t>C/  Carlos Briones Varela, s/n</t>
   </si>
@@ -801,152 +786,146 @@
   <si>
     <t>Avda.  Buenos Aires, 22</t>
   </si>
   <si>
     <t>Motril</t>
   </si>
   <si>
     <t>Avda.  Doctor Norman Bethune, 2</t>
   </si>
   <si>
     <t>Guadalajara</t>
   </si>
   <si>
     <t>C/  Carmen, 2</t>
   </si>
   <si>
     <t>Azuqueca De Henares</t>
   </si>
   <si>
     <t>Avda.  de Meco, 25</t>
   </si>
   <si>
     <t>Gipuzkoa</t>
   </si>
   <si>
-    <t>Donostia/San Sebastian</t>
+    <t>Donostia/San Sebastián</t>
   </si>
   <si>
     <t>C/  Hermanos Otamendi, 13</t>
   </si>
   <si>
     <t>Tolosa</t>
   </si>
   <si>
     <t>C/  Larramendi, 1</t>
   </si>
   <si>
     <t>C/  Padre Larramendi, 1</t>
   </si>
   <si>
-    <t>Eibar</t>
+    <t>Éibar</t>
   </si>
   <si>
     <t>C/  Zezenbide, 5</t>
   </si>
   <si>
     <t>Huelva</t>
   </si>
   <si>
     <t>C/  Puerto, 50</t>
   </si>
   <si>
     <t>Aracena</t>
   </si>
   <si>
     <t>Avda.  de los Infantes, 12</t>
   </si>
   <si>
     <t>Lepe</t>
   </si>
   <si>
     <t>C/  Zurbarán, 1</t>
   </si>
   <si>
     <t>C/  Zurbaran, 1</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>Huesca</t>
   </si>
   <si>
     <t>Avda.  Pirineos, 17</t>
   </si>
   <si>
     <t>Avda.  de los Pirineos, 17</t>
   </si>
   <si>
-    <t>Monzon</t>
+    <t>Monzón</t>
   </si>
   <si>
     <t>C/  Políg. Ind. Las Paúles - C/ Valle del Cinca, 17-18</t>
   </si>
   <si>
     <t>Jaén</t>
   </si>
   <si>
-    <t>Jaen</t>
-[...1 lines deleted...]
-  <si>
     <t>C/  Adarves Bajos, 2</t>
   </si>
   <si>
     <t>C/  Fuente Buenora, 7</t>
   </si>
   <si>
     <t>C/  Fuente de Buenora, 7</t>
   </si>
   <si>
     <t>Avda.  de Madrid, 70</t>
   </si>
   <si>
-    <t>Ubeda</t>
+    <t>Úbeda</t>
   </si>
   <si>
     <t>Avda.  de la Constitución, 8</t>
   </si>
   <si>
     <t>Linares</t>
   </si>
   <si>
     <t>Plaza  Alfonso XII, 4</t>
   </si>
   <si>
-    <t>Andujar</t>
+    <t>Andújar</t>
   </si>
   <si>
     <t>C/  Dr. Fleming, 8-10</t>
   </si>
   <si>
     <t>León</t>
   </si>
   <si>
-    <t>Leon</t>
-[...1 lines deleted...]
-  <si>
     <t>C/  Cinco de Octubre, 20</t>
   </si>
   <si>
     <t>Ponferrada</t>
   </si>
   <si>
     <t>Avda.  Huertas de Sacramento, 23</t>
   </si>
   <si>
     <t>C/  Monasterio de Carracedo, 4-6</t>
   </si>
   <si>
     <t>Lleida</t>
   </si>
   <si>
     <t>C/  Salmerón, 14-16</t>
   </si>
   <si>
     <t>Balaguer</t>
   </si>
   <si>
     <t>C/  Bellcaire d'Urgell, 14-16</t>
   </si>
   <si>
     <t>La Rioja</t>
@@ -1014,174 +993,171 @@
   <si>
     <t>C/  Agustín de Foxa, 28</t>
   </si>
   <si>
     <t>C/  Miguel Fleta, 3</t>
   </si>
   <si>
     <t>Avda.  de la Albufera, 41</t>
   </si>
   <si>
     <t>Avda.  Albufera, 41</t>
   </si>
   <si>
     <t>C/  Caceres, 2-4</t>
   </si>
   <si>
     <t>Alcobendas</t>
   </si>
   <si>
     <t>C/  Marqués de la Valdavia, 30</t>
   </si>
   <si>
     <t>C/  Marqués de la Valdavia, 75</t>
   </si>
   <si>
-    <t>Pozuelo De Alarcon</t>
+    <t>Pozuelo De Alarcón</t>
   </si>
   <si>
     <t>Avda.  Europa, 8bis</t>
   </si>
   <si>
     <t>Avda.  Europa, 8</t>
   </si>
   <si>
     <t>Aranjuez</t>
   </si>
   <si>
     <t>C/  Moreras, 50</t>
   </si>
   <si>
     <t>C/  Moreras, 50-52</t>
   </si>
   <si>
     <t>Collado Villalba</t>
   </si>
   <si>
     <t>C/  Anacleto López, 7</t>
   </si>
   <si>
     <t>Colmenar Viejo</t>
   </si>
   <si>
     <t>C/  Mosquilona, 57</t>
   </si>
   <si>
-    <t>Alcala De Henares</t>
+    <t>Alcalá De Henares</t>
   </si>
   <si>
     <t>C/  Rio Arlanza, 30</t>
   </si>
   <si>
     <t>C/  Río Arlanza, 30</t>
   </si>
   <si>
-    <t>Torrejon De Ardoz</t>
+    <t>Torrejón De Ardoz</t>
   </si>
   <si>
     <t>C/  Manuel Sandoval, 3-5</t>
   </si>
   <si>
     <t>Getafe</t>
   </si>
   <si>
     <t>C/  San Isidro, 2</t>
   </si>
   <si>
-    <t>Alcorcon</t>
+    <t>Alcorcón</t>
   </si>
   <si>
     <t>C/  Inspector Juan Antonio Bueno, s/n</t>
   </si>
   <si>
-    <t>Mostoles</t>
+    <t>Móstoles</t>
   </si>
   <si>
     <t>Paseo  Arroyomolinos, 59</t>
   </si>
   <si>
     <t>Paseo  de Arroyomolinos, 59</t>
   </si>
   <si>
     <t>Fuenlabrada</t>
   </si>
   <si>
     <t>C/  Portugal, 33</t>
   </si>
   <si>
     <t>Málaga</t>
   </si>
   <si>
-    <t>Malaga</t>
-[...1 lines deleted...]
-  <si>
     <t>C/  Heroe de Sostoa, 142</t>
   </si>
   <si>
     <t>C/  Héroe de Sostoa, 142</t>
   </si>
   <si>
     <t>901502050 (Publicado), 915410291 (Publicado), 952352390 (Publicado)</t>
   </si>
   <si>
     <t>C/  Ingeniero de la Torre Acosta, 5</t>
   </si>
   <si>
     <t>C/  Huescar, 7</t>
   </si>
   <si>
     <t>Avda.  Juan Sebastián Elcano, 177</t>
   </si>
   <si>
-    <t>Coin</t>
+    <t>Coín</t>
   </si>
   <si>
     <t>C/  Francisco Guerrero Ordóñez, 10</t>
   </si>
   <si>
     <t>Antequera</t>
   </si>
   <si>
     <t>C/  San Agustín, 14-16</t>
   </si>
   <si>
     <t>Marbella</t>
   </si>
   <si>
     <t>C/  Reina Victoria, 1bajo</t>
   </si>
   <si>
     <t>Avda.  Antonio Belón. Edif. D. Luis Molino, 16</t>
   </si>
   <si>
-    <t>Arroyo De La Miel-Benalmadena Costa</t>
+    <t>Arroyo De La Miel-Benalmádena Costa</t>
   </si>
   <si>
     <t>Avda.  Andalucía, 17</t>
   </si>
   <si>
-    <t>Benalmadena</t>
+    <t>Benalmádena</t>
   </si>
   <si>
     <t>Avda.  de Andalucía, 17-19</t>
   </si>
   <si>
     <t>Lagunas (Las)</t>
   </si>
   <si>
     <t>C/  Roble, 5</t>
   </si>
   <si>
     <t>Estepona</t>
   </si>
   <si>
     <t>Avda.  de Andalucía, 46</t>
   </si>
   <si>
     <t>Avda.  Andalucia, 46</t>
   </si>
   <si>
     <t>Torre Del Mar</t>
   </si>
   <si>
     <t>Avda.  Toré Toré, 5</t>
   </si>
@@ -1263,123 +1239,123 @@
   <si>
     <t>C/  Concejo, 1</t>
   </si>
   <si>
     <t>C/  Juan XXIII, 29-31</t>
   </si>
   <si>
     <t>Avda.  Habana, 11</t>
   </si>
   <si>
     <t>Principado de Asturias</t>
   </si>
   <si>
     <t>Asturias</t>
   </si>
   <si>
     <t>Oviedo</t>
   </si>
   <si>
     <t>Plaza  de la Escandalera, 1</t>
   </si>
   <si>
     <t>C/  Pérez de la Sala, 9</t>
   </si>
   <si>
-    <t>Gijon</t>
+    <t>Gijón</t>
   </si>
   <si>
     <t>Plaza  del Carmen, 6</t>
   </si>
   <si>
-    <t>Aviles</t>
+    <t>Avilés</t>
   </si>
   <si>
     <t>C/  Fuero de Avilés, 4</t>
   </si>
   <si>
     <t>C/  Fuero de avilés, 4</t>
   </si>
   <si>
-    <t>Cangas De Onis</t>
+    <t>Cangas De Onís</t>
   </si>
   <si>
     <t>Avda.  Covadonga, 45</t>
   </si>
   <si>
-    <t>Valdes</t>
+    <t>Valdés</t>
   </si>
   <si>
     <t>C/  Gil Parrondo Rico "Villa Tarsila", s/n</t>
   </si>
   <si>
     <t>Palencia</t>
   </si>
   <si>
     <t>Avda.  de la Antigua Florida, 2</t>
   </si>
   <si>
     <t>Avda.  Comunidad Europea, 16</t>
   </si>
   <si>
     <t>Avda.  de la Comunidad Europea, 16</t>
   </si>
   <si>
     <t>Canarias</t>
   </si>
   <si>
     <t>Las Palmas</t>
   </si>
   <si>
     <t>Las Palmas De Gran Canaria</t>
   </si>
   <si>
     <t>C/  Pérez del Toro, 89</t>
   </si>
   <si>
     <t>C/  Juan XXIII, 5</t>
   </si>
   <si>
     <t>C/  Cirilo Moreno, 31</t>
   </si>
   <si>
-    <t>San Bartolome De Tirajana</t>
+    <t>San Bartolomé De Tirajana</t>
   </si>
   <si>
     <t>Avda.  Touroperador Tui, s/n.</t>
   </si>
   <si>
     <t>Avda.  Touroperador Tui, s/n</t>
   </si>
   <si>
     <t>Telde</t>
   </si>
   <si>
     <t>C/  Cronista Antonio Hernández Rivero, 5</t>
   </si>
   <si>
-    <t>Galdar</t>
+    <t>Gáldar</t>
   </si>
   <si>
     <t>C/  Tamarán, 5</t>
   </si>
   <si>
     <t>Arrecife</t>
   </si>
   <si>
     <t>C/  León y Castillo, 85</t>
   </si>
   <si>
     <t>C/  León y Castillo, 85-87</t>
   </si>
   <si>
     <t>Puerto Del Rosario</t>
   </si>
   <si>
     <t>C/  Almirante Lallermand, 4</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
     <t>C/  Arzobispo Malvar, 13</t>
   </si>
@@ -1410,51 +1386,51 @@
   <si>
     <t>Estrada (A)</t>
   </si>
   <si>
     <t>Avda.  Benito Vigo, 119</t>
   </si>
   <si>
     <t>Salamanca</t>
   </si>
   <si>
     <t>Paseo  de Canalejas, 129</t>
   </si>
   <si>
     <t>Santa Cruz de Tenerife</t>
   </si>
   <si>
     <t>Santa Cruz De Tenerife</t>
   </si>
   <si>
     <t>C/  Ruiz de Padrón, 8-10</t>
   </si>
   <si>
     <t>Avda.  José Manuel Guimerá, 8</t>
   </si>
   <si>
-    <t>San Cristobal De La Laguna</t>
+    <t>San Cristóbal De La Laguna</t>
   </si>
   <si>
     <t>C/  Quintín Benito, 2</t>
   </si>
   <si>
     <t>C/  Quintín Benito, 22</t>
   </si>
   <si>
     <t>Puerto De La Cruz</t>
   </si>
   <si>
     <t>Avda.  Melchor Luz, 4</t>
   </si>
   <si>
     <t>Arona</t>
   </si>
   <si>
     <t>Avda.  Amsterdam, 1</t>
   </si>
   <si>
     <t>Cristianos (Los)</t>
   </si>
   <si>
     <t>C/  Boulevar Chajofe, 5</t>
   </si>
@@ -1500,72 +1476,72 @@
   <si>
     <t>C/  Pinar de Valsaín, 1</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>C/  Gonzalo Bilbao, 25A</t>
   </si>
   <si>
     <t>C/  Niebla, 19</t>
   </si>
   <si>
     <t>Avda.  de Jerez, 21A</t>
   </si>
   <si>
     <t>Avda.  de Jerez, 21</t>
   </si>
   <si>
     <t>C/  Pablo Picasso, 8</t>
   </si>
   <si>
     <t>C/  Pablo Picasso, s/n</t>
   </si>
   <si>
-    <t>Alcala De Guadaira</t>
+    <t>Alcalá De Guadaira</t>
   </si>
   <si>
     <t>C/  Orellana, 10</t>
   </si>
   <si>
     <t>Osuna</t>
   </si>
   <si>
     <t>C/  Luis de Molina, 37-39</t>
   </si>
   <si>
     <t>C/  Luis de Molina, 37</t>
   </si>
   <si>
     <t>Dos Hermanas</t>
   </si>
   <si>
     <t>C/  Isaac Peral, 47</t>
   </si>
   <si>
-    <t>Sanlucar La Mayor</t>
+    <t>Sanlúcar La Mayor</t>
   </si>
   <si>
     <t>Camino  de las Majarocas, 1</t>
   </si>
   <si>
     <t>Camino  de Huévar, 1</t>
   </si>
   <si>
     <t>Soria</t>
   </si>
   <si>
     <t>C/  San Benito, 17</t>
   </si>
   <si>
     <t>C/  Venerable Carabantes, 1BAJO</t>
   </si>
   <si>
     <t>Tarragona</t>
   </si>
   <si>
     <t>Rambla  Nova, 84</t>
   </si>
   <si>
     <t>Avda.  de Roma, 7B</t>
   </si>
@@ -1650,57 +1626,57 @@
   <si>
     <t>Sueca</t>
   </si>
   <si>
     <t>Avda.  José Maiques Marco, 9</t>
   </si>
   <si>
     <t>Catarroja</t>
   </si>
   <si>
     <t>C/  Manfredo Monforte, 24</t>
   </si>
   <si>
     <t>Sagunto/Sagunt</t>
   </si>
   <si>
     <t>Avda.  Huertos, 37DBJ</t>
   </si>
   <si>
     <t>Alzira</t>
   </si>
   <si>
     <t>C/  Horts dels Frares, 45</t>
   </si>
   <si>
-    <t>Gandia</t>
+    <t>Gandía</t>
   </si>
   <si>
     <t>C/  Tossal, 83</t>
   </si>
   <si>
-    <t>Xativa</t>
+    <t>Xàtiva</t>
   </si>
   <si>
     <t>C/  Cerdán de Tallada, 12</t>
   </si>
   <si>
     <t>Torrent</t>
   </si>
   <si>
     <t>C/  Músico José Ortí Soriano, 2</t>
   </si>
   <si>
     <t>Paterna</t>
   </si>
   <si>
     <t>Avda.  Vicent Mortes Alfonso, 21-23</t>
   </si>
   <si>
     <t>Valladolid</t>
   </si>
   <si>
     <t>C/  Boston, 6</t>
   </si>
   <si>
     <t>C/  Sajambre, 21</t>
   </si>
@@ -2652,51 +2628,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E893B389-3D73-4FE4-AC41-67DEF1DE1E9A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{73ADD588-8D80-4368-AFA3-0FCE573D346D}">
   <dimension ref="A1:P544"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -2723,27201 +2699,27200 @@
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2">
-        <v>1010</v>
+        <v>10590000</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
         <v>21</v>
       </c>
       <c r="H2" t="s">
         <v>21</v>
       </c>
       <c r="I2" t="s">
         <v>21</v>
       </c>
       <c r="J2" t="s">
         <v>22</v>
       </c>
       <c r="K2" t="s">
         <v>22</v>
       </c>
       <c r="L2" t="s">
         <v>23</v>
       </c>
       <c r="M2">
         <v>-2.6967398999999999</v>
       </c>
       <c r="N2">
         <v>42.865871400000003</v>
       </c>
       <c r="O2" t="s">
         <v>24</v>
       </c>
       <c r="P2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3">
-        <v>1010</v>
+        <v>10590000</v>
       </c>
       <c r="F3" t="s">
         <v>26</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
       <c r="J3" t="s">
         <v>22</v>
       </c>
       <c r="K3" t="s">
         <v>22</v>
       </c>
       <c r="L3" t="s">
         <v>23</v>
       </c>
       <c r="M3">
         <v>-2.6967400000000001</v>
       </c>
       <c r="N3">
         <v>42.865870000000001</v>
       </c>
       <c r="O3" t="s">
         <v>24</v>
       </c>
       <c r="P3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4">
-        <v>1010</v>
+        <v>10590000</v>
       </c>
       <c r="F4" t="s">
         <v>27</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
       <c r="H4" t="s">
         <v>21</v>
       </c>
       <c r="I4" t="s">
         <v>21</v>
       </c>
       <c r="J4" t="s">
         <v>22</v>
       </c>
       <c r="K4" t="s">
         <v>22</v>
       </c>
       <c r="L4" t="s">
         <v>23</v>
       </c>
       <c r="M4">
         <v>-2.6967398999999999</v>
       </c>
       <c r="N4">
         <v>42.865871400000003</v>
       </c>
       <c r="O4" t="s">
         <v>24</v>
       </c>
       <c r="P4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5">
-        <v>1010</v>
+        <v>10590000</v>
       </c>
       <c r="F5" t="s">
         <v>28</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>21</v>
       </c>
       <c r="I5" t="s">
         <v>21</v>
       </c>
       <c r="J5" t="s">
         <v>22</v>
       </c>
       <c r="K5" t="s">
         <v>21</v>
       </c>
       <c r="L5" t="s">
         <v>23</v>
       </c>
       <c r="M5">
         <v>-2.6967398999999999</v>
       </c>
       <c r="N5">
         <v>42.865871400000003</v>
       </c>
       <c r="O5" t="s">
         <v>24</v>
       </c>
       <c r="P5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6">
-        <v>1400</v>
+        <v>10360000</v>
       </c>
       <c r="F6" t="s">
         <v>26</v>
       </c>
       <c r="G6" t="s">
         <v>21</v>
       </c>
       <c r="H6" t="s">
         <v>22</v>
       </c>
       <c r="I6" t="s">
         <v>22</v>
       </c>
       <c r="J6" t="s">
         <v>22</v>
       </c>
       <c r="K6" t="s">
         <v>22</v>
       </c>
       <c r="L6" t="s">
         <v>30</v>
       </c>
       <c r="M6">
         <v>-2.9591645799999999</v>
       </c>
       <c r="N6">
         <v>43.145049190000002</v>
       </c>
       <c r="O6" t="s">
         <v>24</v>
       </c>
       <c r="P6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7">
-        <v>1400</v>
+        <v>10360000</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>21</v>
       </c>
       <c r="H7" t="s">
         <v>21</v>
       </c>
       <c r="I7" t="s">
         <v>21</v>
       </c>
       <c r="J7" t="s">
         <v>22</v>
       </c>
       <c r="K7" t="s">
         <v>22</v>
       </c>
       <c r="L7" t="s">
         <v>30</v>
       </c>
       <c r="M7">
         <v>-2.9591645799999999</v>
       </c>
       <c r="N7">
         <v>43.145049190000002</v>
       </c>
       <c r="O7" t="s">
         <v>24</v>
       </c>
       <c r="P7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>31</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8">
-        <v>2002</v>
+        <v>20030000</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>21</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>21</v>
       </c>
       <c r="J8" t="s">
         <v>22</v>
       </c>
       <c r="K8" t="s">
         <v>22</v>
       </c>
       <c r="L8" t="s">
         <v>33</v>
       </c>
       <c r="M8">
         <v>-1.8540908700000001</v>
       </c>
       <c r="N8">
         <v>38.987270029999998</v>
       </c>
       <c r="O8" t="s">
         <v>24</v>
       </c>
       <c r="P8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>31</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9">
-        <v>2002</v>
+        <v>20030000</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
         <v>21</v>
       </c>
       <c r="H9" t="s">
         <v>21</v>
       </c>
       <c r="I9" t="s">
         <v>21</v>
       </c>
       <c r="J9" t="s">
         <v>22</v>
       </c>
       <c r="K9" t="s">
         <v>22</v>
       </c>
       <c r="L9" t="s">
         <v>33</v>
       </c>
       <c r="M9">
         <v>-1.8540908700000001</v>
       </c>
       <c r="N9">
         <v>38.987270029999998</v>
       </c>
       <c r="O9" t="s">
         <v>24</v>
       </c>
       <c r="P9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10">
-        <v>2002</v>
+        <v>20030000</v>
       </c>
       <c r="F10" t="s">
         <v>28</v>
       </c>
       <c r="G10" t="s">
         <v>21</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10" t="s">
         <v>22</v>
       </c>
       <c r="K10" t="s">
         <v>22</v>
       </c>
       <c r="L10" t="s">
         <v>33</v>
       </c>
       <c r="M10">
         <v>-1.8540908700000001</v>
       </c>
       <c r="N10">
         <v>38.987270029999998</v>
       </c>
       <c r="O10" t="s">
         <v>24</v>
       </c>
       <c r="P10" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11">
-        <v>2002</v>
+        <v>20030000</v>
       </c>
       <c r="F11" t="s">
         <v>26</v>
       </c>
       <c r="G11" t="s">
         <v>21</v>
       </c>
       <c r="H11" t="s">
         <v>22</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11" t="s">
         <v>22</v>
       </c>
       <c r="K11" t="s">
         <v>22</v>
       </c>
       <c r="L11" t="s">
         <v>33</v>
       </c>
       <c r="M11">
         <v>-1.8540908700000001</v>
       </c>
       <c r="N11">
         <v>38.987270029999998</v>
       </c>
       <c r="O11" t="s">
         <v>24</v>
       </c>
       <c r="P11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12">
-        <v>2005</v>
+        <v>20030000</v>
       </c>
       <c r="F12" t="s">
         <v>26</v>
       </c>
       <c r="G12" t="s">
         <v>21</v>
       </c>
       <c r="H12" t="s">
         <v>22</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12" t="s">
         <v>22</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
       <c r="L12" t="s">
         <v>35</v>
       </c>
       <c r="M12">
         <v>-1.8562749999999999</v>
       </c>
       <c r="N12">
         <v>38.997906280000002</v>
       </c>
       <c r="O12" t="s">
         <v>24</v>
       </c>
       <c r="P12" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13">
-        <v>2005</v>
+        <v>20030000</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
         <v>21</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>21</v>
       </c>
       <c r="J13" t="s">
         <v>22</v>
       </c>
       <c r="K13" t="s">
         <v>22</v>
       </c>
       <c r="L13" t="s">
         <v>35</v>
       </c>
       <c r="M13">
         <v>-1.8562749999999999</v>
       </c>
       <c r="N13">
         <v>38.997906280000002</v>
       </c>
       <c r="O13" t="s">
         <v>24</v>
       </c>
       <c r="P13" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14">
-        <v>2640</v>
+        <v>20090000</v>
       </c>
       <c r="F14" t="s">
         <v>26</v>
       </c>
       <c r="G14" t="s">
         <v>21</v>
       </c>
       <c r="H14" t="s">
         <v>22</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14" t="s">
         <v>22</v>
       </c>
       <c r="K14" t="s">
         <v>22</v>
       </c>
       <c r="L14" t="s">
         <v>37</v>
       </c>
       <c r="M14">
         <v>-1.09275568</v>
       </c>
       <c r="N14">
         <v>38.86495781</v>
       </c>
       <c r="O14" t="s">
         <v>24</v>
       </c>
       <c r="P14" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" t="s">
         <v>32</v>
       </c>
       <c r="D15" t="s">
         <v>36</v>
       </c>
       <c r="E15">
-        <v>2640</v>
+        <v>20090000</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
         <v>21</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
       <c r="I15" t="s">
         <v>21</v>
       </c>
       <c r="J15" t="s">
         <v>22</v>
       </c>
       <c r="K15" t="s">
         <v>22</v>
       </c>
       <c r="L15" t="s">
         <v>38</v>
       </c>
       <c r="M15">
         <v>-1.09275568</v>
       </c>
       <c r="N15">
         <v>38.86495781</v>
       </c>
       <c r="O15" t="s">
         <v>24</v>
       </c>
       <c r="P15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>39</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>41</v>
       </c>
       <c r="E16">
-        <v>3002</v>
+        <v>30140000</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
         <v>21</v>
       </c>
       <c r="H16" t="s">
         <v>21</v>
       </c>
       <c r="I16" t="s">
         <v>21</v>
       </c>
       <c r="J16" t="s">
         <v>22</v>
       </c>
       <c r="K16" t="s">
         <v>22</v>
       </c>
       <c r="L16" t="s">
         <v>42</v>
       </c>
       <c r="M16">
         <v>-0.48312396000000002</v>
       </c>
       <c r="N16">
         <v>38.344741390000003</v>
       </c>
       <c r="O16" t="s">
         <v>24</v>
       </c>
       <c r="P16" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
         <v>41</v>
       </c>
       <c r="E17">
-        <v>3002</v>
+        <v>30140000</v>
       </c>
       <c r="F17" t="s">
         <v>26</v>
       </c>
       <c r="G17" t="s">
         <v>21</v>
       </c>
       <c r="H17" t="s">
         <v>22</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17" t="s">
         <v>22</v>
       </c>
       <c r="K17" t="s">
         <v>22</v>
       </c>
       <c r="L17" t="s">
         <v>42</v>
       </c>
       <c r="M17">
         <v>-0.48312396000000002</v>
       </c>
       <c r="N17">
         <v>38.344741390000003</v>
       </c>
       <c r="O17" t="s">
         <v>24</v>
       </c>
       <c r="P17" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18" t="s">
         <v>41</v>
       </c>
       <c r="E18">
-        <v>3005</v>
+        <v>30140000</v>
       </c>
       <c r="F18" t="s">
         <v>28</v>
       </c>
       <c r="G18" t="s">
         <v>21</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
       <c r="I18" t="s">
         <v>21</v>
       </c>
       <c r="J18" t="s">
         <v>22</v>
       </c>
       <c r="K18" t="s">
         <v>22</v>
       </c>
       <c r="L18" t="s">
         <v>43</v>
       </c>
       <c r="M18">
         <v>-0.49468352999999998</v>
       </c>
       <c r="N18">
         <v>38.346610929999997</v>
       </c>
       <c r="O18" t="s">
         <v>24</v>
       </c>
       <c r="P18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" t="s">
         <v>40</v>
       </c>
       <c r="D19" t="s">
         <v>41</v>
       </c>
       <c r="E19">
-        <v>3005</v>
+        <v>30140000</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
         <v>21</v>
       </c>
       <c r="H19" t="s">
         <v>21</v>
       </c>
       <c r="I19" t="s">
         <v>21</v>
       </c>
       <c r="J19" t="s">
         <v>22</v>
       </c>
       <c r="K19" t="s">
         <v>22</v>
       </c>
       <c r="L19" t="s">
         <v>44</v>
       </c>
       <c r="M19">
         <v>-0.49468352999999998</v>
       </c>
       <c r="N19">
         <v>38.346610929999997</v>
       </c>
       <c r="O19" t="s">
         <v>24</v>
       </c>
       <c r="P19" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>16</v>
       </c>
       <c r="B20" t="s">
         <v>39</v>
       </c>
       <c r="C20" t="s">
         <v>40</v>
       </c>
       <c r="D20" t="s">
         <v>41</v>
       </c>
       <c r="E20">
-        <v>3005</v>
+        <v>30140000</v>
       </c>
       <c r="F20" t="s">
         <v>27</v>
       </c>
       <c r="G20" t="s">
         <v>21</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
         <v>21</v>
       </c>
       <c r="J20" t="s">
         <v>22</v>
       </c>
       <c r="K20" t="s">
         <v>22</v>
       </c>
       <c r="L20" t="s">
         <v>45</v>
       </c>
       <c r="M20">
         <v>0</v>
       </c>
       <c r="N20">
         <v>0</v>
       </c>
       <c r="O20" t="s">
         <v>24</v>
       </c>
       <c r="P20" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>16</v>
       </c>
       <c r="B21" t="s">
         <v>39</v>
       </c>
       <c r="C21" t="s">
         <v>40</v>
       </c>
       <c r="D21" t="s">
         <v>41</v>
       </c>
       <c r="E21">
-        <v>3005</v>
+        <v>30140000</v>
       </c>
       <c r="F21" t="s">
         <v>26</v>
       </c>
       <c r="G21" t="s">
         <v>21</v>
       </c>
       <c r="H21" t="s">
         <v>22</v>
       </c>
       <c r="I21" t="s">
         <v>22</v>
       </c>
       <c r="J21" t="s">
         <v>22</v>
       </c>
       <c r="K21" t="s">
         <v>22</v>
       </c>
       <c r="L21" t="s">
         <v>43</v>
       </c>
       <c r="M21">
         <v>-0.49468352999999998</v>
       </c>
       <c r="N21">
         <v>38.346610929999997</v>
       </c>
       <c r="O21" t="s">
         <v>24</v>
       </c>
       <c r="P21" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>16</v>
       </c>
       <c r="B22" t="s">
         <v>39</v>
       </c>
       <c r="C22" t="s">
         <v>40</v>
       </c>
       <c r="D22" t="s">
         <v>46</v>
       </c>
       <c r="E22">
-        <v>3185</v>
+        <v>31330000</v>
       </c>
       <c r="F22" t="s">
         <v>26</v>
       </c>
       <c r="G22" t="s">
         <v>21</v>
       </c>
       <c r="H22" t="s">
         <v>22</v>
       </c>
       <c r="I22" t="s">
         <v>22</v>
       </c>
       <c r="J22" t="s">
         <v>22</v>
       </c>
       <c r="K22" t="s">
         <v>22</v>
       </c>
       <c r="L22" t="s">
         <v>47</v>
       </c>
       <c r="M22">
         <v>-0.69401000000000002</v>
       </c>
       <c r="N22">
         <v>37.978889799999997</v>
       </c>
       <c r="O22" t="s">
         <v>24</v>
       </c>
       <c r="P22" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>16</v>
       </c>
       <c r="B23" t="s">
         <v>39</v>
       </c>
       <c r="C23" t="s">
         <v>40</v>
       </c>
       <c r="D23" t="s">
         <v>48</v>
       </c>
       <c r="E23">
-        <v>3203</v>
+        <v>30650000</v>
       </c>
       <c r="F23" t="s">
         <v>26</v>
       </c>
       <c r="G23" t="s">
         <v>21</v>
       </c>
       <c r="H23" t="s">
         <v>22</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23" t="s">
         <v>22</v>
       </c>
       <c r="K23" t="s">
         <v>22</v>
       </c>
       <c r="L23" t="s">
         <v>49</v>
       </c>
       <c r="M23">
         <v>-0.68760560999999998</v>
       </c>
       <c r="N23">
         <v>38.268255549999999</v>
       </c>
       <c r="O23" t="s">
         <v>24</v>
       </c>
       <c r="P23" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>16</v>
       </c>
       <c r="B24" t="s">
         <v>39</v>
       </c>
       <c r="C24" t="s">
         <v>40</v>
       </c>
       <c r="D24" t="s">
         <v>48</v>
       </c>
       <c r="E24">
-        <v>3203</v>
+        <v>30650000</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
         <v>21</v>
       </c>
       <c r="H24" t="s">
         <v>21</v>
       </c>
       <c r="I24" t="s">
         <v>21</v>
       </c>
       <c r="J24" t="s">
         <v>22</v>
       </c>
       <c r="K24" t="s">
         <v>22</v>
       </c>
       <c r="L24" t="s">
         <v>50</v>
       </c>
       <c r="M24">
         <v>-0.68782262999999999</v>
       </c>
       <c r="N24">
         <v>38.268259829999998</v>
       </c>
       <c r="O24" t="s">
         <v>24</v>
       </c>
       <c r="P24" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>16</v>
       </c>
       <c r="B25" t="s">
         <v>39</v>
       </c>
       <c r="C25" t="s">
         <v>40</v>
       </c>
       <c r="D25" t="s">
         <v>51</v>
       </c>
       <c r="E25">
-        <v>3300</v>
+        <v>30990000</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
         <v>21</v>
       </c>
       <c r="H25" t="s">
         <v>21</v>
       </c>
       <c r="I25" t="s">
         <v>21</v>
       </c>
       <c r="J25" t="s">
         <v>22</v>
       </c>
       <c r="K25" t="s">
         <v>22</v>
       </c>
       <c r="L25" t="s">
         <v>52</v>
       </c>
       <c r="M25">
         <v>-0.94276187</v>
       </c>
       <c r="N25">
         <v>38.083477729999998</v>
       </c>
       <c r="O25" t="s">
         <v>24</v>
       </c>
       <c r="P25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>16</v>
       </c>
       <c r="B26" t="s">
         <v>39</v>
       </c>
       <c r="C26" t="s">
         <v>40</v>
       </c>
       <c r="D26" t="s">
         <v>51</v>
       </c>
       <c r="E26">
-        <v>3300</v>
+        <v>30990000</v>
       </c>
       <c r="F26" t="s">
         <v>26</v>
       </c>
       <c r="G26" t="s">
         <v>21</v>
       </c>
       <c r="H26" t="s">
         <v>22</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26" t="s">
         <v>22</v>
       </c>
       <c r="K26" t="s">
         <v>22</v>
       </c>
       <c r="L26" t="s">
         <v>53</v>
       </c>
       <c r="M26">
         <v>-0.94276187</v>
       </c>
       <c r="N26">
         <v>38.083477729999998</v>
       </c>
       <c r="O26" t="s">
         <v>24</v>
       </c>
       <c r="P26" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>16</v>
       </c>
       <c r="B27" t="s">
         <v>39</v>
       </c>
       <c r="C27" t="s">
         <v>40</v>
       </c>
       <c r="D27" t="s">
         <v>54</v>
       </c>
       <c r="E27">
-        <v>3501</v>
+        <v>30310000</v>
       </c>
       <c r="F27" t="s">
         <v>26</v>
       </c>
       <c r="G27" t="s">
         <v>21</v>
       </c>
       <c r="H27" t="s">
         <v>22</v>
       </c>
       <c r="I27" t="s">
         <v>22</v>
       </c>
       <c r="J27" t="s">
         <v>22</v>
       </c>
       <c r="K27" t="s">
         <v>22</v>
       </c>
       <c r="L27" t="s">
         <v>55</v>
       </c>
       <c r="M27">
         <v>-0.12951030999999999</v>
       </c>
       <c r="N27">
         <v>38.540318220000003</v>
       </c>
       <c r="O27" t="s">
         <v>24</v>
       </c>
       <c r="P27" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>16</v>
       </c>
       <c r="B28" t="s">
         <v>39</v>
       </c>
       <c r="C28" t="s">
         <v>40</v>
       </c>
       <c r="D28" t="s">
         <v>54</v>
       </c>
       <c r="E28">
-        <v>3501</v>
+        <v>30310000</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
         <v>21</v>
       </c>
       <c r="H28" t="s">
         <v>21</v>
       </c>
       <c r="I28" t="s">
         <v>21</v>
       </c>
       <c r="J28" t="s">
         <v>22</v>
       </c>
       <c r="K28" t="s">
         <v>22</v>
       </c>
       <c r="L28" t="s">
         <v>55</v>
       </c>
       <c r="M28">
         <v>-0.12951030999999999</v>
       </c>
       <c r="N28">
         <v>38.540318220000003</v>
       </c>
       <c r="O28" t="s">
         <v>24</v>
       </c>
       <c r="P28" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>16</v>
       </c>
       <c r="B29" t="s">
         <v>39</v>
       </c>
       <c r="C29" t="s">
         <v>40</v>
       </c>
       <c r="D29" t="s">
         <v>56</v>
       </c>
       <c r="E29">
-        <v>3600</v>
+        <v>30660000</v>
       </c>
       <c r="F29" t="s">
         <v>26</v>
       </c>
       <c r="G29" t="s">
         <v>21</v>
       </c>
       <c r="H29" t="s">
         <v>22</v>
       </c>
       <c r="I29" t="s">
         <v>22</v>
       </c>
       <c r="J29" t="s">
         <v>22</v>
       </c>
       <c r="K29" t="s">
         <v>22</v>
       </c>
       <c r="L29" t="s">
         <v>57</v>
       </c>
       <c r="M29">
         <v>-0.79292790000000002</v>
       </c>
       <c r="N29">
         <v>38.477269010000001</v>
       </c>
       <c r="O29" t="s">
         <v>24</v>
       </c>
       <c r="P29" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>16</v>
       </c>
       <c r="B30" t="s">
         <v>39</v>
       </c>
       <c r="C30" t="s">
         <v>40</v>
       </c>
       <c r="D30" t="s">
         <v>56</v>
       </c>
       <c r="E30">
-        <v>3600</v>
+        <v>30660000</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
         <v>21</v>
       </c>
       <c r="H30" t="s">
         <v>21</v>
       </c>
       <c r="I30" t="s">
         <v>21</v>
       </c>
       <c r="J30" t="s">
         <v>22</v>
       </c>
       <c r="K30" t="s">
         <v>22</v>
       </c>
       <c r="L30" t="s">
         <v>58</v>
       </c>
       <c r="M30">
         <v>-0.79292790000000002</v>
       </c>
       <c r="N30">
         <v>38.477269010000001</v>
       </c>
       <c r="O30" t="s">
         <v>24</v>
       </c>
       <c r="P30" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>16</v>
       </c>
       <c r="B31" t="s">
         <v>39</v>
       </c>
       <c r="C31" t="s">
         <v>40</v>
       </c>
       <c r="D31" t="s">
         <v>59</v>
       </c>
       <c r="E31">
-        <v>3700</v>
+        <v>30630000</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
         <v>21</v>
       </c>
       <c r="H31" t="s">
         <v>21</v>
       </c>
       <c r="I31" t="s">
         <v>21</v>
       </c>
       <c r="J31" t="s">
         <v>22</v>
       </c>
       <c r="K31" t="s">
         <v>22</v>
       </c>
       <c r="L31" t="s">
         <v>60</v>
       </c>
       <c r="M31">
         <v>0.10798094</v>
       </c>
       <c r="N31">
         <v>38.837792319999998</v>
       </c>
       <c r="O31" t="s">
         <v>24</v>
       </c>
       <c r="P31" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>16</v>
       </c>
       <c r="B32" t="s">
         <v>39</v>
       </c>
       <c r="C32" t="s">
         <v>40</v>
       </c>
       <c r="D32" t="s">
         <v>59</v>
       </c>
       <c r="E32">
-        <v>3700</v>
+        <v>30630000</v>
       </c>
       <c r="F32" t="s">
         <v>26</v>
       </c>
       <c r="G32" t="s">
         <v>21</v>
       </c>
       <c r="H32" t="s">
         <v>22</v>
       </c>
       <c r="I32" t="s">
         <v>22</v>
       </c>
       <c r="J32" t="s">
         <v>22</v>
       </c>
       <c r="K32" t="s">
         <v>22</v>
       </c>
       <c r="L32" t="s">
         <v>61</v>
       </c>
       <c r="M32">
         <v>0.10798094</v>
       </c>
       <c r="N32">
         <v>38.837792319999998</v>
       </c>
       <c r="O32" t="s">
         <v>24</v>
       </c>
       <c r="P32" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>16</v>
       </c>
       <c r="B33" t="s">
         <v>39</v>
       </c>
       <c r="C33" t="s">
         <v>40</v>
       </c>
       <c r="D33" t="s">
         <v>62</v>
       </c>
       <c r="E33">
-        <v>3803</v>
+        <v>30090000</v>
       </c>
       <c r="F33" t="s">
         <v>26</v>
       </c>
       <c r="G33" t="s">
         <v>21</v>
       </c>
       <c r="H33" t="s">
         <v>22</v>
       </c>
       <c r="I33" t="s">
         <v>22</v>
       </c>
       <c r="J33" t="s">
         <v>22</v>
       </c>
       <c r="K33" t="s">
         <v>22</v>
       </c>
       <c r="L33" t="s">
         <v>63</v>
       </c>
       <c r="M33">
         <v>-0.48299616000000001</v>
       </c>
       <c r="N33">
         <v>38.701193029999999</v>
       </c>
       <c r="O33" t="s">
         <v>24</v>
       </c>
       <c r="P33" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>16</v>
       </c>
       <c r="B34" t="s">
         <v>39</v>
       </c>
       <c r="C34" t="s">
         <v>40</v>
       </c>
       <c r="D34" t="s">
         <v>62</v>
       </c>
       <c r="E34">
-        <v>3803</v>
+        <v>30090000</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
         <v>21</v>
       </c>
       <c r="H34" t="s">
         <v>21</v>
       </c>
       <c r="I34" t="s">
         <v>21</v>
       </c>
       <c r="J34" t="s">
         <v>22</v>
       </c>
       <c r="K34" t="s">
         <v>22</v>
       </c>
       <c r="L34" t="s">
         <v>63</v>
       </c>
       <c r="M34">
         <v>-0.48299616000000001</v>
       </c>
       <c r="N34">
         <v>38.701193029999999</v>
       </c>
       <c r="O34" t="s">
         <v>24</v>
       </c>
       <c r="P34" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>16</v>
       </c>
       <c r="B35" t="s">
         <v>64</v>
       </c>
       <c r="C35" t="s">
         <v>65</v>
       </c>
       <c r="D35" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E35">
-        <v>4007</v>
+        <v>40130000</v>
       </c>
       <c r="F35" t="s">
         <v>27</v>
       </c>
       <c r="G35" t="s">
         <v>21</v>
       </c>
       <c r="H35" t="s">
         <v>21</v>
       </c>
       <c r="I35" t="s">
         <v>21</v>
       </c>
       <c r="J35" t="s">
         <v>22</v>
       </c>
       <c r="K35" t="s">
         <v>22</v>
       </c>
       <c r="L35" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="M35">
         <v>-2.4435069999999999</v>
       </c>
       <c r="N35">
         <v>36.835876159999998</v>
       </c>
       <c r="O35" t="s">
         <v>24</v>
       </c>
       <c r="P35" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>16</v>
       </c>
       <c r="B36" t="s">
         <v>64</v>
       </c>
       <c r="C36" t="s">
         <v>65</v>
       </c>
       <c r="D36" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E36">
-        <v>4007</v>
+        <v>40130000</v>
       </c>
       <c r="F36" t="s">
         <v>26</v>
       </c>
       <c r="G36" t="s">
         <v>21</v>
       </c>
       <c r="H36" t="s">
         <v>22</v>
       </c>
       <c r="I36" t="s">
         <v>22</v>
       </c>
       <c r="J36" t="s">
         <v>22</v>
       </c>
       <c r="K36" t="s">
         <v>22</v>
       </c>
       <c r="L36" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="M36">
         <v>-2.4432499999999999</v>
       </c>
       <c r="N36">
         <v>36.835869000000002</v>
       </c>
       <c r="O36" t="s">
         <v>24</v>
       </c>
       <c r="P36" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>16</v>
       </c>
       <c r="B37" t="s">
         <v>64</v>
       </c>
       <c r="C37" t="s">
         <v>65</v>
       </c>
       <c r="D37" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E37">
-        <v>4007</v>
+        <v>40130000</v>
       </c>
       <c r="F37" t="s">
         <v>28</v>
       </c>
       <c r="G37" t="s">
         <v>21</v>
       </c>
       <c r="H37" t="s">
         <v>21</v>
       </c>
       <c r="I37" t="s">
         <v>22</v>
       </c>
       <c r="J37" t="s">
         <v>22</v>
       </c>
       <c r="K37" t="s">
         <v>22</v>
       </c>
       <c r="L37" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="M37">
         <v>-2.4435069999999999</v>
       </c>
       <c r="N37">
         <v>36.835876159999998</v>
       </c>
       <c r="O37" t="s">
         <v>24</v>
       </c>
       <c r="P37" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>16</v>
       </c>
       <c r="B38" t="s">
         <v>64</v>
       </c>
       <c r="C38" t="s">
         <v>65</v>
       </c>
       <c r="D38" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E38">
-        <v>4007</v>
+        <v>40130000</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
         <v>21</v>
       </c>
       <c r="H38" t="s">
         <v>21</v>
       </c>
       <c r="I38" t="s">
         <v>21</v>
       </c>
       <c r="J38" t="s">
         <v>22</v>
       </c>
       <c r="K38" t="s">
         <v>22</v>
       </c>
       <c r="L38" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="M38">
         <v>-2.4474991899999998</v>
       </c>
       <c r="N38">
         <v>36.860846709999997</v>
       </c>
       <c r="O38" t="s">
         <v>24</v>
       </c>
       <c r="P38" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>16</v>
       </c>
       <c r="B39" t="s">
         <v>64</v>
       </c>
       <c r="C39" t="s">
         <v>65</v>
       </c>
       <c r="D39" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E39">
-        <v>4008</v>
+        <v>40130000</v>
       </c>
       <c r="F39" t="s">
         <v>26</v>
       </c>
       <c r="G39" t="s">
         <v>21</v>
       </c>
       <c r="H39" t="s">
         <v>22</v>
       </c>
       <c r="I39" t="s">
         <v>22</v>
       </c>
       <c r="J39" t="s">
         <v>22</v>
       </c>
       <c r="K39" t="s">
         <v>22</v>
       </c>
       <c r="L39" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="M39">
         <v>-2.4554901</v>
       </c>
       <c r="N39">
         <v>36.8493195</v>
       </c>
       <c r="O39" t="s">
         <v>24</v>
       </c>
       <c r="P39" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>16</v>
       </c>
       <c r="B40" t="s">
         <v>64</v>
       </c>
       <c r="C40" t="s">
         <v>65</v>
       </c>
       <c r="D40" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E40">
-        <v>4008</v>
+        <v>40130000</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
         <v>21</v>
       </c>
       <c r="H40" t="s">
         <v>21</v>
       </c>
       <c r="I40" t="s">
         <v>21</v>
       </c>
       <c r="J40" t="s">
         <v>22</v>
       </c>
       <c r="K40" t="s">
         <v>22</v>
       </c>
       <c r="L40" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="M40">
         <v>-2.4486661299999999</v>
       </c>
       <c r="N40">
         <v>36.856128579999996</v>
       </c>
       <c r="O40" t="s">
         <v>24</v>
       </c>
       <c r="P40" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>16</v>
       </c>
       <c r="B41" t="s">
         <v>64</v>
       </c>
       <c r="C41" t="s">
         <v>65</v>
       </c>
       <c r="D41" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E41">
-        <v>4600</v>
+        <v>40530000</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
         <v>21</v>
       </c>
       <c r="H41" t="s">
         <v>21</v>
       </c>
       <c r="I41" t="s">
         <v>21</v>
       </c>
       <c r="J41" t="s">
         <v>22</v>
       </c>
       <c r="K41" t="s">
         <v>22</v>
       </c>
       <c r="L41" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="M41">
         <v>-1.9495248000000001</v>
       </c>
       <c r="N41">
         <v>37.396064799999998</v>
       </c>
       <c r="O41" t="s">
         <v>24</v>
       </c>
       <c r="P41" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>16</v>
       </c>
       <c r="B42" t="s">
         <v>64</v>
       </c>
       <c r="C42" t="s">
         <v>65</v>
       </c>
       <c r="D42" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E42">
-        <v>4600</v>
+        <v>40530000</v>
       </c>
       <c r="F42" t="s">
         <v>26</v>
       </c>
       <c r="G42" t="s">
         <v>21</v>
       </c>
       <c r="H42" t="s">
         <v>22</v>
       </c>
       <c r="I42" t="s">
         <v>22</v>
       </c>
       <c r="J42" t="s">
         <v>22</v>
       </c>
       <c r="K42" t="s">
         <v>22</v>
       </c>
       <c r="L42" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="M42">
         <v>-1.9493879999999999</v>
       </c>
       <c r="N42">
         <v>37.395871399999997</v>
       </c>
       <c r="O42" t="s">
         <v>24</v>
       </c>
       <c r="P42" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>16</v>
       </c>
       <c r="B43" t="s">
         <v>64</v>
       </c>
       <c r="C43" t="s">
         <v>65</v>
       </c>
       <c r="D43" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="E43">
-        <v>4700</v>
+        <v>49020000</v>
       </c>
       <c r="F43" t="s">
         <v>26</v>
       </c>
       <c r="G43" t="s">
         <v>21</v>
       </c>
       <c r="H43" t="s">
         <v>22</v>
       </c>
       <c r="I43" t="s">
         <v>22</v>
       </c>
       <c r="J43" t="s">
         <v>22</v>
       </c>
       <c r="K43" t="s">
         <v>22</v>
       </c>
       <c r="L43" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="M43">
         <v>-2.8113101</v>
       </c>
       <c r="N43">
         <v>36.7746201</v>
       </c>
       <c r="O43" t="s">
         <v>24</v>
       </c>
       <c r="P43" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>16</v>
       </c>
       <c r="B44" t="s">
         <v>64</v>
       </c>
       <c r="C44" t="s">
         <v>65</v>
       </c>
       <c r="D44" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="E44">
-        <v>4700</v>
+        <v>49020000</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
         <v>21</v>
       </c>
       <c r="H44" t="s">
         <v>21</v>
       </c>
       <c r="I44" t="s">
         <v>22</v>
       </c>
       <c r="J44" t="s">
         <v>22</v>
       </c>
       <c r="K44" t="s">
         <v>22</v>
       </c>
       <c r="L44" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="M44">
         <v>-2.8113101</v>
       </c>
       <c r="N44">
         <v>36.7746201</v>
       </c>
       <c r="O44" t="s">
         <v>24</v>
       </c>
       <c r="P44" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>16</v>
       </c>
       <c r="B45" t="s">
+        <v>73</v>
+      </c>
+      <c r="C45" t="s">
         <v>74</v>
       </c>
-      <c r="C45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E45">
-        <v>5001</v>
+        <v>50190000</v>
       </c>
       <c r="F45" t="s">
         <v>28</v>
       </c>
       <c r="G45" t="s">
         <v>21</v>
       </c>
       <c r="H45" t="s">
         <v>21</v>
       </c>
       <c r="I45" t="s">
         <v>22</v>
       </c>
       <c r="J45" t="s">
         <v>22</v>
       </c>
       <c r="K45" t="s">
         <v>22</v>
       </c>
       <c r="L45" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="M45">
         <v>-4.6952935399999998</v>
       </c>
       <c r="N45">
         <v>40.657357050000002</v>
       </c>
       <c r="O45" t="s">
         <v>24</v>
       </c>
       <c r="P45" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>16</v>
       </c>
       <c r="B46" t="s">
+        <v>73</v>
+      </c>
+      <c r="C46" t="s">
         <v>74</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E46">
-        <v>5001</v>
+        <v>50190000</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
         <v>21</v>
       </c>
       <c r="H46" t="s">
         <v>21</v>
       </c>
       <c r="I46" t="s">
         <v>21</v>
       </c>
       <c r="J46" t="s">
         <v>22</v>
       </c>
       <c r="K46" t="s">
         <v>22</v>
       </c>
       <c r="L46" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="M46">
         <v>-4.6952935399999998</v>
       </c>
       <c r="N46">
         <v>40.657357050000002</v>
       </c>
       <c r="O46" t="s">
         <v>24</v>
       </c>
       <c r="P46" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>16</v>
       </c>
       <c r="B47" t="s">
+        <v>73</v>
+      </c>
+      <c r="C47" t="s">
         <v>74</v>
       </c>
-      <c r="C47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E47">
-        <v>5001</v>
+        <v>50190000</v>
       </c>
       <c r="F47" t="s">
         <v>26</v>
       </c>
       <c r="G47" t="s">
         <v>21</v>
       </c>
       <c r="H47" t="s">
         <v>22</v>
       </c>
       <c r="I47" t="s">
         <v>22</v>
       </c>
       <c r="J47" t="s">
         <v>22</v>
       </c>
       <c r="K47" t="s">
         <v>22</v>
       </c>
       <c r="L47" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="M47">
         <v>-4.6952935399999998</v>
       </c>
       <c r="N47">
         <v>40.657357050000002</v>
       </c>
       <c r="O47" t="s">
         <v>24</v>
       </c>
       <c r="P47" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>16</v>
       </c>
       <c r="B48" t="s">
+        <v>73</v>
+      </c>
+      <c r="C48" t="s">
         <v>74</v>
       </c>
-      <c r="C48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E48">
-        <v>5001</v>
+        <v>50190000</v>
       </c>
       <c r="F48" t="s">
         <v>27</v>
       </c>
       <c r="G48" t="s">
         <v>21</v>
       </c>
       <c r="H48" t="s">
         <v>21</v>
       </c>
       <c r="I48" t="s">
         <v>21</v>
       </c>
       <c r="J48" t="s">
         <v>22</v>
       </c>
       <c r="K48" t="s">
         <v>22</v>
       </c>
       <c r="L48" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="M48">
         <v>-4.6952935399999998</v>
       </c>
       <c r="N48">
         <v>40.657357050000002</v>
       </c>
       <c r="O48" t="s">
         <v>24</v>
       </c>
       <c r="P48" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
         <v>16</v>
       </c>
       <c r="B49" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C49" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D49" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E49">
-        <v>6002</v>
+        <v>60150000</v>
       </c>
       <c r="F49" t="s">
         <v>28</v>
       </c>
       <c r="G49" t="s">
         <v>21</v>
       </c>
       <c r="H49" t="s">
         <v>21</v>
       </c>
       <c r="I49" t="s">
         <v>21</v>
       </c>
       <c r="J49" t="s">
         <v>22</v>
       </c>
       <c r="K49" t="s">
         <v>22</v>
       </c>
       <c r="L49" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="M49">
         <v>-6.9714067699999998</v>
       </c>
       <c r="N49">
         <v>38.875221670000002</v>
       </c>
       <c r="O49" t="s">
         <v>24</v>
       </c>
       <c r="P49" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>16</v>
       </c>
       <c r="B50" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C50" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D50" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E50">
-        <v>6002</v>
+        <v>60150000</v>
       </c>
       <c r="F50" t="s">
         <v>27</v>
       </c>
       <c r="G50" t="s">
         <v>21</v>
       </c>
       <c r="H50" t="s">
         <v>21</v>
       </c>
       <c r="I50" t="s">
         <v>21</v>
       </c>
       <c r="J50" t="s">
         <v>22</v>
       </c>
       <c r="K50" t="s">
         <v>22</v>
       </c>
       <c r="L50" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="M50">
         <v>-6.9714067699999998</v>
       </c>
       <c r="N50">
         <v>38.875221670000002</v>
       </c>
       <c r="O50" t="s">
         <v>24</v>
       </c>
       <c r="P50" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>16</v>
       </c>
       <c r="B51" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C51" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D51" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E51">
-        <v>6002</v>
+        <v>60150000</v>
       </c>
       <c r="F51" t="s">
         <v>26</v>
       </c>
       <c r="G51" t="s">
         <v>21</v>
       </c>
       <c r="H51" t="s">
         <v>22</v>
       </c>
       <c r="I51" t="s">
         <v>22</v>
       </c>
       <c r="J51" t="s">
         <v>22</v>
       </c>
       <c r="K51" t="s">
         <v>22</v>
       </c>
       <c r="L51" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="M51">
         <v>-6.9714067699999998</v>
       </c>
       <c r="N51">
         <v>38.875221670000002</v>
       </c>
       <c r="O51" t="s">
         <v>24</v>
       </c>
       <c r="P51" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
         <v>16</v>
       </c>
       <c r="B52" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C52" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D52" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E52">
-        <v>6002</v>
+        <v>60150000</v>
       </c>
       <c r="F52" t="s">
         <v>26</v>
       </c>
       <c r="G52" t="s">
         <v>21</v>
       </c>
       <c r="H52" t="s">
         <v>22</v>
       </c>
       <c r="I52" t="s">
         <v>22</v>
       </c>
       <c r="J52" t="s">
         <v>22</v>
       </c>
       <c r="K52" t="s">
         <v>22</v>
       </c>
       <c r="L52" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="M52">
         <v>-6.9714067699999998</v>
       </c>
       <c r="N52">
         <v>38.875221670000002</v>
       </c>
       <c r="O52" t="s">
         <v>24</v>
       </c>
       <c r="P52" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>16</v>
       </c>
       <c r="B53" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C53" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D53" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E53">
-        <v>6006</v>
+        <v>60150000</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
         <v>21</v>
       </c>
       <c r="H53" t="s">
         <v>21</v>
       </c>
       <c r="I53" t="s">
         <v>21</v>
       </c>
       <c r="J53" t="s">
         <v>22</v>
       </c>
       <c r="K53" t="s">
         <v>22</v>
       </c>
       <c r="L53" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="M53">
         <v>-6.9932462199999996</v>
       </c>
       <c r="N53">
         <v>38.881888289999999</v>
       </c>
       <c r="O53" t="s">
         <v>24</v>
       </c>
       <c r="P53" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>16</v>
       </c>
       <c r="B54" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C54" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D54" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E54">
-        <v>6006</v>
+        <v>60150000</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
         <v>21</v>
       </c>
       <c r="H54" t="s">
         <v>21</v>
       </c>
       <c r="I54" t="s">
         <v>21</v>
       </c>
       <c r="J54" t="s">
         <v>22</v>
       </c>
       <c r="K54" t="s">
         <v>22</v>
       </c>
       <c r="L54" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="M54">
         <v>-6.9932462199999996</v>
       </c>
       <c r="N54">
         <v>38.881888289999999</v>
       </c>
       <c r="O54" t="s">
         <v>24</v>
       </c>
       <c r="P54" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>16</v>
       </c>
       <c r="B55" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C55" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D55" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="E55">
-        <v>6300</v>
+        <v>61580000</v>
       </c>
       <c r="F55" t="s">
         <v>26</v>
       </c>
       <c r="G55" t="s">
         <v>21</v>
       </c>
       <c r="H55" t="s">
         <v>22</v>
       </c>
       <c r="I55" t="s">
         <v>22</v>
       </c>
       <c r="J55" t="s">
         <v>22</v>
       </c>
       <c r="K55" t="s">
         <v>22</v>
       </c>
       <c r="L55" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="M55">
         <v>-6.4151481500000003</v>
       </c>
       <c r="N55">
         <v>38.424762710000003</v>
       </c>
       <c r="O55" t="s">
         <v>24</v>
       </c>
       <c r="P55" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>16</v>
       </c>
       <c r="B56" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C56" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D56" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="E56">
-        <v>6300</v>
+        <v>61580000</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
         <v>21</v>
       </c>
       <c r="H56" t="s">
         <v>21</v>
       </c>
       <c r="I56" t="s">
         <v>21</v>
       </c>
       <c r="J56" t="s">
         <v>22</v>
       </c>
       <c r="K56" t="s">
         <v>22</v>
       </c>
       <c r="L56" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="M56">
         <v>-6.4149109199999996</v>
       </c>
       <c r="N56">
         <v>38.424805589999998</v>
       </c>
       <c r="O56" t="s">
         <v>24</v>
       </c>
       <c r="P56" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
         <v>16</v>
       </c>
       <c r="B57" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C57" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D57" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="E57">
-        <v>6400</v>
+        <v>60440000</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
         <v>21</v>
       </c>
       <c r="H57" t="s">
         <v>21</v>
       </c>
       <c r="I57" t="s">
         <v>21</v>
       </c>
       <c r="J57" t="s">
         <v>22</v>
       </c>
       <c r="K57" t="s">
         <v>22</v>
       </c>
       <c r="L57" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="M57">
         <v>-5.8716404899999999</v>
       </c>
       <c r="N57">
         <v>38.957117099999998</v>
       </c>
       <c r="O57" t="s">
         <v>24</v>
       </c>
       <c r="P57" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
         <v>16</v>
       </c>
       <c r="B58" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C58" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D58" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="E58">
-        <v>6400</v>
+        <v>60440000</v>
       </c>
       <c r="F58" t="s">
         <v>26</v>
       </c>
       <c r="G58" t="s">
         <v>21</v>
       </c>
       <c r="H58" t="s">
         <v>22</v>
       </c>
       <c r="I58" t="s">
         <v>22</v>
       </c>
       <c r="J58" t="s">
         <v>22</v>
       </c>
       <c r="K58" t="s">
         <v>22</v>
       </c>
       <c r="L58" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="M58">
         <v>-5.8716404899999999</v>
       </c>
       <c r="N58">
         <v>38.957117099999998</v>
       </c>
       <c r="O58" t="s">
         <v>24</v>
       </c>
       <c r="P58" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
         <v>16</v>
       </c>
       <c r="B59" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C59" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D59" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="E59">
-        <v>6800</v>
+        <v>60830000</v>
       </c>
       <c r="F59" t="s">
         <v>26</v>
       </c>
       <c r="G59" t="s">
         <v>21</v>
       </c>
       <c r="H59" t="s">
         <v>22</v>
       </c>
       <c r="I59" t="s">
         <v>22</v>
       </c>
       <c r="J59" t="s">
         <v>22</v>
       </c>
       <c r="K59" t="s">
         <v>22</v>
       </c>
       <c r="L59" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="M59">
         <v>-6.3494799999999998</v>
       </c>
       <c r="N59">
         <v>38.919970999999997</v>
       </c>
       <c r="O59" t="s">
         <v>24</v>
       </c>
       <c r="P59" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>16</v>
       </c>
       <c r="B60" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C60" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D60" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="E60">
-        <v>6800</v>
+        <v>60830000</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
         <v>21</v>
       </c>
       <c r="H60" t="s">
         <v>21</v>
       </c>
       <c r="I60" t="s">
         <v>21</v>
       </c>
       <c r="J60" t="s">
         <v>22</v>
       </c>
       <c r="K60" t="s">
         <v>22</v>
       </c>
       <c r="L60" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="M60">
         <v>-6.3494799999999998</v>
       </c>
       <c r="N60">
         <v>38.919970999999997</v>
       </c>
       <c r="O60" t="s">
         <v>24</v>
       </c>
       <c r="P60" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
         <v>16</v>
       </c>
       <c r="B61" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C61" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D61" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E61">
-        <v>7003</v>
+        <v>70400000</v>
       </c>
       <c r="F61" t="s">
         <v>26</v>
       </c>
       <c r="G61" t="s">
         <v>21</v>
       </c>
       <c r="H61" t="s">
         <v>22</v>
       </c>
       <c r="I61" t="s">
         <v>22</v>
       </c>
       <c r="J61" t="s">
         <v>22</v>
       </c>
       <c r="K61" t="s">
         <v>22</v>
       </c>
       <c r="L61" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="M61">
         <v>2.6492399999999998</v>
       </c>
       <c r="N61">
         <v>39.574069999999999</v>
       </c>
       <c r="O61" t="s">
         <v>24</v>
       </c>
       <c r="P61" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
         <v>16</v>
       </c>
       <c r="B62" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C62" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D62" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E62">
-        <v>7003</v>
+        <v>70400000</v>
       </c>
       <c r="F62" t="s">
         <v>28</v>
       </c>
       <c r="G62" t="s">
         <v>21</v>
       </c>
       <c r="H62" t="s">
         <v>21</v>
       </c>
       <c r="I62" t="s">
         <v>21</v>
       </c>
       <c r="J62" t="s">
         <v>22</v>
       </c>
       <c r="K62" t="s">
         <v>22</v>
       </c>
       <c r="L62" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="M62">
         <v>2.6492399999999998</v>
       </c>
       <c r="N62">
         <v>39.574069999999999</v>
       </c>
       <c r="O62" t="s">
         <v>24</v>
       </c>
       <c r="P62" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>16</v>
       </c>
       <c r="B63" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C63" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D63" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E63">
-        <v>7003</v>
+        <v>70400000</v>
       </c>
       <c r="F63" t="s">
         <v>26</v>
       </c>
       <c r="G63" t="s">
         <v>21</v>
       </c>
       <c r="H63" t="s">
         <v>22</v>
       </c>
       <c r="I63" t="s">
         <v>22</v>
       </c>
       <c r="J63" t="s">
         <v>22</v>
       </c>
       <c r="K63" t="s">
         <v>22</v>
       </c>
       <c r="L63" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="M63">
         <v>2.6492399999999998</v>
       </c>
       <c r="N63">
         <v>39.574069999999999</v>
       </c>
       <c r="O63" t="s">
         <v>24</v>
       </c>
       <c r="P63" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>16</v>
       </c>
       <c r="B64" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C64" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D64" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E64">
-        <v>7003</v>
+        <v>70400000</v>
       </c>
       <c r="F64" t="s">
         <v>27</v>
       </c>
       <c r="G64" t="s">
         <v>21</v>
       </c>
       <c r="H64" t="s">
         <v>21</v>
       </c>
       <c r="I64" t="s">
         <v>21</v>
       </c>
       <c r="J64" t="s">
         <v>22</v>
       </c>
       <c r="K64" t="s">
         <v>22</v>
       </c>
       <c r="L64" t="s">
-        <v>45</v>
+        <v>91</v>
       </c>
       <c r="M64">
-        <v>0</v>
+        <v>2.6492399999999998</v>
       </c>
       <c r="N64">
-        <v>0</v>
+        <v>39.574069999999999</v>
       </c>
       <c r="O64" t="s">
         <v>24</v>
       </c>
       <c r="P64" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
         <v>16</v>
       </c>
       <c r="B65" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C65" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D65" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E65">
-        <v>7003</v>
+        <v>70400000</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
         <v>21</v>
       </c>
       <c r="H65" t="s">
         <v>21</v>
       </c>
       <c r="I65" t="s">
         <v>21</v>
       </c>
       <c r="J65" t="s">
         <v>22</v>
       </c>
       <c r="K65" t="s">
         <v>22</v>
       </c>
       <c r="L65" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="M65">
         <v>2.6492399999999998</v>
       </c>
       <c r="N65">
         <v>39.574069999999999</v>
       </c>
       <c r="O65" t="s">
         <v>24</v>
       </c>
       <c r="P65" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
         <v>16</v>
       </c>
       <c r="B66" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C66" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D66" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E66">
-        <v>7003</v>
+        <v>70400000</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
         <v>21</v>
       </c>
       <c r="H66" t="s">
         <v>21</v>
       </c>
       <c r="I66" t="s">
         <v>21</v>
       </c>
       <c r="J66" t="s">
         <v>22</v>
       </c>
       <c r="K66" t="s">
         <v>22</v>
       </c>
       <c r="L66" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="M66">
         <v>2.64630929</v>
       </c>
       <c r="N66">
         <v>39.578223170000001</v>
       </c>
       <c r="O66" t="s">
         <v>24</v>
       </c>
       <c r="P66" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
         <v>16</v>
       </c>
       <c r="B67" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C67" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D67" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="E67">
-        <v>7003</v>
+        <v>70400000</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
         <v>21</v>
       </c>
       <c r="H67" t="s">
         <v>21</v>
       </c>
       <c r="I67" t="s">
         <v>21</v>
       </c>
       <c r="J67" t="s">
         <v>22</v>
       </c>
       <c r="K67" t="s">
         <v>22</v>
       </c>
       <c r="L67" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="M67">
         <v>2.6492399999999998</v>
       </c>
       <c r="N67">
         <v>39.574069999999999</v>
       </c>
       <c r="O67" t="s">
         <v>24</v>
       </c>
       <c r="P67" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
         <v>16</v>
       </c>
       <c r="B68" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C68" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D68" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="E68">
-        <v>7300</v>
+        <v>70270000</v>
       </c>
       <c r="F68" t="s">
         <v>26</v>
       </c>
       <c r="G68" t="s">
         <v>21</v>
       </c>
       <c r="H68" t="s">
         <v>22</v>
       </c>
       <c r="I68" t="s">
         <v>22</v>
       </c>
       <c r="J68" t="s">
         <v>22</v>
       </c>
       <c r="K68" t="s">
         <v>22</v>
       </c>
       <c r="L68" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="M68">
         <v>2.90092376</v>
       </c>
       <c r="N68">
         <v>39.718814479999999</v>
       </c>
       <c r="O68" t="s">
         <v>24</v>
       </c>
       <c r="P68" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
         <v>16</v>
       </c>
       <c r="B69" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C69" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D69" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E69">
-        <v>7500</v>
+        <v>70330000</v>
       </c>
       <c r="F69" t="s">
         <v>26</v>
       </c>
       <c r="G69" t="s">
         <v>21</v>
       </c>
       <c r="H69" t="s">
         <v>22</v>
       </c>
       <c r="I69" t="s">
         <v>22</v>
       </c>
       <c r="J69" t="s">
         <v>22</v>
       </c>
       <c r="K69" t="s">
         <v>22</v>
       </c>
       <c r="L69" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="M69">
         <v>3.2075040700000002</v>
       </c>
       <c r="N69">
         <v>39.574061819999997</v>
       </c>
       <c r="O69" t="s">
         <v>24</v>
       </c>
       <c r="P69" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
         <v>16</v>
       </c>
       <c r="B70" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C70" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D70" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="E70">
-        <v>7703</v>
+        <v>70320000</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
         <v>21</v>
       </c>
       <c r="H70" t="s">
         <v>21</v>
       </c>
       <c r="I70" t="s">
         <v>21</v>
       </c>
       <c r="J70" t="s">
         <v>22</v>
       </c>
       <c r="K70" t="s">
         <v>22</v>
       </c>
       <c r="L70" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="M70">
         <v>4.25588371</v>
       </c>
       <c r="N70">
         <v>39.879173299999998</v>
       </c>
       <c r="O70" t="s">
         <v>24</v>
       </c>
       <c r="P70" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
         <v>16</v>
       </c>
       <c r="B71" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C71" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D71" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="E71">
-        <v>7703</v>
+        <v>70320000</v>
       </c>
       <c r="F71" t="s">
         <v>26</v>
       </c>
       <c r="G71" t="s">
         <v>21</v>
       </c>
       <c r="H71" t="s">
         <v>22</v>
       </c>
       <c r="I71" t="s">
         <v>22</v>
       </c>
       <c r="J71" t="s">
         <v>22</v>
       </c>
       <c r="K71" t="s">
         <v>22</v>
       </c>
       <c r="L71" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="M71">
         <v>4.25588371</v>
       </c>
       <c r="N71">
         <v>39.879173299999998</v>
       </c>
       <c r="O71" t="s">
         <v>24</v>
       </c>
       <c r="P71" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
         <v>16</v>
       </c>
       <c r="B72" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C72" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D72" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="E72">
-        <v>7800</v>
+        <v>70260000</v>
       </c>
       <c r="F72" t="s">
         <v>26</v>
       </c>
       <c r="G72" t="s">
         <v>21</v>
       </c>
       <c r="H72" t="s">
         <v>22</v>
       </c>
       <c r="I72" t="s">
         <v>22</v>
       </c>
       <c r="J72" t="s">
         <v>22</v>
       </c>
       <c r="K72" t="s">
         <v>22</v>
       </c>
       <c r="L72" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="M72">
         <v>1.4210913599999999</v>
       </c>
       <c r="N72">
         <v>38.905063290000001</v>
       </c>
       <c r="O72" t="s">
         <v>24</v>
       </c>
       <c r="P72" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>16</v>
       </c>
       <c r="B73" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C73" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D73" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="E73">
-        <v>7800</v>
+        <v>70260000</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
         <v>21</v>
       </c>
       <c r="H73" t="s">
         <v>21</v>
       </c>
       <c r="I73" t="s">
         <v>21</v>
       </c>
       <c r="J73" t="s">
         <v>22</v>
       </c>
       <c r="K73" t="s">
         <v>22</v>
       </c>
       <c r="L73" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="M73">
         <v>1.4210913599999999</v>
       </c>
       <c r="N73">
         <v>38.905063290000001</v>
       </c>
       <c r="O73" t="s">
         <v>24</v>
       </c>
       <c r="P73" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>16</v>
       </c>
       <c r="B74" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C74" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D74" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E74">
-        <v>8001</v>
+        <v>80190000</v>
       </c>
       <c r="F74" t="s">
         <v>26</v>
       </c>
       <c r="G74" t="s">
         <v>21</v>
       </c>
       <c r="H74" t="s">
         <v>22</v>
       </c>
       <c r="I74" t="s">
         <v>22</v>
       </c>
       <c r="J74" t="s">
         <v>22</v>
       </c>
       <c r="K74" t="s">
         <v>22</v>
       </c>
       <c r="L74" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="M74">
         <v>2.1731400000000001</v>
       </c>
       <c r="N74">
         <v>41.375647999999998</v>
       </c>
       <c r="O74" t="s">
         <v>24</v>
       </c>
       <c r="P74" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>16</v>
       </c>
       <c r="B75" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C75" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D75" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E75">
-        <v>8001</v>
+        <v>80190000</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
         <v>21</v>
       </c>
       <c r="H75" t="s">
         <v>21</v>
       </c>
       <c r="I75" t="s">
         <v>21</v>
       </c>
       <c r="J75" t="s">
         <v>22</v>
       </c>
       <c r="K75" t="s">
         <v>22</v>
       </c>
       <c r="L75" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="M75">
         <v>2.1660058499999999</v>
       </c>
       <c r="N75">
         <v>41.387767879999998</v>
       </c>
       <c r="O75" t="s">
         <v>24</v>
       </c>
       <c r="P75" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>16</v>
       </c>
       <c r="B76" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C76" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D76" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E76">
-        <v>8007</v>
+        <v>80190000</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
         <v>21</v>
       </c>
       <c r="H76" t="s">
         <v>21</v>
       </c>
       <c r="I76" t="s">
         <v>21</v>
       </c>
       <c r="J76" t="s">
         <v>22</v>
       </c>
       <c r="K76" t="s">
         <v>22</v>
       </c>
       <c r="L76" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="M76">
         <v>2.1648725999999998</v>
       </c>
       <c r="N76">
         <v>41.387647829999999</v>
       </c>
       <c r="O76" t="s">
         <v>24</v>
       </c>
       <c r="P76" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>16</v>
       </c>
       <c r="B77" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C77" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D77" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E77">
-        <v>8007</v>
+        <v>80190000</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
         <v>21</v>
       </c>
       <c r="H77" t="s">
         <v>21</v>
       </c>
       <c r="I77" t="s">
         <v>21</v>
       </c>
       <c r="J77" t="s">
         <v>22</v>
       </c>
       <c r="K77" t="s">
         <v>22</v>
       </c>
       <c r="L77" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="M77">
         <v>2.1648725999999998</v>
       </c>
       <c r="N77">
         <v>41.387647829999999</v>
       </c>
       <c r="O77" t="s">
         <v>24</v>
       </c>
       <c r="P77" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>16</v>
       </c>
       <c r="B78" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C78" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D78" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E78">
-        <v>8007</v>
+        <v>80190000</v>
       </c>
       <c r="F78" t="s">
         <v>28</v>
       </c>
       <c r="G78" t="s">
         <v>21</v>
       </c>
       <c r="H78" t="s">
         <v>21</v>
       </c>
       <c r="I78" t="s">
         <v>21</v>
       </c>
       <c r="J78" t="s">
         <v>22</v>
       </c>
       <c r="K78" t="s">
         <v>22</v>
       </c>
       <c r="L78" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="M78">
         <v>2.1656031200000001</v>
       </c>
       <c r="N78">
         <v>41.392935680000001</v>
       </c>
       <c r="O78" t="s">
         <v>24</v>
       </c>
       <c r="P78" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
         <v>16</v>
       </c>
       <c r="B79" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C79" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D79" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E79">
-        <v>8007</v>
+        <v>80190000</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
         <v>21</v>
       </c>
       <c r="H79" t="s">
         <v>21</v>
       </c>
       <c r="I79" t="s">
         <v>21</v>
       </c>
       <c r="J79" t="s">
         <v>22</v>
       </c>
       <c r="K79" t="s">
         <v>22</v>
       </c>
       <c r="L79" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="M79">
         <v>2.1649699999999998</v>
       </c>
       <c r="N79">
         <v>41.387661000000001</v>
       </c>
       <c r="O79" t="s">
         <v>24</v>
       </c>
       <c r="P79" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>16</v>
       </c>
       <c r="B80" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C80" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D80" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E80">
-        <v>8007</v>
+        <v>80190000</v>
       </c>
       <c r="F80" t="s">
         <v>27</v>
       </c>
       <c r="G80" t="s">
         <v>21</v>
       </c>
       <c r="H80" t="s">
         <v>21</v>
       </c>
       <c r="I80" t="s">
         <v>21</v>
       </c>
       <c r="J80" t="s">
         <v>22</v>
       </c>
       <c r="K80" t="s">
         <v>22</v>
       </c>
       <c r="L80" t="s">
         <v>45</v>
       </c>
       <c r="M80">
         <v>0</v>
       </c>
       <c r="N80">
         <v>0</v>
       </c>
       <c r="O80" t="s">
         <v>24</v>
       </c>
       <c r="P80" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>16</v>
       </c>
       <c r="B81" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C81" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D81" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E81">
-        <v>8012</v>
+        <v>80190000</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
         <v>21</v>
       </c>
       <c r="H81" t="s">
         <v>21</v>
       </c>
       <c r="I81" t="s">
         <v>21</v>
       </c>
       <c r="J81" t="s">
         <v>22</v>
       </c>
       <c r="K81" t="s">
         <v>22</v>
       </c>
       <c r="L81" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="M81">
         <v>2.1718278999999998</v>
       </c>
       <c r="N81">
         <v>41.40747408</v>
       </c>
       <c r="O81" t="s">
         <v>24</v>
       </c>
       <c r="P81" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
         <v>16</v>
       </c>
       <c r="B82" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C82" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D82" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E82">
-        <v>8027</v>
+        <v>80190000</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
         <v>21</v>
       </c>
       <c r="H82" t="s">
         <v>21</v>
       </c>
       <c r="I82" t="s">
         <v>21</v>
       </c>
       <c r="J82" t="s">
         <v>22</v>
       </c>
       <c r="K82" t="s">
         <v>22</v>
       </c>
       <c r="L82" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="M82">
         <v>2.20637952</v>
       </c>
       <c r="N82">
         <v>41.417390159999997</v>
       </c>
       <c r="O82" t="s">
         <v>24</v>
       </c>
       <c r="P82" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
         <v>16</v>
       </c>
       <c r="B83" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C83" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D83" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E83">
-        <v>8027</v>
+        <v>80190000</v>
       </c>
       <c r="F83" t="s">
         <v>26</v>
       </c>
       <c r="G83" t="s">
         <v>21</v>
       </c>
       <c r="H83" t="s">
         <v>22</v>
       </c>
       <c r="I83" t="s">
         <v>22</v>
       </c>
       <c r="J83" t="s">
         <v>22</v>
       </c>
       <c r="K83" t="s">
         <v>22</v>
       </c>
       <c r="L83" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="M83">
         <v>2.1718278999999998</v>
       </c>
       <c r="N83">
         <v>41.40747408</v>
       </c>
       <c r="O83" t="s">
         <v>24</v>
       </c>
       <c r="P83" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
         <v>16</v>
       </c>
       <c r="B84" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C84" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D84" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E84">
-        <v>8029</v>
+        <v>80190000</v>
       </c>
       <c r="F84" t="s">
         <v>26</v>
       </c>
       <c r="G84" t="s">
         <v>21</v>
       </c>
       <c r="H84" t="s">
         <v>22</v>
       </c>
       <c r="I84" t="s">
         <v>22</v>
       </c>
       <c r="J84" t="s">
         <v>22</v>
       </c>
       <c r="K84" t="s">
         <v>22</v>
       </c>
       <c r="L84" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="M84">
         <v>2.1479651299999998</v>
       </c>
       <c r="N84">
         <v>41.383518940000002</v>
       </c>
       <c r="O84" t="s">
         <v>24</v>
       </c>
       <c r="P84" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
         <v>16</v>
       </c>
       <c r="B85" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C85" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D85" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E85">
-        <v>8042</v>
+        <v>80190000</v>
       </c>
       <c r="F85" t="s">
         <v>26</v>
       </c>
       <c r="G85" t="s">
         <v>21</v>
       </c>
       <c r="H85" t="s">
         <v>22</v>
       </c>
       <c r="I85" t="s">
         <v>22</v>
       </c>
       <c r="J85" t="s">
         <v>22</v>
       </c>
       <c r="K85" t="s">
         <v>22</v>
       </c>
       <c r="L85" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="M85">
         <v>2.1702500300000001</v>
       </c>
       <c r="N85">
         <v>41.429890399999998</v>
       </c>
       <c r="O85" t="s">
         <v>24</v>
       </c>
       <c r="P85" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
         <v>16</v>
       </c>
       <c r="B86" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C86" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D86" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E86">
-        <v>8100</v>
+        <v>81240000</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
         <v>21</v>
       </c>
       <c r="H86" t="s">
         <v>21</v>
       </c>
       <c r="I86" t="s">
         <v>21</v>
       </c>
       <c r="J86" t="s">
         <v>22</v>
       </c>
       <c r="K86" t="s">
         <v>22</v>
       </c>
       <c r="L86" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="M86">
         <v>2.2117900499999998</v>
       </c>
       <c r="N86">
         <v>41.537404119999998</v>
       </c>
       <c r="O86" t="s">
         <v>24</v>
       </c>
       <c r="P86" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
         <v>16</v>
       </c>
       <c r="B87" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C87" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D87" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E87">
-        <v>8202</v>
+        <v>81870000</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
         <v>21</v>
       </c>
       <c r="H87" t="s">
         <v>21</v>
       </c>
       <c r="I87" t="s">
         <v>21</v>
       </c>
       <c r="J87" t="s">
         <v>22</v>
       </c>
       <c r="K87" t="s">
         <v>22</v>
       </c>
       <c r="L87" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="M87">
         <v>2.1120226999999998</v>
       </c>
       <c r="N87">
         <v>41.546018050000001</v>
       </c>
       <c r="O87" t="s">
         <v>24</v>
       </c>
       <c r="P87" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
         <v>16</v>
       </c>
       <c r="B88" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C88" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D88" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E88">
-        <v>8202</v>
+        <v>81870000</v>
       </c>
       <c r="F88" t="s">
         <v>26</v>
       </c>
       <c r="G88" t="s">
         <v>21</v>
       </c>
       <c r="H88" t="s">
         <v>22</v>
       </c>
       <c r="I88" t="s">
         <v>22</v>
       </c>
       <c r="J88" t="s">
         <v>22</v>
       </c>
       <c r="K88" t="s">
         <v>22</v>
       </c>
       <c r="L88" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="M88">
         <v>2.1120226999999998</v>
       </c>
       <c r="N88">
         <v>41.546018050000001</v>
       </c>
       <c r="O88" t="s">
         <v>24</v>
       </c>
       <c r="P88" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
         <v>16</v>
       </c>
       <c r="B89" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C89" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D89" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E89">
-        <v>8221</v>
+        <v>82790000</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
         <v>21</v>
       </c>
       <c r="H89" t="s">
         <v>21</v>
       </c>
       <c r="I89" t="s">
         <v>21</v>
       </c>
       <c r="J89" t="s">
         <v>22</v>
       </c>
       <c r="K89" t="s">
         <v>22</v>
       </c>
       <c r="L89" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="M89">
         <v>2.0106299999999999</v>
       </c>
       <c r="N89">
         <v>41.560270000000003</v>
       </c>
       <c r="O89" t="s">
         <v>24</v>
       </c>
       <c r="P89" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>16</v>
       </c>
       <c r="B90" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C90" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D90" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E90">
-        <v>8222</v>
+        <v>82790000</v>
       </c>
       <c r="F90" t="s">
         <v>26</v>
       </c>
       <c r="G90" t="s">
         <v>21</v>
       </c>
       <c r="H90" t="s">
         <v>22</v>
       </c>
       <c r="I90" t="s">
         <v>22</v>
       </c>
       <c r="J90" t="s">
         <v>22</v>
       </c>
       <c r="K90" t="s">
         <v>22</v>
       </c>
       <c r="L90" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="M90">
         <v>2.0227212699999999</v>
       </c>
       <c r="N90">
         <v>41.564755779999999</v>
       </c>
       <c r="O90" t="s">
         <v>24</v>
       </c>
       <c r="P90" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>16</v>
       </c>
       <c r="B91" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C91" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D91" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="E91">
-        <v>8242</v>
+        <v>81130000</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
         <v>21</v>
       </c>
       <c r="H91" t="s">
         <v>21</v>
       </c>
       <c r="I91" t="s">
         <v>21</v>
       </c>
       <c r="J91" t="s">
         <v>22</v>
       </c>
       <c r="K91" t="s">
         <v>22</v>
       </c>
       <c r="L91" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="M91">
         <v>1.8221471199999999</v>
       </c>
       <c r="N91">
         <v>41.729302420000003</v>
       </c>
       <c r="O91" t="s">
         <v>24</v>
       </c>
       <c r="P91" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="92" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
         <v>16</v>
       </c>
       <c r="B92" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C92" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D92" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="E92">
-        <v>8242</v>
+        <v>81130000</v>
       </c>
       <c r="F92" t="s">
         <v>26</v>
       </c>
       <c r="G92" t="s">
         <v>21</v>
       </c>
       <c r="H92" t="s">
         <v>22</v>
       </c>
       <c r="I92" t="s">
         <v>22</v>
       </c>
       <c r="J92" t="s">
         <v>22</v>
       </c>
       <c r="K92" t="s">
         <v>22</v>
       </c>
       <c r="L92" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="M92">
         <v>2.1660400000000002</v>
       </c>
       <c r="N92">
         <v>41.970700000000001</v>
       </c>
       <c r="O92" t="s">
         <v>24</v>
       </c>
       <c r="P92" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
         <v>16</v>
       </c>
       <c r="B93" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C93" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D93" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="E93">
-        <v>8290</v>
+        <v>82660000</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
         <v>21</v>
       </c>
       <c r="H93" t="s">
         <v>21</v>
       </c>
       <c r="I93" t="s">
         <v>21</v>
       </c>
       <c r="J93" t="s">
         <v>22</v>
       </c>
       <c r="K93" t="s">
         <v>22</v>
       </c>
       <c r="L93" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="M93">
         <v>2.1355942799999998</v>
       </c>
       <c r="N93">
         <v>41.487976359999998</v>
       </c>
       <c r="O93" t="s">
         <v>24</v>
       </c>
       <c r="P93" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
         <v>16</v>
       </c>
       <c r="B94" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C94" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D94" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="E94">
-        <v>8290</v>
+        <v>82660000</v>
       </c>
       <c r="F94" t="s">
         <v>26</v>
       </c>
       <c r="G94" t="s">
         <v>21</v>
       </c>
       <c r="H94" t="s">
         <v>22</v>
       </c>
       <c r="I94" t="s">
         <v>22</v>
       </c>
       <c r="J94" t="s">
         <v>22</v>
       </c>
       <c r="K94" t="s">
         <v>22</v>
       </c>
       <c r="L94" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="M94">
         <v>2.1355942799999998</v>
       </c>
       <c r="N94">
         <v>41.487976359999998</v>
       </c>
       <c r="O94" t="s">
         <v>24</v>
       </c>
       <c r="P94" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
         <v>16</v>
       </c>
       <c r="B95" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C95" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D95" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="E95">
-        <v>8301</v>
+        <v>81210000</v>
       </c>
       <c r="F95" t="s">
         <v>26</v>
       </c>
       <c r="G95" t="s">
         <v>21</v>
       </c>
       <c r="H95" t="s">
         <v>22</v>
       </c>
       <c r="I95" t="s">
         <v>22</v>
       </c>
       <c r="J95" t="s">
         <v>22</v>
       </c>
       <c r="K95" t="s">
         <v>22</v>
       </c>
       <c r="L95" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="M95">
         <v>2.4472965800000002</v>
       </c>
       <c r="N95">
         <v>41.535721449999997</v>
       </c>
       <c r="O95" t="s">
         <v>24</v>
       </c>
       <c r="P95" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="96" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
         <v>16</v>
       </c>
       <c r="B96" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C96" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D96" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="E96">
-        <v>8303</v>
+        <v>81210000</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
         <v>21</v>
       </c>
       <c r="H96" t="s">
         <v>21</v>
       </c>
       <c r="I96" t="s">
         <v>21</v>
       </c>
       <c r="J96" t="s">
         <v>22</v>
       </c>
       <c r="K96" t="s">
         <v>22</v>
       </c>
       <c r="L96" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="M96">
         <v>2.44700579</v>
       </c>
       <c r="N96">
         <v>41.535825289999998</v>
       </c>
       <c r="O96" t="s">
         <v>24</v>
       </c>
       <c r="P96" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
         <v>16</v>
       </c>
       <c r="B97" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C97" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D97" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="E97">
-        <v>8402</v>
+        <v>80960000</v>
       </c>
       <c r="F97" t="s">
         <v>26</v>
       </c>
       <c r="G97" t="s">
         <v>21</v>
       </c>
       <c r="H97" t="s">
         <v>22</v>
       </c>
       <c r="I97" t="s">
         <v>22</v>
       </c>
       <c r="J97" t="s">
         <v>22</v>
       </c>
       <c r="K97" t="s">
         <v>22</v>
       </c>
       <c r="L97" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="M97">
         <v>2.2857850499999999</v>
       </c>
       <c r="N97">
         <v>41.603022690000003</v>
       </c>
       <c r="O97" t="s">
         <v>24</v>
       </c>
       <c r="P97" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
         <v>16</v>
       </c>
       <c r="B98" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C98" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D98" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="E98">
-        <v>8402</v>
+        <v>80960000</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
         <v>21</v>
       </c>
       <c r="H98" t="s">
         <v>21</v>
       </c>
       <c r="I98" t="s">
         <v>21</v>
       </c>
       <c r="J98" t="s">
         <v>22</v>
       </c>
       <c r="K98" t="s">
         <v>22</v>
       </c>
       <c r="L98" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="M98">
         <v>2.28398755</v>
       </c>
       <c r="N98">
         <v>41.604068839999996</v>
       </c>
       <c r="O98" t="s">
         <v>24</v>
       </c>
       <c r="P98" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
         <v>16</v>
       </c>
       <c r="B99" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C99" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D99" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="E99">
-        <v>8500</v>
+        <v>82980000</v>
       </c>
       <c r="F99" t="s">
         <v>26</v>
       </c>
       <c r="G99" t="s">
         <v>21</v>
       </c>
       <c r="H99" t="s">
         <v>22</v>
       </c>
       <c r="I99" t="s">
         <v>22</v>
       </c>
       <c r="J99" t="s">
         <v>22</v>
       </c>
       <c r="K99" t="s">
         <v>22</v>
       </c>
       <c r="L99" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="M99">
         <v>2.2482419600000001</v>
       </c>
       <c r="N99">
         <v>41.92803378</v>
       </c>
       <c r="O99" t="s">
         <v>24</v>
       </c>
       <c r="P99" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
         <v>16</v>
       </c>
       <c r="B100" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C100" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D100" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="E100">
-        <v>8600</v>
+        <v>80220000</v>
       </c>
       <c r="F100" t="s">
         <v>26</v>
       </c>
       <c r="G100" t="s">
         <v>21</v>
       </c>
       <c r="H100" t="s">
         <v>22</v>
       </c>
       <c r="I100" t="s">
         <v>22</v>
       </c>
       <c r="J100" t="s">
         <v>22</v>
       </c>
       <c r="K100" t="s">
         <v>22</v>
       </c>
       <c r="L100" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="M100">
         <v>1.8474567</v>
       </c>
       <c r="N100">
         <v>42.097961599999998</v>
       </c>
       <c r="O100" t="s">
         <v>24</v>
       </c>
       <c r="P100" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
         <v>16</v>
       </c>
       <c r="B101" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C101" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D101" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="E101">
-        <v>8700</v>
+        <v>81020000</v>
       </c>
       <c r="F101" t="s">
         <v>26</v>
       </c>
       <c r="G101" t="s">
         <v>21</v>
       </c>
       <c r="H101" t="s">
         <v>22</v>
       </c>
       <c r="I101" t="s">
         <v>22</v>
       </c>
       <c r="J101" t="s">
         <v>22</v>
       </c>
       <c r="K101" t="s">
         <v>22</v>
       </c>
       <c r="L101" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="M101">
         <v>1.6241505700000001</v>
       </c>
       <c r="N101">
         <v>41.579994200000002</v>
       </c>
       <c r="O101" t="s">
         <v>24</v>
       </c>
       <c r="P101" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
         <v>16</v>
       </c>
       <c r="B102" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C102" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D102" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="E102">
-        <v>8720</v>
+        <v>83050000</v>
       </c>
       <c r="F102" t="s">
         <v>26</v>
       </c>
       <c r="G102" t="s">
         <v>21</v>
       </c>
       <c r="H102" t="s">
         <v>22</v>
       </c>
       <c r="I102" t="s">
         <v>22</v>
       </c>
       <c r="J102" t="s">
         <v>22</v>
       </c>
       <c r="K102" t="s">
         <v>22</v>
       </c>
       <c r="L102" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="M102">
         <v>1.70119</v>
       </c>
       <c r="N102">
         <v>41.346229999999998</v>
       </c>
       <c r="O102" t="s">
         <v>24</v>
       </c>
       <c r="P102" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
         <v>16</v>
       </c>
       <c r="B103" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C103" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D103" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="E103">
-        <v>8800</v>
+        <v>83070000</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
         <v>21</v>
       </c>
       <c r="H103" t="s">
         <v>21</v>
       </c>
       <c r="I103" t="s">
         <v>21</v>
       </c>
       <c r="J103" t="s">
         <v>22</v>
       </c>
       <c r="K103" t="s">
         <v>22</v>
       </c>
       <c r="L103" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="M103">
         <v>1.7307914799999999</v>
       </c>
       <c r="N103">
         <v>41.222225909999999</v>
       </c>
       <c r="O103" t="s">
         <v>24</v>
       </c>
       <c r="P103" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
         <v>16</v>
       </c>
       <c r="B104" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C104" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D104" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="E104">
-        <v>8800</v>
+        <v>83070000</v>
       </c>
       <c r="F104" t="s">
         <v>26</v>
       </c>
       <c r="G104" t="s">
         <v>21</v>
       </c>
       <c r="H104" t="s">
         <v>22</v>
       </c>
       <c r="I104" t="s">
         <v>22</v>
       </c>
       <c r="J104" t="s">
         <v>22</v>
       </c>
       <c r="K104" t="s">
         <v>22</v>
       </c>
       <c r="L104" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="M104">
         <v>1.7307914799999999</v>
       </c>
       <c r="N104">
         <v>41.222225909999999</v>
       </c>
       <c r="O104" t="s">
         <v>24</v>
       </c>
       <c r="P104" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
         <v>16</v>
       </c>
       <c r="B105" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C105" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D105" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="E105">
-        <v>8905</v>
+        <v>81010000</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
         <v>21</v>
       </c>
       <c r="H105" t="s">
         <v>21</v>
       </c>
       <c r="I105" t="s">
         <v>21</v>
       </c>
       <c r="J105" t="s">
         <v>22</v>
       </c>
       <c r="K105" t="s">
         <v>22</v>
       </c>
       <c r="L105" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="M105">
         <v>2.10487</v>
       </c>
       <c r="N105">
         <v>41.370319000000002</v>
       </c>
       <c r="O105" t="s">
         <v>24</v>
       </c>
       <c r="P105" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
         <v>16</v>
       </c>
       <c r="B106" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C106" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D106" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="E106">
-        <v>8905</v>
+        <v>81010000</v>
       </c>
       <c r="F106" t="s">
         <v>26</v>
       </c>
       <c r="G106" t="s">
         <v>21</v>
       </c>
       <c r="H106" t="s">
         <v>22</v>
       </c>
       <c r="I106" t="s">
         <v>22</v>
       </c>
       <c r="J106" t="s">
         <v>22</v>
       </c>
       <c r="K106" t="s">
         <v>22</v>
       </c>
       <c r="L106" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="M106">
         <v>2.10487</v>
       </c>
       <c r="N106">
         <v>41.370319000000002</v>
       </c>
       <c r="O106" t="s">
         <v>24</v>
       </c>
       <c r="P106" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
         <v>16</v>
       </c>
       <c r="B107" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C107" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D107" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="E107">
-        <v>8911</v>
+        <v>80150000</v>
       </c>
       <c r="F107" t="s">
         <v>26</v>
       </c>
       <c r="G107" t="s">
         <v>21</v>
       </c>
       <c r="H107" t="s">
         <v>22</v>
       </c>
       <c r="I107" t="s">
         <v>22</v>
       </c>
       <c r="J107" t="s">
         <v>22</v>
       </c>
       <c r="K107" t="s">
         <v>22</v>
       </c>
       <c r="L107" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="M107">
         <v>2.2480098399999999</v>
       </c>
       <c r="N107">
         <v>41.454835580000001</v>
       </c>
       <c r="O107" t="s">
         <v>24</v>
       </c>
       <c r="P107" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
         <v>16</v>
       </c>
       <c r="B108" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C108" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D108" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="E108">
-        <v>8911</v>
+        <v>80150000</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
         <v>21</v>
       </c>
       <c r="H108" t="s">
         <v>21</v>
       </c>
       <c r="I108" t="s">
         <v>21</v>
       </c>
       <c r="J108" t="s">
         <v>22</v>
       </c>
       <c r="K108" t="s">
         <v>22</v>
       </c>
       <c r="L108" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="M108">
         <v>2.2480098399999999</v>
       </c>
       <c r="N108">
         <v>41.454835580000001</v>
       </c>
       <c r="O108" t="s">
         <v>24</v>
       </c>
       <c r="P108" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
         <v>16</v>
       </c>
       <c r="B109" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C109" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D109" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="E109">
-        <v>8921</v>
+        <v>82450000</v>
       </c>
       <c r="F109" t="s">
         <v>26</v>
       </c>
       <c r="G109" t="s">
         <v>21</v>
       </c>
       <c r="H109" t="s">
         <v>22</v>
       </c>
       <c r="I109" t="s">
         <v>22</v>
       </c>
       <c r="J109" t="s">
         <v>22</v>
       </c>
       <c r="K109" t="s">
         <v>22</v>
       </c>
       <c r="L109" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="M109">
         <v>2.2477999999999998</v>
       </c>
       <c r="N109">
         <v>41.45496</v>
       </c>
       <c r="O109" t="s">
         <v>24</v>
       </c>
       <c r="P109" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
         <v>16</v>
       </c>
       <c r="B110" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C110" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D110" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="E110">
-        <v>8940</v>
+        <v>80730000</v>
       </c>
       <c r="F110" t="s">
         <v>26</v>
       </c>
       <c r="G110" t="s">
         <v>21</v>
       </c>
       <c r="H110" t="s">
         <v>22</v>
       </c>
       <c r="I110" t="s">
         <v>22</v>
       </c>
       <c r="J110" t="s">
         <v>22</v>
       </c>
       <c r="K110" t="s">
         <v>22</v>
       </c>
       <c r="L110" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="M110">
         <v>2.0741948400000001</v>
       </c>
       <c r="N110">
         <v>41.360776440000002</v>
       </c>
       <c r="O110" t="s">
         <v>24</v>
       </c>
       <c r="P110" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="111" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
         <v>16</v>
       </c>
       <c r="B111" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C111" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D111" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="E111">
-        <v>8940</v>
+        <v>80730000</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
         <v>21</v>
       </c>
       <c r="H111" t="s">
         <v>21</v>
       </c>
       <c r="I111" t="s">
         <v>21</v>
       </c>
       <c r="J111" t="s">
         <v>22</v>
       </c>
       <c r="K111" t="s">
         <v>22</v>
       </c>
       <c r="L111" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="M111">
         <v>2.0701702000000002</v>
       </c>
       <c r="N111">
         <v>41.356200659999999</v>
       </c>
       <c r="O111" t="s">
         <v>24</v>
       </c>
       <c r="P111" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
         <v>16</v>
       </c>
       <c r="B112" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C112" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D112" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="E112">
-        <v>8980</v>
+        <v>82110000</v>
       </c>
       <c r="F112" t="s">
         <v>26</v>
       </c>
       <c r="G112" t="s">
         <v>21</v>
       </c>
       <c r="H112" t="s">
         <v>22</v>
       </c>
       <c r="I112" t="s">
         <v>22</v>
       </c>
       <c r="J112" t="s">
         <v>22</v>
       </c>
       <c r="K112" t="s">
         <v>22</v>
       </c>
       <c r="L112" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="M112">
         <v>2.04685812</v>
       </c>
       <c r="N112">
         <v>41.38026704</v>
       </c>
       <c r="O112" t="s">
         <v>24</v>
       </c>
       <c r="P112" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="113" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
         <v>16</v>
       </c>
       <c r="B113" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C113" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D113" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="E113">
-        <v>9004</v>
+        <v>90590000</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
         <v>21</v>
       </c>
       <c r="H113" t="s">
         <v>21</v>
       </c>
       <c r="I113" t="s">
         <v>21</v>
       </c>
       <c r="J113" t="s">
         <v>22</v>
       </c>
       <c r="K113" t="s">
         <v>22</v>
       </c>
       <c r="L113" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M113">
         <v>-3.69762171</v>
       </c>
       <c r="N113">
         <v>42.341273510000001</v>
       </c>
       <c r="O113" t="s">
         <v>24</v>
       </c>
       <c r="P113" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="114" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
         <v>16</v>
       </c>
       <c r="B114" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C114" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D114" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="E114">
-        <v>9004</v>
+        <v>90590000</v>
       </c>
       <c r="F114" t="s">
         <v>28</v>
       </c>
       <c r="G114" t="s">
         <v>21</v>
       </c>
       <c r="H114" t="s">
         <v>21</v>
       </c>
       <c r="I114" t="s">
         <v>22</v>
       </c>
       <c r="J114" t="s">
         <v>22</v>
       </c>
       <c r="K114" t="s">
         <v>22</v>
       </c>
       <c r="L114" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M114">
         <v>-3.69762171</v>
       </c>
       <c r="N114">
         <v>42.341273510000001</v>
       </c>
       <c r="O114" t="s">
         <v>24</v>
       </c>
       <c r="P114" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
         <v>16</v>
       </c>
       <c r="B115" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C115" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D115" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="E115">
-        <v>9004</v>
+        <v>90590000</v>
       </c>
       <c r="F115" t="s">
         <v>27</v>
       </c>
       <c r="G115" t="s">
         <v>21</v>
       </c>
       <c r="H115" t="s">
         <v>21</v>
       </c>
       <c r="I115" t="s">
         <v>21</v>
       </c>
       <c r="J115" t="s">
         <v>22</v>
       </c>
       <c r="K115" t="s">
         <v>22</v>
       </c>
       <c r="L115" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M115">
         <v>-3.69762171</v>
       </c>
       <c r="N115">
         <v>42.341273510000001</v>
       </c>
       <c r="O115" t="s">
         <v>24</v>
       </c>
       <c r="P115" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
         <v>16</v>
       </c>
       <c r="B116" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C116" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D116" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="E116">
-        <v>9004</v>
+        <v>90590000</v>
       </c>
       <c r="F116" t="s">
         <v>26</v>
       </c>
       <c r="G116" t="s">
         <v>21</v>
       </c>
       <c r="H116" t="s">
         <v>22</v>
       </c>
       <c r="I116" t="s">
         <v>22</v>
       </c>
       <c r="J116" t="s">
         <v>22</v>
       </c>
       <c r="K116" t="s">
         <v>22</v>
       </c>
       <c r="L116" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="M116">
         <v>-3.69762171</v>
       </c>
       <c r="N116">
         <v>42.341273510000001</v>
       </c>
       <c r="O116" t="s">
         <v>24</v>
       </c>
       <c r="P116" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
         <v>16</v>
       </c>
       <c r="B117" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C117" t="s">
+        <v>155</v>
+      </c>
+      <c r="D117" t="s">
         <v>157</v>
       </c>
-      <c r="D117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E117">
-        <v>9200</v>
+        <v>92190000</v>
       </c>
       <c r="F117" t="s">
         <v>26</v>
       </c>
       <c r="G117" t="s">
         <v>21</v>
       </c>
       <c r="H117" t="s">
         <v>22</v>
       </c>
       <c r="I117" t="s">
         <v>22</v>
       </c>
       <c r="J117" t="s">
         <v>22</v>
       </c>
       <c r="K117" t="s">
         <v>22</v>
       </c>
       <c r="L117" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="M117">
         <v>-2.9399230200000002</v>
       </c>
       <c r="N117">
         <v>42.686841729999998</v>
       </c>
       <c r="O117" t="s">
         <v>24</v>
       </c>
       <c r="P117" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
         <v>16</v>
       </c>
       <c r="B118" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C118" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D118" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="E118">
-        <v>9400</v>
+        <v>90180000</v>
       </c>
       <c r="F118" t="s">
         <v>26</v>
       </c>
       <c r="G118" t="s">
         <v>21</v>
       </c>
       <c r="H118" t="s">
         <v>22</v>
       </c>
       <c r="I118" t="s">
         <v>22</v>
       </c>
       <c r="J118" t="s">
         <v>22</v>
       </c>
       <c r="K118" t="s">
         <v>22</v>
       </c>
       <c r="L118" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="M118">
         <v>-3.68679158</v>
       </c>
       <c r="N118">
         <v>41.672003459999999</v>
       </c>
       <c r="O118" t="s">
         <v>24</v>
       </c>
       <c r="P118" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
         <v>16</v>
       </c>
       <c r="B119" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C119" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D119" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="E119">
-        <v>10001</v>
+        <v>100370000</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
         <v>21</v>
       </c>
       <c r="H119" t="s">
         <v>21</v>
       </c>
       <c r="I119" t="s">
         <v>21</v>
       </c>
       <c r="J119" t="s">
         <v>22</v>
       </c>
       <c r="K119" t="s">
         <v>22</v>
       </c>
       <c r="L119" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="M119">
         <v>-6.3781531999999999</v>
       </c>
       <c r="N119">
         <v>39.47089261</v>
       </c>
       <c r="O119" t="s">
         <v>24</v>
       </c>
       <c r="P119" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
         <v>16</v>
       </c>
       <c r="B120" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C120" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D120" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="E120">
-        <v>10001</v>
+        <v>100370000</v>
       </c>
       <c r="F120" t="s">
         <v>28</v>
       </c>
       <c r="G120" t="s">
         <v>21</v>
       </c>
       <c r="H120" t="s">
         <v>21</v>
       </c>
       <c r="I120" t="s">
         <v>22</v>
       </c>
       <c r="J120" t="s">
         <v>22</v>
       </c>
       <c r="K120" t="s">
         <v>22</v>
       </c>
       <c r="L120" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="M120">
         <v>-6.3781531999999999</v>
       </c>
       <c r="N120">
         <v>39.47089261</v>
       </c>
       <c r="O120" t="s">
         <v>24</v>
       </c>
       <c r="P120" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
         <v>16</v>
       </c>
       <c r="B121" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C121" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D121" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="E121">
-        <v>10001</v>
+        <v>100370000</v>
       </c>
       <c r="F121" t="s">
         <v>27</v>
       </c>
       <c r="G121" t="s">
         <v>21</v>
       </c>
       <c r="H121" t="s">
         <v>21</v>
       </c>
       <c r="I121" t="s">
         <v>21</v>
       </c>
       <c r="J121" t="s">
         <v>22</v>
       </c>
       <c r="K121" t="s">
         <v>22</v>
       </c>
       <c r="L121" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="M121">
         <v>-6.3781531999999999</v>
       </c>
       <c r="N121">
         <v>39.47089261</v>
       </c>
       <c r="O121" t="s">
         <v>24</v>
       </c>
       <c r="P121" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="122" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
         <v>16</v>
       </c>
       <c r="B122" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C122" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D122" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="E122">
-        <v>10001</v>
+        <v>100370000</v>
       </c>
       <c r="F122" t="s">
         <v>26</v>
       </c>
       <c r="G122" t="s">
         <v>21</v>
       </c>
       <c r="H122" t="s">
         <v>22</v>
       </c>
       <c r="I122" t="s">
         <v>22</v>
       </c>
       <c r="J122" t="s">
         <v>22</v>
       </c>
       <c r="K122" t="s">
         <v>22</v>
       </c>
       <c r="L122" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="M122">
         <v>-6.3781531999999999</v>
       </c>
       <c r="N122">
         <v>39.47089261</v>
       </c>
       <c r="O122" t="s">
         <v>24</v>
       </c>
       <c r="P122" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="123" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
         <v>16</v>
       </c>
       <c r="B123" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C123" t="s">
+        <v>161</v>
+      </c>
+      <c r="D123" t="s">
         <v>163</v>
       </c>
-      <c r="D123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E123">
-        <v>10200</v>
+        <v>101950000</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
         <v>21</v>
       </c>
       <c r="H123" t="s">
         <v>21</v>
       </c>
       <c r="I123" t="s">
         <v>21</v>
       </c>
       <c r="J123" t="s">
         <v>22</v>
       </c>
       <c r="K123" t="s">
         <v>22</v>
       </c>
       <c r="L123" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="M123">
         <v>-5.8820058599999996</v>
       </c>
       <c r="N123">
         <v>39.456002030000001</v>
       </c>
       <c r="O123" t="s">
         <v>24</v>
       </c>
       <c r="P123" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="124" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
         <v>16</v>
       </c>
       <c r="B124" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C124" t="s">
+        <v>161</v>
+      </c>
+      <c r="D124" t="s">
         <v>163</v>
       </c>
-      <c r="D124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E124">
-        <v>10200</v>
+        <v>101950000</v>
       </c>
       <c r="F124" t="s">
         <v>26</v>
       </c>
       <c r="G124" t="s">
         <v>21</v>
       </c>
       <c r="H124" t="s">
         <v>22</v>
       </c>
       <c r="I124" t="s">
         <v>22</v>
       </c>
       <c r="J124" t="s">
         <v>22</v>
       </c>
       <c r="K124" t="s">
         <v>22</v>
       </c>
       <c r="L124" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="M124">
         <v>-2.6725663200000001</v>
       </c>
       <c r="N124">
         <v>42.843226770000001</v>
       </c>
       <c r="O124" t="s">
         <v>24</v>
       </c>
       <c r="P124" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="125" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
         <v>16</v>
       </c>
       <c r="B125" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C125" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D125" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="E125">
-        <v>10600</v>
+        <v>101480000</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
         <v>21</v>
       </c>
       <c r="H125" t="s">
         <v>21</v>
       </c>
       <c r="I125" t="s">
         <v>21</v>
       </c>
       <c r="J125" t="s">
         <v>22</v>
       </c>
       <c r="K125" t="s">
         <v>22</v>
       </c>
       <c r="L125" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="M125">
         <v>-6.0860769000000001</v>
       </c>
       <c r="N125">
         <v>40.033928379999999</v>
       </c>
       <c r="O125" t="s">
         <v>24</v>
       </c>
       <c r="P125" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="126" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
         <v>16</v>
       </c>
       <c r="B126" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C126" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D126" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="E126">
-        <v>10600</v>
+        <v>101480000</v>
       </c>
       <c r="F126" t="s">
         <v>26</v>
       </c>
       <c r="G126" t="s">
         <v>21</v>
       </c>
       <c r="H126" t="s">
         <v>22</v>
       </c>
       <c r="I126" t="s">
         <v>22</v>
       </c>
       <c r="J126" t="s">
         <v>22</v>
       </c>
       <c r="K126" t="s">
         <v>22</v>
       </c>
       <c r="L126" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="M126">
         <v>-6.0860769000000001</v>
       </c>
       <c r="N126">
         <v>40.033928379999999</v>
       </c>
       <c r="O126" t="s">
         <v>24</v>
       </c>
       <c r="P126" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="127" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
         <v>16</v>
       </c>
       <c r="B127" t="s">
         <v>64</v>
       </c>
       <c r="C127" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D127" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="E127">
-        <v>11008</v>
+        <v>110120000</v>
       </c>
       <c r="F127" t="s">
         <v>26</v>
       </c>
       <c r="G127" t="s">
         <v>21</v>
       </c>
       <c r="H127" t="s">
         <v>22</v>
       </c>
       <c r="I127" t="s">
         <v>22</v>
       </c>
       <c r="J127" t="s">
         <v>22</v>
       </c>
       <c r="K127" t="s">
         <v>22</v>
       </c>
       <c r="L127" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="M127">
         <v>-6.2961898300000003</v>
       </c>
       <c r="N127">
         <v>36.533265190000002</v>
       </c>
       <c r="O127" t="s">
         <v>24</v>
       </c>
       <c r="P127" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="128" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
         <v>16</v>
       </c>
       <c r="B128" t="s">
         <v>64</v>
       </c>
       <c r="C128" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D128" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="E128">
-        <v>11008</v>
+        <v>110120000</v>
       </c>
       <c r="F128" t="s">
         <v>27</v>
       </c>
       <c r="G128" t="s">
         <v>21</v>
       </c>
       <c r="H128" t="s">
         <v>21</v>
       </c>
       <c r="I128" t="s">
         <v>21</v>
       </c>
       <c r="J128" t="s">
         <v>22</v>
       </c>
       <c r="K128" t="s">
         <v>22</v>
       </c>
       <c r="L128" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="M128">
         <v>-6.2849215300000001</v>
       </c>
       <c r="N128">
         <v>36.516329990000003</v>
       </c>
       <c r="O128" t="s">
         <v>24</v>
       </c>
       <c r="P128" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
         <v>16</v>
       </c>
       <c r="B129" t="s">
         <v>64</v>
       </c>
       <c r="C129" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D129" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="E129">
-        <v>11008</v>
+        <v>110120000</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
         <v>21</v>
       </c>
       <c r="H129" t="s">
         <v>21</v>
       </c>
       <c r="I129" t="s">
         <v>21</v>
       </c>
       <c r="J129" t="s">
         <v>22</v>
       </c>
       <c r="K129" t="s">
         <v>22</v>
       </c>
       <c r="L129" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="M129">
         <v>-6.2849215300000001</v>
       </c>
       <c r="N129">
         <v>36.516329990000003</v>
       </c>
       <c r="O129" t="s">
         <v>24</v>
       </c>
       <c r="P129" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="130" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
         <v>16</v>
       </c>
       <c r="B130" t="s">
         <v>64</v>
       </c>
       <c r="C130" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D130" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="E130">
-        <v>11008</v>
+        <v>110120000</v>
       </c>
       <c r="F130" t="s">
         <v>28</v>
       </c>
       <c r="G130" t="s">
         <v>21</v>
       </c>
       <c r="H130" t="s">
         <v>21</v>
       </c>
       <c r="I130" t="s">
         <v>22</v>
       </c>
       <c r="J130" t="s">
         <v>22</v>
       </c>
       <c r="K130" t="s">
         <v>22</v>
       </c>
       <c r="L130" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="M130">
         <v>-6.2849215300000001</v>
       </c>
       <c r="N130">
         <v>36.516329990000003</v>
       </c>
       <c r="O130" t="s">
         <v>24</v>
       </c>
       <c r="P130" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="131" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
         <v>16</v>
       </c>
       <c r="B131" t="s">
         <v>64</v>
       </c>
       <c r="C131" t="s">
+        <v>167</v>
+      </c>
+      <c r="D131" t="s">
         <v>170</v>
       </c>
-      <c r="D131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E131">
-        <v>11130</v>
+        <v>110150000</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
         <v>21</v>
       </c>
       <c r="H131" t="s">
         <v>21</v>
       </c>
       <c r="I131" t="s">
         <v>21</v>
       </c>
       <c r="J131" t="s">
         <v>22</v>
       </c>
       <c r="K131" t="s">
         <v>22</v>
       </c>
       <c r="L131" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="M131">
         <v>-6.1431579100000002</v>
       </c>
       <c r="N131">
         <v>36.421626379999999</v>
       </c>
       <c r="O131" t="s">
         <v>24</v>
       </c>
       <c r="P131" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="132" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
         <v>16</v>
       </c>
       <c r="B132" t="s">
         <v>64</v>
       </c>
       <c r="C132" t="s">
+        <v>167</v>
+      </c>
+      <c r="D132" t="s">
         <v>170</v>
       </c>
-      <c r="D132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E132">
-        <v>11130</v>
+        <v>110150000</v>
       </c>
       <c r="F132" t="s">
         <v>26</v>
       </c>
       <c r="G132" t="s">
         <v>21</v>
       </c>
       <c r="H132" t="s">
         <v>22</v>
       </c>
       <c r="I132" t="s">
         <v>22</v>
       </c>
       <c r="J132" t="s">
         <v>22</v>
       </c>
       <c r="K132" t="s">
         <v>22</v>
       </c>
       <c r="L132" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="M132">
         <v>-6.1431564500000002</v>
       </c>
       <c r="N132">
         <v>36.421590379999998</v>
       </c>
       <c r="O132" t="s">
         <v>24</v>
       </c>
       <c r="P132" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="133" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
         <v>16</v>
       </c>
       <c r="B133" t="s">
         <v>64</v>
       </c>
       <c r="C133" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D133" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="E133">
-        <v>11202</v>
+        <v>110040000</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
         <v>21</v>
       </c>
       <c r="H133" t="s">
         <v>21</v>
       </c>
       <c r="I133" t="s">
         <v>21</v>
       </c>
       <c r="J133" t="s">
         <v>22</v>
       </c>
       <c r="K133" t="s">
         <v>22</v>
       </c>
       <c r="L133" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="M133">
         <v>-5.45497531</v>
       </c>
       <c r="N133">
         <v>36.151423729999998</v>
       </c>
       <c r="O133" t="s">
         <v>24</v>
       </c>
       <c r="P133" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="134" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
         <v>16</v>
       </c>
       <c r="B134" t="s">
         <v>64</v>
       </c>
       <c r="C134" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D134" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="E134">
-        <v>11202</v>
+        <v>110040000</v>
       </c>
       <c r="F134" t="s">
         <v>26</v>
       </c>
       <c r="G134" t="s">
         <v>21</v>
       </c>
       <c r="H134" t="s">
         <v>22</v>
       </c>
       <c r="I134" t="s">
         <v>22</v>
       </c>
       <c r="J134" t="s">
         <v>22</v>
       </c>
       <c r="K134" t="s">
         <v>22</v>
       </c>
       <c r="L134" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="M134">
         <v>-5.44257291</v>
       </c>
       <c r="N134">
         <v>36.124738469999997</v>
       </c>
       <c r="O134" t="s">
         <v>24</v>
       </c>
       <c r="P134" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="135" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
         <v>16</v>
       </c>
       <c r="B135" t="s">
         <v>64</v>
       </c>
       <c r="C135" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D135" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="E135">
-        <v>11405</v>
+        <v>110200000</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
         <v>21</v>
       </c>
       <c r="H135" t="s">
         <v>21</v>
       </c>
       <c r="I135" t="s">
         <v>21</v>
       </c>
       <c r="J135" t="s">
         <v>22</v>
       </c>
       <c r="K135" t="s">
         <v>22</v>
       </c>
       <c r="L135" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="M135">
         <v>-6.1196799999999998</v>
       </c>
       <c r="N135">
         <v>36.686579999999999</v>
       </c>
       <c r="O135" t="s">
         <v>24</v>
       </c>
       <c r="P135" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="136" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
         <v>16</v>
       </c>
       <c r="B136" t="s">
         <v>64</v>
       </c>
       <c r="C136" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D136" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="E136">
-        <v>11405</v>
+        <v>110200000</v>
       </c>
       <c r="F136" t="s">
         <v>26</v>
       </c>
       <c r="G136" t="s">
         <v>21</v>
       </c>
       <c r="H136" t="s">
         <v>22</v>
       </c>
       <c r="I136" t="s">
         <v>22</v>
       </c>
       <c r="J136" t="s">
         <v>22</v>
       </c>
       <c r="K136" t="s">
         <v>22</v>
       </c>
       <c r="L136" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="M136">
         <v>-6.1413105699999999</v>
       </c>
       <c r="N136">
         <v>36.688284250000002</v>
       </c>
       <c r="O136" t="s">
         <v>24</v>
       </c>
       <c r="P136" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="137" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
         <v>16</v>
       </c>
       <c r="B137" t="s">
         <v>64</v>
       </c>
       <c r="C137" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D137" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="E137">
-        <v>11500</v>
+        <v>110270000</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
         <v>21</v>
       </c>
       <c r="H137" t="s">
         <v>21</v>
       </c>
       <c r="I137" t="s">
         <v>21</v>
       </c>
       <c r="J137" t="s">
         <v>22</v>
       </c>
       <c r="K137" t="s">
         <v>22</v>
       </c>
       <c r="L137" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="M137">
         <v>-6.2228248700000002</v>
       </c>
       <c r="N137">
         <v>36.600519730000002</v>
       </c>
       <c r="O137" t="s">
         <v>24</v>
       </c>
       <c r="P137" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="138" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
         <v>16</v>
       </c>
       <c r="B138" t="s">
         <v>64</v>
       </c>
       <c r="C138" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D138" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="E138">
-        <v>11500</v>
+        <v>110270000</v>
       </c>
       <c r="F138" t="s">
         <v>26</v>
       </c>
       <c r="G138" t="s">
         <v>21</v>
       </c>
       <c r="H138" t="s">
         <v>22</v>
       </c>
       <c r="I138" t="s">
         <v>22</v>
       </c>
       <c r="J138" t="s">
         <v>22</v>
       </c>
       <c r="K138" t="s">
         <v>22</v>
       </c>
       <c r="L138" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="M138">
         <v>-6.2228248700000002</v>
       </c>
       <c r="N138">
         <v>36.600519730000002</v>
       </c>
       <c r="O138" t="s">
         <v>24</v>
       </c>
       <c r="P138" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="139" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
         <v>16</v>
       </c>
       <c r="B139" t="s">
         <v>39</v>
       </c>
       <c r="C139" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="D139" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="E139">
-        <v>12003</v>
+        <v>120400000</v>
       </c>
       <c r="F139" t="s">
         <v>27</v>
       </c>
       <c r="G139" t="s">
         <v>21</v>
       </c>
       <c r="H139" t="s">
         <v>21</v>
       </c>
       <c r="I139" t="s">
         <v>21</v>
       </c>
       <c r="J139" t="s">
         <v>22</v>
       </c>
       <c r="K139" t="s">
         <v>21</v>
       </c>
       <c r="L139" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="M139">
         <v>0</v>
       </c>
       <c r="N139">
         <v>0</v>
       </c>
       <c r="O139" t="s">
         <v>24</v>
       </c>
       <c r="P139" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="140" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
         <v>16</v>
       </c>
       <c r="B140" t="s">
         <v>39</v>
       </c>
       <c r="C140" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="D140" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="E140">
-        <v>12003</v>
+        <v>120400000</v>
       </c>
       <c r="F140" t="s">
         <v>26</v>
       </c>
       <c r="G140" t="s">
         <v>21</v>
       </c>
       <c r="H140" t="s">
         <v>22</v>
       </c>
       <c r="I140" t="s">
         <v>22</v>
       </c>
       <c r="J140" t="s">
         <v>22</v>
       </c>
       <c r="K140" t="s">
         <v>22</v>
       </c>
       <c r="L140" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="M140">
         <v>39.983519999999999</v>
       </c>
       <c r="N140">
         <v>3.5119999999999998E-2</v>
       </c>
       <c r="O140" t="s">
         <v>24</v>
       </c>
       <c r="P140" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="141" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
         <v>16</v>
       </c>
       <c r="B141" t="s">
         <v>39</v>
       </c>
       <c r="C141" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="D141" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="E141">
-        <v>12003</v>
+        <v>120400000</v>
       </c>
       <c r="F141" t="s">
         <v>28</v>
       </c>
       <c r="G141" t="s">
         <v>21</v>
       </c>
       <c r="H141" t="s">
         <v>21</v>
       </c>
       <c r="I141" t="s">
         <v>21</v>
       </c>
       <c r="J141" t="s">
         <v>22</v>
       </c>
       <c r="K141" t="s">
         <v>21</v>
       </c>
       <c r="L141" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="M141">
         <v>-3.2864200000000003E-2</v>
       </c>
       <c r="N141">
         <v>39.985364410000003</v>
       </c>
       <c r="O141" t="s">
         <v>24</v>
       </c>
       <c r="P141" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="142" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
         <v>16</v>
       </c>
       <c r="B142" t="s">
         <v>39</v>
       </c>
       <c r="C142" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="D142" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="E142">
-        <v>12003</v>
+        <v>120400000</v>
       </c>
       <c r="F142" t="s">
         <v>20</v>
       </c>
       <c r="G142" t="s">
         <v>21</v>
       </c>
       <c r="H142" t="s">
         <v>21</v>
       </c>
       <c r="I142" t="s">
         <v>21</v>
       </c>
       <c r="J142" t="s">
         <v>22</v>
       </c>
       <c r="K142" t="s">
         <v>22</v>
       </c>
       <c r="L142" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="M142">
         <v>-3.5159999999999997E-2</v>
       </c>
       <c r="N142">
         <v>39.983469999999997</v>
       </c>
       <c r="O142" t="s">
         <v>24</v>
       </c>
       <c r="P142" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="143" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
         <v>16</v>
       </c>
       <c r="B143" t="s">
         <v>39</v>
       </c>
       <c r="C143" t="s">
+        <v>180</v>
+      </c>
+      <c r="D143" t="s">
         <v>184</v>
       </c>
-      <c r="D143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E143">
-        <v>12200</v>
+        <v>120840000</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
         <v>21</v>
       </c>
       <c r="H143" t="s">
         <v>21</v>
       </c>
       <c r="I143" t="s">
         <v>21</v>
       </c>
       <c r="J143" t="s">
         <v>22</v>
       </c>
       <c r="K143" t="s">
         <v>22</v>
       </c>
       <c r="L143" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="M143">
         <v>-0.26767605</v>
       </c>
       <c r="N143">
         <v>39.963845579999997</v>
       </c>
       <c r="O143" t="s">
         <v>24</v>
       </c>
       <c r="P143" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="144" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
         <v>16</v>
       </c>
       <c r="B144" t="s">
         <v>39</v>
       </c>
       <c r="C144" t="s">
+        <v>180</v>
+      </c>
+      <c r="D144" t="s">
         <v>184</v>
       </c>
-      <c r="D144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E144">
-        <v>12200</v>
+        <v>120840000</v>
       </c>
       <c r="F144" t="s">
         <v>26</v>
       </c>
       <c r="G144" t="s">
         <v>21</v>
       </c>
       <c r="H144" t="s">
         <v>22</v>
       </c>
       <c r="I144" t="s">
         <v>22</v>
       </c>
       <c r="J144" t="s">
         <v>22</v>
       </c>
       <c r="K144" t="s">
         <v>22</v>
       </c>
       <c r="L144" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="M144">
         <v>-0.26767605</v>
       </c>
       <c r="N144">
         <v>39.963845579999997</v>
       </c>
       <c r="O144" t="s">
         <v>24</v>
       </c>
       <c r="P144" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="145" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
         <v>16</v>
       </c>
       <c r="B145" t="s">
         <v>39</v>
       </c>
       <c r="C145" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="D145" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="E145">
-        <v>12580</v>
+        <v>120270000</v>
       </c>
       <c r="F145" t="s">
         <v>26</v>
       </c>
       <c r="G145" t="s">
         <v>21</v>
       </c>
       <c r="H145" t="s">
         <v>22</v>
       </c>
       <c r="I145" t="s">
         <v>22</v>
       </c>
       <c r="J145" t="s">
         <v>22</v>
       </c>
       <c r="K145" t="s">
         <v>22</v>
       </c>
       <c r="L145" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="M145">
         <v>0.42765301</v>
       </c>
       <c r="N145">
         <v>40.41595401</v>
       </c>
       <c r="O145" t="s">
         <v>24</v>
       </c>
       <c r="P145" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="146" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
         <v>16</v>
       </c>
       <c r="B146" t="s">
         <v>39</v>
       </c>
       <c r="C146" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="D146" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="E146">
-        <v>12580</v>
+        <v>120270000</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
         <v>21</v>
       </c>
       <c r="H146" t="s">
         <v>21</v>
       </c>
       <c r="I146" t="s">
         <v>21</v>
       </c>
       <c r="J146" t="s">
         <v>22</v>
       </c>
       <c r="K146" t="s">
         <v>22</v>
       </c>
       <c r="L146" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="M146">
         <v>0.42765301</v>
       </c>
       <c r="N146">
         <v>40.41595401</v>
       </c>
       <c r="O146" t="s">
         <v>24</v>
       </c>
       <c r="P146" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="147" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
         <v>16</v>
       </c>
       <c r="B147" t="s">
         <v>31</v>
       </c>
       <c r="C147" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D147" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="E147">
-        <v>13001</v>
+        <v>130340000</v>
       </c>
       <c r="F147" t="s">
         <v>27</v>
       </c>
       <c r="G147" t="s">
         <v>21</v>
       </c>
       <c r="H147" t="s">
         <v>21</v>
       </c>
       <c r="I147" t="s">
         <v>21</v>
       </c>
       <c r="J147" t="s">
         <v>22</v>
       </c>
       <c r="K147" t="s">
         <v>22</v>
       </c>
       <c r="L147" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="M147">
         <v>-3.9288806300000001</v>
       </c>
       <c r="N147">
         <v>38.98296414</v>
       </c>
       <c r="O147" t="s">
         <v>24</v>
       </c>
       <c r="P147" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="148" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
         <v>16</v>
       </c>
       <c r="B148" t="s">
         <v>31</v>
       </c>
       <c r="C148" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D148" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="E148">
-        <v>13001</v>
+        <v>130340000</v>
       </c>
       <c r="F148" t="s">
         <v>28</v>
       </c>
       <c r="G148" t="s">
         <v>21</v>
       </c>
       <c r="H148" t="s">
         <v>21</v>
       </c>
       <c r="I148" t="s">
         <v>22</v>
       </c>
       <c r="J148" t="s">
         <v>22</v>
       </c>
       <c r="K148" t="s">
         <v>22</v>
       </c>
       <c r="L148" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="M148">
         <v>-3.9288806300000001</v>
       </c>
       <c r="N148">
         <v>38.98296414</v>
       </c>
       <c r="O148" t="s">
         <v>24</v>
       </c>
       <c r="P148" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="149" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
         <v>16</v>
       </c>
       <c r="B149" t="s">
         <v>31</v>
       </c>
       <c r="C149" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D149" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="E149">
-        <v>13005</v>
+        <v>130340000</v>
       </c>
       <c r="F149" t="s">
         <v>20</v>
       </c>
       <c r="G149" t="s">
         <v>21</v>
       </c>
       <c r="H149" t="s">
         <v>21</v>
       </c>
       <c r="I149" t="s">
         <v>21</v>
       </c>
       <c r="J149" t="s">
         <v>22</v>
       </c>
       <c r="K149" t="s">
         <v>22</v>
       </c>
       <c r="L149" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="M149">
         <v>-3.9224814800000001</v>
       </c>
       <c r="N149">
         <v>38.995389830000001</v>
       </c>
       <c r="O149" t="s">
         <v>24</v>
       </c>
       <c r="P149" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="150" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
         <v>16</v>
       </c>
       <c r="B150" t="s">
         <v>31</v>
       </c>
       <c r="C150" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D150" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="E150">
-        <v>13005</v>
+        <v>130340000</v>
       </c>
       <c r="F150" t="s">
         <v>26</v>
       </c>
       <c r="G150" t="s">
         <v>21</v>
       </c>
       <c r="H150" t="s">
         <v>22</v>
       </c>
       <c r="I150" t="s">
         <v>22</v>
       </c>
       <c r="J150" t="s">
         <v>22</v>
       </c>
       <c r="K150" t="s">
         <v>22</v>
       </c>
       <c r="L150" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="M150">
         <v>-2.6725663200000001</v>
       </c>
       <c r="N150">
         <v>42.843226770000001</v>
       </c>
       <c r="O150" t="s">
         <v>24</v>
       </c>
       <c r="P150" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="151" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
         <v>16</v>
       </c>
       <c r="B151" t="s">
         <v>31</v>
       </c>
       <c r="C151" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D151" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="E151">
-        <v>13300</v>
+        <v>130870000</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
         <v>21</v>
       </c>
       <c r="H151" t="s">
         <v>21</v>
       </c>
       <c r="I151" t="s">
         <v>21</v>
       </c>
       <c r="J151" t="s">
         <v>22</v>
       </c>
       <c r="K151" t="s">
         <v>22</v>
       </c>
       <c r="L151" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="M151">
         <v>-3.3858975199999999</v>
       </c>
       <c r="N151">
         <v>38.762585659999999</v>
       </c>
       <c r="O151" t="s">
         <v>24</v>
       </c>
       <c r="P151" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="152" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
         <v>16</v>
       </c>
       <c r="B152" t="s">
         <v>31</v>
       </c>
       <c r="C152" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D152" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="E152">
-        <v>13300</v>
+        <v>130870000</v>
       </c>
       <c r="F152" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="G152" t="s">
         <v>21</v>
       </c>
       <c r="H152" t="s">
         <v>22</v>
       </c>
       <c r="I152" t="s">
         <v>22</v>
       </c>
       <c r="J152" t="s">
         <v>22</v>
       </c>
       <c r="K152" t="s">
         <v>22</v>
       </c>
       <c r="L152" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="M152">
         <v>-3.38219</v>
       </c>
       <c r="N152">
         <v>38.7709999</v>
       </c>
       <c r="O152" t="s">
         <v>24</v>
       </c>
       <c r="P152" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="153" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
         <v>16</v>
       </c>
       <c r="B153" t="s">
         <v>31</v>
       </c>
       <c r="C153" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D153" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="E153">
-        <v>13500</v>
+        <v>130710000</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
         <v>21</v>
       </c>
       <c r="H153" t="s">
         <v>21</v>
       </c>
       <c r="I153" t="s">
         <v>21</v>
       </c>
       <c r="J153" t="s">
         <v>22</v>
       </c>
       <c r="K153" t="s">
         <v>22</v>
       </c>
       <c r="L153" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="M153">
         <v>-4.1035008199999998</v>
       </c>
       <c r="N153">
         <v>38.68528293</v>
       </c>
       <c r="O153" t="s">
         <v>24</v>
       </c>
       <c r="P153" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="154" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
         <v>16</v>
       </c>
       <c r="B154" t="s">
         <v>31</v>
       </c>
       <c r="C154" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D154" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="E154">
-        <v>13600</v>
+        <v>130050000</v>
       </c>
       <c r="F154" t="s">
         <v>26</v>
       </c>
       <c r="G154" t="s">
         <v>21</v>
       </c>
       <c r="H154" t="s">
         <v>22</v>
       </c>
       <c r="I154" t="s">
         <v>22</v>
       </c>
       <c r="J154" t="s">
         <v>22</v>
       </c>
       <c r="K154" t="s">
         <v>22</v>
       </c>
       <c r="L154" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="M154">
         <v>-3.2173768200000001</v>
       </c>
       <c r="N154">
         <v>39.390446730000001</v>
       </c>
       <c r="O154" t="s">
         <v>24</v>
       </c>
       <c r="P154" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="155" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
         <v>16</v>
       </c>
       <c r="B155" t="s">
         <v>64</v>
       </c>
       <c r="C155" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D155" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="E155">
-        <v>14004</v>
+        <v>140210000</v>
       </c>
       <c r="F155" t="s">
         <v>26</v>
       </c>
       <c r="G155" t="s">
         <v>21</v>
       </c>
       <c r="H155" t="s">
         <v>22</v>
       </c>
       <c r="I155" t="s">
         <v>22</v>
       </c>
       <c r="J155" t="s">
         <v>22</v>
       </c>
       <c r="K155" t="s">
         <v>22</v>
       </c>
       <c r="L155" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="M155">
         <v>-4.7882645400000001</v>
       </c>
       <c r="N155">
         <v>37.877284760000002</v>
       </c>
       <c r="O155" t="s">
         <v>24</v>
       </c>
       <c r="P155" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="156" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
         <v>16</v>
       </c>
       <c r="B156" t="s">
         <v>64</v>
       </c>
       <c r="C156" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D156" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="E156">
-        <v>14008</v>
+        <v>140210000</v>
       </c>
       <c r="F156" t="s">
         <v>27</v>
       </c>
       <c r="G156" t="s">
         <v>21</v>
       </c>
       <c r="H156" t="s">
         <v>21</v>
       </c>
       <c r="I156" t="s">
         <v>21</v>
       </c>
       <c r="J156" t="s">
         <v>22</v>
       </c>
       <c r="K156" t="s">
         <v>22</v>
       </c>
       <c r="L156" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="M156">
         <v>-4.7833468400000001</v>
       </c>
       <c r="N156">
         <v>37.88693001</v>
       </c>
       <c r="O156" t="s">
         <v>24</v>
       </c>
       <c r="P156" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="157" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
         <v>16</v>
       </c>
       <c r="B157" t="s">
         <v>64</v>
       </c>
       <c r="C157" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D157" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="E157">
-        <v>14008</v>
+        <v>140210000</v>
       </c>
       <c r="F157" t="s">
         <v>27</v>
       </c>
       <c r="G157" t="s">
         <v>21</v>
       </c>
       <c r="H157" t="s">
         <v>21</v>
       </c>
       <c r="I157" t="s">
         <v>21</v>
       </c>
       <c r="J157" t="s">
         <v>22</v>
       </c>
       <c r="K157" t="s">
         <v>21</v>
       </c>
       <c r="L157" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="M157">
         <v>0</v>
       </c>
       <c r="N157">
         <v>0</v>
       </c>
       <c r="O157" t="s">
         <v>24</v>
       </c>
       <c r="P157" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="158" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
         <v>16</v>
       </c>
       <c r="B158" t="s">
         <v>64</v>
       </c>
       <c r="C158" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D158" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="E158">
-        <v>14008</v>
+        <v>140210000</v>
       </c>
       <c r="F158" t="s">
         <v>28</v>
       </c>
       <c r="G158" t="s">
         <v>21</v>
       </c>
       <c r="H158" t="s">
         <v>21</v>
       </c>
       <c r="I158" t="s">
         <v>22</v>
       </c>
       <c r="J158" t="s">
         <v>22</v>
       </c>
       <c r="K158" t="s">
         <v>22</v>
       </c>
       <c r="L158" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="M158">
         <v>-4.7833468400000001</v>
       </c>
       <c r="N158">
         <v>37.88693001</v>
       </c>
       <c r="O158" t="s">
         <v>24</v>
       </c>
       <c r="P158" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="159" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
         <v>16</v>
       </c>
       <c r="B159" t="s">
         <v>64</v>
       </c>
       <c r="C159" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D159" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="E159">
-        <v>14008</v>
+        <v>140210000</v>
       </c>
       <c r="F159" t="s">
         <v>26</v>
       </c>
       <c r="G159" t="s">
         <v>21</v>
       </c>
       <c r="H159" t="s">
         <v>22</v>
       </c>
       <c r="I159" t="s">
         <v>22</v>
       </c>
       <c r="J159" t="s">
         <v>22</v>
       </c>
       <c r="K159" t="s">
         <v>22</v>
       </c>
       <c r="L159" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="M159">
         <v>-4.7833468400000001</v>
       </c>
       <c r="N159">
         <v>37.88693001</v>
       </c>
       <c r="O159" t="s">
         <v>24</v>
       </c>
       <c r="P159" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="160" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
         <v>16</v>
       </c>
       <c r="B160" t="s">
         <v>64</v>
       </c>
       <c r="C160" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D160" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="E160">
-        <v>14008</v>
+        <v>140210000</v>
       </c>
       <c r="F160" t="s">
         <v>20</v>
       </c>
       <c r="G160" t="s">
         <v>21</v>
       </c>
       <c r="H160" t="s">
         <v>21</v>
       </c>
       <c r="I160" t="s">
         <v>21</v>
       </c>
       <c r="J160" t="s">
         <v>22</v>
       </c>
       <c r="K160" t="s">
         <v>22</v>
       </c>
       <c r="L160" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="M160">
         <v>-4.7833468400000001</v>
       </c>
       <c r="N160">
         <v>37.88693001</v>
       </c>
       <c r="O160" t="s">
         <v>24</v>
       </c>
       <c r="P160" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="161" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
         <v>16</v>
       </c>
       <c r="B161" t="s">
         <v>64</v>
       </c>
       <c r="C161" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D161" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="E161">
-        <v>14014</v>
+        <v>140210000</v>
       </c>
       <c r="F161" t="s">
         <v>26</v>
       </c>
       <c r="G161" t="s">
         <v>21</v>
       </c>
       <c r="H161" t="s">
         <v>22</v>
       </c>
       <c r="I161" t="s">
         <v>22</v>
       </c>
       <c r="J161" t="s">
         <v>22</v>
       </c>
       <c r="K161" t="s">
         <v>22</v>
       </c>
       <c r="L161" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="M161">
         <v>-4.7618541399999996</v>
       </c>
       <c r="N161">
         <v>37.897356080000002</v>
       </c>
       <c r="O161" t="s">
         <v>24</v>
       </c>
       <c r="P161" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="162" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
         <v>16</v>
       </c>
       <c r="B162" t="s">
         <v>64</v>
       </c>
       <c r="C162" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D162" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="E162">
-        <v>14400</v>
+        <v>140540000</v>
       </c>
       <c r="F162" t="s">
         <v>20</v>
       </c>
       <c r="G162" t="s">
         <v>21</v>
       </c>
       <c r="H162" t="s">
         <v>21</v>
       </c>
       <c r="I162" t="s">
         <v>21</v>
       </c>
       <c r="J162" t="s">
         <v>22</v>
       </c>
       <c r="K162" t="s">
         <v>22</v>
       </c>
       <c r="L162" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="M162">
         <v>-4.8522829600000001</v>
       </c>
       <c r="N162">
         <v>38.377232970000001</v>
       </c>
       <c r="O162" t="s">
         <v>24</v>
       </c>
       <c r="P162" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="163" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
         <v>16</v>
       </c>
       <c r="B163" t="s">
         <v>64</v>
       </c>
       <c r="C163" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D163" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="E163">
-        <v>14900</v>
+        <v>140380000</v>
       </c>
       <c r="F163" t="s">
         <v>26</v>
       </c>
       <c r="G163" t="s">
         <v>21</v>
       </c>
       <c r="H163" t="s">
         <v>22</v>
       </c>
       <c r="I163" t="s">
         <v>22</v>
       </c>
       <c r="J163" t="s">
         <v>22</v>
       </c>
       <c r="K163" t="s">
         <v>22</v>
       </c>
       <c r="L163" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="M163">
         <v>-4.4891591799999997</v>
       </c>
       <c r="N163">
         <v>37.407650369999999</v>
       </c>
       <c r="O163" t="s">
         <v>24</v>
       </c>
       <c r="P163" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="164" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
         <v>16</v>
       </c>
       <c r="B164" t="s">
         <v>64</v>
       </c>
       <c r="C164" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D164" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="E164">
-        <v>14900</v>
+        <v>140380000</v>
       </c>
       <c r="F164" t="s">
         <v>20</v>
       </c>
       <c r="G164" t="s">
         <v>21</v>
       </c>
       <c r="H164" t="s">
         <v>21</v>
       </c>
       <c r="I164" t="s">
         <v>21</v>
       </c>
       <c r="J164" t="s">
         <v>22</v>
       </c>
       <c r="K164" t="s">
         <v>22</v>
       </c>
       <c r="L164" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="M164">
         <v>-4.4894532299999996</v>
       </c>
       <c r="N164">
         <v>37.407664689999997</v>
       </c>
       <c r="O164" t="s">
         <v>24</v>
       </c>
       <c r="P164" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="165" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
         <v>16</v>
       </c>
       <c r="B165" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C165" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D165" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="E165">
-        <v>15004</v>
+        <v>150300000</v>
       </c>
       <c r="F165" t="s">
         <v>20</v>
       </c>
       <c r="G165" t="s">
         <v>21</v>
       </c>
       <c r="H165" t="s">
         <v>21</v>
       </c>
       <c r="I165" t="s">
         <v>21</v>
       </c>
       <c r="J165" t="s">
         <v>22</v>
       </c>
       <c r="K165" t="s">
         <v>22</v>
       </c>
       <c r="L165" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="M165">
         <v>-8.4125499999999995</v>
       </c>
       <c r="N165">
         <v>43.366399999999999</v>
       </c>
       <c r="O165" t="s">
         <v>24</v>
       </c>
       <c r="P165" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="166" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
         <v>16</v>
       </c>
       <c r="B166" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C166" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D166" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="E166">
-        <v>15004</v>
+        <v>150300000</v>
       </c>
       <c r="F166" t="s">
         <v>26</v>
       </c>
       <c r="G166" t="s">
         <v>21</v>
       </c>
       <c r="H166" t="s">
         <v>22</v>
       </c>
       <c r="I166" t="s">
         <v>22</v>
       </c>
       <c r="J166" t="s">
         <v>22</v>
       </c>
       <c r="K166" t="s">
         <v>22</v>
       </c>
       <c r="L166" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="M166">
         <v>-8.4125700000000005</v>
       </c>
       <c r="N166">
         <v>43.366590000000002</v>
       </c>
       <c r="O166" t="s">
         <v>24</v>
       </c>
       <c r="P166" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="167" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
         <v>16</v>
       </c>
       <c r="B167" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C167" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D167" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="E167">
-        <v>15008</v>
+        <v>150300000</v>
       </c>
       <c r="F167" t="s">
         <v>26</v>
       </c>
       <c r="G167" t="s">
         <v>21</v>
       </c>
       <c r="H167" t="s">
         <v>22</v>
       </c>
       <c r="I167" t="s">
         <v>22</v>
       </c>
       <c r="J167" t="s">
         <v>22</v>
       </c>
       <c r="K167" t="s">
         <v>22</v>
       </c>
       <c r="L167" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="M167">
         <v>-8.4063800000000004</v>
       </c>
       <c r="N167">
         <v>43.3489</v>
       </c>
       <c r="O167" t="s">
         <v>24</v>
       </c>
       <c r="P167" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="168" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
         <v>16</v>
       </c>
       <c r="B168" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C168" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D168" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="E168">
-        <v>15008</v>
+        <v>150300000</v>
       </c>
       <c r="F168" t="s">
         <v>28</v>
       </c>
       <c r="G168" t="s">
         <v>21</v>
       </c>
       <c r="H168" t="s">
         <v>21</v>
       </c>
       <c r="I168" t="s">
         <v>21</v>
       </c>
       <c r="J168" t="s">
         <v>22</v>
       </c>
       <c r="K168" t="s">
         <v>22</v>
       </c>
       <c r="L168" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="M168">
         <v>-8.4101400000000002</v>
       </c>
       <c r="N168">
         <v>43.342080000000003</v>
       </c>
       <c r="O168" t="s">
         <v>24</v>
       </c>
       <c r="P168" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="169" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
         <v>16</v>
       </c>
       <c r="B169" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C169" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D169" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="E169">
-        <v>15008</v>
+        <v>150300000</v>
       </c>
       <c r="F169" t="s">
         <v>20</v>
       </c>
       <c r="G169" t="s">
         <v>21</v>
       </c>
       <c r="H169" t="s">
         <v>21</v>
       </c>
       <c r="I169" t="s">
         <v>21</v>
       </c>
       <c r="J169" t="s">
         <v>22</v>
       </c>
       <c r="K169" t="s">
         <v>22</v>
       </c>
       <c r="L169" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="M169">
         <v>-8.4065906600000009</v>
       </c>
       <c r="N169">
         <v>43.348840359999997</v>
       </c>
       <c r="O169" t="s">
         <v>24</v>
       </c>
       <c r="P169" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="170" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
         <v>16</v>
       </c>
       <c r="B170" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C170" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D170" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="E170">
-        <v>15100</v>
+        <v>150021102</v>
       </c>
       <c r="F170" t="s">
         <v>26</v>
       </c>
       <c r="G170" t="s">
         <v>21</v>
       </c>
       <c r="H170" t="s">
         <v>22</v>
       </c>
       <c r="I170" t="s">
         <v>22</v>
       </c>
       <c r="J170" t="s">
         <v>22</v>
       </c>
       <c r="K170" t="s">
         <v>22</v>
       </c>
       <c r="L170" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="M170">
         <v>-8.6923300000000001</v>
       </c>
       <c r="N170">
         <v>43.212130000000002</v>
       </c>
       <c r="O170" t="s">
         <v>24</v>
       </c>
       <c r="P170" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="171" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
         <v>16</v>
       </c>
       <c r="B171" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C171" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D171" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="E171">
-        <v>15100</v>
+        <v>150021102</v>
       </c>
       <c r="F171" t="s">
         <v>20</v>
       </c>
       <c r="G171" t="s">
         <v>21</v>
       </c>
       <c r="H171" t="s">
         <v>21</v>
       </c>
       <c r="I171" t="s">
         <v>21</v>
       </c>
       <c r="J171" t="s">
         <v>22</v>
       </c>
       <c r="K171" t="s">
         <v>22</v>
       </c>
       <c r="L171" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="M171">
         <v>-8.6921555900000005</v>
       </c>
       <c r="N171">
         <v>43.211875919999997</v>
       </c>
       <c r="O171" t="s">
         <v>24</v>
       </c>
       <c r="P171" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="172" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
         <v>16</v>
       </c>
       <c r="B172" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C172" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D172" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="E172">
-        <v>15130</v>
+        <v>150280000</v>
       </c>
       <c r="F172" t="s">
         <v>26</v>
       </c>
       <c r="G172" t="s">
         <v>21</v>
       </c>
       <c r="H172" t="s">
         <v>22</v>
       </c>
       <c r="I172" t="s">
         <v>22</v>
       </c>
       <c r="J172" t="s">
         <v>22</v>
       </c>
       <c r="K172" t="s">
         <v>22</v>
       </c>
       <c r="L172" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="M172">
         <v>-9.1950699999999994</v>
       </c>
       <c r="N172">
         <v>42.951900000000002</v>
       </c>
       <c r="O172" t="s">
         <v>24</v>
       </c>
       <c r="P172" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="173" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
         <v>16</v>
       </c>
       <c r="B173" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C173" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D173" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="E173">
-        <v>15300</v>
+        <v>150090000</v>
       </c>
       <c r="F173" t="s">
         <v>26</v>
       </c>
       <c r="G173" t="s">
         <v>21</v>
       </c>
       <c r="H173" t="s">
         <v>21</v>
       </c>
       <c r="I173" t="s">
         <v>21</v>
       </c>
       <c r="J173" t="s">
         <v>22</v>
       </c>
       <c r="K173" t="s">
         <v>22</v>
       </c>
       <c r="L173" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="M173">
         <v>-8.2088599999999996</v>
       </c>
       <c r="N173">
         <v>43.276859999999999</v>
       </c>
       <c r="O173" t="s">
         <v>24</v>
       </c>
       <c r="P173" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="174" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
         <v>16</v>
       </c>
       <c r="B174" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C174" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D174" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="E174">
-        <v>15403</v>
+        <v>150360000</v>
       </c>
       <c r="F174" t="s">
         <v>26</v>
       </c>
       <c r="G174" t="s">
         <v>21</v>
       </c>
       <c r="H174" t="s">
         <v>22</v>
       </c>
       <c r="I174" t="s">
         <v>22</v>
       </c>
       <c r="J174" t="s">
         <v>22</v>
       </c>
       <c r="K174" t="s">
         <v>22</v>
       </c>
       <c r="L174" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="M174">
         <v>-8.2258399999999998</v>
       </c>
       <c r="N174">
         <v>43.481299999999997</v>
       </c>
       <c r="O174" t="s">
         <v>24</v>
       </c>
       <c r="P174" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="175" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
         <v>16</v>
       </c>
       <c r="B175" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C175" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D175" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="E175">
-        <v>15403</v>
+        <v>150360000</v>
       </c>
       <c r="F175" t="s">
         <v>20</v>
       </c>
       <c r="G175" t="s">
         <v>21</v>
       </c>
       <c r="H175" t="s">
         <v>21</v>
       </c>
       <c r="I175" t="s">
         <v>21</v>
       </c>
       <c r="J175" t="s">
         <v>22</v>
       </c>
       <c r="K175" t="s">
         <v>22</v>
       </c>
       <c r="L175" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="M175">
         <v>-8.2264968700000001</v>
       </c>
       <c r="N175">
         <v>43.481206620000002</v>
       </c>
       <c r="O175" t="s">
         <v>24</v>
       </c>
       <c r="P175" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="176" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
         <v>16</v>
       </c>
       <c r="B176" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C176" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D176" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="E176">
-        <v>15705</v>
+        <v>150780000</v>
       </c>
       <c r="F176" t="s">
         <v>26</v>
       </c>
       <c r="G176" t="s">
         <v>21</v>
       </c>
       <c r="H176" t="s">
         <v>22</v>
       </c>
       <c r="I176" t="s">
         <v>22</v>
       </c>
       <c r="J176" t="s">
         <v>22</v>
       </c>
       <c r="K176" t="s">
         <v>22</v>
       </c>
       <c r="L176" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="M176">
         <v>-8.5482800000000001</v>
       </c>
       <c r="N176">
         <v>42.883459999999999</v>
       </c>
       <c r="O176" t="s">
         <v>24</v>
       </c>
       <c r="P176" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="177" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
         <v>16</v>
       </c>
       <c r="B177" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C177" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D177" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="E177">
-        <v>15705</v>
+        <v>150780000</v>
       </c>
       <c r="F177" t="s">
         <v>20</v>
       </c>
       <c r="G177" t="s">
         <v>21</v>
       </c>
       <c r="H177" t="s">
         <v>21</v>
       </c>
       <c r="I177" t="s">
         <v>21</v>
       </c>
       <c r="J177" t="s">
         <v>22</v>
       </c>
       <c r="K177" t="s">
         <v>22</v>
       </c>
       <c r="L177" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="M177">
         <v>-8.5483421199999992</v>
       </c>
       <c r="N177">
         <v>42.873239679999998</v>
       </c>
       <c r="O177" t="s">
         <v>24</v>
       </c>
       <c r="P177" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="178" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
         <v>16</v>
       </c>
       <c r="B178" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C178" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D178" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="E178">
-        <v>15940</v>
+        <v>150670000</v>
       </c>
       <c r="F178" t="s">
         <v>26</v>
       </c>
       <c r="G178" t="s">
         <v>21</v>
       </c>
       <c r="H178" t="s">
         <v>22</v>
       </c>
       <c r="I178" t="s">
         <v>22</v>
       </c>
       <c r="J178" t="s">
         <v>22</v>
       </c>
       <c r="K178" t="s">
         <v>22</v>
       </c>
       <c r="L178" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="M178">
         <v>-8.9369178999999992</v>
       </c>
       <c r="N178">
         <v>42.602686159999998</v>
       </c>
       <c r="O178" t="s">
         <v>24</v>
       </c>
       <c r="P178" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="179" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
         <v>16</v>
       </c>
       <c r="B179" t="s">
         <v>31</v>
       </c>
       <c r="C179" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="D179" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="E179">
-        <v>16001</v>
+        <v>160780000</v>
       </c>
       <c r="F179" t="s">
         <v>27</v>
       </c>
       <c r="G179" t="s">
         <v>21</v>
       </c>
       <c r="H179" t="s">
         <v>21</v>
       </c>
       <c r="I179" t="s">
         <v>21</v>
       </c>
       <c r="J179" t="s">
         <v>22</v>
       </c>
       <c r="K179" t="s">
         <v>22</v>
       </c>
       <c r="L179" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="M179">
         <v>-2.1349629600000002</v>
       </c>
       <c r="N179">
         <v>40.072703390000001</v>
       </c>
       <c r="O179" t="s">
         <v>24</v>
       </c>
       <c r="P179" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="180" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
         <v>16</v>
       </c>
       <c r="B180" t="s">
         <v>31</v>
       </c>
       <c r="C180" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="D180" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="E180">
-        <v>16001</v>
+        <v>160780000</v>
       </c>
       <c r="F180" t="s">
         <v>28</v>
       </c>
       <c r="G180" t="s">
         <v>21</v>
       </c>
       <c r="H180" t="s">
         <v>21</v>
       </c>
       <c r="I180" t="s">
         <v>22</v>
       </c>
       <c r="J180" t="s">
         <v>22</v>
       </c>
       <c r="K180" t="s">
         <v>22</v>
       </c>
       <c r="L180" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="M180">
         <v>-2.1349597299999998</v>
       </c>
       <c r="N180">
         <v>40.072621150000003</v>
       </c>
       <c r="O180" t="s">
         <v>24</v>
       </c>
       <c r="P180" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="181" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
         <v>16</v>
       </c>
       <c r="B181" t="s">
         <v>31</v>
       </c>
       <c r="C181" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="D181" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="E181">
-        <v>16001</v>
+        <v>160780000</v>
       </c>
       <c r="F181" t="s">
         <v>26</v>
       </c>
       <c r="G181" t="s">
         <v>21</v>
       </c>
       <c r="H181" t="s">
         <v>22</v>
       </c>
       <c r="I181" t="s">
         <v>22</v>
       </c>
       <c r="J181" t="s">
         <v>22</v>
       </c>
       <c r="K181" t="s">
         <v>22</v>
       </c>
       <c r="L181" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="M181">
         <v>-2.1343941399999999</v>
       </c>
       <c r="N181">
         <v>40.072833150000001</v>
       </c>
       <c r="O181" t="s">
         <v>24</v>
       </c>
       <c r="P181" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="182" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
         <v>16</v>
       </c>
       <c r="B182" t="s">
         <v>31</v>
       </c>
       <c r="C182" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="D182" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="E182">
-        <v>16001</v>
+        <v>160780000</v>
       </c>
       <c r="F182" t="s">
         <v>20</v>
       </c>
       <c r="G182" t="s">
         <v>21</v>
       </c>
       <c r="H182" t="s">
         <v>21</v>
       </c>
       <c r="I182" t="s">
         <v>21</v>
       </c>
       <c r="J182" t="s">
         <v>22</v>
       </c>
       <c r="K182" t="s">
         <v>22</v>
       </c>
       <c r="L182" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="M182">
         <v>-2.1349597299999998</v>
       </c>
       <c r="N182">
         <v>40.072621150000003</v>
       </c>
       <c r="O182" t="s">
         <v>24</v>
       </c>
       <c r="P182" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="183" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
         <v>16</v>
       </c>
       <c r="B183" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C183" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="D183" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="E183">
-        <v>17006</v>
+        <v>170790000</v>
       </c>
       <c r="F183" t="s">
         <v>20</v>
       </c>
       <c r="G183" t="s">
         <v>21</v>
       </c>
       <c r="H183" t="s">
         <v>21</v>
       </c>
       <c r="I183" t="s">
         <v>21</v>
       </c>
       <c r="J183" t="s">
         <v>22</v>
       </c>
       <c r="K183" t="s">
         <v>22</v>
       </c>
       <c r="L183" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="M183">
         <v>2.8108710399999999</v>
       </c>
       <c r="N183">
         <v>41.97973752</v>
       </c>
       <c r="O183" t="s">
         <v>24</v>
       </c>
       <c r="P183" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="184" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
         <v>16</v>
       </c>
       <c r="B184" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C184" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="D184" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="E184">
-        <v>17006</v>
+        <v>170790000</v>
       </c>
       <c r="F184" t="s">
         <v>27</v>
       </c>
       <c r="G184" t="s">
         <v>21</v>
       </c>
       <c r="H184" t="s">
         <v>21</v>
       </c>
       <c r="I184" t="s">
         <v>21</v>
       </c>
       <c r="J184" t="s">
         <v>22</v>
       </c>
       <c r="K184" t="s">
         <v>22</v>
       </c>
       <c r="L184" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="M184">
         <v>2.8108710399999999</v>
       </c>
       <c r="N184">
         <v>41.97973752</v>
       </c>
       <c r="O184" t="s">
         <v>24</v>
       </c>
       <c r="P184" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="185" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
         <v>16</v>
       </c>
       <c r="B185" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C185" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="D185" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="E185">
-        <v>17006</v>
+        <v>170790000</v>
       </c>
       <c r="F185" t="s">
         <v>26</v>
       </c>
       <c r="G185" t="s">
         <v>21</v>
       </c>
       <c r="H185" t="s">
         <v>22</v>
       </c>
       <c r="I185" t="s">
         <v>22</v>
       </c>
       <c r="J185" t="s">
         <v>22</v>
       </c>
       <c r="K185" t="s">
         <v>22</v>
       </c>
       <c r="L185" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="M185">
         <v>2.8215980699999998</v>
       </c>
       <c r="N185">
         <v>41.975402430000003</v>
       </c>
       <c r="O185" t="s">
         <v>24</v>
       </c>
       <c r="P185" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="186" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
         <v>16</v>
       </c>
       <c r="B186" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C186" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="D186" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="E186">
-        <v>17006</v>
+        <v>170790000</v>
       </c>
       <c r="F186" t="s">
         <v>20</v>
       </c>
       <c r="G186" t="s">
         <v>21</v>
       </c>
       <c r="H186" t="s">
         <v>21</v>
       </c>
       <c r="I186" t="s">
         <v>21</v>
       </c>
       <c r="J186" t="s">
         <v>22</v>
       </c>
       <c r="K186" t="s">
         <v>22</v>
       </c>
       <c r="L186" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="M186">
         <v>2.8215980699999998</v>
       </c>
       <c r="N186">
         <v>41.975402430000003</v>
       </c>
       <c r="O186" t="s">
         <v>24</v>
       </c>
       <c r="P186" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="187" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
         <v>16</v>
       </c>
       <c r="B187" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C187" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="D187" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="E187">
-        <v>17006</v>
+        <v>170790000</v>
       </c>
       <c r="F187" t="s">
         <v>26</v>
       </c>
       <c r="G187" t="s">
         <v>21</v>
       </c>
       <c r="H187" t="s">
         <v>22</v>
       </c>
       <c r="I187" t="s">
         <v>22</v>
       </c>
       <c r="J187" t="s">
         <v>22</v>
       </c>
       <c r="K187" t="s">
         <v>22</v>
       </c>
       <c r="L187" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="M187">
         <v>2.8108710399999999</v>
       </c>
       <c r="N187">
         <v>41.97973752</v>
       </c>
       <c r="O187" t="s">
         <v>24</v>
       </c>
       <c r="P187" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="188" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
         <v>16</v>
       </c>
       <c r="B188" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C188" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="D188" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="E188">
-        <v>17006</v>
+        <v>170790000</v>
       </c>
       <c r="F188" t="s">
         <v>28</v>
       </c>
       <c r="G188" t="s">
         <v>21</v>
       </c>
       <c r="H188" t="s">
         <v>21</v>
       </c>
       <c r="I188" t="s">
         <v>22</v>
       </c>
       <c r="J188" t="s">
         <v>22</v>
       </c>
       <c r="K188" t="s">
         <v>22</v>
       </c>
       <c r="L188" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="M188">
         <v>2.8108710399999999</v>
       </c>
       <c r="N188">
         <v>41.97973752</v>
       </c>
       <c r="O188" t="s">
         <v>24</v>
       </c>
       <c r="P188" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="189" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
         <v>16</v>
       </c>
       <c r="B189" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C189" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="D189" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="E189">
-        <v>17600</v>
+        <v>170660000</v>
       </c>
       <c r="F189" t="s">
         <v>26</v>
       </c>
       <c r="G189" t="s">
         <v>21</v>
       </c>
       <c r="H189" t="s">
         <v>22</v>
       </c>
       <c r="I189" t="s">
         <v>22</v>
       </c>
       <c r="J189" t="s">
         <v>22</v>
       </c>
       <c r="K189" t="s">
         <v>22</v>
       </c>
       <c r="L189" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="M189">
         <v>2.9632380899999999</v>
       </c>
       <c r="N189">
         <v>42.267749180000003</v>
       </c>
       <c r="O189" t="s">
         <v>24</v>
       </c>
       <c r="P189" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="190" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
         <v>16</v>
       </c>
       <c r="B190" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C190" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="D190" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="E190">
-        <v>17600</v>
+        <v>170660000</v>
       </c>
       <c r="F190" t="s">
         <v>20</v>
       </c>
       <c r="G190" t="s">
         <v>21</v>
       </c>
       <c r="H190" t="s">
         <v>21</v>
       </c>
       <c r="I190" t="s">
         <v>21</v>
       </c>
       <c r="J190" t="s">
         <v>22</v>
       </c>
       <c r="K190" t="s">
         <v>22</v>
       </c>
       <c r="L190" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="M190">
         <v>2.9632380899999999</v>
       </c>
       <c r="N190">
         <v>42.267749180000003</v>
       </c>
       <c r="O190" t="s">
         <v>24</v>
       </c>
       <c r="P190" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="191" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
         <v>16</v>
       </c>
       <c r="B191" t="s">
         <v>64</v>
       </c>
       <c r="C191" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D191" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="E191">
-        <v>18001</v>
+        <v>180870000</v>
       </c>
       <c r="F191" t="s">
         <v>20</v>
       </c>
       <c r="G191" t="s">
         <v>21</v>
       </c>
       <c r="H191" t="s">
         <v>21</v>
       </c>
       <c r="I191" t="s">
         <v>21</v>
       </c>
       <c r="J191" t="s">
         <v>22</v>
       </c>
       <c r="K191" t="s">
         <v>22</v>
       </c>
       <c r="L191" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="M191">
         <v>-3.5989728099999998</v>
       </c>
       <c r="N191">
         <v>37.178433490000003</v>
       </c>
       <c r="O191" t="s">
         <v>24</v>
       </c>
       <c r="P191" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="192" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
         <v>16</v>
       </c>
       <c r="B192" t="s">
         <v>64</v>
       </c>
       <c r="C192" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D192" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="E192">
-        <v>18001</v>
+        <v>180870000</v>
       </c>
       <c r="F192" t="s">
         <v>20</v>
       </c>
       <c r="G192" t="s">
         <v>21</v>
       </c>
       <c r="H192" t="s">
         <v>21</v>
       </c>
       <c r="I192" t="s">
         <v>21</v>
       </c>
       <c r="J192" t="s">
         <v>22</v>
       </c>
       <c r="K192" t="s">
         <v>22</v>
       </c>
       <c r="L192" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="M192">
         <v>-3.5989728099999998</v>
       </c>
       <c r="N192">
         <v>37.178433490000003</v>
       </c>
       <c r="O192" t="s">
         <v>24</v>
       </c>
       <c r="P192" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="193" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
         <v>16</v>
       </c>
       <c r="B193" t="s">
         <v>64</v>
       </c>
       <c r="C193" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D193" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="E193">
-        <v>18001</v>
+        <v>180870000</v>
       </c>
       <c r="F193" t="s">
         <v>27</v>
       </c>
       <c r="G193" t="s">
         <v>21</v>
       </c>
       <c r="H193" t="s">
         <v>21</v>
       </c>
       <c r="I193" t="s">
         <v>21</v>
       </c>
       <c r="J193" t="s">
         <v>22</v>
       </c>
       <c r="K193" t="s">
         <v>22</v>
       </c>
       <c r="L193" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="M193">
         <v>-3.5981533699999999</v>
       </c>
       <c r="N193">
         <v>37.17737399</v>
       </c>
       <c r="O193" t="s">
         <v>24</v>
       </c>
       <c r="P193" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="194" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
         <v>16</v>
       </c>
       <c r="B194" t="s">
         <v>64</v>
       </c>
       <c r="C194" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D194" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="E194">
-        <v>18001</v>
+        <v>180870000</v>
       </c>
       <c r="F194" t="s">
         <v>28</v>
       </c>
       <c r="G194" t="s">
         <v>21</v>
       </c>
       <c r="H194" t="s">
         <v>21</v>
       </c>
       <c r="I194" t="s">
         <v>22</v>
       </c>
       <c r="J194" t="s">
         <v>22</v>
       </c>
       <c r="K194" t="s">
         <v>22</v>
       </c>
       <c r="L194" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="M194">
         <v>-3.5989728099999998</v>
       </c>
       <c r="N194">
         <v>37.178433490000003</v>
       </c>
       <c r="O194" t="s">
         <v>24</v>
       </c>
       <c r="P194" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="195" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
         <v>16</v>
       </c>
       <c r="B195" t="s">
         <v>64</v>
       </c>
       <c r="C195" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D195" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="E195">
-        <v>18001</v>
+        <v>180870000</v>
       </c>
       <c r="F195" t="s">
         <v>26</v>
       </c>
       <c r="G195" t="s">
         <v>21</v>
       </c>
       <c r="H195" t="s">
         <v>22</v>
       </c>
       <c r="I195" t="s">
         <v>22</v>
       </c>
       <c r="J195" t="s">
         <v>22</v>
       </c>
       <c r="K195" t="s">
         <v>22</v>
       </c>
       <c r="L195" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="M195">
         <v>-3.5989728099999998</v>
       </c>
       <c r="N195">
         <v>37.178433490000003</v>
       </c>
       <c r="O195" t="s">
         <v>24</v>
       </c>
       <c r="P195" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="196" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
         <v>16</v>
       </c>
       <c r="B196" t="s">
         <v>64</v>
       </c>
       <c r="C196" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D196" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="E196">
-        <v>18014</v>
+        <v>180870000</v>
       </c>
       <c r="F196" t="s">
         <v>26</v>
       </c>
       <c r="G196" t="s">
         <v>21</v>
       </c>
       <c r="H196" t="s">
         <v>22</v>
       </c>
       <c r="I196" t="s">
         <v>22</v>
       </c>
       <c r="J196" t="s">
         <v>22</v>
       </c>
       <c r="K196" t="s">
         <v>22</v>
       </c>
       <c r="L196" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="M196">
         <v>-3.6100618799999999</v>
       </c>
       <c r="N196">
         <v>37.185966620000002</v>
       </c>
       <c r="O196" t="s">
         <v>24</v>
       </c>
       <c r="P196" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="197" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
         <v>16</v>
       </c>
       <c r="B197" t="s">
         <v>64</v>
       </c>
       <c r="C197" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D197" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="E197">
-        <v>18014</v>
+        <v>180870000</v>
       </c>
       <c r="F197" t="s">
         <v>20</v>
       </c>
       <c r="G197" t="s">
         <v>21</v>
       </c>
       <c r="H197" t="s">
         <v>21</v>
       </c>
       <c r="I197" t="s">
         <v>21</v>
       </c>
       <c r="J197" t="s">
         <v>22</v>
       </c>
       <c r="K197" t="s">
         <v>22</v>
       </c>
       <c r="L197" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="M197">
         <v>-3.6100618799999999</v>
       </c>
       <c r="N197">
         <v>37.185966620000002</v>
       </c>
       <c r="O197" t="s">
         <v>24</v>
       </c>
       <c r="P197" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="198" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
         <v>16</v>
       </c>
       <c r="B198" t="s">
         <v>64</v>
       </c>
       <c r="C198" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D198" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="E198">
-        <v>18300</v>
+        <v>181220000</v>
       </c>
       <c r="F198" t="s">
         <v>26</v>
       </c>
       <c r="G198" t="s">
         <v>21</v>
       </c>
       <c r="H198" t="s">
         <v>22</v>
       </c>
       <c r="I198" t="s">
         <v>22</v>
       </c>
       <c r="J198" t="s">
         <v>22</v>
       </c>
       <c r="K198" t="s">
         <v>22</v>
       </c>
       <c r="L198" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="M198">
         <v>-4.1476447800000003</v>
       </c>
       <c r="N198">
         <v>37.16433</v>
       </c>
       <c r="O198" t="s">
         <v>24</v>
       </c>
       <c r="P198" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="199" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
         <v>16</v>
       </c>
       <c r="B199" t="s">
         <v>64</v>
       </c>
       <c r="C199" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D199" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="E199">
-        <v>18300</v>
+        <v>181220000</v>
       </c>
       <c r="F199" t="s">
         <v>20</v>
       </c>
       <c r="G199" t="s">
         <v>21</v>
       </c>
       <c r="H199" t="s">
         <v>21</v>
       </c>
       <c r="I199" t="s">
         <v>21</v>
       </c>
       <c r="J199" t="s">
         <v>22</v>
       </c>
       <c r="K199" t="s">
         <v>22</v>
       </c>
       <c r="L199" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="M199">
         <v>-4.1476447800000003</v>
       </c>
       <c r="N199">
         <v>37.166935090000003</v>
       </c>
       <c r="O199" t="s">
         <v>24</v>
       </c>
       <c r="P199" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="200" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
         <v>16</v>
       </c>
       <c r="B200" t="s">
         <v>64</v>
       </c>
       <c r="C200" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D200" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="E200">
-        <v>18500</v>
+        <v>180890000</v>
       </c>
       <c r="F200" t="s">
         <v>26</v>
       </c>
       <c r="G200" t="s">
         <v>21</v>
       </c>
       <c r="H200" t="s">
         <v>22</v>
       </c>
       <c r="I200" t="s">
         <v>22</v>
       </c>
       <c r="J200" t="s">
         <v>22</v>
       </c>
       <c r="K200" t="s">
         <v>22</v>
       </c>
       <c r="L200" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="M200">
         <v>-3.1329312499999999</v>
       </c>
       <c r="N200">
         <v>37.305392019999999</v>
       </c>
       <c r="O200" t="s">
         <v>24</v>
       </c>
       <c r="P200" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="201" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
         <v>16</v>
       </c>
       <c r="B201" t="s">
         <v>64</v>
       </c>
       <c r="C201" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D201" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="E201">
-        <v>18500</v>
+        <v>180890000</v>
       </c>
       <c r="F201" t="s">
         <v>20</v>
       </c>
       <c r="G201" t="s">
         <v>21</v>
       </c>
       <c r="H201" t="s">
         <v>21</v>
       </c>
       <c r="I201" t="s">
         <v>21</v>
       </c>
       <c r="J201" t="s">
         <v>22</v>
       </c>
       <c r="K201" t="s">
         <v>22</v>
       </c>
       <c r="L201" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="M201">
         <v>-3.1332300000000002</v>
       </c>
       <c r="N201">
         <v>37.305100000000003</v>
       </c>
       <c r="O201" t="s">
         <v>24</v>
       </c>
       <c r="P201" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="202" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
         <v>16</v>
       </c>
       <c r="B202" t="s">
         <v>64</v>
       </c>
       <c r="C202" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D202" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="E202">
-        <v>18600</v>
+        <v>181400000</v>
       </c>
       <c r="F202" t="s">
         <v>20</v>
       </c>
       <c r="G202" t="s">
         <v>21</v>
       </c>
       <c r="H202" t="s">
         <v>21</v>
       </c>
       <c r="I202" t="s">
         <v>21</v>
       </c>
       <c r="J202" t="s">
         <v>22</v>
       </c>
       <c r="K202" t="s">
         <v>22</v>
       </c>
       <c r="L202" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="M202">
         <v>-3.5232205300000001</v>
       </c>
       <c r="N202">
         <v>36.744178220000002</v>
       </c>
       <c r="O202" t="s">
         <v>24</v>
       </c>
       <c r="P202" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="203" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
         <v>16</v>
       </c>
       <c r="B203" t="s">
         <v>64</v>
       </c>
       <c r="C203" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D203" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="E203">
-        <v>18600</v>
+        <v>181400000</v>
       </c>
       <c r="F203" t="s">
         <v>26</v>
       </c>
       <c r="G203" t="s">
         <v>21</v>
       </c>
       <c r="H203" t="s">
         <v>22</v>
       </c>
       <c r="I203" t="s">
         <v>22</v>
       </c>
       <c r="J203" t="s">
         <v>22</v>
       </c>
       <c r="K203" t="s">
         <v>22</v>
       </c>
       <c r="L203" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="M203">
         <v>-3.5232205300000001</v>
       </c>
       <c r="N203">
         <v>36.744178220000002</v>
       </c>
       <c r="O203" t="s">
         <v>24</v>
       </c>
       <c r="P203" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="204" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
         <v>16</v>
       </c>
       <c r="B204" t="s">
         <v>31</v>
       </c>
       <c r="C204" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="D204" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="E204">
-        <v>19001</v>
+        <v>191300000</v>
       </c>
       <c r="F204" t="s">
         <v>26</v>
       </c>
       <c r="G204" t="s">
         <v>21</v>
       </c>
       <c r="H204" t="s">
         <v>22</v>
       </c>
       <c r="I204" t="s">
         <v>22</v>
       </c>
       <c r="J204" t="s">
         <v>22</v>
       </c>
       <c r="K204" t="s">
         <v>22</v>
       </c>
       <c r="L204" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="M204">
         <v>-3.1661538</v>
       </c>
       <c r="N204">
         <v>40.632010280000003</v>
       </c>
       <c r="O204" t="s">
         <v>24</v>
       </c>
       <c r="P204" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="205" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
         <v>16</v>
       </c>
       <c r="B205" t="s">
         <v>31</v>
       </c>
       <c r="C205" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="D205" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="E205">
-        <v>19001</v>
+        <v>191300000</v>
       </c>
       <c r="F205" t="s">
         <v>20</v>
       </c>
       <c r="G205" t="s">
         <v>21</v>
       </c>
       <c r="H205" t="s">
         <v>21</v>
       </c>
       <c r="I205" t="s">
         <v>21</v>
       </c>
       <c r="J205" t="s">
         <v>22</v>
       </c>
       <c r="K205" t="s">
         <v>22</v>
       </c>
       <c r="L205" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="M205">
         <v>-3.1661538</v>
       </c>
       <c r="N205">
         <v>40.632010280000003</v>
       </c>
       <c r="O205" t="s">
         <v>24</v>
       </c>
       <c r="P205" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="206" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
         <v>16</v>
       </c>
       <c r="B206" t="s">
         <v>31</v>
       </c>
       <c r="C206" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="D206" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="E206">
-        <v>19001</v>
+        <v>191300000</v>
       </c>
       <c r="F206" t="s">
         <v>27</v>
       </c>
       <c r="G206" t="s">
         <v>21</v>
       </c>
       <c r="H206" t="s">
         <v>21</v>
       </c>
       <c r="I206" t="s">
         <v>21</v>
       </c>
       <c r="J206" t="s">
         <v>22</v>
       </c>
       <c r="K206" t="s">
         <v>22</v>
       </c>
       <c r="L206" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="M206">
         <v>-3.1661538</v>
       </c>
       <c r="N206">
         <v>40.632010280000003</v>
       </c>
       <c r="O206" t="s">
         <v>24</v>
       </c>
       <c r="P206" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="207" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
         <v>16</v>
       </c>
       <c r="B207" t="s">
         <v>31</v>
       </c>
       <c r="C207" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="D207" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="E207">
-        <v>19001</v>
+        <v>191300000</v>
       </c>
       <c r="F207" t="s">
         <v>28</v>
       </c>
       <c r="G207" t="s">
         <v>21</v>
       </c>
       <c r="H207" t="s">
         <v>21</v>
       </c>
       <c r="I207" t="s">
         <v>22</v>
       </c>
       <c r="J207" t="s">
         <v>22</v>
       </c>
       <c r="K207" t="s">
         <v>22</v>
       </c>
       <c r="L207" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="M207">
         <v>-3.1661538</v>
       </c>
       <c r="N207">
         <v>40.632010280000003</v>
       </c>
       <c r="O207" t="s">
         <v>24</v>
       </c>
       <c r="P207" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="208" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
         <v>16</v>
       </c>
       <c r="B208" t="s">
         <v>31</v>
       </c>
       <c r="C208" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="D208" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="E208">
-        <v>19200</v>
+        <v>190460000</v>
       </c>
       <c r="F208" t="s">
         <v>28</v>
       </c>
       <c r="G208" t="s">
         <v>21</v>
       </c>
       <c r="H208" t="s">
         <v>22</v>
       </c>
       <c r="I208" t="s">
         <v>22</v>
       </c>
       <c r="J208" t="s">
         <v>22</v>
       </c>
       <c r="K208" t="s">
         <v>22</v>
       </c>
       <c r="L208" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="M208">
         <v>-3.2746599999999999</v>
       </c>
       <c r="N208">
         <v>40.565004000000002</v>
       </c>
       <c r="O208" t="s">
         <v>24</v>
       </c>
       <c r="P208" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="209" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
         <v>16</v>
       </c>
       <c r="B209" t="s">
         <v>17</v>
       </c>
       <c r="C209" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="D209" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="E209">
-        <v>20010</v>
+        <v>200690000</v>
       </c>
       <c r="F209" t="s">
         <v>20</v>
       </c>
       <c r="G209" t="s">
         <v>21</v>
       </c>
       <c r="H209" t="s">
         <v>21</v>
       </c>
       <c r="I209" t="s">
         <v>21</v>
       </c>
       <c r="J209" t="s">
         <v>22</v>
       </c>
       <c r="K209" t="s">
         <v>22</v>
       </c>
       <c r="L209" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="M209">
         <v>-1.9707699999999999</v>
       </c>
       <c r="N209">
         <v>43.308669999999999</v>
       </c>
       <c r="O209" t="s">
         <v>24</v>
       </c>
       <c r="P209" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="210" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
         <v>16</v>
       </c>
       <c r="B210" t="s">
         <v>17</v>
       </c>
       <c r="C210" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="D210" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="E210">
-        <v>20014</v>
+        <v>200690000</v>
       </c>
       <c r="F210" t="s">
         <v>28</v>
       </c>
       <c r="G210" t="s">
         <v>21</v>
       </c>
       <c r="H210" t="s">
         <v>21</v>
       </c>
       <c r="I210" t="s">
         <v>21</v>
       </c>
       <c r="J210" t="s">
         <v>22</v>
       </c>
       <c r="K210" t="s">
         <v>22</v>
       </c>
       <c r="L210" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="M210">
         <v>-1.9707699999999999</v>
       </c>
       <c r="N210">
         <v>43.308669999999999</v>
       </c>
       <c r="O210" t="s">
         <v>24</v>
       </c>
       <c r="P210" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="211" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
         <v>16</v>
       </c>
       <c r="B211" t="s">
         <v>17</v>
       </c>
       <c r="C211" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="D211" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="E211">
-        <v>20014</v>
+        <v>200690000</v>
       </c>
       <c r="F211" t="s">
         <v>26</v>
       </c>
       <c r="G211" t="s">
         <v>21</v>
       </c>
       <c r="H211" t="s">
         <v>22</v>
       </c>
       <c r="I211" t="s">
         <v>22</v>
       </c>
       <c r="J211" t="s">
         <v>22</v>
       </c>
       <c r="K211" t="s">
         <v>22</v>
       </c>
       <c r="L211" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="M211">
         <v>-1.9707699999999999</v>
       </c>
       <c r="N211">
         <v>43.308669999999999</v>
       </c>
       <c r="O211" t="s">
         <v>24</v>
       </c>
       <c r="P211" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="212" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
         <v>16</v>
       </c>
       <c r="B212" t="s">
         <v>17</v>
       </c>
       <c r="C212" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="D212" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="E212">
-        <v>20014</v>
+        <v>200690000</v>
       </c>
       <c r="F212" t="s">
         <v>27</v>
       </c>
       <c r="G212" t="s">
         <v>21</v>
       </c>
       <c r="H212" t="s">
         <v>21</v>
       </c>
       <c r="I212" t="s">
         <v>21</v>
       </c>
       <c r="J212" t="s">
         <v>22</v>
       </c>
       <c r="K212" t="s">
         <v>22</v>
       </c>
       <c r="L212" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="M212">
         <v>-1.9707699999999999</v>
       </c>
       <c r="N212">
         <v>43.308669999999999</v>
       </c>
       <c r="O212" t="s">
         <v>24</v>
       </c>
       <c r="P212" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="213" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
         <v>16</v>
       </c>
       <c r="B213" t="s">
         <v>17</v>
       </c>
       <c r="C213" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="D213" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="E213">
-        <v>20014</v>
+        <v>200690000</v>
       </c>
       <c r="F213" t="s">
         <v>26</v>
       </c>
       <c r="G213" t="s">
         <v>21</v>
       </c>
       <c r="H213" t="s">
         <v>22</v>
       </c>
       <c r="I213" t="s">
         <v>22</v>
       </c>
       <c r="J213" t="s">
         <v>22</v>
       </c>
       <c r="K213" t="s">
         <v>22</v>
       </c>
       <c r="L213" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="M213">
         <v>-1.9707699999999999</v>
       </c>
       <c r="N213">
         <v>43.308669999999999</v>
       </c>
       <c r="O213" t="s">
         <v>24</v>
       </c>
       <c r="P213" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="214" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
         <v>16</v>
       </c>
       <c r="B214" t="s">
         <v>17</v>
       </c>
       <c r="C214" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="D214" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="E214">
-        <v>20014</v>
+        <v>200690000</v>
       </c>
       <c r="F214" t="s">
         <v>20</v>
       </c>
       <c r="G214" t="s">
         <v>21</v>
       </c>
       <c r="H214" t="s">
         <v>21</v>
       </c>
       <c r="I214" t="s">
         <v>21</v>
       </c>
       <c r="J214" t="s">
         <v>22</v>
       </c>
       <c r="K214" t="s">
         <v>22</v>
       </c>
       <c r="L214" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="M214">
         <v>-1.9707699999999999</v>
       </c>
       <c r="N214">
         <v>43.308669999999999</v>
       </c>
       <c r="O214" t="s">
         <v>24</v>
       </c>
       <c r="P214" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="215" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
         <v>16</v>
       </c>
       <c r="B215" t="s">
         <v>17</v>
       </c>
       <c r="C215" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="D215" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="E215">
-        <v>20400</v>
+        <v>200710000</v>
       </c>
       <c r="F215" t="s">
         <v>26</v>
       </c>
       <c r="G215" t="s">
         <v>21</v>
       </c>
       <c r="H215" t="s">
         <v>22</v>
       </c>
       <c r="I215" t="s">
         <v>22</v>
       </c>
       <c r="J215" t="s">
         <v>22</v>
       </c>
       <c r="K215" t="s">
         <v>22</v>
       </c>
       <c r="L215" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="M215">
         <v>-2.0714831999999999</v>
       </c>
       <c r="N215">
         <v>43.140973680000002</v>
       </c>
       <c r="O215" t="s">
         <v>24</v>
       </c>
       <c r="P215" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="216" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
         <v>16</v>
       </c>
       <c r="B216" t="s">
         <v>17</v>
       </c>
       <c r="C216" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="D216" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="E216">
-        <v>20400</v>
+        <v>200710000</v>
       </c>
       <c r="F216" t="s">
         <v>20</v>
       </c>
       <c r="G216" t="s">
         <v>21</v>
       </c>
       <c r="H216" t="s">
         <v>21</v>
       </c>
       <c r="I216" t="s">
         <v>21</v>
       </c>
       <c r="J216" t="s">
         <v>22</v>
       </c>
       <c r="K216" t="s">
         <v>22</v>
       </c>
       <c r="L216" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="M216">
         <v>-2.0714831999999999</v>
       </c>
       <c r="N216">
         <v>43.140973680000002</v>
       </c>
       <c r="O216" t="s">
         <v>24</v>
       </c>
       <c r="P216" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="217" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
         <v>16</v>
       </c>
       <c r="B217" t="s">
         <v>17</v>
       </c>
       <c r="C217" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="D217" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="E217">
-        <v>20600</v>
+        <v>200300000</v>
       </c>
       <c r="F217" t="s">
         <v>26</v>
       </c>
       <c r="G217" t="s">
         <v>21</v>
       </c>
       <c r="H217" t="s">
         <v>22</v>
       </c>
       <c r="I217" t="s">
         <v>22</v>
       </c>
       <c r="J217" t="s">
         <v>22</v>
       </c>
       <c r="K217" t="s">
         <v>22</v>
       </c>
       <c r="L217" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="M217">
         <v>-2.4737860600000001</v>
       </c>
       <c r="N217">
         <v>43.183260060000002</v>
       </c>
       <c r="O217" t="s">
         <v>24</v>
       </c>
       <c r="P217" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="218" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
         <v>16</v>
       </c>
       <c r="B218" t="s">
         <v>17</v>
       </c>
       <c r="C218" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="D218" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="E218">
-        <v>20600</v>
+        <v>200300000</v>
       </c>
       <c r="F218" t="s">
         <v>20</v>
       </c>
       <c r="G218" t="s">
         <v>21</v>
       </c>
       <c r="H218" t="s">
         <v>21</v>
       </c>
       <c r="I218" t="s">
         <v>21</v>
       </c>
       <c r="J218" t="s">
         <v>22</v>
       </c>
       <c r="K218" t="s">
         <v>22</v>
       </c>
       <c r="L218" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="M218">
         <v>-2.4737860600000001</v>
       </c>
       <c r="N218">
         <v>43.183260060000002</v>
       </c>
       <c r="O218" t="s">
         <v>24</v>
       </c>
       <c r="P218" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="219" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
         <v>16</v>
       </c>
       <c r="B219" t="s">
         <v>64</v>
       </c>
       <c r="C219" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="D219" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="E219">
-        <v>21001</v>
+        <v>210410000</v>
       </c>
       <c r="F219" t="s">
         <v>20</v>
       </c>
       <c r="G219" t="s">
         <v>21</v>
       </c>
       <c r="H219" t="s">
         <v>21</v>
       </c>
       <c r="I219" t="s">
         <v>21</v>
       </c>
       <c r="J219" t="s">
         <v>22</v>
       </c>
       <c r="K219" t="s">
         <v>22</v>
       </c>
       <c r="L219" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="M219">
         <v>-6.9550900000000002</v>
       </c>
       <c r="N219">
         <v>37.2588005</v>
       </c>
       <c r="O219" t="s">
         <v>24</v>
       </c>
       <c r="P219" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="220" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
         <v>16</v>
       </c>
       <c r="B220" t="s">
         <v>64</v>
       </c>
       <c r="C220" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="D220" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="E220">
-        <v>21001</v>
+        <v>210410000</v>
       </c>
       <c r="F220" t="s">
         <v>26</v>
       </c>
       <c r="G220" t="s">
         <v>21</v>
       </c>
       <c r="H220" t="s">
         <v>22</v>
       </c>
       <c r="I220" t="s">
         <v>22</v>
       </c>
       <c r="J220" t="s">
         <v>22</v>
       </c>
       <c r="K220" t="s">
         <v>22</v>
       </c>
       <c r="L220" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="M220">
         <v>-6.9533654199999999</v>
       </c>
       <c r="N220">
         <v>37.258581020000001</v>
       </c>
       <c r="O220" t="s">
         <v>24</v>
       </c>
       <c r="P220" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="221" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
         <v>16</v>
       </c>
       <c r="B221" t="s">
         <v>64</v>
       </c>
       <c r="C221" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="D221" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="E221">
-        <v>21001</v>
+        <v>210410000</v>
       </c>
       <c r="F221" t="s">
         <v>27</v>
       </c>
       <c r="G221" t="s">
         <v>21</v>
       </c>
       <c r="H221" t="s">
         <v>21</v>
       </c>
       <c r="I221" t="s">
         <v>21</v>
       </c>
       <c r="J221" t="s">
         <v>22</v>
       </c>
       <c r="K221" t="s">
         <v>22</v>
       </c>
       <c r="L221" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="M221">
         <v>-6.9554177199999998</v>
       </c>
       <c r="N221">
         <v>37.258818650000002</v>
       </c>
       <c r="O221" t="s">
         <v>24</v>
       </c>
       <c r="P221" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="222" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
         <v>16</v>
       </c>
       <c r="B222" t="s">
         <v>64</v>
       </c>
       <c r="C222" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="D222" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="E222">
-        <v>21001</v>
+        <v>210410000</v>
       </c>
       <c r="F222" t="s">
         <v>28</v>
       </c>
       <c r="G222" t="s">
         <v>21</v>
       </c>
       <c r="H222" t="s">
         <v>21</v>
       </c>
       <c r="I222" t="s">
         <v>22</v>
       </c>
       <c r="J222" t="s">
         <v>22</v>
       </c>
       <c r="K222" t="s">
         <v>22</v>
       </c>
       <c r="L222" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="M222">
         <v>-6.9549583400000001</v>
       </c>
       <c r="N222">
         <v>37.258870049999999</v>
       </c>
       <c r="O222" t="s">
         <v>24</v>
       </c>
       <c r="P222" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="223" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
         <v>16</v>
       </c>
       <c r="B223" t="s">
         <v>64</v>
       </c>
       <c r="C223" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="D223" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="E223">
-        <v>21001</v>
+        <v>210410000</v>
       </c>
       <c r="F223" t="s">
         <v>20</v>
       </c>
       <c r="G223" t="s">
         <v>21</v>
       </c>
       <c r="H223" t="s">
         <v>21</v>
       </c>
       <c r="I223" t="s">
         <v>21</v>
       </c>
       <c r="J223" t="s">
         <v>22</v>
       </c>
       <c r="K223" t="s">
         <v>22</v>
       </c>
       <c r="L223" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="M223">
         <v>-6.9549686499999996</v>
       </c>
       <c r="N223">
         <v>37.25885169</v>
       </c>
       <c r="O223" t="s">
         <v>24</v>
       </c>
       <c r="P223" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="224" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
         <v>16</v>
       </c>
       <c r="B224" t="s">
         <v>64</v>
       </c>
       <c r="C224" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="D224" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="E224">
-        <v>21200</v>
+        <v>210070000</v>
       </c>
       <c r="F224" t="s">
         <v>20</v>
       </c>
       <c r="G224" t="s">
         <v>21</v>
       </c>
       <c r="H224" t="s">
         <v>21</v>
       </c>
       <c r="I224" t="s">
         <v>21</v>
       </c>
       <c r="J224" t="s">
         <v>22</v>
       </c>
       <c r="K224" t="s">
         <v>22</v>
       </c>
       <c r="L224" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="M224">
         <v>-6.5624167</v>
       </c>
       <c r="N224">
         <v>37.893940260000001</v>
       </c>
       <c r="O224" t="s">
         <v>24</v>
       </c>
       <c r="P224" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="225" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
         <v>16</v>
       </c>
       <c r="B225" t="s">
         <v>64</v>
       </c>
       <c r="C225" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="D225" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="E225">
-        <v>21200</v>
+        <v>210070000</v>
       </c>
       <c r="F225" t="s">
         <v>26</v>
       </c>
       <c r="G225" t="s">
         <v>21</v>
       </c>
       <c r="H225" t="s">
         <v>22</v>
       </c>
       <c r="I225" t="s">
         <v>22</v>
       </c>
       <c r="J225" t="s">
         <v>22</v>
       </c>
       <c r="K225" t="s">
         <v>22</v>
       </c>
       <c r="L225" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="M225">
         <v>-6.5624053499999997</v>
       </c>
       <c r="N225">
         <v>37.893940600000001</v>
       </c>
       <c r="O225" t="s">
         <v>24</v>
       </c>
       <c r="P225" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="226" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
         <v>16</v>
       </c>
       <c r="B226" t="s">
         <v>64</v>
       </c>
       <c r="C226" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="D226" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="E226">
-        <v>21440</v>
+        <v>210440000</v>
       </c>
       <c r="F226" t="s">
         <v>26</v>
       </c>
       <c r="G226" t="s">
         <v>21</v>
       </c>
       <c r="H226" t="s">
         <v>22</v>
       </c>
       <c r="I226" t="s">
         <v>22</v>
       </c>
       <c r="J226" t="s">
         <v>22</v>
       </c>
       <c r="K226" t="s">
         <v>22</v>
       </c>
       <c r="L226" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="M226">
         <v>0</v>
       </c>
       <c r="N226">
         <v>0</v>
       </c>
       <c r="O226" t="s">
         <v>24</v>
       </c>
       <c r="P226" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="227" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
         <v>16</v>
       </c>
       <c r="B227" t="s">
         <v>64</v>
       </c>
       <c r="C227" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="D227" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="E227">
-        <v>21440</v>
+        <v>210440000</v>
       </c>
       <c r="F227" t="s">
         <v>20</v>
       </c>
       <c r="G227" t="s">
         <v>21</v>
       </c>
       <c r="H227" t="s">
         <v>21</v>
       </c>
       <c r="I227" t="s">
         <v>21</v>
       </c>
       <c r="J227" t="s">
         <v>22</v>
       </c>
       <c r="K227" t="s">
         <v>22</v>
       </c>
       <c r="L227" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="M227">
         <v>-7.2066237700000002</v>
       </c>
       <c r="N227">
         <v>37.2541267</v>
       </c>
       <c r="O227" t="s">
         <v>24</v>
       </c>
       <c r="P227" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="228" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
         <v>16</v>
       </c>
       <c r="B228" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C228" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="D228" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="E228">
-        <v>22004</v>
+        <v>221250000</v>
       </c>
       <c r="F228" t="s">
         <v>27</v>
       </c>
       <c r="G228" t="s">
         <v>21</v>
       </c>
       <c r="H228" t="s">
         <v>21</v>
       </c>
       <c r="I228" t="s">
         <v>21</v>
       </c>
       <c r="J228" t="s">
         <v>22</v>
       </c>
       <c r="K228" t="s">
         <v>21</v>
       </c>
       <c r="L228" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="M228">
         <v>-0.41293983000000001</v>
       </c>
       <c r="N228">
         <v>42.138787219999998</v>
       </c>
       <c r="O228" t="s">
         <v>24</v>
       </c>
       <c r="P228" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="229" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
         <v>16</v>
       </c>
       <c r="B229" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C229" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="D229" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="E229">
-        <v>22004</v>
+        <v>221250000</v>
       </c>
       <c r="F229" t="s">
         <v>20</v>
       </c>
       <c r="G229" t="s">
         <v>21</v>
       </c>
       <c r="H229" t="s">
         <v>21</v>
       </c>
       <c r="I229" t="s">
         <v>21</v>
       </c>
       <c r="J229" t="s">
         <v>22</v>
       </c>
       <c r="K229" t="s">
         <v>22</v>
       </c>
       <c r="L229" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="M229">
         <v>-0.41292664000000001</v>
       </c>
       <c r="N229">
         <v>42.138813939999999</v>
       </c>
       <c r="O229" t="s">
         <v>24</v>
       </c>
       <c r="P229" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="230" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
         <v>16</v>
       </c>
       <c r="B230" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C230" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="D230" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="E230">
-        <v>22004</v>
+        <v>221250000</v>
       </c>
       <c r="F230" t="s">
         <v>28</v>
       </c>
       <c r="G230" t="s">
         <v>21</v>
       </c>
       <c r="H230" t="s">
         <v>21</v>
       </c>
       <c r="I230" t="s">
         <v>22</v>
       </c>
       <c r="J230" t="s">
         <v>22</v>
       </c>
       <c r="K230" t="s">
         <v>21</v>
       </c>
       <c r="L230" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="M230">
         <v>-0.41874074</v>
       </c>
       <c r="N230">
         <v>42.144008470000003</v>
       </c>
       <c r="O230" t="s">
         <v>24</v>
       </c>
       <c r="P230" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="231" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
         <v>16</v>
       </c>
       <c r="B231" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C231" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="D231" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="E231">
-        <v>22004</v>
+        <v>221250000</v>
       </c>
       <c r="F231" t="s">
         <v>26</v>
       </c>
       <c r="G231" t="s">
         <v>21</v>
       </c>
       <c r="H231" t="s">
         <v>22</v>
       </c>
       <c r="I231" t="s">
         <v>22</v>
       </c>
       <c r="J231" t="s">
         <v>22</v>
       </c>
       <c r="K231" t="s">
         <v>22</v>
       </c>
       <c r="L231" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="M231">
         <v>-0.41293983000000001</v>
       </c>
       <c r="N231">
         <v>42.138787219999998</v>
       </c>
       <c r="O231" t="s">
         <v>24</v>
       </c>
       <c r="P231" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="232" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
         <v>16</v>
       </c>
       <c r="B232" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C232" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="D232" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="E232">
-        <v>22400</v>
+        <v>221580000</v>
       </c>
       <c r="F232" t="s">
         <v>20</v>
       </c>
       <c r="G232" t="s">
         <v>21</v>
       </c>
       <c r="H232" t="s">
         <v>21</v>
       </c>
       <c r="I232" t="s">
         <v>21</v>
       </c>
       <c r="J232" t="s">
         <v>22</v>
       </c>
       <c r="K232" t="s">
         <v>22</v>
       </c>
       <c r="L232" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="M232">
         <v>0.19206313</v>
       </c>
       <c r="N232">
         <v>41.911315479999999</v>
       </c>
       <c r="O232" t="s">
         <v>24</v>
       </c>
       <c r="P232" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="233" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
         <v>16</v>
       </c>
       <c r="B233" t="s">
         <v>64</v>
       </c>
       <c r="C233" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="D233" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="E233">
-        <v>23001</v>
+        <v>230500000</v>
       </c>
       <c r="F233" t="s">
         <v>26</v>
       </c>
       <c r="G233" t="s">
         <v>21</v>
       </c>
       <c r="H233" t="s">
         <v>22</v>
       </c>
       <c r="I233" t="s">
         <v>22</v>
       </c>
       <c r="J233" t="s">
         <v>22</v>
       </c>
       <c r="K233" t="s">
         <v>22</v>
       </c>
       <c r="L233" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="M233">
         <v>-3.7854185400000002</v>
       </c>
       <c r="N233">
         <v>37.765142599999997</v>
       </c>
       <c r="O233" t="s">
         <v>24</v>
       </c>
       <c r="P233" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="234" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
         <v>16</v>
       </c>
       <c r="B234" t="s">
         <v>64</v>
       </c>
       <c r="C234" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="D234" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="E234">
-        <v>23001</v>
+        <v>230500000</v>
       </c>
       <c r="F234" t="s">
         <v>20</v>
       </c>
       <c r="G234" t="s">
         <v>21</v>
       </c>
       <c r="H234" t="s">
         <v>21</v>
       </c>
       <c r="I234" t="s">
         <v>21</v>
       </c>
       <c r="J234" t="s">
         <v>22</v>
       </c>
       <c r="K234" t="s">
         <v>22</v>
       </c>
       <c r="L234" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="M234">
         <v>-3.7854307500000002</v>
       </c>
       <c r="N234">
         <v>37.765223640000002</v>
       </c>
       <c r="O234" t="s">
         <v>24</v>
       </c>
       <c r="P234" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="235" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
         <v>16</v>
       </c>
       <c r="B235" t="s">
         <v>64</v>
       </c>
       <c r="C235" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="D235" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="E235">
-        <v>23006</v>
+        <v>230500000</v>
       </c>
       <c r="F235" t="s">
         <v>27</v>
       </c>
       <c r="G235" t="s">
         <v>21</v>
       </c>
       <c r="H235" t="s">
         <v>21</v>
       </c>
       <c r="I235" t="s">
         <v>21</v>
       </c>
       <c r="J235" t="s">
         <v>22</v>
       </c>
       <c r="K235" t="s">
         <v>22</v>
       </c>
       <c r="L235" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="M235">
         <v>-3.8055678999999998</v>
       </c>
       <c r="N235">
         <v>37.780957630000003</v>
       </c>
       <c r="O235" t="s">
         <v>24</v>
       </c>
       <c r="P235" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="236" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
         <v>16</v>
       </c>
       <c r="B236" t="s">
         <v>64</v>
       </c>
       <c r="C236" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="D236" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="E236">
-        <v>23006</v>
+        <v>230500000</v>
       </c>
       <c r="F236" t="s">
         <v>28</v>
       </c>
       <c r="G236" t="s">
         <v>21</v>
       </c>
       <c r="H236" t="s">
         <v>21</v>
       </c>
       <c r="I236" t="s">
         <v>22</v>
       </c>
       <c r="J236" t="s">
         <v>22</v>
       </c>
       <c r="K236" t="s">
         <v>22</v>
       </c>
       <c r="L236" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="M236">
         <v>-3.8055678999999998</v>
       </c>
       <c r="N236">
         <v>37.780957630000003</v>
       </c>
       <c r="O236" t="s">
         <v>24</v>
       </c>
       <c r="P236" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="237" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
         <v>16</v>
       </c>
       <c r="B237" t="s">
         <v>64</v>
       </c>
       <c r="C237" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="D237" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="E237">
-        <v>23008</v>
+        <v>230500000</v>
       </c>
       <c r="F237" t="s">
         <v>20</v>
       </c>
       <c r="G237" t="s">
         <v>21</v>
       </c>
       <c r="H237" t="s">
         <v>21</v>
       </c>
       <c r="I237" t="s">
         <v>21</v>
       </c>
       <c r="J237" t="s">
         <v>22</v>
       </c>
       <c r="K237" t="s">
         <v>22</v>
       </c>
       <c r="L237" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="M237">
         <v>-3.7851400000000002</v>
       </c>
       <c r="N237">
         <v>37.778060000000004</v>
       </c>
       <c r="O237" t="s">
         <v>24</v>
       </c>
       <c r="P237" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="238" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
         <v>16</v>
       </c>
       <c r="B238" t="s">
         <v>64</v>
       </c>
       <c r="C238" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="D238" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="E238">
-        <v>23009</v>
+        <v>230500000</v>
       </c>
       <c r="F238" t="s">
         <v>26</v>
       </c>
       <c r="G238" t="s">
         <v>21</v>
       </c>
       <c r="H238" t="s">
         <v>22</v>
       </c>
       <c r="I238" t="s">
         <v>22</v>
       </c>
       <c r="J238" t="s">
         <v>22</v>
       </c>
       <c r="K238" t="s">
         <v>22</v>
       </c>
       <c r="L238" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="M238">
         <v>-3.7851592900000002</v>
       </c>
       <c r="N238">
         <v>37.77820406</v>
       </c>
       <c r="O238" t="s">
         <v>24</v>
       </c>
       <c r="P238" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="239" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
         <v>16</v>
       </c>
       <c r="B239" t="s">
         <v>64</v>
       </c>
       <c r="C239" t="s">
+        <v>276</v>
+      </c>
+      <c r="D239" t="s">
         <v>281</v>
       </c>
-      <c r="D239" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E239">
-        <v>23400</v>
+        <v>230920000</v>
       </c>
       <c r="F239" t="s">
         <v>20</v>
       </c>
       <c r="G239" t="s">
         <v>21</v>
       </c>
       <c r="H239" t="s">
         <v>21</v>
       </c>
       <c r="I239" t="s">
         <v>21</v>
       </c>
       <c r="J239" t="s">
         <v>22</v>
       </c>
       <c r="K239" t="s">
         <v>22</v>
       </c>
       <c r="L239" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="M239">
         <v>-3.37718345</v>
       </c>
       <c r="N239">
         <v>38.01063121</v>
       </c>
       <c r="O239" t="s">
         <v>24</v>
       </c>
       <c r="P239" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="240" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
         <v>16</v>
       </c>
       <c r="B240" t="s">
         <v>64</v>
       </c>
       <c r="C240" t="s">
+        <v>276</v>
+      </c>
+      <c r="D240" t="s">
         <v>281</v>
       </c>
-      <c r="D240" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E240">
-        <v>23400</v>
+        <v>230920000</v>
       </c>
       <c r="F240" t="s">
         <v>26</v>
       </c>
       <c r="G240" t="s">
         <v>21</v>
       </c>
       <c r="H240" t="s">
         <v>22</v>
       </c>
       <c r="I240" t="s">
         <v>22</v>
       </c>
       <c r="J240" t="s">
         <v>22</v>
       </c>
       <c r="K240" t="s">
         <v>22</v>
       </c>
       <c r="L240" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="M240">
         <v>-3.37718345</v>
       </c>
       <c r="N240">
         <v>38.01063121</v>
       </c>
       <c r="O240" t="s">
         <v>24</v>
       </c>
       <c r="P240" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="241" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
         <v>16</v>
       </c>
       <c r="B241" t="s">
         <v>64</v>
       </c>
       <c r="C241" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="D241" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="E241">
-        <v>23700</v>
+        <v>230550000</v>
       </c>
       <c r="F241" t="s">
         <v>26</v>
       </c>
       <c r="G241" t="s">
         <v>21</v>
       </c>
       <c r="H241" t="s">
         <v>22</v>
       </c>
       <c r="I241" t="s">
         <v>22</v>
       </c>
       <c r="J241" t="s">
         <v>22</v>
       </c>
       <c r="K241" t="s">
         <v>22</v>
       </c>
       <c r="L241" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="M241">
         <v>-3.63138345</v>
       </c>
       <c r="N241">
         <v>38.092024219999999</v>
       </c>
       <c r="O241" t="s">
         <v>24</v>
       </c>
       <c r="P241" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="242" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
         <v>16</v>
       </c>
       <c r="B242" t="s">
         <v>64</v>
       </c>
       <c r="C242" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="D242" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="E242">
-        <v>23700</v>
+        <v>230550000</v>
       </c>
       <c r="F242" t="s">
         <v>20</v>
       </c>
       <c r="G242" t="s">
         <v>21</v>
       </c>
       <c r="H242" t="s">
         <v>21</v>
       </c>
       <c r="I242" t="s">
         <v>21</v>
       </c>
       <c r="J242" t="s">
         <v>22</v>
       </c>
       <c r="K242" t="s">
         <v>22</v>
       </c>
       <c r="L242" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="M242">
         <v>-3.63138345</v>
       </c>
       <c r="N242">
         <v>38.092024219999999</v>
       </c>
       <c r="O242" t="s">
         <v>24</v>
       </c>
       <c r="P242" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="243" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
         <v>16</v>
       </c>
       <c r="B243" t="s">
         <v>64</v>
       </c>
       <c r="C243" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="D243" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="E243">
-        <v>23740</v>
+        <v>230050000</v>
       </c>
       <c r="F243" t="s">
         <v>20</v>
       </c>
       <c r="G243" t="s">
         <v>21</v>
       </c>
       <c r="H243" t="s">
         <v>21</v>
       </c>
       <c r="I243" t="s">
         <v>21</v>
       </c>
       <c r="J243" t="s">
         <v>22</v>
       </c>
       <c r="K243" t="s">
         <v>22</v>
       </c>
       <c r="L243" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="M243">
         <v>-4.0525517999999998</v>
       </c>
       <c r="N243">
         <v>38.039222299999999</v>
       </c>
       <c r="O243" t="s">
         <v>24</v>
       </c>
       <c r="P243" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="244" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
         <v>16</v>
       </c>
       <c r="B244" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C244" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D244" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="E244">
-        <v>24002</v>
+        <v>240890000</v>
       </c>
       <c r="F244" t="s">
         <v>26</v>
       </c>
       <c r="G244" t="s">
         <v>21</v>
       </c>
       <c r="H244" t="s">
         <v>22</v>
       </c>
       <c r="I244" t="s">
         <v>22</v>
       </c>
       <c r="J244" t="s">
         <v>22</v>
       </c>
       <c r="K244" t="s">
         <v>22</v>
       </c>
       <c r="L244" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="M244">
         <v>-5.57749234</v>
       </c>
       <c r="N244">
         <v>42.595482439999998</v>
       </c>
       <c r="O244" t="s">
         <v>24</v>
       </c>
       <c r="P244" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="245" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
         <v>16</v>
       </c>
       <c r="B245" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C245" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D245" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="E245">
-        <v>24002</v>
+        <v>240890000</v>
       </c>
       <c r="F245" t="s">
         <v>28</v>
       </c>
       <c r="G245" t="s">
         <v>21</v>
       </c>
       <c r="H245" t="s">
         <v>21</v>
       </c>
       <c r="I245" t="s">
         <v>22</v>
       </c>
       <c r="J245" t="s">
         <v>22</v>
       </c>
       <c r="K245" t="s">
         <v>22</v>
       </c>
       <c r="L245" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="M245">
         <v>-5.5776222500000001</v>
       </c>
       <c r="N245">
         <v>42.603655920000001</v>
       </c>
       <c r="O245" t="s">
         <v>24</v>
       </c>
       <c r="P245" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="246" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
         <v>16</v>
       </c>
       <c r="B246" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C246" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D246" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="E246">
-        <v>24002</v>
+        <v>240890000</v>
       </c>
       <c r="F246" t="s">
         <v>20</v>
       </c>
       <c r="G246" t="s">
         <v>21</v>
       </c>
       <c r="H246" t="s">
         <v>21</v>
       </c>
       <c r="I246" t="s">
         <v>21</v>
       </c>
       <c r="J246" t="s">
         <v>22</v>
       </c>
       <c r="K246" t="s">
         <v>22</v>
       </c>
       <c r="L246" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="M246">
         <v>-5.5776222500000001</v>
       </c>
       <c r="N246">
         <v>42.603655920000001</v>
       </c>
       <c r="O246" t="s">
         <v>24</v>
       </c>
       <c r="P246" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="247" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
         <v>16</v>
       </c>
       <c r="B247" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C247" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D247" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="E247">
-        <v>24002</v>
+        <v>240890000</v>
       </c>
       <c r="F247" t="s">
         <v>26</v>
       </c>
       <c r="G247" t="s">
         <v>21</v>
       </c>
       <c r="H247" t="s">
         <v>22</v>
       </c>
       <c r="I247" t="s">
         <v>22</v>
       </c>
       <c r="J247" t="s">
         <v>22</v>
       </c>
       <c r="K247" t="s">
         <v>22</v>
       </c>
       <c r="L247" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="M247">
         <v>-5.5776222500000001</v>
       </c>
       <c r="N247">
         <v>42.603655920000001</v>
       </c>
       <c r="O247" t="s">
         <v>24</v>
       </c>
       <c r="P247" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="248" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
         <v>16</v>
       </c>
       <c r="B248" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C248" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D248" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="E248">
-        <v>24002</v>
+        <v>240890000</v>
       </c>
       <c r="F248" t="s">
         <v>20</v>
       </c>
       <c r="G248" t="s">
         <v>21</v>
       </c>
       <c r="H248" t="s">
         <v>21</v>
       </c>
       <c r="I248" t="s">
         <v>21</v>
       </c>
       <c r="J248" t="s">
         <v>22</v>
       </c>
       <c r="K248" t="s">
         <v>22</v>
       </c>
       <c r="L248" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="M248">
         <v>-5.5776222500000001</v>
       </c>
       <c r="N248">
         <v>42.603655920000001</v>
       </c>
       <c r="O248" t="s">
         <v>24</v>
       </c>
       <c r="P248" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="249" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
         <v>16</v>
       </c>
       <c r="B249" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C249" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D249" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="E249">
-        <v>24002</v>
+        <v>240890000</v>
       </c>
       <c r="F249" t="s">
         <v>27</v>
       </c>
       <c r="G249" t="s">
         <v>21</v>
       </c>
       <c r="H249" t="s">
         <v>21</v>
       </c>
       <c r="I249" t="s">
         <v>22</v>
       </c>
       <c r="J249" t="s">
         <v>22</v>
       </c>
       <c r="K249" t="s">
         <v>22</v>
       </c>
       <c r="L249" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="M249">
         <v>-5.5778400399999999</v>
       </c>
       <c r="N249">
         <v>42.603912149999999</v>
       </c>
       <c r="O249" t="s">
         <v>24</v>
       </c>
       <c r="P249" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="250" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
         <v>16</v>
       </c>
       <c r="B250" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C250" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D250" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="E250">
-        <v>24402</v>
+        <v>241150000</v>
       </c>
       <c r="F250" t="s">
         <v>26</v>
       </c>
       <c r="G250" t="s">
         <v>21</v>
       </c>
       <c r="H250" t="s">
         <v>22</v>
       </c>
       <c r="I250" t="s">
         <v>22</v>
       </c>
       <c r="J250" t="s">
         <v>22</v>
       </c>
       <c r="K250" t="s">
         <v>22</v>
       </c>
       <c r="L250" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="M250">
         <v>-6.5948698099999996</v>
       </c>
       <c r="N250">
         <v>42.552466010000003</v>
       </c>
       <c r="O250" t="s">
         <v>24</v>
       </c>
       <c r="P250" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="251" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
         <v>16</v>
       </c>
       <c r="B251" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C251" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D251" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="E251">
-        <v>24402</v>
+        <v>241150000</v>
       </c>
       <c r="F251" t="s">
         <v>20</v>
       </c>
       <c r="G251" t="s">
         <v>21</v>
       </c>
       <c r="H251" t="s">
         <v>21</v>
       </c>
       <c r="I251" t="s">
         <v>21</v>
       </c>
       <c r="J251" t="s">
         <v>22</v>
       </c>
       <c r="K251" t="s">
         <v>22</v>
       </c>
       <c r="L251" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="M251">
         <v>-6.5834700000000002</v>
       </c>
       <c r="N251">
         <v>42.548180000000002</v>
       </c>
       <c r="O251" t="s">
         <v>24</v>
       </c>
       <c r="P251" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="252" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
         <v>16</v>
       </c>
       <c r="B252" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C252" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="D252" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="E252">
-        <v>25004</v>
+        <v>251200000</v>
       </c>
       <c r="F252" t="s">
         <v>26</v>
       </c>
       <c r="G252" t="s">
         <v>21</v>
       </c>
       <c r="H252" t="s">
         <v>22</v>
       </c>
       <c r="I252" t="s">
         <v>22</v>
       </c>
       <c r="J252" t="s">
         <v>22</v>
       </c>
       <c r="K252" t="s">
         <v>22</v>
       </c>
       <c r="L252" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="M252">
         <v>0.62700307</v>
       </c>
       <c r="N252">
         <v>41.620846329999999</v>
       </c>
       <c r="O252" t="s">
         <v>24</v>
       </c>
       <c r="P252" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="253" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
         <v>16</v>
       </c>
       <c r="B253" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C253" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="D253" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="E253">
-        <v>25004</v>
+        <v>251200000</v>
       </c>
       <c r="F253" t="s">
         <v>20</v>
       </c>
       <c r="G253" t="s">
         <v>21</v>
       </c>
       <c r="H253" t="s">
         <v>21</v>
       </c>
       <c r="I253" t="s">
         <v>21</v>
       </c>
       <c r="J253" t="s">
         <v>22</v>
       </c>
       <c r="K253" t="s">
         <v>22</v>
       </c>
       <c r="L253" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="M253">
         <v>0.62700307</v>
       </c>
       <c r="N253">
         <v>41.620846329999999</v>
       </c>
       <c r="O253" t="s">
         <v>24</v>
       </c>
       <c r="P253" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="254" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
         <v>16</v>
       </c>
       <c r="B254" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C254" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="D254" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="E254">
-        <v>25004</v>
+        <v>251200000</v>
       </c>
       <c r="F254" t="s">
         <v>26</v>
       </c>
       <c r="G254" t="s">
         <v>21</v>
       </c>
       <c r="H254" t="s">
         <v>22</v>
       </c>
       <c r="I254" t="s">
         <v>22</v>
       </c>
       <c r="J254" t="s">
         <v>22</v>
       </c>
       <c r="K254" t="s">
         <v>22</v>
       </c>
       <c r="L254" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="M254">
         <v>0.62700307</v>
       </c>
       <c r="N254">
         <v>41.620846329999999</v>
       </c>
       <c r="O254" t="s">
         <v>24</v>
       </c>
       <c r="P254" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="255" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
         <v>16</v>
       </c>
       <c r="B255" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C255" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="D255" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="E255">
-        <v>25004</v>
+        <v>251200000</v>
       </c>
       <c r="F255" t="s">
         <v>28</v>
       </c>
       <c r="G255" t="s">
         <v>21</v>
       </c>
       <c r="H255" t="s">
         <v>21</v>
       </c>
       <c r="I255" t="s">
         <v>22</v>
       </c>
       <c r="J255" t="s">
         <v>22</v>
       </c>
       <c r="K255" t="s">
         <v>22</v>
       </c>
       <c r="L255" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="M255">
         <v>0.62700307</v>
       </c>
       <c r="N255">
         <v>41.620846329999999</v>
       </c>
       <c r="O255" t="s">
         <v>24</v>
       </c>
       <c r="P255" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="256" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
         <v>16</v>
       </c>
       <c r="B256" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C256" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="D256" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="E256">
-        <v>25004</v>
+        <v>251200000</v>
       </c>
       <c r="F256" t="s">
         <v>27</v>
       </c>
       <c r="G256" t="s">
         <v>21</v>
       </c>
       <c r="H256" t="s">
         <v>21</v>
       </c>
       <c r="I256" t="s">
         <v>21</v>
       </c>
       <c r="J256" t="s">
         <v>22</v>
       </c>
       <c r="K256" t="s">
         <v>22</v>
       </c>
       <c r="L256" t="s">
         <v>45</v>
       </c>
       <c r="M256">
         <v>0</v>
       </c>
       <c r="N256">
         <v>0</v>
       </c>
       <c r="O256" t="s">
         <v>24</v>
       </c>
       <c r="P256" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="257" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
         <v>16</v>
       </c>
       <c r="B257" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C257" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="D257" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="E257">
-        <v>25004</v>
+        <v>251200000</v>
       </c>
       <c r="F257" t="s">
         <v>20</v>
       </c>
       <c r="G257" t="s">
         <v>21</v>
       </c>
       <c r="H257" t="s">
         <v>21</v>
       </c>
       <c r="I257" t="s">
         <v>21</v>
       </c>
       <c r="J257" t="s">
         <v>22</v>
       </c>
       <c r="K257" t="s">
         <v>22</v>
       </c>
       <c r="L257" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="M257">
         <v>0.62700307</v>
       </c>
       <c r="N257">
         <v>41.620846329999999</v>
       </c>
       <c r="O257" t="s">
         <v>24</v>
       </c>
       <c r="P257" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="258" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
         <v>16</v>
       </c>
       <c r="B258" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C258" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="D258" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="E258">
-        <v>25600</v>
+        <v>250400000</v>
       </c>
       <c r="F258" t="s">
         <v>26</v>
       </c>
       <c r="G258" t="s">
         <v>21</v>
       </c>
       <c r="H258" t="s">
         <v>22</v>
       </c>
       <c r="I258" t="s">
         <v>22</v>
       </c>
       <c r="J258" t="s">
         <v>22</v>
       </c>
       <c r="K258" t="s">
         <v>22</v>
       </c>
       <c r="L258" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="M258">
         <v>0.81659004999999996</v>
       </c>
       <c r="N258">
         <v>41.792101789999997</v>
       </c>
       <c r="O258" t="s">
         <v>24</v>
       </c>
       <c r="P258" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="259" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
         <v>16</v>
       </c>
       <c r="B259" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="C259" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="D259" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="E259">
-        <v>26001</v>
+        <v>260890000</v>
       </c>
       <c r="F259" t="s">
         <v>28</v>
       </c>
       <c r="G259" t="s">
         <v>21</v>
       </c>
       <c r="H259" t="s">
         <v>21</v>
       </c>
       <c r="I259" t="s">
         <v>21</v>
       </c>
       <c r="J259" t="s">
         <v>22</v>
       </c>
       <c r="K259" t="s">
         <v>22</v>
       </c>
       <c r="L259" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="M259">
         <v>-2.4465574600000002</v>
       </c>
       <c r="N259">
         <v>42.465702059999998</v>
       </c>
       <c r="O259" t="s">
         <v>24</v>
       </c>
       <c r="P259" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="260" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
         <v>16</v>
       </c>
       <c r="B260" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="C260" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="D260" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="E260">
-        <v>26001</v>
+        <v>260890000</v>
       </c>
       <c r="F260" t="s">
         <v>20</v>
       </c>
       <c r="G260" t="s">
         <v>21</v>
       </c>
       <c r="H260" t="s">
         <v>21</v>
       </c>
       <c r="I260" t="s">
         <v>21</v>
       </c>
       <c r="J260" t="s">
         <v>22</v>
       </c>
       <c r="K260" t="s">
         <v>22</v>
       </c>
       <c r="L260" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="M260">
         <v>-2.4437835899999998</v>
       </c>
       <c r="N260">
         <v>42.467138560000002</v>
       </c>
       <c r="O260" t="s">
         <v>24</v>
       </c>
       <c r="P260" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="261" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
         <v>16</v>
       </c>
       <c r="B261" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="C261" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="D261" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="E261">
-        <v>26001</v>
+        <v>260890000</v>
       </c>
       <c r="F261" t="s">
         <v>26</v>
       </c>
       <c r="G261" t="s">
         <v>21</v>
       </c>
       <c r="H261" t="s">
         <v>22</v>
       </c>
       <c r="I261" t="s">
         <v>22</v>
       </c>
       <c r="J261" t="s">
         <v>22</v>
       </c>
       <c r="K261" t="s">
         <v>22</v>
       </c>
       <c r="L261" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="M261">
         <v>-2.4437835899999998</v>
       </c>
       <c r="N261">
         <v>42.467138560000002</v>
       </c>
       <c r="O261" t="s">
         <v>24</v>
       </c>
       <c r="P261" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="262" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
         <v>16</v>
       </c>
       <c r="B262" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="C262" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="D262" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="E262">
-        <v>26001</v>
+        <v>260890000</v>
       </c>
       <c r="F262" t="s">
         <v>20</v>
       </c>
       <c r="G262" t="s">
         <v>21</v>
       </c>
       <c r="H262" t="s">
         <v>21</v>
       </c>
       <c r="I262" t="s">
         <v>21</v>
       </c>
       <c r="J262" t="s">
         <v>22</v>
       </c>
       <c r="K262" t="s">
         <v>22</v>
       </c>
       <c r="L262" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="M262">
         <v>-2.4437835899999998</v>
       </c>
       <c r="N262">
         <v>42.467138560000002</v>
       </c>
       <c r="O262" t="s">
         <v>24</v>
       </c>
       <c r="P262" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="263" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
         <v>16</v>
       </c>
       <c r="B263" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="C263" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="D263" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="E263">
-        <v>26001</v>
+        <v>260890000</v>
       </c>
       <c r="F263" t="s">
         <v>27</v>
       </c>
       <c r="G263" t="s">
         <v>21</v>
       </c>
       <c r="H263" t="s">
         <v>21</v>
       </c>
       <c r="I263" t="s">
         <v>21</v>
       </c>
       <c r="J263" t="s">
         <v>22</v>
       </c>
       <c r="K263" t="s">
         <v>22</v>
       </c>
       <c r="L263" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="M263">
         <v>-2.4465574600000002</v>
       </c>
       <c r="N263">
         <v>42.465702059999998</v>
       </c>
       <c r="O263" t="s">
         <v>24</v>
       </c>
       <c r="P263" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="264" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
         <v>16</v>
       </c>
       <c r="B264" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="C264" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="D264" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="E264">
-        <v>26500</v>
+        <v>260360000</v>
       </c>
       <c r="F264" t="s">
         <v>26</v>
       </c>
       <c r="G264" t="s">
         <v>21</v>
       </c>
       <c r="H264" t="s">
         <v>22</v>
       </c>
       <c r="I264" t="s">
         <v>22</v>
       </c>
       <c r="J264" t="s">
         <v>22</v>
       </c>
       <c r="K264" t="s">
         <v>22</v>
       </c>
       <c r="L264" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="M264">
         <v>-1.96387347</v>
       </c>
       <c r="N264">
         <v>42.303726109999999</v>
       </c>
       <c r="O264" t="s">
         <v>24</v>
       </c>
       <c r="P264" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="265" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
         <v>16</v>
       </c>
       <c r="B265" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C265" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="D265" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E265">
-        <v>27002</v>
+        <v>270280000</v>
       </c>
       <c r="F265" t="s">
         <v>27</v>
       </c>
       <c r="G265" t="s">
         <v>21</v>
       </c>
       <c r="H265" t="s">
         <v>21</v>
       </c>
       <c r="I265" t="s">
         <v>21</v>
       </c>
       <c r="J265" t="s">
         <v>22</v>
       </c>
       <c r="K265" t="s">
         <v>22</v>
       </c>
       <c r="L265" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="M265">
         <v>-7.5476470000000004</v>
       </c>
       <c r="N265">
         <v>42.9992065</v>
       </c>
       <c r="O265" t="s">
         <v>24</v>
       </c>
       <c r="P265" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="266" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
         <v>16</v>
       </c>
       <c r="B266" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C266" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="D266" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E266">
-        <v>27002</v>
+        <v>270280000</v>
       </c>
       <c r="F266" t="s">
         <v>20</v>
       </c>
       <c r="G266" t="s">
         <v>21</v>
       </c>
       <c r="H266" t="s">
         <v>21</v>
       </c>
       <c r="I266" t="s">
         <v>21</v>
       </c>
       <c r="J266" t="s">
         <v>22</v>
       </c>
       <c r="K266" t="s">
         <v>22</v>
       </c>
       <c r="L266" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="M266">
         <v>-7.5487658199999998</v>
       </c>
       <c r="N266">
         <v>42.998741559999999</v>
       </c>
       <c r="O266" t="s">
         <v>24</v>
       </c>
       <c r="P266" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="267" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
         <v>16</v>
       </c>
       <c r="B267" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C267" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="D267" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E267">
-        <v>27002</v>
+        <v>270280000</v>
       </c>
       <c r="F267" t="s">
         <v>28</v>
       </c>
       <c r="G267" t="s">
         <v>21</v>
       </c>
       <c r="H267" t="s">
         <v>21</v>
       </c>
       <c r="I267" t="s">
         <v>22</v>
       </c>
       <c r="J267" t="s">
         <v>22</v>
       </c>
       <c r="K267" t="s">
         <v>22</v>
       </c>
       <c r="L267" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="M267">
         <v>-7.5487658199999998</v>
       </c>
       <c r="N267">
         <v>42.998741559999999</v>
       </c>
       <c r="O267" t="s">
         <v>24</v>
       </c>
       <c r="P267" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="268" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
         <v>16</v>
       </c>
       <c r="B268" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C268" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="D268" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E268">
-        <v>27002</v>
+        <v>270280000</v>
       </c>
       <c r="F268" t="s">
         <v>26</v>
       </c>
       <c r="G268" t="s">
         <v>21</v>
       </c>
       <c r="H268" t="s">
         <v>22</v>
       </c>
       <c r="I268" t="s">
         <v>22</v>
       </c>
       <c r="J268" t="s">
         <v>22</v>
       </c>
       <c r="K268" t="s">
         <v>22</v>
       </c>
       <c r="L268" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="M268">
         <v>-2.6725663200000001</v>
       </c>
       <c r="N268">
         <v>42.843226770000001</v>
       </c>
       <c r="O268" t="s">
         <v>24</v>
       </c>
       <c r="P268" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="269" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
         <v>16</v>
       </c>
       <c r="B269" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C269" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="D269" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E269">
-        <v>27002</v>
+        <v>270280000</v>
       </c>
       <c r="F269" t="s">
         <v>26</v>
       </c>
       <c r="G269" t="s">
         <v>21</v>
       </c>
       <c r="H269" t="s">
         <v>22</v>
       </c>
       <c r="I269" t="s">
         <v>22</v>
       </c>
       <c r="J269" t="s">
         <v>22</v>
       </c>
       <c r="K269" t="s">
         <v>22</v>
       </c>
       <c r="L269" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="M269">
         <v>-7.5487658199999998</v>
       </c>
       <c r="N269">
         <v>42.998741559999999</v>
       </c>
       <c r="O269" t="s">
         <v>24</v>
       </c>
       <c r="P269" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="270" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
         <v>16</v>
       </c>
       <c r="B270" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C270" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="D270" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E270">
-        <v>27002</v>
+        <v>270280000</v>
       </c>
       <c r="F270" t="s">
         <v>20</v>
       </c>
       <c r="G270" t="s">
         <v>21</v>
       </c>
       <c r="H270" t="s">
         <v>21</v>
       </c>
       <c r="I270" t="s">
         <v>21</v>
       </c>
       <c r="J270" t="s">
         <v>22</v>
       </c>
       <c r="K270" t="s">
         <v>22</v>
       </c>
       <c r="L270" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="M270">
         <v>-7.5487658199999998</v>
       </c>
       <c r="N270">
         <v>42.998741559999999</v>
       </c>
       <c r="O270" t="s">
         <v>24</v>
       </c>
       <c r="P270" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="271" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
         <v>16</v>
       </c>
       <c r="B271" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C271" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="D271" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E271">
-        <v>27002</v>
+        <v>270280000</v>
       </c>
       <c r="F271" t="s">
         <v>20</v>
       </c>
       <c r="G271" t="s">
         <v>21</v>
       </c>
       <c r="H271" t="s">
         <v>21</v>
       </c>
       <c r="I271" t="s">
         <v>21</v>
       </c>
       <c r="J271" t="s">
         <v>22</v>
       </c>
       <c r="K271" t="s">
         <v>22</v>
       </c>
       <c r="L271" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="M271">
         <v>-7.5487658199999998</v>
       </c>
       <c r="N271">
         <v>42.998741559999999</v>
       </c>
       <c r="O271" t="s">
         <v>24</v>
       </c>
       <c r="P271" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="272" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
         <v>16</v>
       </c>
       <c r="B272" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C272" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D272" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E272">
-        <v>28002</v>
+        <v>280790000</v>
       </c>
       <c r="F272" t="s">
         <v>20</v>
       </c>
       <c r="G272" t="s">
         <v>21</v>
       </c>
       <c r="H272" t="s">
         <v>21</v>
       </c>
       <c r="I272" t="s">
         <v>21</v>
       </c>
       <c r="J272" t="s">
         <v>22</v>
       </c>
       <c r="K272" t="s">
         <v>22</v>
       </c>
       <c r="L272" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="M272">
         <v>-3.6724000000000001</v>
       </c>
       <c r="N272">
         <v>40.444380000000002</v>
       </c>
       <c r="O272" t="s">
         <v>24</v>
       </c>
       <c r="P272" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="273" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
         <v>16</v>
       </c>
       <c r="B273" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C273" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D273" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E273">
-        <v>28002</v>
+        <v>280790000</v>
       </c>
       <c r="F273" t="s">
         <v>26</v>
       </c>
       <c r="G273" t="s">
         <v>21</v>
       </c>
       <c r="H273" t="s">
         <v>22</v>
       </c>
       <c r="I273" t="s">
         <v>22</v>
       </c>
       <c r="J273" t="s">
         <v>22</v>
       </c>
       <c r="K273" t="s">
         <v>22</v>
       </c>
       <c r="L273" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="M273">
         <v>-3.6724000000000001</v>
       </c>
       <c r="N273">
         <v>40.444380000000002</v>
       </c>
       <c r="O273" t="s">
         <v>24</v>
       </c>
       <c r="P273" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="274" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
         <v>16</v>
       </c>
       <c r="B274" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C274" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D274" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E274">
-        <v>28007</v>
+        <v>280790000</v>
       </c>
       <c r="F274" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="G274" t="s">
         <v>21</v>
       </c>
       <c r="H274" t="s">
         <v>21</v>
       </c>
       <c r="I274" t="s">
         <v>21</v>
       </c>
       <c r="J274" t="s">
         <v>22</v>
       </c>
       <c r="K274" t="s">
         <v>22</v>
       </c>
       <c r="L274" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="M274">
         <v>-3.6690964099999999</v>
       </c>
       <c r="N274">
         <v>40.411530110000001</v>
       </c>
       <c r="O274" t="s">
         <v>24</v>
       </c>
       <c r="P274" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="275" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
         <v>16</v>
       </c>
       <c r="B275" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C275" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D275" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E275">
-        <v>28015</v>
+        <v>280790000</v>
       </c>
       <c r="F275" t="s">
         <v>20</v>
       </c>
       <c r="G275" t="s">
         <v>21</v>
       </c>
       <c r="H275" t="s">
         <v>21</v>
       </c>
       <c r="I275" t="s">
         <v>21</v>
       </c>
       <c r="J275" t="s">
         <v>22</v>
       </c>
       <c r="K275" t="s">
         <v>22</v>
       </c>
       <c r="L275" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="M275">
         <v>-3.7103299999999999</v>
       </c>
       <c r="N275">
         <v>40.429079999999999</v>
       </c>
       <c r="O275" t="s">
         <v>24</v>
       </c>
       <c r="P275" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="276" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
         <v>16</v>
       </c>
       <c r="B276" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C276" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D276" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E276">
-        <v>28015</v>
+        <v>280790000</v>
       </c>
       <c r="F276" t="s">
         <v>20</v>
       </c>
       <c r="G276" t="s">
         <v>21</v>
       </c>
       <c r="H276" t="s">
         <v>21</v>
       </c>
       <c r="I276" t="s">
         <v>21</v>
       </c>
       <c r="J276" t="s">
         <v>22</v>
       </c>
       <c r="K276" t="s">
         <v>22</v>
       </c>
       <c r="L276" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="M276">
         <v>3.7103299999999999</v>
       </c>
       <c r="N276">
         <v>40.429079999999999</v>
       </c>
       <c r="O276" t="s">
         <v>24</v>
       </c>
       <c r="P276" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="277" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
         <v>16</v>
       </c>
       <c r="B277" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C277" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D277" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E277">
-        <v>28015</v>
+        <v>280790000</v>
       </c>
       <c r="F277" t="s">
         <v>26</v>
       </c>
       <c r="G277" t="s">
         <v>21</v>
       </c>
       <c r="H277" t="s">
         <v>22</v>
       </c>
       <c r="I277" t="s">
         <v>22</v>
       </c>
       <c r="J277" t="s">
         <v>22</v>
       </c>
       <c r="K277" t="s">
         <v>22</v>
       </c>
       <c r="L277" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="M277">
         <v>-3.7103299999999999</v>
       </c>
       <c r="N277">
         <v>40.429079999999999</v>
       </c>
       <c r="O277" t="s">
         <v>24</v>
       </c>
       <c r="P277" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="278" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
         <v>16</v>
       </c>
       <c r="B278" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C278" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D278" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E278">
-        <v>28019</v>
+        <v>280790000</v>
       </c>
       <c r="F278" t="s">
         <v>26</v>
       </c>
       <c r="G278" t="s">
         <v>21</v>
       </c>
       <c r="H278" t="s">
         <v>22</v>
       </c>
       <c r="I278" t="s">
         <v>22</v>
       </c>
       <c r="J278" t="s">
         <v>22</v>
       </c>
       <c r="K278" t="s">
         <v>22</v>
       </c>
       <c r="L278" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="M278">
         <v>-3.73083951</v>
       </c>
       <c r="N278">
         <v>40.391262709999999</v>
       </c>
       <c r="O278" t="s">
         <v>24</v>
       </c>
       <c r="P278" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="279" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
         <v>16</v>
       </c>
       <c r="B279" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C279" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D279" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E279">
-        <v>28019</v>
+        <v>280790000</v>
       </c>
       <c r="F279" t="s">
         <v>20</v>
       </c>
       <c r="G279" t="s">
         <v>21</v>
       </c>
       <c r="H279" t="s">
         <v>21</v>
       </c>
       <c r="I279" t="s">
         <v>21</v>
       </c>
       <c r="J279" t="s">
         <v>22</v>
       </c>
       <c r="K279" t="s">
         <v>22</v>
       </c>
       <c r="L279" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="M279">
         <v>-3.73083951</v>
       </c>
       <c r="N279">
         <v>40.391262709999999</v>
       </c>
       <c r="O279" t="s">
         <v>24</v>
       </c>
       <c r="P279" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="280" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
         <v>16</v>
       </c>
       <c r="B280" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C280" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D280" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E280">
-        <v>28028</v>
+        <v>280790000</v>
       </c>
       <c r="F280" t="s">
         <v>20</v>
       </c>
       <c r="G280" t="s">
         <v>21</v>
       </c>
       <c r="H280" t="s">
         <v>21</v>
       </c>
       <c r="I280" t="s">
         <v>21</v>
       </c>
       <c r="J280" t="s">
         <v>22</v>
       </c>
       <c r="K280" t="s">
         <v>22</v>
       </c>
       <c r="L280" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="M280">
         <v>3.6649500000000002</v>
       </c>
       <c r="N280">
         <v>40.431838999999997</v>
       </c>
       <c r="O280" t="s">
         <v>24</v>
       </c>
       <c r="P280" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="281" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
         <v>16</v>
       </c>
       <c r="B281" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C281" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D281" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E281">
-        <v>28028</v>
+        <v>280790000</v>
       </c>
       <c r="F281" t="s">
         <v>26</v>
       </c>
       <c r="G281" t="s">
         <v>21</v>
       </c>
       <c r="H281" t="s">
         <v>22</v>
       </c>
       <c r="I281" t="s">
         <v>22</v>
       </c>
       <c r="J281" t="s">
         <v>22</v>
       </c>
       <c r="K281" t="s">
         <v>22</v>
       </c>
       <c r="L281" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="M281">
         <v>-3.6649500000000002</v>
       </c>
       <c r="N281">
         <v>40.431840000000001</v>
       </c>
       <c r="O281" t="s">
         <v>24</v>
       </c>
       <c r="P281" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="282" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
         <v>16</v>
       </c>
       <c r="B282" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C282" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D282" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E282">
-        <v>28036</v>
+        <v>280790000</v>
       </c>
       <c r="F282" t="s">
         <v>20</v>
       </c>
       <c r="G282" t="s">
         <v>21</v>
       </c>
       <c r="H282" t="s">
         <v>21</v>
       </c>
       <c r="I282" t="s">
         <v>21</v>
       </c>
       <c r="J282" t="s">
         <v>22</v>
       </c>
       <c r="K282" t="s">
         <v>22</v>
       </c>
       <c r="L282" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="M282">
         <v>-3.6843026800000001</v>
       </c>
       <c r="N282">
         <v>40.469908930000003</v>
       </c>
       <c r="O282" t="s">
         <v>24</v>
       </c>
       <c r="P282" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="283" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
         <v>16</v>
       </c>
       <c r="B283" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C283" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D283" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E283">
-        <v>28036</v>
+        <v>280790000</v>
       </c>
       <c r="F283" t="s">
         <v>26</v>
       </c>
       <c r="G283" t="s">
         <v>21</v>
       </c>
       <c r="H283" t="s">
         <v>22</v>
       </c>
       <c r="I283" t="s">
         <v>22</v>
       </c>
       <c r="J283" t="s">
         <v>22</v>
       </c>
       <c r="K283" t="s">
         <v>22</v>
       </c>
       <c r="L283" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="M283">
         <v>-3.6844100000000002</v>
       </c>
       <c r="N283">
         <v>40.469900000000003</v>
       </c>
       <c r="O283" t="s">
         <v>24</v>
       </c>
       <c r="P283" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="284" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
         <v>16</v>
       </c>
       <c r="B284" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C284" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D284" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E284">
-        <v>28036</v>
+        <v>280790000</v>
       </c>
       <c r="F284" t="s">
         <v>28</v>
       </c>
       <c r="G284" t="s">
         <v>21</v>
       </c>
       <c r="H284" t="s">
         <v>21</v>
       </c>
       <c r="I284" t="s">
         <v>21</v>
       </c>
       <c r="J284" t="s">
         <v>22</v>
       </c>
       <c r="K284" t="s">
         <v>22</v>
       </c>
       <c r="L284" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="M284">
         <v>-3.6853535800000001</v>
       </c>
       <c r="N284">
         <v>40.470010809999998</v>
       </c>
       <c r="O284" t="s">
         <v>24</v>
       </c>
       <c r="P284" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="285" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
         <v>16</v>
       </c>
       <c r="B285" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C285" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D285" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E285">
-        <v>28036</v>
+        <v>280790000</v>
       </c>
       <c r="F285" t="s">
         <v>27</v>
       </c>
       <c r="G285" t="s">
         <v>21</v>
       </c>
       <c r="H285" t="s">
         <v>21</v>
       </c>
       <c r="I285" t="s">
         <v>21</v>
       </c>
       <c r="J285" t="s">
         <v>22</v>
       </c>
       <c r="K285" t="s">
         <v>22</v>
       </c>
       <c r="L285" t="s">
         <v>45</v>
       </c>
       <c r="M285">
         <v>0</v>
       </c>
       <c r="N285">
         <v>0</v>
       </c>
       <c r="O285" t="s">
         <v>24</v>
       </c>
       <c r="P285" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="286" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
         <v>16</v>
       </c>
       <c r="B286" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C286" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D286" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E286">
-        <v>28037</v>
+        <v>280790000</v>
       </c>
       <c r="F286" t="s">
         <v>26</v>
       </c>
       <c r="G286" t="s">
         <v>21</v>
       </c>
       <c r="H286" t="s">
         <v>22</v>
       </c>
       <c r="I286" t="s">
         <v>22</v>
       </c>
       <c r="J286" t="s">
         <v>22</v>
       </c>
       <c r="K286" t="s">
         <v>22</v>
       </c>
       <c r="L286" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="M286">
         <v>-3.6324866600000001</v>
       </c>
       <c r="N286">
         <v>40.431384710000003</v>
       </c>
       <c r="O286" t="s">
         <v>24</v>
       </c>
       <c r="P286" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="287" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
         <v>16</v>
       </c>
       <c r="B287" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C287" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D287" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E287">
-        <v>28037</v>
+        <v>280790000</v>
       </c>
       <c r="F287" t="s">
         <v>20</v>
       </c>
       <c r="G287" t="s">
         <v>21</v>
       </c>
       <c r="H287" t="s">
         <v>21</v>
       </c>
       <c r="I287" t="s">
         <v>21</v>
       </c>
       <c r="J287" t="s">
         <v>22</v>
       </c>
       <c r="K287" t="s">
         <v>22</v>
       </c>
       <c r="L287" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="M287">
         <v>-3.6324866600000001</v>
       </c>
       <c r="N287">
         <v>40.431384710000003</v>
       </c>
       <c r="O287" t="s">
         <v>24</v>
       </c>
       <c r="P287" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="288" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
         <v>16</v>
       </c>
       <c r="B288" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C288" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D288" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E288">
-        <v>28038</v>
+        <v>280790000</v>
       </c>
       <c r="F288" t="s">
         <v>20</v>
       </c>
       <c r="G288" t="s">
         <v>21</v>
       </c>
       <c r="H288" t="s">
         <v>21</v>
       </c>
       <c r="I288" t="s">
         <v>21</v>
       </c>
       <c r="J288" t="s">
         <v>22</v>
       </c>
       <c r="K288" t="s">
         <v>22</v>
       </c>
       <c r="L288" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="M288">
         <v>-3.6656200999999999</v>
       </c>
       <c r="N288">
         <v>40.396560700000002</v>
       </c>
       <c r="O288" t="s">
         <v>24</v>
       </c>
       <c r="P288" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="289" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
         <v>16</v>
       </c>
       <c r="B289" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C289" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D289" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E289">
-        <v>28038</v>
+        <v>280790000</v>
       </c>
       <c r="F289" t="s">
         <v>26</v>
       </c>
       <c r="G289" t="s">
         <v>21</v>
       </c>
       <c r="H289" t="s">
         <v>22</v>
       </c>
       <c r="I289" t="s">
         <v>22</v>
       </c>
       <c r="J289" t="s">
         <v>22</v>
       </c>
       <c r="K289" t="s">
         <v>22</v>
       </c>
       <c r="L289" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="M289">
         <v>-3.6656200999999999</v>
       </c>
       <c r="N289">
         <v>40.396560700000002</v>
       </c>
       <c r="O289" t="s">
         <v>24</v>
       </c>
       <c r="P289" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="290" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
         <v>16</v>
       </c>
       <c r="B290" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C290" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D290" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E290">
-        <v>28045</v>
+        <v>280790000</v>
       </c>
       <c r="F290" t="s">
         <v>20</v>
       </c>
       <c r="G290" t="s">
         <v>21</v>
       </c>
       <c r="H290" t="s">
         <v>21</v>
       </c>
       <c r="I290" t="s">
         <v>21</v>
       </c>
       <c r="J290" t="s">
         <v>22</v>
       </c>
       <c r="K290" t="s">
         <v>22</v>
       </c>
       <c r="L290" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="M290">
         <v>-3.6946330700000001</v>
       </c>
       <c r="N290">
         <v>40.398586780000002</v>
       </c>
       <c r="O290" t="s">
         <v>24</v>
       </c>
       <c r="P290" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="291" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
         <v>16</v>
       </c>
       <c r="B291" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C291" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D291" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E291">
-        <v>28045</v>
+        <v>280790000</v>
       </c>
       <c r="F291" t="s">
         <v>26</v>
       </c>
       <c r="G291" t="s">
         <v>21</v>
       </c>
       <c r="H291" t="s">
         <v>22</v>
       </c>
       <c r="I291" t="s">
         <v>22</v>
       </c>
       <c r="J291" t="s">
         <v>22</v>
       </c>
       <c r="K291" t="s">
         <v>22</v>
       </c>
       <c r="L291" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="M291">
         <v>-3.6946330700000001</v>
       </c>
       <c r="N291">
         <v>40.398586780000002</v>
       </c>
       <c r="O291" t="s">
         <v>24</v>
       </c>
       <c r="P291" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="292" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
         <v>16</v>
       </c>
       <c r="B292" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C292" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D292" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="E292">
-        <v>28100</v>
+        <v>280060000</v>
       </c>
       <c r="F292" t="s">
         <v>20</v>
       </c>
       <c r="G292" t="s">
         <v>21</v>
       </c>
       <c r="H292" t="s">
         <v>21</v>
       </c>
       <c r="I292" t="s">
         <v>21</v>
       </c>
       <c r="J292" t="s">
         <v>22</v>
       </c>
       <c r="K292" t="s">
         <v>22</v>
       </c>
       <c r="L292" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="M292">
         <v>-3.6417530899999999</v>
       </c>
       <c r="N292">
         <v>40.544076269999998</v>
       </c>
       <c r="O292" t="s">
         <v>24</v>
       </c>
       <c r="P292" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="293" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
         <v>16</v>
       </c>
       <c r="B293" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C293" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D293" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="E293">
-        <v>28100</v>
+        <v>280060000</v>
       </c>
       <c r="F293" t="s">
         <v>26</v>
       </c>
       <c r="G293" t="s">
         <v>21</v>
       </c>
       <c r="H293" t="s">
         <v>22</v>
       </c>
       <c r="I293" t="s">
         <v>22</v>
       </c>
       <c r="J293" t="s">
         <v>22</v>
       </c>
       <c r="K293" t="s">
         <v>22</v>
       </c>
       <c r="L293" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="M293">
         <v>-3.6417530899999999</v>
       </c>
       <c r="N293">
         <v>40.544076269999998</v>
       </c>
       <c r="O293" t="s">
         <v>24</v>
       </c>
       <c r="P293" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="294" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
         <v>16</v>
       </c>
       <c r="B294" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C294" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D294" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="E294">
-        <v>28224</v>
+        <v>281150000</v>
       </c>
       <c r="F294" t="s">
         <v>26</v>
       </c>
       <c r="G294" t="s">
         <v>21</v>
       </c>
       <c r="H294" t="s">
         <v>22</v>
       </c>
       <c r="I294" t="s">
         <v>22</v>
       </c>
       <c r="J294" t="s">
         <v>22</v>
       </c>
       <c r="K294" t="s">
         <v>22</v>
       </c>
       <c r="L294" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="M294">
         <v>-3.8002182800000002</v>
       </c>
       <c r="N294">
         <v>40.434723660000003</v>
       </c>
       <c r="O294" t="s">
         <v>24</v>
       </c>
       <c r="P294" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="295" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
         <v>16</v>
       </c>
       <c r="B295" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C295" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D295" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="E295">
-        <v>28224</v>
+        <v>281150000</v>
       </c>
       <c r="F295" t="s">
         <v>20</v>
       </c>
       <c r="G295" t="s">
         <v>21</v>
       </c>
       <c r="H295" t="s">
         <v>21</v>
       </c>
       <c r="I295" t="s">
         <v>21</v>
       </c>
       <c r="J295" t="s">
         <v>22</v>
       </c>
       <c r="K295" t="s">
         <v>22</v>
       </c>
       <c r="L295" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="M295">
         <v>-3.8002182800000002</v>
       </c>
       <c r="N295">
         <v>40.434723660000003</v>
       </c>
       <c r="O295" t="s">
         <v>24</v>
       </c>
       <c r="P295" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="296" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
         <v>16</v>
       </c>
       <c r="B296" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C296" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D296" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
       <c r="E296">
-        <v>28300</v>
+        <v>280130000</v>
       </c>
       <c r="F296" t="s">
         <v>20</v>
       </c>
       <c r="G296" t="s">
         <v>21</v>
       </c>
       <c r="H296" t="s">
         <v>21</v>
       </c>
       <c r="I296" t="s">
         <v>21</v>
       </c>
       <c r="J296" t="s">
         <v>22</v>
       </c>
       <c r="K296" t="s">
         <v>22</v>
       </c>
       <c r="L296" t="s">
-        <v>336</v>
+        <v>329</v>
       </c>
       <c r="M296">
         <v>-3.5883012299999999</v>
       </c>
       <c r="N296">
         <v>40.034886380000003</v>
       </c>
       <c r="O296" t="s">
         <v>24</v>
       </c>
       <c r="P296" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="297" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
         <v>16</v>
       </c>
       <c r="B297" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C297" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D297" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
       <c r="E297">
-        <v>28300</v>
+        <v>280130000</v>
       </c>
       <c r="F297" t="s">
         <v>26</v>
       </c>
       <c r="G297" t="s">
         <v>21</v>
       </c>
       <c r="H297" t="s">
         <v>22</v>
       </c>
       <c r="I297" t="s">
         <v>22</v>
       </c>
       <c r="J297" t="s">
         <v>22</v>
       </c>
       <c r="K297" t="s">
         <v>22</v>
       </c>
       <c r="L297" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="M297">
         <v>-3.5883012299999999</v>
       </c>
       <c r="N297">
         <v>40.034886380000003</v>
       </c>
       <c r="O297" t="s">
         <v>24</v>
       </c>
       <c r="P297" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="298" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A298" t="s">
         <v>16</v>
       </c>
       <c r="B298" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C298" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D298" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
       <c r="E298">
-        <v>28400</v>
+        <v>280470000</v>
       </c>
       <c r="F298" t="s">
         <v>20</v>
       </c>
       <c r="G298" t="s">
         <v>21</v>
       </c>
       <c r="H298" t="s">
         <v>21</v>
       </c>
       <c r="I298" t="s">
         <v>21</v>
       </c>
       <c r="J298" t="s">
         <v>22</v>
       </c>
       <c r="K298" t="s">
         <v>22</v>
       </c>
       <c r="L298" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="M298">
         <v>-3.9915600000000002</v>
       </c>
       <c r="N298">
         <v>40.645031000000003</v>
       </c>
       <c r="O298" t="s">
         <v>24</v>
       </c>
       <c r="P298" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="299" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
         <v>16</v>
       </c>
       <c r="B299" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C299" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D299" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
       <c r="E299">
-        <v>28400</v>
+        <v>280470000</v>
       </c>
       <c r="F299" t="s">
         <v>26</v>
       </c>
       <c r="G299" t="s">
         <v>21</v>
       </c>
       <c r="H299" t="s">
         <v>22</v>
       </c>
       <c r="I299" t="s">
         <v>22</v>
       </c>
       <c r="J299" t="s">
         <v>22</v>
       </c>
       <c r="K299" t="s">
         <v>22</v>
       </c>
       <c r="L299" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="M299">
         <v>-3.9915600000000002</v>
       </c>
       <c r="N299">
         <v>40.645031000000003</v>
       </c>
       <c r="O299" t="s">
         <v>24</v>
       </c>
       <c r="P299" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="300" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
         <v>16</v>
       </c>
       <c r="B300" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C300" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D300" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="E300">
-        <v>28770</v>
+        <v>280450000</v>
       </c>
       <c r="F300" t="s">
         <v>26</v>
       </c>
       <c r="G300" t="s">
         <v>21</v>
       </c>
       <c r="H300" t="s">
         <v>22</v>
       </c>
       <c r="I300" t="s">
         <v>22</v>
       </c>
       <c r="J300" t="s">
         <v>22</v>
       </c>
       <c r="K300" t="s">
         <v>22</v>
       </c>
       <c r="L300" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="M300">
         <v>-3.77663123</v>
       </c>
       <c r="N300">
         <v>40.664102229999997</v>
       </c>
       <c r="O300" t="s">
         <v>24</v>
       </c>
       <c r="P300" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="301" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
         <v>16</v>
       </c>
       <c r="B301" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C301" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D301" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
       <c r="E301">
-        <v>28803</v>
+        <v>280050000</v>
       </c>
       <c r="F301" t="s">
         <v>20</v>
       </c>
       <c r="G301" t="s">
         <v>21</v>
       </c>
       <c r="H301" t="s">
         <v>21</v>
       </c>
       <c r="I301" t="s">
         <v>21</v>
       </c>
       <c r="J301" t="s">
         <v>22</v>
       </c>
       <c r="K301" t="s">
         <v>22</v>
       </c>
       <c r="L301" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="M301">
         <v>-3.3690740699999999</v>
       </c>
       <c r="N301">
         <v>40.469364409999997</v>
       </c>
       <c r="O301" t="s">
         <v>24</v>
       </c>
       <c r="P301" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="302" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
         <v>16</v>
       </c>
       <c r="B302" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C302" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D302" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
       <c r="E302">
-        <v>28803</v>
+        <v>280050000</v>
       </c>
       <c r="F302" t="s">
         <v>26</v>
       </c>
       <c r="G302" t="s">
         <v>21</v>
       </c>
       <c r="H302" t="s">
         <v>22</v>
       </c>
       <c r="I302" t="s">
         <v>22</v>
       </c>
       <c r="J302" t="s">
         <v>22</v>
       </c>
       <c r="K302" t="s">
         <v>22</v>
       </c>
       <c r="L302" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
       <c r="M302">
         <v>-3.3690740699999999</v>
       </c>
       <c r="N302">
         <v>40.469364409999997</v>
       </c>
       <c r="O302" t="s">
         <v>24</v>
       </c>
       <c r="P302" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="303" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
         <v>16</v>
       </c>
       <c r="B303" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C303" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D303" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="E303">
-        <v>28850</v>
+        <v>281480000</v>
       </c>
       <c r="F303" t="s">
         <v>20</v>
       </c>
       <c r="G303" t="s">
         <v>21</v>
       </c>
       <c r="H303" t="s">
         <v>21</v>
       </c>
       <c r="I303" t="s">
         <v>21</v>
       </c>
       <c r="J303" t="s">
         <v>22</v>
       </c>
       <c r="K303" t="s">
         <v>22</v>
       </c>
       <c r="L303" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="M303">
         <v>-3.4819170000000002</v>
       </c>
       <c r="N303">
         <v>40.459119000000001</v>
       </c>
       <c r="O303" t="s">
         <v>24</v>
       </c>
       <c r="P303" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="304" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
         <v>16</v>
       </c>
       <c r="B304" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C304" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D304" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="E304">
-        <v>28850</v>
+        <v>281480000</v>
       </c>
       <c r="F304" t="s">
         <v>26</v>
       </c>
       <c r="G304" t="s">
         <v>21</v>
       </c>
       <c r="H304" t="s">
         <v>22</v>
       </c>
       <c r="I304" t="s">
         <v>22</v>
       </c>
       <c r="J304" t="s">
         <v>22</v>
       </c>
       <c r="K304" t="s">
         <v>22</v>
       </c>
       <c r="L304" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="M304">
         <v>-3.4817687199999998</v>
       </c>
       <c r="N304">
         <v>40.459200969999998</v>
       </c>
       <c r="O304" t="s">
         <v>24</v>
       </c>
       <c r="P304" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="305" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
         <v>16</v>
       </c>
       <c r="B305" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C305" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D305" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="E305">
-        <v>28901</v>
+        <v>280650000</v>
       </c>
       <c r="F305" t="s">
         <v>20</v>
       </c>
       <c r="G305" t="s">
         <v>21</v>
       </c>
       <c r="H305" t="s">
         <v>21</v>
       </c>
       <c r="I305" t="s">
         <v>21</v>
       </c>
       <c r="J305" t="s">
         <v>22</v>
       </c>
       <c r="K305" t="s">
         <v>22</v>
       </c>
       <c r="L305" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
       <c r="M305">
         <v>-3.7265161099999999</v>
       </c>
       <c r="N305">
         <v>40.304994190000002</v>
       </c>
       <c r="O305" t="s">
         <v>24</v>
       </c>
       <c r="P305" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="306" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A306" t="s">
         <v>16</v>
       </c>
       <c r="B306" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C306" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D306" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="E306">
-        <v>28901</v>
+        <v>280650000</v>
       </c>
       <c r="F306" t="s">
         <v>26</v>
       </c>
       <c r="G306" t="s">
         <v>21</v>
       </c>
       <c r="H306" t="s">
         <v>22</v>
       </c>
       <c r="I306" t="s">
         <v>22</v>
       </c>
       <c r="J306" t="s">
         <v>22</v>
       </c>
       <c r="K306" t="s">
         <v>22</v>
       </c>
       <c r="L306" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
       <c r="M306">
         <v>-3.7265161099999999</v>
       </c>
       <c r="N306">
         <v>40.304994190000002</v>
       </c>
       <c r="O306" t="s">
         <v>24</v>
       </c>
       <c r="P306" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="307" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
         <v>16</v>
       </c>
       <c r="B307" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C307" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D307" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="E307">
-        <v>28924</v>
+        <v>280070000</v>
       </c>
       <c r="F307" t="s">
         <v>26</v>
       </c>
       <c r="G307" t="s">
         <v>21</v>
       </c>
       <c r="H307" t="s">
         <v>22</v>
       </c>
       <c r="I307" t="s">
         <v>22</v>
       </c>
       <c r="J307" t="s">
         <v>22</v>
       </c>
       <c r="K307" t="s">
         <v>22</v>
       </c>
       <c r="L307" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="M307">
         <v>-3.81362354</v>
       </c>
       <c r="N307">
         <v>40.349567659999998</v>
       </c>
       <c r="O307" t="s">
         <v>24</v>
       </c>
       <c r="P307" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="308" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
         <v>16</v>
       </c>
       <c r="B308" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C308" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D308" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="E308">
-        <v>28938</v>
+        <v>280920000</v>
       </c>
       <c r="F308" t="s">
         <v>20</v>
       </c>
       <c r="G308" t="s">
         <v>21</v>
       </c>
       <c r="H308" t="s">
         <v>21</v>
       </c>
       <c r="I308" t="s">
         <v>21</v>
       </c>
       <c r="J308" t="s">
         <v>22</v>
       </c>
       <c r="K308" t="s">
         <v>22</v>
       </c>
       <c r="L308" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="M308">
         <v>-3.8727133</v>
       </c>
       <c r="N308">
         <v>40.314127859999999</v>
       </c>
       <c r="O308" t="s">
         <v>24</v>
       </c>
       <c r="P308" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="309" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A309" t="s">
         <v>16</v>
       </c>
       <c r="B309" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C309" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D309" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="E309">
-        <v>28938</v>
+        <v>280920000</v>
       </c>
       <c r="F309" t="s">
         <v>26</v>
       </c>
       <c r="G309" t="s">
         <v>21</v>
       </c>
       <c r="H309" t="s">
         <v>22</v>
       </c>
       <c r="I309" t="s">
         <v>22</v>
       </c>
       <c r="J309" t="s">
         <v>22</v>
       </c>
       <c r="K309" t="s">
         <v>22</v>
       </c>
       <c r="L309" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="M309">
         <v>-3.8727133</v>
       </c>
       <c r="N309">
         <v>40.314127859999999</v>
       </c>
       <c r="O309" t="s">
         <v>24</v>
       </c>
       <c r="P309" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="310" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A310" t="s">
         <v>16</v>
       </c>
       <c r="B310" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C310" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D310" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="E310">
-        <v>28938</v>
+        <v>280920000</v>
       </c>
       <c r="F310" t="s">
         <v>20</v>
       </c>
       <c r="G310" t="s">
         <v>21</v>
       </c>
       <c r="H310" t="s">
         <v>21</v>
       </c>
       <c r="I310" t="s">
         <v>21</v>
       </c>
       <c r="J310" t="s">
         <v>22</v>
       </c>
       <c r="K310" t="s">
         <v>22</v>
       </c>
       <c r="L310" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="M310">
         <v>-3.8743099999999999</v>
       </c>
       <c r="N310">
         <v>40.31221</v>
       </c>
       <c r="O310" t="s">
         <v>24</v>
       </c>
       <c r="P310" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="311" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A311" t="s">
         <v>16</v>
       </c>
       <c r="B311" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C311" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="D311" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="E311">
-        <v>28943</v>
+        <v>280580000</v>
       </c>
       <c r="F311" t="s">
         <v>26</v>
       </c>
       <c r="G311" t="s">
         <v>21</v>
       </c>
       <c r="H311" t="s">
         <v>22</v>
       </c>
       <c r="I311" t="s">
         <v>22</v>
       </c>
       <c r="J311" t="s">
         <v>22</v>
       </c>
       <c r="K311" t="s">
         <v>22</v>
       </c>
       <c r="L311" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="M311">
         <v>-3.8092295200000001</v>
       </c>
       <c r="N311">
         <v>40.282372889999998</v>
       </c>
       <c r="O311" t="s">
         <v>24</v>
       </c>
       <c r="P311" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="312" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A312" t="s">
         <v>16</v>
       </c>
       <c r="B312" t="s">
         <v>64</v>
       </c>
       <c r="C312" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D312" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="E312">
-        <v>29003</v>
+        <v>290670000</v>
       </c>
       <c r="F312" t="s">
         <v>20</v>
       </c>
       <c r="G312" t="s">
         <v>21</v>
       </c>
       <c r="H312" t="s">
         <v>21</v>
       </c>
       <c r="I312" t="s">
         <v>21</v>
       </c>
       <c r="J312" t="s">
         <v>22</v>
       </c>
       <c r="K312" t="s">
         <v>22</v>
       </c>
       <c r="L312" t="s">
-        <v>358</v>
+        <v>350</v>
       </c>
       <c r="M312">
         <v>-4.4402662199999998</v>
       </c>
       <c r="N312">
         <v>36.704243159999997</v>
       </c>
       <c r="O312" t="s">
         <v>24</v>
       </c>
       <c r="P312" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="313" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A313" t="s">
         <v>16</v>
       </c>
       <c r="B313" t="s">
         <v>64</v>
       </c>
       <c r="C313" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D313" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="E313">
-        <v>29003</v>
+        <v>290670000</v>
       </c>
       <c r="F313" t="s">
         <v>26</v>
       </c>
       <c r="G313" t="s">
         <v>21</v>
       </c>
       <c r="H313" t="s">
         <v>22</v>
       </c>
       <c r="I313" t="s">
         <v>22</v>
       </c>
       <c r="J313" t="s">
         <v>22</v>
       </c>
       <c r="K313" t="s">
         <v>22</v>
       </c>
       <c r="L313" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
       <c r="M313">
         <v>-4.4402662199999998</v>
       </c>
       <c r="N313">
         <v>36.704243159999997</v>
       </c>
       <c r="O313" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
       <c r="P313" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="314" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A314" t="s">
         <v>16</v>
       </c>
       <c r="B314" t="s">
         <v>64</v>
       </c>
       <c r="C314" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D314" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="E314">
-        <v>29007</v>
+        <v>290670000</v>
       </c>
       <c r="F314" t="s">
         <v>27</v>
       </c>
       <c r="G314" t="s">
         <v>21</v>
       </c>
       <c r="H314" t="s">
         <v>21</v>
       </c>
       <c r="I314" t="s">
         <v>21</v>
       </c>
       <c r="J314" t="s">
         <v>22</v>
       </c>
       <c r="K314" t="s">
         <v>22</v>
       </c>
       <c r="L314" t="s">
-        <v>361</v>
+        <v>353</v>
       </c>
       <c r="M314">
         <v>-4.4385170799999996</v>
       </c>
       <c r="N314">
         <v>36.719705189999999</v>
       </c>
       <c r="O314" t="s">
         <v>24</v>
       </c>
       <c r="P314" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="315" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A315" t="s">
         <v>16</v>
       </c>
       <c r="B315" t="s">
         <v>64</v>
       </c>
       <c r="C315" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D315" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="E315">
-        <v>29007</v>
+        <v>290670000</v>
       </c>
       <c r="F315" t="s">
         <v>28</v>
       </c>
       <c r="G315" t="s">
         <v>21</v>
       </c>
       <c r="H315" t="s">
         <v>21</v>
       </c>
       <c r="I315" t="s">
         <v>21</v>
       </c>
       <c r="J315" t="s">
         <v>22</v>
       </c>
       <c r="K315" t="s">
         <v>22</v>
       </c>
       <c r="L315" t="s">
-        <v>361</v>
+        <v>353</v>
       </c>
       <c r="M315">
         <v>-4.4385170799999996</v>
       </c>
       <c r="N315">
         <v>36.719705189999999</v>
       </c>
       <c r="O315" t="s">
         <v>24</v>
       </c>
       <c r="P315" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="316" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A316" t="s">
         <v>16</v>
       </c>
       <c r="B316" t="s">
         <v>64</v>
       </c>
       <c r="C316" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D316" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="E316">
-        <v>29007</v>
+        <v>290670000</v>
       </c>
       <c r="F316" t="s">
         <v>26</v>
       </c>
       <c r="G316" t="s">
         <v>21</v>
       </c>
       <c r="H316" t="s">
         <v>22</v>
       </c>
       <c r="I316" t="s">
         <v>22</v>
       </c>
       <c r="J316" t="s">
         <v>22</v>
       </c>
       <c r="K316" t="s">
         <v>22</v>
       </c>
       <c r="L316" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
       <c r="M316">
         <v>-4.4320493799999996</v>
       </c>
       <c r="N316">
         <v>36.718449149999998</v>
       </c>
       <c r="O316" t="s">
         <v>24</v>
       </c>
       <c r="P316" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="317" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A317" t="s">
         <v>16</v>
       </c>
       <c r="B317" t="s">
         <v>64</v>
       </c>
       <c r="C317" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D317" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="E317">
-        <v>29017</v>
+        <v>290670000</v>
       </c>
       <c r="F317" t="s">
         <v>20</v>
       </c>
       <c r="G317" t="s">
         <v>21</v>
       </c>
       <c r="H317" t="s">
         <v>21</v>
       </c>
       <c r="I317" t="s">
         <v>21</v>
       </c>
       <c r="J317" t="s">
         <v>22</v>
       </c>
       <c r="K317" t="s">
         <v>22</v>
       </c>
       <c r="L317" t="s">
-        <v>363</v>
+        <v>355</v>
       </c>
       <c r="M317">
         <v>-4.3733101000000003</v>
       </c>
       <c r="N317">
         <v>36.7224693</v>
       </c>
       <c r="O317" t="s">
         <v>24</v>
       </c>
       <c r="P317" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="318" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A318" t="s">
         <v>16</v>
       </c>
       <c r="B318" t="s">
         <v>64</v>
       </c>
       <c r="C318" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D318" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="E318">
-        <v>29017</v>
+        <v>290670000</v>
       </c>
       <c r="F318" t="s">
         <v>26</v>
       </c>
       <c r="G318" t="s">
         <v>21</v>
       </c>
       <c r="H318" t="s">
         <v>22</v>
       </c>
       <c r="I318" t="s">
         <v>22</v>
       </c>
       <c r="J318" t="s">
         <v>22</v>
       </c>
       <c r="K318" t="s">
         <v>22</v>
       </c>
       <c r="L318" t="s">
-        <v>363</v>
+        <v>355</v>
       </c>
       <c r="M318">
         <v>-4.3733101000000003</v>
       </c>
       <c r="N318">
         <v>36.7224693</v>
       </c>
       <c r="O318" t="s">
         <v>24</v>
       </c>
       <c r="P318" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="319" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A319" t="s">
         <v>16</v>
       </c>
       <c r="B319" t="s">
         <v>64</v>
       </c>
       <c r="C319" t="s">
+        <v>349</v>
+      </c>
+      <c r="D319" t="s">
         <v>356</v>
       </c>
-      <c r="D319" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E319">
-        <v>29100</v>
+        <v>290420000</v>
       </c>
       <c r="F319" t="s">
         <v>26</v>
       </c>
       <c r="G319" t="s">
         <v>21</v>
       </c>
       <c r="H319" t="s">
         <v>22</v>
       </c>
       <c r="I319" t="s">
         <v>22</v>
       </c>
       <c r="J319" t="s">
         <v>22</v>
       </c>
       <c r="K319" t="s">
         <v>22</v>
       </c>
       <c r="L319" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="M319">
         <v>-4.7522437699999998</v>
       </c>
       <c r="N319">
         <v>36.6619046</v>
       </c>
       <c r="O319" t="s">
         <v>24</v>
       </c>
       <c r="P319" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="320" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A320" t="s">
         <v>16</v>
       </c>
       <c r="B320" t="s">
         <v>64</v>
       </c>
       <c r="C320" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D320" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E320">
-        <v>29200</v>
+        <v>290150000</v>
       </c>
       <c r="F320" t="s">
         <v>26</v>
       </c>
       <c r="G320" t="s">
         <v>21</v>
       </c>
       <c r="H320" t="s">
         <v>22</v>
       </c>
       <c r="I320" t="s">
         <v>22</v>
       </c>
       <c r="J320" t="s">
         <v>22</v>
       </c>
       <c r="K320" t="s">
         <v>22</v>
       </c>
       <c r="L320" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="M320">
         <v>-4.5612097</v>
       </c>
       <c r="N320">
         <v>37.016724400000001</v>
       </c>
       <c r="O320" t="s">
         <v>24</v>
       </c>
       <c r="P320" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="321" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A321" t="s">
         <v>16</v>
       </c>
       <c r="B321" t="s">
         <v>64</v>
       </c>
       <c r="C321" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D321" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="E321">
-        <v>29200</v>
+        <v>290150000</v>
       </c>
       <c r="F321" t="s">
         <v>20</v>
       </c>
       <c r="G321" t="s">
         <v>21</v>
       </c>
       <c r="H321" t="s">
         <v>21</v>
       </c>
       <c r="I321" t="s">
         <v>21</v>
       </c>
       <c r="J321" t="s">
         <v>22</v>
       </c>
       <c r="K321" t="s">
         <v>22</v>
       </c>
       <c r="L321" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="M321">
         <v>-4.5612097</v>
       </c>
       <c r="N321">
         <v>37.016724400000001</v>
       </c>
       <c r="O321" t="s">
         <v>24</v>
       </c>
       <c r="P321" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="322" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A322" t="s">
         <v>16</v>
       </c>
       <c r="B322" t="s">
         <v>64</v>
       </c>
       <c r="C322" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D322" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E322">
-        <v>29602</v>
+        <v>290690000</v>
       </c>
       <c r="F322" t="s">
         <v>26</v>
       </c>
       <c r="G322" t="s">
         <v>21</v>
       </c>
       <c r="H322" t="s">
         <v>22</v>
       </c>
       <c r="I322" t="s">
         <v>22</v>
       </c>
       <c r="J322" t="s">
         <v>22</v>
       </c>
       <c r="K322" t="s">
         <v>22</v>
       </c>
       <c r="L322" t="s">
-        <v>369</v>
+        <v>361</v>
       </c>
       <c r="M322">
         <v>-4.8869008200000001</v>
       </c>
       <c r="N322">
         <v>36.508131169999999</v>
       </c>
       <c r="O322" t="s">
         <v>24</v>
       </c>
       <c r="P322" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="323" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A323" t="s">
         <v>16</v>
       </c>
       <c r="B323" t="s">
         <v>64</v>
       </c>
       <c r="C323" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D323" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="E323">
-        <v>29602</v>
+        <v>290690000</v>
       </c>
       <c r="F323" t="s">
         <v>20</v>
       </c>
       <c r="G323" t="s">
         <v>21</v>
       </c>
       <c r="H323" t="s">
         <v>21</v>
       </c>
       <c r="I323" t="s">
         <v>21</v>
       </c>
       <c r="J323" t="s">
         <v>22</v>
       </c>
       <c r="K323" t="s">
         <v>22</v>
       </c>
       <c r="L323" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="M323">
         <v>-4.8886586000000003</v>
       </c>
       <c r="N323">
         <v>36.507868989999999</v>
       </c>
       <c r="O323" t="s">
         <v>24</v>
       </c>
       <c r="P323" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="324" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A324" t="s">
         <v>16</v>
       </c>
       <c r="B324" t="s">
         <v>64</v>
       </c>
       <c r="C324" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D324" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="E324">
-        <v>29630</v>
+        <v>290250001</v>
       </c>
       <c r="F324" t="s">
         <v>26</v>
       </c>
       <c r="G324" t="s">
         <v>21</v>
       </c>
       <c r="H324" t="s">
         <v>22</v>
       </c>
       <c r="I324" t="s">
         <v>22</v>
       </c>
       <c r="J324" t="s">
         <v>22</v>
       </c>
       <c r="K324" t="s">
         <v>22</v>
       </c>
       <c r="L324" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="M324">
         <v>-4.5338764999999999</v>
       </c>
       <c r="N324">
         <v>36.597746069999999</v>
       </c>
       <c r="O324" t="s">
         <v>24</v>
       </c>
       <c r="P324" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="325" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A325" t="s">
         <v>16</v>
       </c>
       <c r="B325" t="s">
         <v>64</v>
       </c>
       <c r="C325" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D325" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="E325">
-        <v>29630</v>
+        <v>290250000</v>
       </c>
       <c r="F325" t="s">
         <v>20</v>
       </c>
       <c r="G325" t="s">
         <v>21</v>
       </c>
       <c r="H325" t="s">
         <v>21</v>
       </c>
       <c r="I325" t="s">
         <v>21</v>
       </c>
       <c r="J325" t="s">
         <v>22</v>
       </c>
       <c r="K325" t="s">
         <v>22</v>
       </c>
       <c r="L325" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="M325">
         <v>-4.5338764999999999</v>
       </c>
       <c r="N325">
         <v>36.597746069999999</v>
       </c>
       <c r="O325" t="s">
         <v>24</v>
       </c>
       <c r="P325" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="326" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A326" t="s">
         <v>16</v>
       </c>
       <c r="B326" t="s">
         <v>64</v>
       </c>
       <c r="C326" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D326" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E326">
-        <v>29651</v>
+        <v>290700007</v>
       </c>
       <c r="F326" t="s">
         <v>20</v>
       </c>
       <c r="G326" t="s">
         <v>21</v>
       </c>
       <c r="H326" t="s">
         <v>21</v>
       </c>
       <c r="I326" t="s">
         <v>21</v>
       </c>
       <c r="J326" t="s">
         <v>22</v>
       </c>
       <c r="K326" t="s">
         <v>22</v>
       </c>
       <c r="L326" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="M326">
         <v>-4.6346666699999997</v>
       </c>
       <c r="N326">
         <v>36.545483050000001</v>
       </c>
       <c r="O326" t="s">
         <v>24</v>
       </c>
       <c r="P326" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="327" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A327" t="s">
         <v>16</v>
       </c>
       <c r="B327" t="s">
         <v>64</v>
       </c>
       <c r="C327" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D327" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="E327">
-        <v>29651</v>
+        <v>290700007</v>
       </c>
       <c r="F327" t="s">
         <v>26</v>
       </c>
       <c r="G327" t="s">
         <v>21</v>
       </c>
       <c r="H327" t="s">
         <v>22</v>
       </c>
       <c r="I327" t="s">
         <v>22</v>
       </c>
       <c r="J327" t="s">
         <v>22</v>
       </c>
       <c r="K327" t="s">
         <v>22</v>
       </c>
       <c r="L327" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="M327">
         <v>-4.6346790100000002</v>
       </c>
       <c r="N327">
         <v>36.5454322</v>
       </c>
       <c r="O327" t="s">
         <v>24</v>
       </c>
       <c r="P327" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="328" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A328" t="s">
         <v>16</v>
       </c>
       <c r="B328" t="s">
         <v>64</v>
       </c>
       <c r="C328" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D328" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="E328">
-        <v>29680</v>
+        <v>290510000</v>
       </c>
       <c r="F328" t="s">
         <v>20</v>
       </c>
       <c r="G328" t="s">
         <v>21</v>
       </c>
       <c r="H328" t="s">
         <v>21</v>
       </c>
       <c r="I328" t="s">
         <v>21</v>
       </c>
       <c r="J328" t="s">
         <v>22</v>
       </c>
       <c r="K328" t="s">
         <v>22</v>
       </c>
       <c r="L328" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="M328">
         <v>-5.1406475199999999</v>
       </c>
       <c r="N328">
         <v>36.428783600000003</v>
       </c>
       <c r="O328" t="s">
         <v>24</v>
       </c>
       <c r="P328" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="329" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A329" t="s">
         <v>16</v>
       </c>
       <c r="B329" t="s">
         <v>64</v>
       </c>
       <c r="C329" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D329" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="E329">
-        <v>29680</v>
+        <v>290510000</v>
       </c>
       <c r="F329" t="s">
         <v>26</v>
       </c>
       <c r="G329" t="s">
         <v>21</v>
       </c>
       <c r="H329" t="s">
         <v>22</v>
       </c>
       <c r="I329" t="s">
         <v>22</v>
       </c>
       <c r="J329" t="s">
         <v>22</v>
       </c>
       <c r="K329" t="s">
         <v>22</v>
       </c>
       <c r="L329" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="M329">
         <v>-5.1406475199999999</v>
       </c>
       <c r="N329">
         <v>36.428783600000003</v>
       </c>
       <c r="O329" t="s">
         <v>24</v>
       </c>
       <c r="P329" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="330" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A330" t="s">
         <v>16</v>
       </c>
       <c r="B330" t="s">
         <v>64</v>
       </c>
       <c r="C330" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D330" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="E330">
-        <v>29740</v>
+        <v>290940009</v>
       </c>
       <c r="F330" t="s">
         <v>26</v>
       </c>
       <c r="G330" t="s">
         <v>21</v>
       </c>
       <c r="H330" t="s">
         <v>22</v>
       </c>
       <c r="I330" t="s">
         <v>22</v>
       </c>
       <c r="J330" t="s">
         <v>22</v>
       </c>
       <c r="K330" t="s">
         <v>22</v>
       </c>
       <c r="L330" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="M330">
         <v>-4.0980638000000003</v>
       </c>
       <c r="N330">
         <v>36.737350569999997</v>
       </c>
       <c r="O330" t="s">
         <v>24</v>
       </c>
       <c r="P330" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="331" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A331" t="s">
         <v>16</v>
       </c>
       <c r="B331" t="s">
         <v>64</v>
       </c>
       <c r="C331" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="D331" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="E331">
-        <v>29740</v>
+        <v>290940009</v>
       </c>
       <c r="F331" t="s">
         <v>20</v>
       </c>
       <c r="G331" t="s">
         <v>21</v>
       </c>
       <c r="H331" t="s">
         <v>21</v>
       </c>
       <c r="I331" t="s">
         <v>21</v>
       </c>
       <c r="J331" t="s">
         <v>22</v>
       </c>
       <c r="K331" t="s">
         <v>22</v>
       </c>
       <c r="L331" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="M331">
         <v>-4.0980638000000003</v>
       </c>
       <c r="N331">
         <v>36.737350569999997</v>
       </c>
       <c r="O331" t="s">
         <v>24</v>
       </c>
       <c r="P331" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="332" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A332" t="s">
         <v>16</v>
       </c>
       <c r="B332" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="C332" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D332" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="E332">
-        <v>30007</v>
+        <v>300300000</v>
       </c>
       <c r="F332" t="s">
         <v>20</v>
       </c>
       <c r="G332" t="s">
         <v>21</v>
       </c>
       <c r="H332" t="s">
         <v>21</v>
       </c>
       <c r="I332" t="s">
         <v>21</v>
       </c>
       <c r="J332" t="s">
         <v>22</v>
       </c>
       <c r="K332" t="s">
         <v>22</v>
       </c>
       <c r="L332" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="M332">
         <v>-1.11683913</v>
       </c>
       <c r="N332">
         <v>37.99116325</v>
       </c>
       <c r="O332" t="s">
         <v>24</v>
       </c>
       <c r="P332" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="333" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A333" t="s">
         <v>16</v>
       </c>
       <c r="B333" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="C333" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D333" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="E333">
-        <v>30007</v>
+        <v>300300000</v>
       </c>
       <c r="F333" t="s">
         <v>26</v>
       </c>
       <c r="G333" t="s">
         <v>21</v>
       </c>
       <c r="H333" t="s">
         <v>22</v>
       </c>
       <c r="I333" t="s">
         <v>22</v>
       </c>
       <c r="J333" t="s">
         <v>22</v>
       </c>
       <c r="K333" t="s">
         <v>22</v>
       </c>
       <c r="L333" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="M333">
         <v>-1.11683913</v>
       </c>
       <c r="N333">
         <v>37.99116325</v>
       </c>
       <c r="O333" t="s">
         <v>24</v>
       </c>
       <c r="P333" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="334" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A334" t="s">
         <v>16</v>
       </c>
       <c r="B334" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="C334" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D334" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="E334">
-        <v>30009</v>
+        <v>300300000</v>
       </c>
       <c r="F334" t="s">
         <v>26</v>
       </c>
       <c r="G334" t="s">
         <v>21</v>
       </c>
       <c r="H334" t="s">
         <v>22</v>
       </c>
       <c r="I334" t="s">
         <v>22</v>
       </c>
       <c r="J334" t="s">
         <v>22</v>
       </c>
       <c r="K334" t="s">
         <v>22</v>
       </c>
       <c r="L334" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="M334">
         <v>-1.14168884</v>
       </c>
       <c r="N334">
         <v>37.993730450000001</v>
       </c>
       <c r="O334" t="s">
         <v>24</v>
       </c>
       <c r="P334" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="335" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A335" t="s">
         <v>16</v>
       </c>
       <c r="B335" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="C335" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D335" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="E335">
-        <v>30009</v>
+        <v>300300000</v>
       </c>
       <c r="F335" t="s">
         <v>27</v>
       </c>
       <c r="G335" t="s">
         <v>21</v>
       </c>
       <c r="H335" t="s">
         <v>21</v>
       </c>
       <c r="I335" t="s">
         <v>21</v>
       </c>
       <c r="J335" t="s">
         <v>22</v>
       </c>
       <c r="K335" t="s">
         <v>22</v>
       </c>
       <c r="L335" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="M335">
         <v>-1.1387534399999999</v>
       </c>
       <c r="N335">
         <v>37.995432270000002</v>
       </c>
       <c r="O335" t="s">
         <v>24</v>
       </c>
       <c r="P335" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="336" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A336" t="s">
         <v>16</v>
       </c>
       <c r="B336" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="C336" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D336" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="E336">
-        <v>30009</v>
+        <v>300300000</v>
       </c>
       <c r="F336" t="s">
         <v>20</v>
       </c>
       <c r="G336" t="s">
         <v>21</v>
       </c>
       <c r="H336" t="s">
         <v>21</v>
       </c>
       <c r="I336" t="s">
         <v>21</v>
       </c>
       <c r="J336" t="s">
         <v>22</v>
       </c>
       <c r="K336" t="s">
         <v>22</v>
       </c>
       <c r="L336" t="s">
-        <v>388</v>
+        <v>380</v>
       </c>
       <c r="M336">
         <v>-1.14168884</v>
       </c>
       <c r="N336">
         <v>37.993730450000001</v>
       </c>
       <c r="O336" t="s">
         <v>24</v>
       </c>
       <c r="P336" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="337" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A337" t="s">
         <v>16</v>
       </c>
       <c r="B337" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="C337" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D337" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="E337">
-        <v>30009</v>
+        <v>300300000</v>
       </c>
       <c r="F337" t="s">
         <v>28</v>
       </c>
       <c r="G337" t="s">
         <v>21</v>
       </c>
       <c r="H337" t="s">
         <v>21</v>
       </c>
       <c r="I337" t="s">
         <v>21</v>
       </c>
       <c r="J337" t="s">
         <v>22</v>
       </c>
       <c r="K337" t="s">
         <v>22</v>
       </c>
       <c r="L337" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="M337">
         <v>-1.1778299999999999</v>
       </c>
       <c r="N337">
         <v>38.016189599999997</v>
       </c>
       <c r="O337" t="s">
         <v>24</v>
       </c>
       <c r="P337" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="338" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A338" t="s">
         <v>16</v>
       </c>
       <c r="B338" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="C338" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D338" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="E338">
-        <v>30009</v>
+        <v>300300000</v>
       </c>
       <c r="F338" t="s">
         <v>26</v>
       </c>
       <c r="G338" t="s">
         <v>21</v>
       </c>
       <c r="H338" t="s">
         <v>22</v>
       </c>
       <c r="I338" t="s">
         <v>22</v>
       </c>
       <c r="J338" t="s">
         <v>22</v>
       </c>
       <c r="K338" t="s">
         <v>22</v>
       </c>
       <c r="L338" t="s">
-        <v>389</v>
+        <v>381</v>
       </c>
       <c r="M338">
         <v>-1.1387534399999999</v>
       </c>
       <c r="N338">
         <v>37.995432270000002</v>
       </c>
       <c r="O338" t="s">
         <v>24</v>
       </c>
       <c r="P338" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="339" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A339" t="s">
         <v>16</v>
       </c>
       <c r="B339" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="C339" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D339" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="E339">
-        <v>30009</v>
+        <v>300300000</v>
       </c>
       <c r="F339" t="s">
         <v>20</v>
       </c>
       <c r="G339" t="s">
         <v>21</v>
       </c>
       <c r="H339" t="s">
         <v>21</v>
       </c>
       <c r="I339" t="s">
         <v>21</v>
       </c>
       <c r="J339" t="s">
         <v>22</v>
       </c>
       <c r="K339" t="s">
         <v>22</v>
       </c>
       <c r="L339" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="M339">
         <v>-1.1387534399999999</v>
       </c>
       <c r="N339">
         <v>37.995432270000002</v>
       </c>
       <c r="O339" t="s">
         <v>24</v>
       </c>
       <c r="P339" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="340" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A340" t="s">
         <v>16</v>
       </c>
       <c r="B340" t="s">
+        <v>374</v>
+      </c>
+      <c r="C340" t="s">
+        <v>375</v>
+      </c>
+      <c r="D340" t="s">
         <v>382</v>
       </c>
-      <c r="C340" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E340">
-        <v>30204</v>
+        <v>300160000</v>
       </c>
       <c r="F340" t="s">
         <v>20</v>
       </c>
       <c r="G340" t="s">
         <v>21</v>
       </c>
       <c r="H340" t="s">
         <v>21</v>
       </c>
       <c r="I340" t="s">
         <v>21</v>
       </c>
       <c r="J340" t="s">
         <v>22</v>
       </c>
       <c r="K340" t="s">
         <v>22</v>
       </c>
       <c r="L340" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="M340">
         <v>-0.98441681999999997</v>
       </c>
       <c r="N340">
         <v>37.607853839999997</v>
       </c>
       <c r="O340" t="s">
         <v>24</v>
       </c>
       <c r="P340" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="341" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A341" t="s">
         <v>16</v>
       </c>
       <c r="B341" t="s">
+        <v>374</v>
+      </c>
+      <c r="C341" t="s">
+        <v>375</v>
+      </c>
+      <c r="D341" t="s">
         <v>382</v>
       </c>
-      <c r="C341" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E341">
-        <v>30204</v>
+        <v>300160000</v>
       </c>
       <c r="F341" t="s">
         <v>26</v>
       </c>
       <c r="G341" t="s">
         <v>21</v>
       </c>
       <c r="H341" t="s">
         <v>22</v>
       </c>
       <c r="I341" t="s">
         <v>22</v>
       </c>
       <c r="J341" t="s">
         <v>22</v>
       </c>
       <c r="K341" t="s">
         <v>22</v>
       </c>
       <c r="L341" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="M341">
         <v>-0.98478571000000004</v>
       </c>
       <c r="N341">
         <v>37.607616810000003</v>
       </c>
       <c r="O341" t="s">
         <v>24</v>
       </c>
       <c r="P341" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="342" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A342" t="s">
         <v>16</v>
       </c>
       <c r="B342" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="C342" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D342" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="E342">
-        <v>30530</v>
+        <v>300190000</v>
       </c>
       <c r="F342" t="s">
         <v>20</v>
       </c>
       <c r="G342" t="s">
         <v>21</v>
       </c>
       <c r="H342" t="s">
         <v>21</v>
       </c>
       <c r="I342" t="s">
         <v>21</v>
       </c>
       <c r="J342" t="s">
         <v>22</v>
       </c>
       <c r="K342" t="s">
         <v>22</v>
       </c>
       <c r="L342" t="s">
-        <v>394</v>
+        <v>386</v>
       </c>
       <c r="M342">
         <v>-1.4208178499999999</v>
       </c>
       <c r="N342">
         <v>38.241624739999999</v>
       </c>
       <c r="O342" t="s">
         <v>24</v>
       </c>
       <c r="P342" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="343" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A343" t="s">
         <v>16</v>
       </c>
       <c r="B343" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="C343" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D343" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="E343">
-        <v>30530</v>
+        <v>300190000</v>
       </c>
       <c r="F343" t="s">
         <v>26</v>
       </c>
       <c r="G343" t="s">
         <v>21</v>
       </c>
       <c r="H343" t="s">
         <v>22</v>
       </c>
       <c r="I343" t="s">
         <v>22</v>
       </c>
       <c r="J343" t="s">
         <v>22</v>
       </c>
       <c r="K343" t="s">
         <v>22</v>
       </c>
       <c r="L343" t="s">
-        <v>394</v>
+        <v>386</v>
       </c>
       <c r="M343">
         <v>-1.4208178499999999</v>
       </c>
       <c r="N343">
         <v>38.241624739999999</v>
       </c>
       <c r="O343" t="s">
         <v>24</v>
       </c>
       <c r="P343" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="344" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A344" t="s">
         <v>16</v>
       </c>
       <c r="B344" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="C344" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D344" t="s">
-        <v>395</v>
+        <v>387</v>
       </c>
       <c r="E344">
-        <v>30730</v>
+        <v>300350000</v>
       </c>
       <c r="F344" t="s">
         <v>20</v>
       </c>
       <c r="G344" t="s">
         <v>21</v>
       </c>
       <c r="H344" t="s">
         <v>21</v>
       </c>
       <c r="I344" t="s">
         <v>21</v>
       </c>
       <c r="J344" t="s">
         <v>22</v>
       </c>
       <c r="K344" t="s">
         <v>22</v>
       </c>
       <c r="L344" t="s">
-        <v>396</v>
+        <v>388</v>
       </c>
       <c r="M344">
         <v>-0.83180940999999997</v>
       </c>
       <c r="N344">
         <v>37.80439406</v>
       </c>
       <c r="O344" t="s">
         <v>24</v>
       </c>
       <c r="P344" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="345" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A345" t="s">
         <v>16</v>
       </c>
       <c r="B345" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="C345" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D345" t="s">
-        <v>397</v>
+        <v>389</v>
       </c>
       <c r="E345">
-        <v>30800</v>
+        <v>300240000</v>
       </c>
       <c r="F345" t="s">
         <v>20</v>
       </c>
       <c r="G345" t="s">
         <v>21</v>
       </c>
       <c r="H345" t="s">
         <v>21</v>
       </c>
       <c r="I345" t="s">
         <v>21</v>
       </c>
       <c r="J345" t="s">
         <v>22</v>
       </c>
       <c r="K345" t="s">
         <v>22</v>
       </c>
       <c r="L345" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="M345">
         <v>-1.6977705599999999</v>
       </c>
       <c r="N345">
         <v>37.675196839999998</v>
       </c>
       <c r="O345" t="s">
         <v>24</v>
       </c>
       <c r="P345" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="346" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A346" t="s">
         <v>16</v>
       </c>
       <c r="B346" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="C346" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="D346" t="s">
-        <v>397</v>
+        <v>389</v>
       </c>
       <c r="E346">
-        <v>30800</v>
+        <v>300240000</v>
       </c>
       <c r="F346" t="s">
         <v>26</v>
       </c>
       <c r="G346" t="s">
         <v>21</v>
       </c>
       <c r="H346" t="s">
         <v>22</v>
       </c>
       <c r="I346" t="s">
         <v>22</v>
       </c>
       <c r="J346" t="s">
         <v>22</v>
       </c>
       <c r="K346" t="s">
         <v>22</v>
       </c>
       <c r="L346" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
       <c r="M346">
         <v>-1.6977705599999999</v>
       </c>
       <c r="N346">
         <v>37.675196839999998</v>
       </c>
       <c r="O346" t="s">
         <v>24</v>
       </c>
       <c r="P346" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="347" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A347" t="s">
         <v>16</v>
       </c>
       <c r="B347" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="C347" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="D347" t="s">
-        <v>402</v>
+        <v>394</v>
       </c>
       <c r="E347">
-        <v>31003</v>
+        <v>312010000</v>
       </c>
       <c r="F347" t="s">
         <v>26</v>
       </c>
       <c r="G347" t="s">
         <v>21</v>
       </c>
       <c r="H347" t="s">
         <v>22</v>
       </c>
       <c r="I347" t="s">
         <v>22</v>
       </c>
       <c r="J347" t="s">
         <v>22</v>
       </c>
       <c r="K347" t="s">
         <v>22</v>
       </c>
       <c r="L347" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="M347">
         <v>-1.64449</v>
       </c>
       <c r="N347">
         <v>42.812620000000003</v>
       </c>
       <c r="O347" t="s">
         <v>24</v>
       </c>
       <c r="P347" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="348" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A348" t="s">
         <v>16</v>
       </c>
       <c r="B348" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="C348" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="D348" t="s">
-        <v>402</v>
+        <v>394</v>
       </c>
       <c r="E348">
-        <v>31003</v>
+        <v>312010000</v>
       </c>
       <c r="F348" t="s">
         <v>20</v>
       </c>
       <c r="G348" t="s">
         <v>21</v>
       </c>
       <c r="H348" t="s">
         <v>21</v>
       </c>
       <c r="I348" t="s">
         <v>21</v>
       </c>
       <c r="J348" t="s">
         <v>22</v>
       </c>
       <c r="K348" t="s">
         <v>22</v>
       </c>
       <c r="L348" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="M348">
         <v>-1.6443186400000001</v>
       </c>
       <c r="N348">
         <v>42.812552580000002</v>
       </c>
       <c r="O348" t="s">
         <v>24</v>
       </c>
       <c r="P348" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="349" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A349" t="s">
         <v>16</v>
       </c>
       <c r="B349" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="C349" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="D349" t="s">
-        <v>402</v>
+        <v>394</v>
       </c>
       <c r="E349">
-        <v>31003</v>
+        <v>312010000</v>
       </c>
       <c r="F349" t="s">
         <v>27</v>
       </c>
       <c r="G349" t="s">
         <v>21</v>
       </c>
       <c r="H349" t="s">
         <v>21</v>
       </c>
       <c r="I349" t="s">
         <v>21</v>
       </c>
       <c r="J349" t="s">
         <v>22</v>
       </c>
       <c r="K349" t="s">
         <v>22</v>
       </c>
       <c r="L349" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="M349">
         <v>-1.6443186400000001</v>
       </c>
       <c r="N349">
         <v>42.812552580000002</v>
       </c>
       <c r="O349" t="s">
         <v>24</v>
       </c>
       <c r="P349" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="350" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A350" t="s">
         <v>16</v>
       </c>
       <c r="B350" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="C350" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="D350" t="s">
-        <v>402</v>
+        <v>394</v>
       </c>
       <c r="E350">
-        <v>31003</v>
+        <v>312010000</v>
       </c>
       <c r="F350" t="s">
         <v>20</v>
       </c>
       <c r="G350" t="s">
         <v>21</v>
       </c>
       <c r="H350" t="s">
         <v>21</v>
       </c>
       <c r="I350" t="s">
         <v>21</v>
       </c>
       <c r="J350" t="s">
         <v>22</v>
       </c>
       <c r="K350" t="s">
         <v>22</v>
       </c>
       <c r="L350" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="M350">
         <v>-1.6443186400000001</v>
       </c>
       <c r="N350">
         <v>42.812552580000002</v>
       </c>
       <c r="O350" t="s">
         <v>24</v>
       </c>
       <c r="P350" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="351" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A351" t="s">
         <v>16</v>
       </c>
       <c r="B351" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="C351" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="D351" t="s">
-        <v>402</v>
+        <v>394</v>
       </c>
       <c r="E351">
-        <v>31003</v>
+        <v>312010000</v>
       </c>
       <c r="F351" t="s">
         <v>28</v>
       </c>
       <c r="G351" t="s">
         <v>21</v>
       </c>
       <c r="H351" t="s">
         <v>21</v>
       </c>
       <c r="I351" t="s">
         <v>21</v>
       </c>
       <c r="J351" t="s">
         <v>22</v>
       </c>
       <c r="K351" t="s">
         <v>22</v>
       </c>
       <c r="L351" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="M351">
         <v>-1.6443186400000001</v>
       </c>
       <c r="N351">
         <v>42.812552580000002</v>
       </c>
       <c r="O351" t="s">
         <v>24</v>
       </c>
       <c r="P351" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="352" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A352" t="s">
         <v>16</v>
       </c>
       <c r="B352" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="C352" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="D352" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="E352">
-        <v>31500</v>
+        <v>312320000</v>
       </c>
       <c r="F352" t="s">
         <v>20</v>
       </c>
       <c r="G352" t="s">
         <v>21</v>
       </c>
       <c r="H352" t="s">
         <v>21</v>
       </c>
       <c r="I352" t="s">
         <v>21</v>
       </c>
       <c r="J352" t="s">
         <v>22</v>
       </c>
       <c r="K352" t="s">
         <v>22</v>
       </c>
       <c r="L352" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
       <c r="M352">
         <v>-1.60161653</v>
       </c>
       <c r="N352">
         <v>42.059311469999997</v>
       </c>
       <c r="O352" t="s">
         <v>24</v>
       </c>
       <c r="P352" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="353" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A353" t="s">
         <v>16</v>
       </c>
       <c r="B353" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="C353" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="D353" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="E353">
-        <v>31500</v>
+        <v>312320000</v>
       </c>
       <c r="F353" t="s">
         <v>26</v>
       </c>
       <c r="G353" t="s">
         <v>21</v>
       </c>
       <c r="H353" t="s">
         <v>22</v>
       </c>
       <c r="I353" t="s">
         <v>22</v>
       </c>
       <c r="J353" t="s">
         <v>22</v>
       </c>
       <c r="K353" t="s">
         <v>22</v>
       </c>
       <c r="L353" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
       <c r="M353">
         <v>-1.60095619</v>
       </c>
       <c r="N353">
         <v>42.059663669999999</v>
       </c>
       <c r="O353" t="s">
         <v>24</v>
       </c>
       <c r="P353" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="354" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A354" t="s">
         <v>16</v>
       </c>
       <c r="B354" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C354" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="D354" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="E354">
-        <v>32003</v>
+        <v>320540000</v>
       </c>
       <c r="F354" t="s">
         <v>26</v>
       </c>
       <c r="G354" t="s">
         <v>21</v>
       </c>
       <c r="H354" t="s">
         <v>22</v>
       </c>
       <c r="I354" t="s">
         <v>22</v>
       </c>
       <c r="J354" t="s">
         <v>22</v>
       </c>
       <c r="K354" t="s">
         <v>22</v>
       </c>
       <c r="L354" t="s">
-        <v>407</v>
+        <v>399</v>
       </c>
       <c r="M354">
         <v>-7.8647160500000002</v>
       </c>
       <c r="N354">
         <v>42.341483050000001</v>
       </c>
       <c r="O354" t="s">
         <v>24</v>
       </c>
       <c r="P354" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="355" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A355" t="s">
         <v>16</v>
       </c>
       <c r="B355" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C355" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="D355" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="E355">
-        <v>32003</v>
+        <v>320540000</v>
       </c>
       <c r="F355" t="s">
         <v>20</v>
       </c>
       <c r="G355" t="s">
         <v>21</v>
       </c>
       <c r="H355" t="s">
         <v>21</v>
       </c>
       <c r="I355" t="s">
         <v>21</v>
       </c>
       <c r="J355" t="s">
         <v>22</v>
       </c>
       <c r="K355" t="s">
         <v>22</v>
       </c>
       <c r="L355" t="s">
-        <v>408</v>
+        <v>400</v>
       </c>
       <c r="M355">
         <v>-7.8647887699999997</v>
       </c>
       <c r="N355">
         <v>42.342100909999999</v>
       </c>
       <c r="O355" t="s">
         <v>24</v>
       </c>
       <c r="P355" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="356" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A356" t="s">
         <v>16</v>
       </c>
       <c r="B356" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C356" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="D356" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="E356">
-        <v>32003</v>
+        <v>320540000</v>
       </c>
       <c r="F356" t="s">
         <v>28</v>
       </c>
       <c r="G356" t="s">
         <v>21</v>
       </c>
       <c r="H356" t="s">
         <v>21</v>
       </c>
       <c r="I356" t="s">
         <v>21</v>
       </c>
       <c r="J356" t="s">
         <v>22</v>
       </c>
       <c r="K356" t="s">
         <v>22</v>
       </c>
       <c r="L356" t="s">
-        <v>407</v>
+        <v>399</v>
       </c>
       <c r="M356">
         <v>-7.86471812</v>
       </c>
       <c r="N356">
         <v>42.341500709999998</v>
       </c>
       <c r="O356" t="s">
         <v>24</v>
       </c>
       <c r="P356" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="357" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A357" t="s">
         <v>16</v>
       </c>
       <c r="B357" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C357" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="D357" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="E357">
-        <v>32003</v>
+        <v>320540000</v>
       </c>
       <c r="F357" t="s">
         <v>27</v>
       </c>
       <c r="G357" t="s">
         <v>21</v>
       </c>
       <c r="H357" t="s">
         <v>21</v>
       </c>
       <c r="I357" t="s">
         <v>21</v>
       </c>
       <c r="J357" t="s">
         <v>22</v>
       </c>
       <c r="K357" t="s">
         <v>22</v>
       </c>
       <c r="L357" t="s">
         <v>45</v>
       </c>
       <c r="M357">
         <v>0</v>
       </c>
       <c r="N357">
         <v>0</v>
       </c>
       <c r="O357" t="s">
         <v>24</v>
       </c>
       <c r="P357" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="358" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A358" t="s">
         <v>16</v>
       </c>
       <c r="B358" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C358" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="D358" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="E358">
-        <v>32003</v>
+        <v>320540000</v>
       </c>
       <c r="F358" t="s">
         <v>20</v>
       </c>
       <c r="G358" t="s">
         <v>21</v>
       </c>
       <c r="H358" t="s">
         <v>21</v>
       </c>
       <c r="I358" t="s">
         <v>21</v>
       </c>
       <c r="J358" t="s">
         <v>22</v>
       </c>
       <c r="K358" t="s">
         <v>22</v>
       </c>
       <c r="L358" t="s">
-        <v>409</v>
+        <v>401</v>
       </c>
       <c r="M358">
         <v>-7.8664257600000003</v>
       </c>
       <c r="N358">
         <v>42.342868559999999</v>
       </c>
       <c r="O358" t="s">
         <v>24</v>
       </c>
       <c r="P358" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="359" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A359" t="s">
         <v>16</v>
       </c>
       <c r="B359" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C359" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="D359" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="E359">
-        <v>32003</v>
+        <v>320540000</v>
       </c>
       <c r="F359" t="s">
         <v>26</v>
       </c>
       <c r="G359" t="s">
         <v>21</v>
       </c>
       <c r="H359" t="s">
         <v>22</v>
       </c>
       <c r="I359" t="s">
         <v>22</v>
       </c>
       <c r="J359" t="s">
         <v>22</v>
       </c>
       <c r="K359" t="s">
         <v>22</v>
       </c>
       <c r="L359" t="s">
-        <v>407</v>
+        <v>399</v>
       </c>
       <c r="M359">
         <v>-7.8647160500000002</v>
       </c>
       <c r="N359">
         <v>42.341483050000001</v>
       </c>
       <c r="O359" t="s">
         <v>24</v>
       </c>
       <c r="P359" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="360" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A360" t="s">
         <v>16</v>
       </c>
       <c r="B360" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="C360" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="D360" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="E360">
-        <v>33003</v>
+        <v>330440000</v>
       </c>
       <c r="F360" t="s">
         <v>26</v>
       </c>
       <c r="G360" t="s">
         <v>21</v>
       </c>
       <c r="H360" t="s">
         <v>22</v>
       </c>
       <c r="I360" t="s">
         <v>22</v>
       </c>
       <c r="J360" t="s">
         <v>22</v>
       </c>
       <c r="K360" t="s">
         <v>22</v>
       </c>
       <c r="L360" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
       <c r="M360">
         <v>-5.8479830000000002</v>
       </c>
       <c r="N360">
         <v>43.362214999999999</v>
       </c>
       <c r="O360" t="s">
         <v>24</v>
       </c>
       <c r="P360" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="361" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A361" t="s">
         <v>16</v>
       </c>
       <c r="B361" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="C361" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="D361" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="E361">
-        <v>33003</v>
+        <v>330440000</v>
       </c>
       <c r="F361" t="s">
         <v>26</v>
       </c>
       <c r="G361" t="s">
         <v>21</v>
       </c>
       <c r="H361" t="s">
         <v>22</v>
       </c>
       <c r="I361" t="s">
         <v>22</v>
       </c>
       <c r="J361" t="s">
         <v>22</v>
       </c>
       <c r="K361" t="s">
         <v>22</v>
       </c>
       <c r="L361" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
       <c r="M361">
         <v>-5.8479830000000002</v>
       </c>
       <c r="N361">
         <v>43.362214999999999</v>
       </c>
       <c r="O361" t="s">
         <v>24</v>
       </c>
       <c r="P361" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="362" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A362" t="s">
         <v>16</v>
       </c>
       <c r="B362" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="C362" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="D362" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="E362">
-        <v>33007</v>
+        <v>330440000</v>
       </c>
       <c r="F362" t="s">
         <v>20</v>
       </c>
       <c r="G362" t="s">
         <v>21</v>
       </c>
       <c r="H362" t="s">
         <v>21</v>
       </c>
       <c r="I362" t="s">
         <v>21</v>
       </c>
       <c r="J362" t="s">
         <v>22</v>
       </c>
       <c r="K362" t="s">
         <v>22</v>
       </c>
       <c r="L362" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
       <c r="M362">
         <v>-5.8479830000000002</v>
       </c>
       <c r="N362">
         <v>43.362214999999999</v>
       </c>
       <c r="O362" t="s">
         <v>24</v>
       </c>
       <c r="P362" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="363" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A363" t="s">
         <v>16</v>
       </c>
       <c r="B363" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="C363" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="D363" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="E363">
-        <v>33007</v>
+        <v>330440000</v>
       </c>
       <c r="F363" t="s">
         <v>28</v>
       </c>
       <c r="G363" t="s">
         <v>21</v>
       </c>
       <c r="H363" t="s">
         <v>21</v>
       </c>
       <c r="I363" t="s">
         <v>21</v>
       </c>
       <c r="J363" t="s">
         <v>22</v>
       </c>
       <c r="K363" t="s">
         <v>21</v>
       </c>
       <c r="L363" t="s">
-        <v>414</v>
+        <v>406</v>
       </c>
       <c r="M363">
         <v>-5.8495145800000001</v>
       </c>
       <c r="N363">
         <v>43.358222240000003</v>
       </c>
       <c r="O363" t="s">
         <v>24</v>
       </c>
       <c r="P363" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="364" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A364" t="s">
         <v>16</v>
       </c>
       <c r="B364" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="C364" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="D364" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="E364">
-        <v>33007</v>
+        <v>330440000</v>
       </c>
       <c r="F364" t="s">
         <v>27</v>
       </c>
       <c r="G364" t="s">
         <v>21</v>
       </c>
       <c r="H364" t="s">
         <v>22</v>
       </c>
       <c r="I364" t="s">
         <v>22</v>
       </c>
       <c r="J364" t="s">
         <v>22</v>
       </c>
       <c r="K364" t="s">
         <v>21</v>
       </c>
       <c r="L364" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
       <c r="M364">
         <v>5.8479830000000002</v>
       </c>
       <c r="N364">
         <v>43.362214999999999</v>
       </c>
       <c r="O364" t="s">
         <v>24</v>
       </c>
       <c r="P364" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="365" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A365" t="s">
         <v>16</v>
       </c>
       <c r="B365" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="C365" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="D365" t="s">
-        <v>412</v>
+        <v>404</v>
       </c>
       <c r="E365">
-        <v>33007</v>
+        <v>330440000</v>
       </c>
       <c r="F365" t="s">
         <v>20</v>
       </c>
       <c r="G365" t="s">
         <v>21</v>
       </c>
       <c r="H365" t="s">
         <v>21</v>
       </c>
       <c r="I365" t="s">
         <v>21</v>
       </c>
       <c r="J365" t="s">
         <v>22</v>
       </c>
       <c r="K365" t="s">
         <v>22</v>
       </c>
       <c r="L365" t="s">
-        <v>413</v>
+        <v>405</v>
       </c>
       <c r="M365">
         <v>-5.8479830000000002</v>
       </c>
       <c r="N365">
         <v>43.362214999999999</v>
       </c>
       <c r="O365" t="s">
         <v>24</v>
       </c>
       <c r="P365" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="366" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A366" t="s">
         <v>16</v>
       </c>
       <c r="B366" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="C366" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="D366" t="s">
-        <v>415</v>
+        <v>407</v>
       </c>
       <c r="E366">
-        <v>33206</v>
+        <v>330240000</v>
       </c>
       <c r="F366" t="s">
         <v>20</v>
       </c>
       <c r="G366" t="s">
         <v>21</v>
       </c>
       <c r="H366" t="s">
         <v>21</v>
       </c>
       <c r="I366" t="s">
         <v>21</v>
       </c>
       <c r="J366" t="s">
         <v>22</v>
       </c>
       <c r="K366" t="s">
         <v>22</v>
       </c>
       <c r="L366" t="s">
-        <v>416</v>
+        <v>408</v>
       </c>
       <c r="M366">
         <v>-5.6647530899999996</v>
       </c>
       <c r="N366">
         <v>43.542050850000003</v>
       </c>
       <c r="O366" t="s">
         <v>24</v>
       </c>
       <c r="P366" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="367" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A367" t="s">
         <v>16</v>
       </c>
       <c r="B367" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="C367" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="D367" t="s">
-        <v>415</v>
+        <v>407</v>
       </c>
       <c r="E367">
-        <v>33206</v>
+        <v>330240000</v>
       </c>
       <c r="F367" t="s">
         <v>26</v>
       </c>
       <c r="G367" t="s">
         <v>21</v>
       </c>
       <c r="H367" t="s">
         <v>22</v>
       </c>
       <c r="I367" t="s">
         <v>22</v>
       </c>
       <c r="J367" t="s">
         <v>22</v>
       </c>
       <c r="K367" t="s">
         <v>22</v>
       </c>
       <c r="L367" t="s">
-        <v>416</v>
+        <v>408</v>
       </c>
       <c r="M367">
         <v>-5.6525209500000004</v>
       </c>
       <c r="N367">
         <v>43.539852029999999</v>
       </c>
       <c r="O367" t="s">
         <v>24</v>
       </c>
       <c r="P367" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="368" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A368" t="s">
         <v>16</v>
       </c>
       <c r="B368" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="C368" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="D368" t="s">
-        <v>417</v>
+        <v>409</v>
       </c>
       <c r="E368">
-        <v>33400</v>
+        <v>330040000</v>
       </c>
       <c r="F368" t="s">
         <v>20</v>
       </c>
       <c r="G368" t="s">
         <v>21</v>
       </c>
       <c r="H368" t="s">
         <v>21</v>
       </c>
       <c r="I368" t="s">
         <v>21</v>
       </c>
       <c r="J368" t="s">
         <v>22</v>
       </c>
       <c r="K368" t="s">
         <v>22</v>
       </c>
       <c r="L368" t="s">
-        <v>418</v>
+        <v>410</v>
       </c>
       <c r="M368">
         <v>-5.9330667999999998</v>
       </c>
       <c r="N368">
         <v>43.553944970000003</v>
       </c>
       <c r="O368" t="s">
         <v>24</v>
       </c>
       <c r="P368" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="369" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A369" t="s">
         <v>16</v>
       </c>
       <c r="B369" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="C369" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="D369" t="s">
-        <v>417</v>
+        <v>409</v>
       </c>
       <c r="E369">
-        <v>33401</v>
+        <v>330040000</v>
       </c>
       <c r="F369" t="s">
         <v>26</v>
       </c>
       <c r="G369" t="s">
         <v>21</v>
       </c>
       <c r="H369" t="s">
         <v>22</v>
       </c>
       <c r="I369" t="s">
         <v>22</v>
       </c>
       <c r="J369" t="s">
         <v>22</v>
       </c>
       <c r="K369" t="s">
         <v>22</v>
       </c>
       <c r="L369" t="s">
-        <v>419</v>
+        <v>411</v>
       </c>
       <c r="M369">
         <v>-5.9338370200000004</v>
       </c>
       <c r="N369">
         <v>43.55451042</v>
       </c>
       <c r="O369" t="s">
         <v>24</v>
       </c>
       <c r="P369" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="370" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A370" t="s">
         <v>16</v>
       </c>
       <c r="B370" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="C370" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="D370" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="E370">
-        <v>33550</v>
+        <v>330120000</v>
       </c>
       <c r="F370" t="s">
         <v>26</v>
       </c>
       <c r="G370" t="s">
         <v>21</v>
       </c>
       <c r="H370" t="s">
         <v>22</v>
       </c>
       <c r="I370" t="s">
         <v>22</v>
       </c>
       <c r="J370" t="s">
         <v>22</v>
       </c>
       <c r="K370" t="s">
         <v>22</v>
       </c>
       <c r="L370" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="M370">
         <v>-5.1183983399999997</v>
       </c>
       <c r="N370">
         <v>43.350556869999998</v>
       </c>
       <c r="O370" t="s">
         <v>24</v>
       </c>
       <c r="P370" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="371" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A371" t="s">
         <v>16</v>
       </c>
       <c r="B371" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="C371" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="D371" t="s">
-        <v>422</v>
+        <v>414</v>
       </c>
       <c r="E371">
-        <v>33700</v>
+        <v>330340000</v>
       </c>
       <c r="F371" t="s">
         <v>26</v>
       </c>
       <c r="G371" t="s">
         <v>21</v>
       </c>
       <c r="H371" t="s">
         <v>22</v>
       </c>
       <c r="I371" t="s">
         <v>22</v>
       </c>
       <c r="J371" t="s">
         <v>22</v>
       </c>
       <c r="K371" t="s">
         <v>22</v>
       </c>
       <c r="L371" t="s">
-        <v>423</v>
+        <v>415</v>
       </c>
       <c r="M371">
         <v>-6.5349899100000002</v>
       </c>
       <c r="N371">
         <v>43.544472220000003</v>
       </c>
       <c r="O371" t="s">
         <v>24</v>
       </c>
       <c r="P371" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="372" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A372" t="s">
         <v>16</v>
       </c>
       <c r="B372" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C372" t="s">
-        <v>424</v>
+        <v>416</v>
       </c>
       <c r="D372" t="s">
-        <v>424</v>
+        <v>416</v>
       </c>
       <c r="E372">
-        <v>34003</v>
+        <v>341200000</v>
       </c>
       <c r="F372" t="s">
         <v>27</v>
       </c>
       <c r="G372" t="s">
         <v>21</v>
       </c>
       <c r="H372" t="s">
         <v>21</v>
       </c>
       <c r="I372" t="s">
         <v>21</v>
       </c>
       <c r="J372" t="s">
         <v>22</v>
       </c>
       <c r="K372" t="s">
         <v>22</v>
       </c>
       <c r="L372" t="s">
-        <v>425</v>
+        <v>417</v>
       </c>
       <c r="M372">
         <v>-4.5335208900000001</v>
       </c>
       <c r="N372">
         <v>42.01465254</v>
       </c>
       <c r="O372" t="s">
         <v>24</v>
       </c>
       <c r="P372" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="373" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A373" t="s">
         <v>16</v>
       </c>
       <c r="B373" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C373" t="s">
-        <v>424</v>
+        <v>416</v>
       </c>
       <c r="D373" t="s">
-        <v>424</v>
+        <v>416</v>
       </c>
       <c r="E373">
-        <v>34004</v>
+        <v>341200000</v>
       </c>
       <c r="F373" t="s">
         <v>28</v>
       </c>
       <c r="G373" t="s">
         <v>21</v>
       </c>
       <c r="H373" t="s">
         <v>21</v>
       </c>
       <c r="I373" t="s">
         <v>21</v>
       </c>
       <c r="J373" t="s">
         <v>22</v>
       </c>
       <c r="K373" t="s">
         <v>22</v>
       </c>
       <c r="L373" t="s">
-        <v>426</v>
+        <v>418</v>
       </c>
       <c r="M373">
         <v>-4.5113101000000002</v>
       </c>
       <c r="N373">
         <v>42.0078812</v>
       </c>
       <c r="O373" t="s">
         <v>24</v>
       </c>
       <c r="P373" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="374" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A374" t="s">
         <v>16</v>
       </c>
       <c r="B374" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C374" t="s">
-        <v>424</v>
+        <v>416</v>
       </c>
       <c r="D374" t="s">
-        <v>424</v>
+        <v>416</v>
       </c>
       <c r="E374">
-        <v>34004</v>
+        <v>341200000</v>
       </c>
       <c r="F374" t="s">
         <v>26</v>
       </c>
       <c r="G374" t="s">
         <v>21</v>
       </c>
       <c r="H374" t="s">
         <v>22</v>
       </c>
       <c r="I374" t="s">
         <v>22</v>
       </c>
       <c r="J374" t="s">
         <v>22</v>
       </c>
       <c r="K374" t="s">
         <v>22</v>
       </c>
       <c r="L374" t="s">
-        <v>427</v>
+        <v>419</v>
       </c>
       <c r="M374">
         <v>-4.5113101000000002</v>
       </c>
       <c r="N374">
         <v>42.0078812</v>
       </c>
       <c r="O374" t="s">
         <v>24</v>
       </c>
       <c r="P374" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="375" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A375" t="s">
         <v>16</v>
       </c>
       <c r="B375" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C375" t="s">
-        <v>424</v>
+        <v>416</v>
       </c>
       <c r="D375" t="s">
-        <v>424</v>
+        <v>416</v>
       </c>
       <c r="E375">
-        <v>34004</v>
+        <v>341200000</v>
       </c>
       <c r="F375" t="s">
         <v>20</v>
       </c>
       <c r="G375" t="s">
         <v>21</v>
       </c>
       <c r="H375" t="s">
         <v>21</v>
       </c>
       <c r="I375" t="s">
         <v>21</v>
       </c>
       <c r="J375" t="s">
         <v>22</v>
       </c>
       <c r="K375" t="s">
         <v>22</v>
       </c>
       <c r="L375" t="s">
-        <v>427</v>
+        <v>419</v>
       </c>
       <c r="M375">
         <v>-4.5148099999999998</v>
       </c>
       <c r="N375">
         <v>42.012599999999999</v>
       </c>
       <c r="O375" t="s">
         <v>24</v>
       </c>
       <c r="P375" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="376" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A376" t="s">
         <v>16</v>
       </c>
       <c r="B376" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C376" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="D376" t="s">
-        <v>430</v>
+        <v>422</v>
       </c>
       <c r="E376">
-        <v>35004</v>
+        <v>350160000</v>
       </c>
       <c r="F376" t="s">
         <v>26</v>
       </c>
       <c r="G376" t="s">
         <v>21</v>
       </c>
       <c r="H376" t="s">
         <v>22</v>
       </c>
       <c r="I376" t="s">
         <v>22</v>
       </c>
       <c r="J376" t="s">
         <v>22</v>
       </c>
       <c r="K376" t="s">
         <v>22</v>
       </c>
       <c r="L376" t="s">
-        <v>431</v>
+        <v>423</v>
       </c>
       <c r="M376">
         <v>-15.42770771</v>
       </c>
       <c r="N376">
         <v>28.1171775</v>
       </c>
       <c r="O376" t="s">
         <v>24</v>
       </c>
       <c r="P376" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="377" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A377" t="s">
         <v>16</v>
       </c>
       <c r="B377" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C377" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="D377" t="s">
-        <v>430</v>
+        <v>422</v>
       </c>
       <c r="E377">
-        <v>35004</v>
+        <v>350160000</v>
       </c>
       <c r="F377" t="s">
         <v>27</v>
       </c>
       <c r="G377" t="s">
         <v>21</v>
       </c>
       <c r="H377" t="s">
         <v>21</v>
       </c>
       <c r="I377" t="s">
         <v>21</v>
       </c>
       <c r="J377" t="s">
         <v>22</v>
       </c>
       <c r="K377" t="s">
         <v>22</v>
       </c>
       <c r="L377" t="s">
-        <v>431</v>
+        <v>423</v>
       </c>
       <c r="M377">
         <v>-15.427536890000001</v>
       </c>
       <c r="N377">
         <v>28.117006119999999</v>
       </c>
       <c r="O377" t="s">
         <v>24</v>
       </c>
       <c r="P377" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="378" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A378" t="s">
         <v>16</v>
       </c>
       <c r="B378" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C378" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="D378" t="s">
-        <v>430</v>
+        <v>422</v>
       </c>
       <c r="E378">
-        <v>35004</v>
+        <v>350160000</v>
       </c>
       <c r="F378" t="s">
         <v>28</v>
       </c>
       <c r="G378" t="s">
         <v>21</v>
       </c>
       <c r="H378" t="s">
         <v>21</v>
       </c>
       <c r="I378" t="s">
         <v>22</v>
       </c>
       <c r="J378" t="s">
         <v>22</v>
       </c>
       <c r="K378" t="s">
         <v>22</v>
       </c>
       <c r="L378" t="s">
-        <v>431</v>
+        <v>423</v>
       </c>
       <c r="M378">
         <v>-15.42770771</v>
       </c>
       <c r="N378">
         <v>28.1171775</v>
       </c>
       <c r="O378" t="s">
         <v>24</v>
       </c>
       <c r="P378" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="379" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A379" t="s">
         <v>16</v>
       </c>
       <c r="B379" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C379" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="D379" t="s">
-        <v>430</v>
+        <v>422</v>
       </c>
       <c r="E379">
-        <v>35004</v>
+        <v>350160000</v>
       </c>
       <c r="F379" t="s">
         <v>20</v>
       </c>
       <c r="G379" t="s">
         <v>21</v>
       </c>
       <c r="H379" t="s">
         <v>21</v>
       </c>
       <c r="I379" t="s">
         <v>21</v>
       </c>
       <c r="J379" t="s">
         <v>22</v>
       </c>
       <c r="K379" t="s">
         <v>22</v>
       </c>
       <c r="L379" t="s">
-        <v>432</v>
+        <v>424</v>
       </c>
       <c r="M379">
         <v>-15.42504169</v>
       </c>
       <c r="N379">
         <v>28.119383169999999</v>
       </c>
       <c r="O379" t="s">
         <v>24</v>
       </c>
       <c r="P379" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="380" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A380" t="s">
         <v>16</v>
       </c>
       <c r="B380" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C380" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="D380" t="s">
-        <v>430</v>
+        <v>422</v>
       </c>
       <c r="E380">
-        <v>35007</v>
+        <v>350160000</v>
       </c>
       <c r="F380" t="s">
         <v>20</v>
       </c>
       <c r="G380" t="s">
         <v>21</v>
       </c>
       <c r="H380" t="s">
         <v>21</v>
       </c>
       <c r="I380" t="s">
         <v>21</v>
       </c>
       <c r="J380" t="s">
         <v>22</v>
       </c>
       <c r="K380" t="s">
         <v>22</v>
       </c>
       <c r="L380" t="s">
-        <v>433</v>
+        <v>425</v>
       </c>
       <c r="M380">
         <v>-15.43065118</v>
       </c>
       <c r="N380">
         <v>28.1367127</v>
       </c>
       <c r="O380" t="s">
         <v>24</v>
       </c>
       <c r="P380" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="381" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A381" t="s">
         <v>16</v>
       </c>
       <c r="B381" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C381" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="D381" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="E381">
-        <v>35100</v>
+        <v>350190000</v>
       </c>
       <c r="F381" t="s">
         <v>20</v>
       </c>
       <c r="G381" t="s">
         <v>21</v>
       </c>
       <c r="H381" t="s">
         <v>21</v>
       </c>
       <c r="I381" t="s">
         <v>21</v>
       </c>
       <c r="J381" t="s">
         <v>22</v>
       </c>
       <c r="K381" t="s">
         <v>22</v>
       </c>
       <c r="L381" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="M381">
         <v>-15.590450000000001</v>
       </c>
       <c r="N381">
         <v>27.761019999999998</v>
       </c>
       <c r="O381" t="s">
         <v>24</v>
       </c>
       <c r="P381" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="382" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A382" t="s">
         <v>16</v>
       </c>
       <c r="B382" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C382" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="D382" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="E382">
-        <v>35100</v>
+        <v>350190000</v>
       </c>
       <c r="F382" t="s">
         <v>26</v>
       </c>
       <c r="G382" t="s">
         <v>21</v>
       </c>
       <c r="H382" t="s">
         <v>22</v>
       </c>
       <c r="I382" t="s">
         <v>21</v>
       </c>
       <c r="J382" t="s">
         <v>22</v>
       </c>
       <c r="K382" t="s">
         <v>21</v>
       </c>
       <c r="L382" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="M382">
         <v>-15.590450000000001</v>
       </c>
       <c r="N382">
         <v>27.761019999999998</v>
       </c>
       <c r="O382" t="s">
         <v>24</v>
       </c>
       <c r="P382" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="383" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A383" t="s">
         <v>16</v>
       </c>
       <c r="B383" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C383" t="s">
+        <v>421</v>
+      </c>
+      <c r="D383" t="s">
         <v>429</v>
       </c>
-      <c r="D383" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E383">
-        <v>35200</v>
+        <v>350260000</v>
       </c>
       <c r="F383" t="s">
         <v>26</v>
       </c>
       <c r="G383" t="s">
         <v>21</v>
       </c>
       <c r="H383" t="s">
         <v>22</v>
       </c>
       <c r="I383" t="s">
         <v>21</v>
       </c>
       <c r="J383" t="s">
         <v>22</v>
       </c>
       <c r="K383" t="s">
         <v>22</v>
       </c>
       <c r="L383" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="M383">
         <v>-15.414678110000001</v>
       </c>
       <c r="N383">
         <v>27.9967775</v>
       </c>
       <c r="O383" t="s">
         <v>24</v>
       </c>
       <c r="P383" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="384" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A384" t="s">
         <v>16</v>
       </c>
       <c r="B384" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C384" t="s">
+        <v>421</v>
+      </c>
+      <c r="D384" t="s">
         <v>429</v>
       </c>
-      <c r="D384" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E384">
-        <v>35200</v>
+        <v>350260000</v>
       </c>
       <c r="F384" t="s">
         <v>20</v>
       </c>
       <c r="G384" t="s">
         <v>21</v>
       </c>
       <c r="H384" t="s">
         <v>21</v>
       </c>
       <c r="I384" t="s">
         <v>21</v>
       </c>
       <c r="J384" t="s">
         <v>22</v>
       </c>
       <c r="K384" t="s">
         <v>22</v>
       </c>
       <c r="L384" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="M384">
         <v>-15.416148140000001</v>
       </c>
       <c r="N384">
         <v>27.999711860000001</v>
       </c>
       <c r="O384" t="s">
         <v>24</v>
       </c>
       <c r="P384" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="385" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A385" t="s">
         <v>16</v>
       </c>
       <c r="B385" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C385" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="D385" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="E385">
-        <v>35460</v>
+        <v>350090000</v>
       </c>
       <c r="F385" t="s">
         <v>26</v>
       </c>
       <c r="G385" t="s">
         <v>21</v>
       </c>
       <c r="H385" t="s">
         <v>22</v>
       </c>
       <c r="I385" t="s">
         <v>22</v>
       </c>
       <c r="J385" t="s">
         <v>22</v>
       </c>
       <c r="K385" t="s">
         <v>22</v>
       </c>
       <c r="L385" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="M385">
         <v>-15.657171740000001</v>
       </c>
       <c r="N385">
         <v>28.14600278</v>
       </c>
       <c r="O385" t="s">
         <v>24</v>
       </c>
       <c r="P385" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="386" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A386" t="s">
         <v>16</v>
       </c>
       <c r="B386" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C386" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="D386" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="E386">
-        <v>35460</v>
+        <v>350090000</v>
       </c>
       <c r="F386" t="s">
         <v>20</v>
       </c>
       <c r="G386" t="s">
         <v>21</v>
       </c>
       <c r="H386" t="s">
         <v>21</v>
       </c>
       <c r="I386" t="s">
         <v>21</v>
       </c>
       <c r="J386" t="s">
         <v>22</v>
       </c>
       <c r="K386" t="s">
         <v>22</v>
       </c>
       <c r="L386" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="M386">
         <v>-15.657171740000001</v>
       </c>
       <c r="N386">
         <v>28.14600278</v>
       </c>
       <c r="O386" t="s">
         <v>24</v>
       </c>
       <c r="P386" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="387" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A387" t="s">
         <v>16</v>
       </c>
       <c r="B387" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C387" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="D387" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
       <c r="E387">
-        <v>35500</v>
+        <v>350040000</v>
       </c>
       <c r="F387" t="s">
         <v>26</v>
       </c>
       <c r="G387" t="s">
         <v>21</v>
       </c>
       <c r="H387" t="s">
         <v>22</v>
       </c>
       <c r="I387" t="s">
         <v>22</v>
       </c>
       <c r="J387" t="s">
         <v>22</v>
       </c>
       <c r="K387" t="s">
         <v>22</v>
       </c>
       <c r="L387" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="M387">
         <v>-13.548636780000001</v>
       </c>
       <c r="N387">
         <v>28.964540249999999</v>
       </c>
       <c r="O387" t="s">
         <v>24</v>
       </c>
       <c r="P387" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="388" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A388" t="s">
         <v>16</v>
       </c>
       <c r="B388" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C388" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="D388" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
       <c r="E388">
-        <v>35500</v>
+        <v>350040000</v>
       </c>
       <c r="F388" t="s">
         <v>20</v>
       </c>
       <c r="G388" t="s">
         <v>21</v>
       </c>
       <c r="H388" t="s">
         <v>21</v>
       </c>
       <c r="I388" t="s">
         <v>21</v>
       </c>
       <c r="J388" t="s">
         <v>22</v>
       </c>
       <c r="K388" t="s">
         <v>22</v>
       </c>
       <c r="L388" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="M388">
         <v>-13.548636780000001</v>
       </c>
       <c r="N388">
         <v>28.964540249999999</v>
       </c>
       <c r="O388" t="s">
         <v>24</v>
       </c>
       <c r="P388" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="389" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A389" t="s">
         <v>16</v>
       </c>
       <c r="B389" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C389" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="D389" t="s">
-        <v>444</v>
+        <v>436</v>
       </c>
       <c r="E389">
-        <v>35600</v>
+        <v>350170000</v>
       </c>
       <c r="F389" t="s">
         <v>20</v>
       </c>
       <c r="G389" t="s">
         <v>21</v>
       </c>
       <c r="H389" t="s">
         <v>21</v>
       </c>
       <c r="I389" t="s">
         <v>21</v>
       </c>
       <c r="J389" t="s">
         <v>22</v>
       </c>
       <c r="K389" t="s">
         <v>22</v>
       </c>
       <c r="L389" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="M389">
         <v>-13.85549415</v>
       </c>
       <c r="N389">
         <v>28.49942137</v>
       </c>
       <c r="O389" t="s">
         <v>24</v>
       </c>
       <c r="P389" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="390" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A390" t="s">
         <v>16</v>
       </c>
       <c r="B390" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C390" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="D390" t="s">
-        <v>444</v>
+        <v>436</v>
       </c>
       <c r="E390">
-        <v>35600</v>
+        <v>350170000</v>
       </c>
       <c r="F390" t="s">
         <v>26</v>
       </c>
       <c r="G390" t="s">
         <v>21</v>
       </c>
       <c r="H390" t="s">
         <v>22</v>
       </c>
       <c r="I390" t="s">
         <v>22</v>
       </c>
       <c r="J390" t="s">
         <v>22</v>
       </c>
       <c r="K390" t="s">
         <v>22</v>
       </c>
       <c r="L390" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="M390">
         <v>-13.85549415</v>
       </c>
       <c r="N390">
         <v>28.49942137</v>
       </c>
       <c r="O390" t="s">
         <v>24</v>
       </c>
       <c r="P390" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="391" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A391" t="s">
         <v>16</v>
       </c>
       <c r="B391" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C391" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="D391" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="E391">
-        <v>36002</v>
+        <v>360380000</v>
       </c>
       <c r="F391" t="s">
         <v>26</v>
       </c>
       <c r="G391" t="s">
         <v>21</v>
       </c>
       <c r="H391" t="s">
         <v>22</v>
       </c>
       <c r="I391" t="s">
         <v>22</v>
       </c>
       <c r="J391" t="s">
         <v>22</v>
       </c>
       <c r="K391" t="s">
         <v>22</v>
       </c>
       <c r="L391" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="M391">
         <v>-8.6479385999999998</v>
       </c>
       <c r="N391">
         <v>42.433495530000002</v>
       </c>
       <c r="O391" t="s">
         <v>24</v>
       </c>
       <c r="P391" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="392" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A392" t="s">
         <v>16</v>
       </c>
       <c r="B392" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C392" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="D392" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="E392">
-        <v>36002</v>
+        <v>360380000</v>
       </c>
       <c r="F392" t="s">
         <v>20</v>
       </c>
       <c r="G392" t="s">
         <v>21</v>
       </c>
       <c r="H392" t="s">
         <v>21</v>
       </c>
       <c r="I392" t="s">
         <v>21</v>
       </c>
       <c r="J392" t="s">
         <v>22</v>
       </c>
       <c r="K392" t="s">
         <v>22</v>
       </c>
       <c r="L392" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="M392">
         <v>-8.6480160300000009</v>
       </c>
       <c r="N392">
         <v>42.433410680000001</v>
       </c>
       <c r="O392" t="s">
         <v>24</v>
       </c>
       <c r="P392" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="393" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A393" t="s">
         <v>16</v>
       </c>
       <c r="B393" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C393" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="D393" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="E393">
-        <v>36201</v>
+        <v>360570000</v>
       </c>
       <c r="F393" t="s">
         <v>26</v>
       </c>
       <c r="G393" t="s">
         <v>21</v>
       </c>
       <c r="H393" t="s">
         <v>22</v>
       </c>
       <c r="I393" t="s">
         <v>22</v>
       </c>
       <c r="J393" t="s">
         <v>22</v>
       </c>
       <c r="K393" t="s">
         <v>22</v>
       </c>
       <c r="L393" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="M393">
         <v>-8.7107290000000006</v>
       </c>
       <c r="N393">
         <v>42.237518000000001</v>
       </c>
       <c r="O393" t="s">
         <v>24</v>
       </c>
       <c r="P393" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="394" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A394" t="s">
         <v>16</v>
       </c>
       <c r="B394" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C394" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="D394" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="E394">
-        <v>36201</v>
+        <v>360570000</v>
       </c>
       <c r="F394" t="s">
         <v>20</v>
       </c>
       <c r="G394" t="s">
         <v>21</v>
       </c>
       <c r="H394" t="s">
         <v>21</v>
       </c>
       <c r="I394" t="s">
         <v>21</v>
       </c>
       <c r="J394" t="s">
         <v>22</v>
       </c>
       <c r="K394" t="s">
         <v>22</v>
       </c>
       <c r="L394" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="M394">
         <v>-8.7107290000000006</v>
       </c>
       <c r="N394">
         <v>42.237518000000001</v>
       </c>
       <c r="O394" t="s">
         <v>24</v>
       </c>
       <c r="P394" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="395" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A395" t="s">
         <v>16</v>
       </c>
       <c r="B395" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C395" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="D395" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="E395">
-        <v>36201</v>
+        <v>360570000</v>
       </c>
       <c r="F395" t="s">
         <v>26</v>
       </c>
       <c r="G395" t="s">
         <v>21</v>
       </c>
       <c r="H395" t="s">
         <v>22</v>
       </c>
       <c r="I395" t="s">
         <v>22</v>
       </c>
       <c r="J395" t="s">
         <v>22</v>
       </c>
       <c r="K395" t="s">
         <v>22</v>
       </c>
       <c r="L395" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="M395">
         <v>-8.7107290000000006</v>
       </c>
       <c r="N395">
         <v>42.237518000000001</v>
       </c>
       <c r="O395" t="s">
         <v>24</v>
       </c>
       <c r="P395" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="396" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A396" t="s">
         <v>16</v>
       </c>
       <c r="B396" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C396" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="D396" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="E396">
-        <v>36201</v>
+        <v>360570000</v>
       </c>
       <c r="F396" t="s">
         <v>28</v>
       </c>
       <c r="G396" t="s">
         <v>21</v>
       </c>
       <c r="H396" t="s">
         <v>21</v>
       </c>
       <c r="I396" t="s">
         <v>21</v>
       </c>
       <c r="J396" t="s">
         <v>22</v>
       </c>
       <c r="K396" t="s">
         <v>22</v>
       </c>
       <c r="L396" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="M396">
         <v>-8.7107290000000006</v>
       </c>
       <c r="N396">
         <v>42.237518000000001</v>
       </c>
       <c r="O396" t="s">
         <v>24</v>
       </c>
       <c r="P396" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="397" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A397" t="s">
         <v>16</v>
       </c>
       <c r="B397" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C397" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="D397" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="E397">
-        <v>36201</v>
+        <v>360570000</v>
       </c>
       <c r="F397" t="s">
         <v>27</v>
       </c>
       <c r="G397" t="s">
         <v>21</v>
       </c>
       <c r="H397" t="s">
         <v>21</v>
       </c>
       <c r="I397" t="s">
         <v>21</v>
       </c>
       <c r="J397" t="s">
         <v>22</v>
       </c>
       <c r="K397" t="s">
         <v>22</v>
       </c>
       <c r="L397" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="M397">
         <v>-8.7107290000000006</v>
       </c>
       <c r="N397">
         <v>42.237518000000001</v>
       </c>
       <c r="O397" t="s">
         <v>24</v>
       </c>
       <c r="P397" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="398" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A398" t="s">
         <v>16</v>
       </c>
       <c r="B398" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C398" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="D398" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="E398">
-        <v>36201</v>
+        <v>360570000</v>
       </c>
       <c r="F398" t="s">
         <v>20</v>
       </c>
       <c r="G398" t="s">
         <v>21</v>
       </c>
       <c r="H398" t="s">
         <v>21</v>
       </c>
       <c r="I398" t="s">
         <v>21</v>
       </c>
       <c r="J398" t="s">
         <v>22</v>
       </c>
       <c r="K398" t="s">
         <v>22</v>
       </c>
       <c r="L398" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="M398">
         <v>-8.7107290000000006</v>
       </c>
       <c r="N398">
         <v>42.237518000000001</v>
       </c>
       <c r="O398" t="s">
         <v>24</v>
       </c>
       <c r="P398" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="399" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A399" t="s">
         <v>16</v>
       </c>
       <c r="B399" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C399" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="D399" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="E399">
-        <v>36211</v>
+        <v>360570000</v>
       </c>
       <c r="F399" t="s">
         <v>26</v>
       </c>
       <c r="G399" t="s">
         <v>21</v>
       </c>
       <c r="H399" t="s">
         <v>22</v>
       </c>
       <c r="I399" t="s">
         <v>22</v>
       </c>
       <c r="J399" t="s">
         <v>22</v>
       </c>
       <c r="K399" t="s">
         <v>22</v>
       </c>
       <c r="L399" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="M399">
         <v>-8.7324935499999992</v>
       </c>
       <c r="N399">
         <v>42.224437629999997</v>
       </c>
       <c r="O399" t="s">
         <v>24</v>
       </c>
       <c r="P399" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="400" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A400" t="s">
         <v>16</v>
       </c>
       <c r="B400" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C400" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="D400" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="E400">
-        <v>36211</v>
+        <v>360570000</v>
       </c>
       <c r="F400" t="s">
         <v>20</v>
       </c>
       <c r="G400" t="s">
         <v>21</v>
       </c>
       <c r="H400" t="s">
         <v>21</v>
       </c>
       <c r="I400" t="s">
         <v>21</v>
       </c>
       <c r="J400" t="s">
         <v>22</v>
       </c>
       <c r="K400" t="s">
         <v>22</v>
       </c>
       <c r="L400" t="s">
-        <v>453</v>
+        <v>445</v>
       </c>
       <c r="M400">
         <v>-8.7324935499999992</v>
       </c>
       <c r="N400">
         <v>42.224437629999997</v>
       </c>
       <c r="O400" t="s">
         <v>24</v>
       </c>
       <c r="P400" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="401" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A401" t="s">
         <v>16</v>
       </c>
       <c r="B401" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C401" t="s">
+        <v>438</v>
+      </c>
+      <c r="D401" t="s">
         <v>446</v>
       </c>
-      <c r="D401" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E401">
-        <v>36400</v>
+        <v>360390000</v>
       </c>
       <c r="F401" t="s">
         <v>20</v>
       </c>
       <c r="G401" t="s">
         <v>21</v>
       </c>
       <c r="H401" t="s">
         <v>21</v>
       </c>
       <c r="I401" t="s">
         <v>21</v>
       </c>
       <c r="J401" t="s">
         <v>22</v>
       </c>
       <c r="K401" t="s">
         <v>22</v>
       </c>
       <c r="L401" t="s">
-        <v>455</v>
+        <v>447</v>
       </c>
       <c r="M401">
         <v>-8.6207118900000008</v>
       </c>
       <c r="N401">
         <v>42.159564920000001</v>
       </c>
       <c r="O401" t="s">
         <v>24</v>
       </c>
       <c r="P401" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="402" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A402" t="s">
         <v>16</v>
       </c>
       <c r="B402" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C402" t="s">
+        <v>438</v>
+      </c>
+      <c r="D402" t="s">
         <v>446</v>
       </c>
-      <c r="D402" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E402">
-        <v>36400</v>
+        <v>360390000</v>
       </c>
       <c r="F402" t="s">
         <v>26</v>
       </c>
       <c r="G402" t="s">
         <v>21</v>
       </c>
       <c r="H402" t="s">
         <v>22</v>
       </c>
       <c r="I402" t="s">
         <v>22</v>
       </c>
       <c r="J402" t="s">
         <v>22</v>
       </c>
       <c r="K402" t="s">
         <v>22</v>
       </c>
       <c r="L402" t="s">
-        <v>455</v>
+        <v>447</v>
       </c>
       <c r="M402">
         <v>-8.6207118900000008</v>
       </c>
       <c r="N402">
         <v>42.159564920000001</v>
       </c>
       <c r="O402" t="s">
         <v>24</v>
       </c>
       <c r="P402" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="403" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A403" t="s">
         <v>16</v>
       </c>
       <c r="B403" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C403" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="D403" t="s">
-        <v>456</v>
+        <v>448</v>
       </c>
       <c r="E403">
-        <v>36680</v>
+        <v>360170000</v>
       </c>
       <c r="F403" t="s">
         <v>20</v>
       </c>
       <c r="G403" t="s">
         <v>21</v>
       </c>
       <c r="H403" t="s">
         <v>21</v>
       </c>
       <c r="I403" t="s">
         <v>21</v>
       </c>
       <c r="J403" t="s">
         <v>22</v>
       </c>
       <c r="K403" t="s">
         <v>22</v>
       </c>
       <c r="L403" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="M403">
         <v>-8.4857753500000008</v>
       </c>
       <c r="N403">
         <v>42.688316950000001</v>
       </c>
       <c r="O403" t="s">
         <v>24</v>
       </c>
       <c r="P403" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="404" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A404" t="s">
         <v>16</v>
       </c>
       <c r="B404" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C404" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="D404" t="s">
-        <v>456</v>
+        <v>448</v>
       </c>
       <c r="E404">
-        <v>36680</v>
+        <v>360170000</v>
       </c>
       <c r="F404" t="s">
         <v>26</v>
       </c>
       <c r="G404" t="s">
         <v>21</v>
       </c>
       <c r="H404" t="s">
         <v>22</v>
       </c>
       <c r="I404" t="s">
         <v>22</v>
       </c>
       <c r="J404" t="s">
         <v>22</v>
       </c>
       <c r="K404" t="s">
         <v>22</v>
       </c>
       <c r="L404" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="M404">
         <v>-8.4857753500000008</v>
       </c>
       <c r="N404">
         <v>42.688316950000001</v>
       </c>
       <c r="O404" t="s">
         <v>24</v>
       </c>
       <c r="P404" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="405" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A405" t="s">
         <v>16</v>
       </c>
       <c r="B405" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C405" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="D405" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="E405">
-        <v>37001</v>
+        <v>372740000</v>
       </c>
       <c r="F405" t="s">
         <v>26</v>
       </c>
       <c r="G405" t="s">
         <v>21</v>
       </c>
       <c r="H405" t="s">
         <v>22</v>
       </c>
       <c r="I405" t="s">
         <v>22</v>
       </c>
       <c r="J405" t="s">
         <v>22</v>
       </c>
       <c r="K405" t="s">
         <v>22</v>
       </c>
       <c r="L405" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="M405">
         <v>-5.6591601000000002</v>
       </c>
       <c r="N405">
         <v>40.960960399999998</v>
       </c>
       <c r="O405" t="s">
         <v>24</v>
       </c>
       <c r="P405" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="406" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A406" t="s">
         <v>16</v>
       </c>
       <c r="B406" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C406" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="D406" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="E406">
-        <v>37001</v>
+        <v>372740000</v>
       </c>
       <c r="F406" t="s">
         <v>20</v>
       </c>
       <c r="G406" t="s">
         <v>21</v>
       </c>
       <c r="H406" t="s">
         <v>21</v>
       </c>
       <c r="I406" t="s">
         <v>21</v>
       </c>
       <c r="J406" t="s">
         <v>22</v>
       </c>
       <c r="K406" t="s">
         <v>22</v>
       </c>
       <c r="L406" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="M406">
         <v>-5.6589996500000002</v>
       </c>
       <c r="N406">
         <v>40.961071189999998</v>
       </c>
       <c r="O406" t="s">
         <v>24</v>
       </c>
       <c r="P406" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="407" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A407" t="s">
         <v>16</v>
       </c>
       <c r="B407" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C407" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="D407" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="E407">
-        <v>37001</v>
+        <v>372740000</v>
       </c>
       <c r="F407" t="s">
         <v>27</v>
       </c>
       <c r="G407" t="s">
         <v>21</v>
       </c>
       <c r="H407" t="s">
         <v>21</v>
       </c>
       <c r="I407" t="s">
         <v>21</v>
       </c>
       <c r="J407" t="s">
         <v>22</v>
       </c>
       <c r="K407" t="s">
         <v>22</v>
       </c>
       <c r="L407" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="M407">
         <v>-5.6589996500000002</v>
       </c>
       <c r="N407">
         <v>40.961071189999998</v>
       </c>
       <c r="O407" t="s">
         <v>24</v>
       </c>
       <c r="P407" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="408" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A408" t="s">
         <v>16</v>
       </c>
       <c r="B408" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C408" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="D408" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="E408">
-        <v>37001</v>
+        <v>372740000</v>
       </c>
       <c r="F408" t="s">
         <v>28</v>
       </c>
       <c r="G408" t="s">
         <v>21</v>
       </c>
       <c r="H408" t="s">
         <v>21</v>
       </c>
       <c r="I408" t="s">
         <v>22</v>
       </c>
       <c r="J408" t="s">
         <v>22</v>
       </c>
       <c r="K408" t="s">
         <v>22</v>
       </c>
       <c r="L408" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="M408">
         <v>-5.6589996500000002</v>
       </c>
       <c r="N408">
         <v>40.961071189999998</v>
       </c>
       <c r="O408" t="s">
         <v>24</v>
       </c>
       <c r="P408" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="409" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A409" t="s">
         <v>16</v>
       </c>
       <c r="B409" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C409" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D409" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="E409">
-        <v>38002</v>
+        <v>380380000</v>
       </c>
       <c r="F409" t="s">
         <v>26</v>
       </c>
       <c r="G409" t="s">
         <v>21</v>
       </c>
       <c r="H409" t="s">
         <v>22</v>
       </c>
       <c r="I409" t="s">
         <v>22</v>
       </c>
       <c r="J409" t="s">
         <v>22</v>
       </c>
       <c r="K409" t="s">
         <v>22</v>
       </c>
       <c r="L409" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="M409">
         <v>-16.24964013</v>
       </c>
       <c r="N409">
         <v>28.468521339999999</v>
       </c>
       <c r="O409" t="s">
         <v>24</v>
       </c>
       <c r="P409" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="410" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A410" t="s">
         <v>16</v>
       </c>
       <c r="B410" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C410" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D410" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="E410">
-        <v>38002</v>
+        <v>380380000</v>
       </c>
       <c r="F410" t="s">
         <v>20</v>
       </c>
       <c r="G410" t="s">
         <v>21</v>
       </c>
       <c r="H410" t="s">
         <v>21</v>
       </c>
       <c r="I410" t="s">
         <v>21</v>
       </c>
       <c r="J410" t="s">
         <v>22</v>
       </c>
       <c r="K410" t="s">
         <v>22</v>
       </c>
       <c r="L410" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="M410">
         <v>-16.249718560000002</v>
       </c>
       <c r="N410">
         <v>28.468504660000001</v>
       </c>
       <c r="O410" t="s">
         <v>24</v>
       </c>
       <c r="P410" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="411" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A411" t="s">
         <v>16</v>
       </c>
       <c r="B411" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C411" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D411" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="E411">
-        <v>38003</v>
+        <v>380380000</v>
       </c>
       <c r="F411" t="s">
         <v>28</v>
       </c>
       <c r="G411" t="s">
         <v>21</v>
       </c>
       <c r="H411" t="s">
         <v>21</v>
       </c>
       <c r="I411" t="s">
         <v>22</v>
       </c>
       <c r="J411" t="s">
         <v>22</v>
       </c>
       <c r="K411" t="s">
         <v>22</v>
       </c>
       <c r="L411" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="M411">
         <v>-16.251078029999999</v>
       </c>
       <c r="N411">
         <v>28.46208923</v>
       </c>
       <c r="O411" t="s">
         <v>24</v>
       </c>
       <c r="P411" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="412" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A412" t="s">
         <v>16</v>
       </c>
       <c r="B412" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C412" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D412" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="E412">
-        <v>38003</v>
+        <v>380380000</v>
       </c>
       <c r="F412" t="s">
         <v>27</v>
       </c>
       <c r="G412" t="s">
         <v>21</v>
       </c>
       <c r="H412" t="s">
         <v>21</v>
       </c>
       <c r="I412" t="s">
         <v>21</v>
       </c>
       <c r="J412" t="s">
         <v>22</v>
       </c>
       <c r="K412" t="s">
         <v>22</v>
       </c>
       <c r="L412" t="s">
         <v>45</v>
       </c>
       <c r="M412">
         <v>0</v>
       </c>
       <c r="N412">
         <v>0</v>
       </c>
       <c r="O412" t="s">
         <v>24</v>
       </c>
       <c r="P412" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="413" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A413" t="s">
         <v>16</v>
       </c>
       <c r="B413" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C413" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D413" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="E413">
-        <v>38201</v>
+        <v>380230000</v>
       </c>
       <c r="F413" t="s">
         <v>26</v>
       </c>
       <c r="G413" t="s">
         <v>21</v>
       </c>
       <c r="H413" t="s">
         <v>22</v>
       </c>
       <c r="I413" t="s">
         <v>22</v>
       </c>
       <c r="J413" t="s">
         <v>22</v>
       </c>
       <c r="K413" t="s">
         <v>22</v>
       </c>
       <c r="L413" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="M413">
         <v>-16.314309999999999</v>
       </c>
       <c r="N413">
         <v>28.492920000000002</v>
       </c>
       <c r="O413" t="s">
         <v>24</v>
       </c>
       <c r="P413" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="414" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A414" t="s">
         <v>16</v>
       </c>
       <c r="B414" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C414" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D414" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="E414">
-        <v>38201</v>
+        <v>380230000</v>
       </c>
       <c r="F414" t="s">
         <v>20</v>
       </c>
       <c r="G414" t="s">
         <v>21</v>
       </c>
       <c r="H414" t="s">
         <v>21</v>
       </c>
       <c r="I414" t="s">
         <v>21</v>
       </c>
       <c r="J414" t="s">
         <v>22</v>
       </c>
       <c r="K414" t="s">
         <v>22</v>
       </c>
       <c r="L414" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="M414">
         <v>0.16028126000000001</v>
       </c>
       <c r="N414">
         <v>29.092063960000001</v>
       </c>
       <c r="O414" t="s">
         <v>24</v>
       </c>
       <c r="P414" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="415" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A415" t="s">
         <v>16</v>
       </c>
       <c r="B415" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C415" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D415" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="E415">
-        <v>38400</v>
+        <v>380280000</v>
       </c>
       <c r="F415" t="s">
         <v>26</v>
       </c>
       <c r="G415" t="s">
         <v>21</v>
       </c>
       <c r="H415" t="s">
         <v>22</v>
       </c>
       <c r="I415" t="s">
         <v>21</v>
       </c>
       <c r="J415" t="s">
         <v>22</v>
       </c>
       <c r="K415" t="s">
         <v>22</v>
       </c>
       <c r="L415" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="M415">
         <v>-16.556021000000001</v>
       </c>
       <c r="N415">
         <v>28.41337</v>
       </c>
       <c r="O415" t="s">
         <v>24</v>
       </c>
       <c r="P415" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="416" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A416" t="s">
         <v>16</v>
       </c>
       <c r="B416" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C416" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D416" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="E416">
-        <v>38400</v>
+        <v>380280000</v>
       </c>
       <c r="F416" t="s">
         <v>20</v>
       </c>
       <c r="G416" t="s">
         <v>21</v>
       </c>
       <c r="H416" t="s">
         <v>21</v>
       </c>
       <c r="I416" t="s">
         <v>21</v>
       </c>
       <c r="J416" t="s">
         <v>22</v>
       </c>
       <c r="K416" t="s">
         <v>22</v>
       </c>
       <c r="L416" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="M416">
         <v>-16.546779999999998</v>
       </c>
       <c r="N416">
         <v>28.414259999999999</v>
       </c>
       <c r="O416" t="s">
         <v>24</v>
       </c>
       <c r="P416" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="417" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A417" t="s">
         <v>16</v>
       </c>
       <c r="B417" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C417" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D417" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="E417">
-        <v>38640</v>
+        <v>380060000</v>
       </c>
       <c r="F417" t="s">
         <v>20</v>
       </c>
       <c r="G417" t="s">
         <v>21</v>
       </c>
       <c r="H417" t="s">
         <v>21</v>
       </c>
       <c r="I417" t="s">
         <v>21</v>
       </c>
       <c r="J417" t="s">
         <v>22</v>
       </c>
       <c r="K417" t="s">
         <v>22</v>
       </c>
       <c r="L417" t="s">
-        <v>470</v>
+        <v>462</v>
       </c>
       <c r="M417">
         <v>-16.713329999999999</v>
       </c>
       <c r="N417">
         <v>28.053699999999999</v>
       </c>
       <c r="O417" t="s">
         <v>24</v>
       </c>
       <c r="P417" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="418" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A418" t="s">
         <v>16</v>
       </c>
       <c r="B418" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C418" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D418" t="s">
-        <v>471</v>
+        <v>463</v>
       </c>
       <c r="E418">
-        <v>38650</v>
+        <v>380060005</v>
       </c>
       <c r="F418" t="s">
         <v>26</v>
       </c>
       <c r="G418" t="s">
         <v>21</v>
       </c>
       <c r="H418" t="s">
         <v>22</v>
       </c>
       <c r="I418" t="s">
         <v>22</v>
       </c>
       <c r="J418" t="s">
         <v>22</v>
       </c>
       <c r="K418" t="s">
         <v>22</v>
       </c>
       <c r="L418" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="M418">
         <v>-16.713470000000001</v>
       </c>
       <c r="N418">
         <v>28.054749999999999</v>
       </c>
       <c r="O418" t="s">
         <v>24</v>
       </c>
       <c r="P418" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="419" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A419" t="s">
         <v>16</v>
       </c>
       <c r="B419" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C419" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D419" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
       <c r="E419">
-        <v>38700</v>
+        <v>380370000</v>
       </c>
       <c r="F419" t="s">
         <v>20</v>
       </c>
       <c r="G419" t="s">
         <v>21</v>
       </c>
       <c r="H419" t="s">
         <v>21</v>
       </c>
       <c r="I419" t="s">
         <v>21</v>
       </c>
       <c r="J419" t="s">
         <v>22</v>
       </c>
       <c r="K419" t="s">
         <v>22</v>
       </c>
       <c r="L419" t="s">
-        <v>474</v>
+        <v>466</v>
       </c>
       <c r="M419">
         <v>-2.6725663200000001</v>
       </c>
       <c r="N419">
         <v>42.843226770000001</v>
       </c>
       <c r="O419" t="s">
         <v>24</v>
       </c>
       <c r="P419" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="420" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A420" t="s">
         <v>16</v>
       </c>
       <c r="B420" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="C420" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D420" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
       <c r="E420">
-        <v>38700</v>
+        <v>380370000</v>
       </c>
       <c r="F420" t="s">
         <v>26</v>
       </c>
       <c r="G420" t="s">
         <v>21</v>
       </c>
       <c r="H420" t="s">
         <v>22</v>
       </c>
       <c r="I420" t="s">
         <v>22</v>
       </c>
       <c r="J420" t="s">
         <v>22</v>
       </c>
       <c r="K420" t="s">
         <v>22</v>
       </c>
       <c r="L420" t="s">
-        <v>475</v>
+        <v>467</v>
       </c>
       <c r="M420">
         <v>-17.76530683</v>
       </c>
       <c r="N420">
         <v>28.683320290000001</v>
       </c>
       <c r="O420" t="s">
         <v>24</v>
       </c>
       <c r="P420" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="421" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A421" t="s">
         <v>16</v>
       </c>
       <c r="B421" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="C421" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="D421" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="E421">
-        <v>39002</v>
+        <v>390750000</v>
       </c>
       <c r="F421" t="s">
         <v>26</v>
       </c>
       <c r="G421" t="s">
         <v>21</v>
       </c>
       <c r="H421" t="s">
         <v>22</v>
       </c>
       <c r="I421" t="s">
         <v>22</v>
       </c>
       <c r="J421" t="s">
         <v>22</v>
       </c>
       <c r="K421" t="s">
         <v>22</v>
       </c>
       <c r="L421" t="s">
-        <v>478</v>
+        <v>470</v>
       </c>
       <c r="M421">
         <v>-3.8087243399999999</v>
       </c>
       <c r="N421">
         <v>43.461235569999999</v>
       </c>
       <c r="O421" t="s">
         <v>24</v>
       </c>
       <c r="P421" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="422" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A422" t="s">
         <v>16</v>
       </c>
       <c r="B422" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="C422" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="D422" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="E422">
-        <v>39002</v>
+        <v>390750000</v>
       </c>
       <c r="F422" t="s">
         <v>28</v>
       </c>
       <c r="G422" t="s">
         <v>21</v>
       </c>
       <c r="H422" t="s">
         <v>21</v>
       </c>
       <c r="I422" t="s">
         <v>22</v>
       </c>
       <c r="J422" t="s">
         <v>22</v>
       </c>
       <c r="K422" t="s">
         <v>22</v>
       </c>
       <c r="L422" t="s">
-        <v>478</v>
+        <v>470</v>
       </c>
       <c r="M422">
         <v>-3.8087243399999999</v>
       </c>
       <c r="N422">
         <v>43.461235569999999</v>
       </c>
       <c r="O422" t="s">
         <v>24</v>
       </c>
       <c r="P422" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="423" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A423" t="s">
         <v>16</v>
       </c>
       <c r="B423" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="C423" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="D423" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="E423">
-        <v>39002</v>
+        <v>390750000</v>
       </c>
       <c r="F423" t="s">
         <v>27</v>
       </c>
       <c r="G423" t="s">
         <v>21</v>
       </c>
       <c r="H423" t="s">
         <v>21</v>
       </c>
       <c r="I423" t="s">
         <v>21</v>
       </c>
       <c r="J423" t="s">
         <v>22</v>
       </c>
       <c r="K423" t="s">
         <v>22</v>
       </c>
       <c r="L423" t="s">
-        <v>478</v>
+        <v>470</v>
       </c>
       <c r="M423">
         <v>-3.8087243399999999</v>
       </c>
       <c r="N423">
         <v>43.461235569999999</v>
       </c>
       <c r="O423" t="s">
         <v>24</v>
       </c>
       <c r="P423" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="424" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A424" t="s">
         <v>16</v>
       </c>
       <c r="B424" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="C424" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="D424" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="E424">
-        <v>39011</v>
+        <v>390750000</v>
       </c>
       <c r="F424" t="s">
         <v>26</v>
       </c>
       <c r="G424" t="s">
         <v>21</v>
       </c>
       <c r="H424" t="s">
         <v>22</v>
       </c>
       <c r="I424" t="s">
         <v>22</v>
       </c>
       <c r="J424" t="s">
         <v>22</v>
       </c>
       <c r="K424" t="s">
         <v>22</v>
       </c>
       <c r="L424" t="s">
-        <v>479</v>
+        <v>471</v>
       </c>
       <c r="M424">
         <v>-3.8370077600000001</v>
       </c>
       <c r="N424">
         <v>43.444257149999999</v>
       </c>
       <c r="O424" t="s">
         <v>24</v>
       </c>
       <c r="P424" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="425" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A425" t="s">
         <v>16</v>
       </c>
       <c r="B425" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="C425" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="D425" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="E425">
-        <v>39011</v>
+        <v>390750000</v>
       </c>
       <c r="F425" t="s">
         <v>20</v>
       </c>
       <c r="G425" t="s">
         <v>21</v>
       </c>
       <c r="H425" t="s">
         <v>21</v>
       </c>
       <c r="I425" t="s">
         <v>21</v>
       </c>
       <c r="J425" t="s">
         <v>22</v>
       </c>
       <c r="K425" t="s">
         <v>22</v>
       </c>
       <c r="L425" t="s">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="M425">
         <v>-3.8370077600000001</v>
       </c>
       <c r="N425">
         <v>43.444257149999999</v>
       </c>
       <c r="O425" t="s">
         <v>24</v>
       </c>
       <c r="P425" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="426" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A426" t="s">
         <v>16</v>
       </c>
       <c r="B426" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="C426" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="D426" t="s">
-        <v>481</v>
+        <v>473</v>
       </c>
       <c r="E426">
-        <v>39300</v>
+        <v>390870000</v>
       </c>
       <c r="F426" t="s">
         <v>26</v>
       </c>
       <c r="G426" t="s">
         <v>21</v>
       </c>
       <c r="H426" t="s">
         <v>22</v>
       </c>
       <c r="I426" t="s">
         <v>22</v>
       </c>
       <c r="J426" t="s">
         <v>22</v>
       </c>
       <c r="K426" t="s">
         <v>22</v>
       </c>
       <c r="L426" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="M426">
         <v>-4.0505293800000004</v>
       </c>
       <c r="N426">
         <v>43.348625079999998</v>
       </c>
       <c r="O426" t="s">
         <v>24</v>
       </c>
       <c r="P426" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="427" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A427" t="s">
         <v>16</v>
       </c>
       <c r="B427" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="C427" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="D427" t="s">
-        <v>481</v>
+        <v>473</v>
       </c>
       <c r="E427">
-        <v>39300</v>
+        <v>390870000</v>
       </c>
       <c r="F427" t="s">
         <v>20</v>
       </c>
       <c r="G427" t="s">
         <v>21</v>
       </c>
       <c r="H427" t="s">
         <v>21</v>
       </c>
       <c r="I427" t="s">
         <v>21</v>
       </c>
       <c r="J427" t="s">
         <v>22</v>
       </c>
       <c r="K427" t="s">
         <v>22</v>
       </c>
       <c r="L427" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="M427">
         <v>-3.2031200000000002</v>
       </c>
       <c r="N427">
         <v>43.371551500000002</v>
       </c>
       <c r="O427" t="s">
         <v>24</v>
       </c>
       <c r="P427" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="428" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A428" t="s">
         <v>16</v>
       </c>
       <c r="B428" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="C428" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="D428" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="E428">
-        <v>39770</v>
+        <v>390350000</v>
       </c>
       <c r="F428" t="s">
         <v>26</v>
       </c>
       <c r="G428" t="s">
         <v>21</v>
       </c>
       <c r="H428" t="s">
         <v>22</v>
       </c>
       <c r="I428" t="s">
         <v>22</v>
       </c>
       <c r="J428" t="s">
         <v>22</v>
       </c>
       <c r="K428" t="s">
         <v>22</v>
       </c>
       <c r="L428" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
       <c r="M428">
         <v>-3.4122452700000001</v>
       </c>
       <c r="N428">
         <v>43.410245060000001</v>
       </c>
       <c r="O428" t="s">
         <v>24</v>
       </c>
       <c r="P428" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="429" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A429" t="s">
         <v>16</v>
       </c>
       <c r="B429" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="C429" t="s">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="D429" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="E429">
-        <v>39770</v>
+        <v>390350000</v>
       </c>
       <c r="F429" t="s">
         <v>20</v>
       </c>
       <c r="G429" t="s">
         <v>21</v>
       </c>
       <c r="H429" t="s">
         <v>21</v>
       </c>
       <c r="I429" t="s">
         <v>21</v>
       </c>
       <c r="J429" t="s">
         <v>22</v>
       </c>
       <c r="K429" t="s">
         <v>22</v>
       </c>
       <c r="L429" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
       <c r="M429">
         <v>-3.4122452700000001</v>
       </c>
       <c r="N429">
         <v>43.410245060000001</v>
       </c>
       <c r="O429" t="s">
         <v>24</v>
       </c>
       <c r="P429" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="430" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A430" t="s">
         <v>16</v>
       </c>
       <c r="B430" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C430" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="D430" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="E430">
-        <v>40005</v>
+        <v>401940000</v>
       </c>
       <c r="F430" t="s">
         <v>28</v>
       </c>
       <c r="G430" t="s">
         <v>21</v>
       </c>
       <c r="H430" t="s">
         <v>21</v>
       </c>
       <c r="I430" t="s">
         <v>22</v>
       </c>
       <c r="J430" t="s">
         <v>22</v>
       </c>
       <c r="K430" t="s">
         <v>22</v>
       </c>
       <c r="L430" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
       <c r="M430">
         <v>-4.1201089399999997</v>
       </c>
       <c r="N430">
         <v>40.94968703</v>
       </c>
       <c r="O430" t="s">
         <v>24</v>
       </c>
       <c r="P430" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="431" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A431" t="s">
         <v>16</v>
       </c>
       <c r="B431" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C431" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="D431" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="E431">
-        <v>40005</v>
+        <v>401940000</v>
       </c>
       <c r="F431" t="s">
         <v>27</v>
       </c>
       <c r="G431" t="s">
         <v>21</v>
       </c>
       <c r="H431" t="s">
         <v>21</v>
       </c>
       <c r="I431" t="s">
         <v>21</v>
       </c>
       <c r="J431" t="s">
         <v>22</v>
       </c>
       <c r="K431" t="s">
         <v>22</v>
       </c>
       <c r="L431" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
       <c r="M431">
         <v>-4.1060299000000002</v>
       </c>
       <c r="N431">
         <v>40.940480000000001</v>
       </c>
       <c r="O431" t="s">
         <v>24</v>
       </c>
       <c r="P431" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="432" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A432" t="s">
         <v>16</v>
       </c>
       <c r="B432" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C432" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="D432" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="E432">
-        <v>40005</v>
+        <v>401940000</v>
       </c>
       <c r="F432" t="s">
         <v>26</v>
       </c>
       <c r="G432" t="s">
         <v>21</v>
       </c>
       <c r="H432" t="s">
         <v>22</v>
       </c>
       <c r="I432" t="s">
         <v>22</v>
       </c>
       <c r="J432" t="s">
         <v>22</v>
       </c>
       <c r="K432" t="s">
         <v>22</v>
       </c>
       <c r="L432" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
       <c r="M432">
         <v>-4.1201089399999997</v>
       </c>
       <c r="N432">
         <v>40.94968703</v>
       </c>
       <c r="O432" t="s">
         <v>24</v>
       </c>
       <c r="P432" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="433" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A433" t="s">
         <v>16</v>
       </c>
       <c r="B433" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C433" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="D433" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="E433">
-        <v>40005</v>
+        <v>401940000</v>
       </c>
       <c r="F433" t="s">
         <v>20</v>
       </c>
       <c r="G433" t="s">
         <v>21</v>
       </c>
       <c r="H433" t="s">
         <v>21</v>
       </c>
       <c r="I433" t="s">
         <v>21</v>
       </c>
       <c r="J433" t="s">
         <v>22</v>
       </c>
       <c r="K433" t="s">
         <v>22</v>
       </c>
       <c r="L433" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
       <c r="M433">
         <v>-4.1186306899999998</v>
       </c>
       <c r="N433">
         <v>40.947278240000003</v>
       </c>
       <c r="O433" t="s">
         <v>24</v>
       </c>
       <c r="P433" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="434" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A434" t="s">
         <v>16</v>
       </c>
       <c r="B434" t="s">
         <v>64</v>
       </c>
       <c r="C434" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D434" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="E434">
-        <v>41003</v>
+        <v>410910000</v>
       </c>
       <c r="F434" t="s">
         <v>26</v>
       </c>
       <c r="G434" t="s">
         <v>21</v>
       </c>
       <c r="H434" t="s">
         <v>22</v>
       </c>
       <c r="I434" t="s">
         <v>22</v>
       </c>
       <c r="J434" t="s">
         <v>22</v>
       </c>
       <c r="K434" t="s">
         <v>22</v>
       </c>
       <c r="L434" t="s">
-        <v>488</v>
+        <v>480</v>
       </c>
       <c r="M434">
         <v>-5.98556401</v>
       </c>
       <c r="N434">
         <v>37.402351359999997</v>
       </c>
       <c r="O434" t="s">
         <v>24</v>
       </c>
       <c r="P434" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="435" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A435" t="s">
         <v>16</v>
       </c>
       <c r="B435" t="s">
         <v>64</v>
       </c>
       <c r="C435" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D435" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="E435">
-        <v>41011</v>
+        <v>410910000</v>
       </c>
       <c r="F435" t="s">
         <v>26</v>
       </c>
       <c r="G435" t="s">
         <v>21</v>
       </c>
       <c r="H435" t="s">
         <v>22</v>
       </c>
       <c r="I435" t="s">
         <v>22</v>
       </c>
       <c r="J435" t="s">
         <v>22</v>
       </c>
       <c r="K435" t="s">
         <v>22</v>
       </c>
       <c r="L435" t="s">
-        <v>489</v>
+        <v>481</v>
       </c>
       <c r="M435">
         <v>-6.0000857999999999</v>
       </c>
       <c r="N435">
         <v>37.377807599999997</v>
       </c>
       <c r="O435" t="s">
         <v>24</v>
       </c>
       <c r="P435" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="436" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A436" t="s">
         <v>16</v>
       </c>
       <c r="B436" t="s">
         <v>64</v>
       </c>
       <c r="C436" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D436" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="E436">
-        <v>41011</v>
+        <v>410910000</v>
       </c>
       <c r="F436" t="s">
         <v>20</v>
       </c>
       <c r="G436" t="s">
         <v>21</v>
       </c>
       <c r="H436" t="s">
         <v>21</v>
       </c>
       <c r="I436" t="s">
         <v>21</v>
       </c>
       <c r="J436" t="s">
         <v>22</v>
       </c>
       <c r="K436" t="s">
         <v>22</v>
       </c>
       <c r="L436" t="s">
-        <v>489</v>
+        <v>481</v>
       </c>
       <c r="M436">
         <v>-6.0000857999999999</v>
       </c>
       <c r="N436">
         <v>37.377807599999997</v>
       </c>
       <c r="O436" t="s">
         <v>24</v>
       </c>
       <c r="P436" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="437" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A437" t="s">
         <v>16</v>
       </c>
       <c r="B437" t="s">
         <v>64</v>
       </c>
       <c r="C437" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D437" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="E437">
-        <v>41013</v>
+        <v>410910000</v>
       </c>
       <c r="F437" t="s">
         <v>20</v>
       </c>
       <c r="G437" t="s">
         <v>21</v>
       </c>
       <c r="H437" t="s">
         <v>21</v>
       </c>
       <c r="I437" t="s">
         <v>21</v>
       </c>
       <c r="J437" t="s">
         <v>22</v>
       </c>
       <c r="K437" t="s">
         <v>22</v>
       </c>
       <c r="L437" t="s">
-        <v>490</v>
+        <v>482</v>
       </c>
       <c r="M437">
         <v>-5.9807232199999998</v>
       </c>
       <c r="N437">
         <v>37.392210660000003</v>
       </c>
       <c r="O437" t="s">
         <v>24</v>
       </c>
       <c r="P437" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="438" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A438" t="s">
         <v>16</v>
       </c>
       <c r="B438" t="s">
         <v>64</v>
       </c>
       <c r="C438" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D438" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="E438">
-        <v>41013</v>
+        <v>410910000</v>
       </c>
       <c r="F438" t="s">
         <v>26</v>
       </c>
       <c r="G438" t="s">
         <v>21</v>
       </c>
       <c r="H438" t="s">
         <v>22</v>
       </c>
       <c r="I438" t="s">
         <v>22</v>
       </c>
       <c r="J438" t="s">
         <v>22</v>
       </c>
       <c r="K438" t="s">
         <v>22</v>
       </c>
       <c r="L438" t="s">
-        <v>491</v>
+        <v>483</v>
       </c>
       <c r="M438">
         <v>-5.9807232199999998</v>
       </c>
       <c r="N438">
         <v>37.392210660000003</v>
       </c>
       <c r="O438" t="s">
         <v>24</v>
       </c>
       <c r="P438" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="439" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A439" t="s">
         <v>16</v>
       </c>
       <c r="B439" t="s">
         <v>64</v>
       </c>
       <c r="C439" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D439" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="E439">
-        <v>41018</v>
+        <v>410910000</v>
       </c>
       <c r="F439" t="s">
         <v>26</v>
       </c>
       <c r="G439" t="s">
         <v>21</v>
       </c>
       <c r="H439" t="s">
         <v>22</v>
       </c>
       <c r="I439" t="s">
         <v>22</v>
       </c>
       <c r="J439" t="s">
         <v>22</v>
       </c>
       <c r="K439" t="s">
         <v>22</v>
       </c>
       <c r="L439" t="s">
-        <v>492</v>
+        <v>484</v>
       </c>
       <c r="M439">
         <v>-5.97741144</v>
       </c>
       <c r="N439">
         <v>37.388428670000003</v>
       </c>
       <c r="O439" t="s">
         <v>24</v>
       </c>
       <c r="P439" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="440" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A440" t="s">
         <v>16</v>
       </c>
       <c r="B440" t="s">
         <v>64</v>
       </c>
       <c r="C440" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D440" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="E440">
-        <v>41018</v>
+        <v>410910000</v>
       </c>
       <c r="F440" t="s">
         <v>20</v>
       </c>
       <c r="G440" t="s">
         <v>21</v>
       </c>
       <c r="H440" t="s">
         <v>21</v>
       </c>
       <c r="I440" t="s">
         <v>21</v>
       </c>
       <c r="J440" t="s">
         <v>22</v>
       </c>
       <c r="K440" t="s">
         <v>22</v>
       </c>
       <c r="L440" t="s">
-        <v>492</v>
+        <v>484</v>
       </c>
       <c r="M440">
         <v>-5.9763899</v>
       </c>
       <c r="N440">
         <v>37.389320400000003</v>
       </c>
       <c r="O440" t="s">
         <v>24</v>
       </c>
       <c r="P440" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="441" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A441" t="s">
         <v>16</v>
       </c>
       <c r="B441" t="s">
         <v>64</v>
       </c>
       <c r="C441" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D441" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="E441">
-        <v>41018</v>
+        <v>410910000</v>
       </c>
       <c r="F441" t="s">
         <v>28</v>
       </c>
       <c r="G441" t="s">
         <v>21</v>
       </c>
       <c r="H441" t="s">
         <v>21</v>
       </c>
       <c r="I441" t="s">
         <v>21</v>
       </c>
       <c r="J441" t="s">
         <v>22</v>
       </c>
       <c r="K441" t="s">
         <v>22</v>
       </c>
       <c r="L441" t="s">
-        <v>492</v>
+        <v>484</v>
       </c>
       <c r="M441">
         <v>-5.9752621499999998</v>
       </c>
       <c r="N441">
         <v>37.389762300000001</v>
       </c>
       <c r="O441" t="s">
         <v>24</v>
       </c>
       <c r="P441" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="442" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A442" t="s">
         <v>16</v>
       </c>
       <c r="B442" t="s">
         <v>64</v>
       </c>
       <c r="C442" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D442" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="E442">
-        <v>41018</v>
+        <v>410910000</v>
       </c>
       <c r="F442" t="s">
         <v>27</v>
       </c>
       <c r="G442" t="s">
         <v>21</v>
       </c>
       <c r="H442" t="s">
         <v>21</v>
       </c>
       <c r="I442" t="s">
         <v>21</v>
       </c>
       <c r="J442" t="s">
         <v>22</v>
       </c>
       <c r="K442" t="s">
         <v>22</v>
       </c>
       <c r="L442" t="s">
-        <v>493</v>
+        <v>485</v>
       </c>
       <c r="M442">
         <v>-5.97741144</v>
       </c>
       <c r="N442">
         <v>37.388428670000003</v>
       </c>
       <c r="O442" t="s">
         <v>24</v>
       </c>
       <c r="P442" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="443" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A443" t="s">
         <v>16</v>
       </c>
       <c r="B443" t="s">
         <v>64</v>
       </c>
       <c r="C443" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D443" t="s">
-        <v>494</v>
+        <v>486</v>
       </c>
       <c r="E443">
-        <v>41500</v>
+        <v>410040000</v>
       </c>
       <c r="F443" t="s">
         <v>20</v>
       </c>
       <c r="G443" t="s">
         <v>21</v>
       </c>
       <c r="H443" t="s">
         <v>21</v>
       </c>
       <c r="I443" t="s">
         <v>21</v>
       </c>
       <c r="J443" t="s">
         <v>22</v>
       </c>
       <c r="K443" t="s">
         <v>22</v>
       </c>
       <c r="L443" t="s">
-        <v>495</v>
+        <v>487</v>
       </c>
       <c r="M443">
         <v>-5.8504696699999998</v>
       </c>
       <c r="N443">
         <v>37.335332100000002</v>
       </c>
       <c r="O443" t="s">
         <v>24</v>
       </c>
       <c r="P443" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="444" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A444" t="s">
         <v>16</v>
       </c>
       <c r="B444" t="s">
         <v>64</v>
       </c>
       <c r="C444" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D444" t="s">
-        <v>494</v>
+        <v>486</v>
       </c>
       <c r="E444">
-        <v>41500</v>
+        <v>410040000</v>
       </c>
       <c r="F444" t="s">
         <v>26</v>
       </c>
       <c r="G444" t="s">
         <v>21</v>
       </c>
       <c r="H444" t="s">
         <v>22</v>
       </c>
       <c r="I444" t="s">
         <v>22</v>
       </c>
       <c r="J444" t="s">
         <v>22</v>
       </c>
       <c r="K444" t="s">
         <v>22</v>
       </c>
       <c r="L444" t="s">
-        <v>495</v>
+        <v>487</v>
       </c>
       <c r="M444">
         <v>-5.8504696699999998</v>
       </c>
       <c r="N444">
         <v>37.335332100000002</v>
       </c>
       <c r="O444" t="s">
         <v>24</v>
       </c>
       <c r="P444" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="445" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A445" t="s">
         <v>16</v>
       </c>
       <c r="B445" t="s">
         <v>64</v>
       </c>
       <c r="C445" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D445" t="s">
-        <v>496</v>
+        <v>488</v>
       </c>
       <c r="E445">
-        <v>41640</v>
+        <v>410680000</v>
       </c>
       <c r="F445" t="s">
         <v>20</v>
       </c>
       <c r="G445" t="s">
         <v>21</v>
       </c>
       <c r="H445" t="s">
         <v>21</v>
       </c>
       <c r="I445" t="s">
         <v>21</v>
       </c>
       <c r="J445" t="s">
         <v>22</v>
       </c>
       <c r="K445" t="s">
         <v>22</v>
       </c>
       <c r="L445" t="s">
-        <v>497</v>
+        <v>489</v>
       </c>
       <c r="M445">
         <v>-5.1015731000000004</v>
       </c>
       <c r="N445">
         <v>37.238615539999998</v>
       </c>
       <c r="O445" t="s">
         <v>24</v>
       </c>
       <c r="P445" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="446" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A446" t="s">
         <v>16</v>
       </c>
       <c r="B446" t="s">
         <v>64</v>
       </c>
       <c r="C446" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D446" t="s">
-        <v>496</v>
+        <v>488</v>
       </c>
       <c r="E446">
-        <v>41640</v>
+        <v>410680000</v>
       </c>
       <c r="F446" t="s">
         <v>26</v>
       </c>
       <c r="G446" t="s">
         <v>21</v>
       </c>
       <c r="H446" t="s">
         <v>22</v>
       </c>
       <c r="I446" t="s">
         <v>22</v>
       </c>
       <c r="J446" t="s">
         <v>22</v>
       </c>
       <c r="K446" t="s">
         <v>22</v>
       </c>
       <c r="L446" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="M446">
         <v>-5.1016391900000002</v>
       </c>
       <c r="N446">
         <v>37.23896585</v>
       </c>
       <c r="O446" t="s">
         <v>24</v>
       </c>
       <c r="P446" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="447" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A447" t="s">
         <v>16</v>
       </c>
       <c r="B447" t="s">
         <v>64</v>
       </c>
       <c r="C447" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D447" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="E447">
-        <v>41700</v>
+        <v>410380000</v>
       </c>
       <c r="F447" t="s">
         <v>26</v>
       </c>
       <c r="G447" t="s">
         <v>21</v>
       </c>
       <c r="H447" t="s">
         <v>22</v>
       </c>
       <c r="I447" t="s">
         <v>22</v>
       </c>
       <c r="J447" t="s">
         <v>22</v>
       </c>
       <c r="K447" t="s">
         <v>22</v>
       </c>
       <c r="L447" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="M447">
         <v>-5.9292656299999997</v>
       </c>
       <c r="N447">
         <v>37.284928260000001</v>
       </c>
       <c r="O447" t="s">
         <v>24</v>
       </c>
       <c r="P447" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="448" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A448" t="s">
         <v>16</v>
       </c>
       <c r="B448" t="s">
         <v>64</v>
       </c>
       <c r="C448" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D448" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="E448">
-        <v>41700</v>
+        <v>410380000</v>
       </c>
       <c r="F448" t="s">
         <v>20</v>
       </c>
       <c r="G448" t="s">
         <v>21</v>
       </c>
       <c r="H448" t="s">
         <v>21</v>
       </c>
       <c r="I448" t="s">
         <v>21</v>
       </c>
       <c r="J448" t="s">
         <v>22</v>
       </c>
       <c r="K448" t="s">
         <v>22</v>
       </c>
       <c r="L448" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="M448">
         <v>-5.9292656299999997</v>
       </c>
       <c r="N448">
         <v>37.284928260000001</v>
       </c>
       <c r="O448" t="s">
         <v>24</v>
       </c>
       <c r="P448" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="449" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A449" t="s">
         <v>16</v>
       </c>
       <c r="B449" t="s">
         <v>64</v>
       </c>
       <c r="C449" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D449" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="E449">
-        <v>41800</v>
+        <v>410870000</v>
       </c>
       <c r="F449" t="s">
         <v>20</v>
       </c>
       <c r="G449" t="s">
         <v>21</v>
       </c>
       <c r="H449" t="s">
         <v>21</v>
       </c>
       <c r="I449" t="s">
         <v>21</v>
       </c>
       <c r="J449" t="s">
         <v>22</v>
       </c>
       <c r="K449" t="s">
         <v>22</v>
       </c>
       <c r="L449" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="M449">
         <v>-6.2072799999999999</v>
       </c>
       <c r="N449">
         <v>37.386319999999998</v>
       </c>
       <c r="O449" t="s">
         <v>24</v>
       </c>
       <c r="P449" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="450" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A450" t="s">
         <v>16</v>
       </c>
       <c r="B450" t="s">
         <v>64</v>
       </c>
       <c r="C450" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="D450" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="E450">
-        <v>41800</v>
+        <v>410870000</v>
       </c>
       <c r="F450" t="s">
         <v>26</v>
       </c>
       <c r="G450" t="s">
         <v>21</v>
       </c>
       <c r="H450" t="s">
         <v>22</v>
       </c>
       <c r="I450" t="s">
         <v>22</v>
       </c>
       <c r="J450" t="s">
         <v>22</v>
       </c>
       <c r="K450" t="s">
         <v>22</v>
       </c>
       <c r="L450" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c r="M450">
         <v>-6.2072799999999999</v>
       </c>
       <c r="N450">
         <v>37.386319999999998</v>
       </c>
       <c r="O450" t="s">
         <v>24</v>
       </c>
       <c r="P450" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="451" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A451" t="s">
         <v>16</v>
       </c>
       <c r="B451" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C451" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="D451" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="E451">
-        <v>42001</v>
+        <v>421730000</v>
       </c>
       <c r="F451" t="s">
         <v>28</v>
       </c>
       <c r="G451" t="s">
         <v>21</v>
       </c>
       <c r="H451" t="s">
         <v>21</v>
       </c>
       <c r="I451" t="s">
         <v>22</v>
       </c>
       <c r="J451" t="s">
         <v>22</v>
       </c>
       <c r="K451" t="s">
         <v>22</v>
       </c>
       <c r="L451" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="M451">
         <v>-2.4710941700000002</v>
       </c>
       <c r="N451">
         <v>41.765646289999999</v>
       </c>
       <c r="O451" t="s">
         <v>24</v>
       </c>
       <c r="P451" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="452" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A452" t="s">
         <v>16</v>
       </c>
       <c r="B452" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C452" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="D452" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="E452">
-        <v>42001</v>
+        <v>421730000</v>
       </c>
       <c r="F452" t="s">
         <v>26</v>
       </c>
       <c r="G452" t="s">
         <v>21</v>
       </c>
       <c r="H452" t="s">
         <v>22</v>
       </c>
       <c r="I452" t="s">
         <v>22</v>
       </c>
       <c r="J452" t="s">
         <v>22</v>
       </c>
       <c r="K452" t="s">
         <v>22</v>
       </c>
       <c r="L452" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="M452">
         <v>-2.6725663200000001</v>
       </c>
       <c r="N452">
         <v>42.843226770000001</v>
       </c>
       <c r="O452" t="s">
         <v>24</v>
       </c>
       <c r="P452" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="453" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A453" t="s">
         <v>16</v>
       </c>
       <c r="B453" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C453" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="D453" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="E453">
-        <v>42001</v>
+        <v>421730000</v>
       </c>
       <c r="F453" t="s">
         <v>27</v>
       </c>
       <c r="G453" t="s">
         <v>21</v>
       </c>
       <c r="H453" t="s">
         <v>21</v>
       </c>
       <c r="I453" t="s">
         <v>21</v>
       </c>
       <c r="J453" t="s">
         <v>22</v>
       </c>
       <c r="K453" t="s">
         <v>22</v>
       </c>
       <c r="L453" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="M453">
         <v>-2.4710941700000002</v>
       </c>
       <c r="N453">
         <v>41.765646289999999</v>
       </c>
       <c r="O453" t="s">
         <v>24</v>
       </c>
       <c r="P453" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="454" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A454" t="s">
         <v>16</v>
       </c>
       <c r="B454" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C454" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="D454" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="E454">
-        <v>42003</v>
+        <v>421730000</v>
       </c>
       <c r="F454" t="s">
         <v>20</v>
       </c>
       <c r="G454" t="s">
         <v>21</v>
       </c>
       <c r="H454" t="s">
         <v>21</v>
       </c>
       <c r="I454" t="s">
         <v>21</v>
       </c>
       <c r="J454" t="s">
         <v>22</v>
       </c>
       <c r="K454" t="s">
         <v>22</v>
       </c>
       <c r="L454" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="M454">
         <v>-2.4692056600000001</v>
       </c>
       <c r="N454">
         <v>41.76123321</v>
       </c>
       <c r="O454" t="s">
         <v>24</v>
       </c>
       <c r="P454" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="455" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A455" t="s">
         <v>16</v>
       </c>
       <c r="B455" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C455" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="D455" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="E455">
-        <v>43003</v>
+        <v>431480000</v>
       </c>
       <c r="F455" t="s">
         <v>28</v>
       </c>
       <c r="G455" t="s">
         <v>21</v>
       </c>
       <c r="H455" t="s">
         <v>21</v>
       </c>
       <c r="I455" t="s">
         <v>21</v>
       </c>
       <c r="J455" t="s">
         <v>22</v>
       </c>
       <c r="K455" t="s">
         <v>22</v>
       </c>
       <c r="L455" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="M455">
         <v>1.25845278</v>
       </c>
       <c r="N455">
         <v>41.119130929999997</v>
       </c>
       <c r="O455" t="s">
         <v>24</v>
       </c>
       <c r="P455" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="456" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A456" t="s">
         <v>16</v>
       </c>
       <c r="B456" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C456" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="D456" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="E456">
-        <v>43003</v>
+        <v>431480000</v>
       </c>
       <c r="F456" t="s">
         <v>26</v>
       </c>
       <c r="G456" t="s">
         <v>21</v>
       </c>
       <c r="H456" t="s">
         <v>22</v>
       </c>
       <c r="I456" t="s">
         <v>22</v>
       </c>
       <c r="J456" t="s">
         <v>22</v>
       </c>
       <c r="K456" t="s">
         <v>22</v>
       </c>
       <c r="L456" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="M456">
         <v>1.2428945300000001</v>
       </c>
       <c r="N456">
         <v>41.118463390000002</v>
       </c>
       <c r="O456" t="s">
         <v>24</v>
       </c>
       <c r="P456" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="457" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A457" t="s">
         <v>16</v>
       </c>
       <c r="B457" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C457" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="D457" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="E457">
-        <v>43003</v>
+        <v>431480000</v>
       </c>
       <c r="F457" t="s">
         <v>20</v>
       </c>
       <c r="G457" t="s">
         <v>21</v>
       </c>
       <c r="H457" t="s">
         <v>21</v>
       </c>
       <c r="I457" t="s">
         <v>21</v>
       </c>
       <c r="J457" t="s">
         <v>22</v>
       </c>
       <c r="K457" t="s">
         <v>22</v>
       </c>
       <c r="L457" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="M457">
         <v>1.2509212999999999</v>
       </c>
       <c r="N457">
         <v>41.116083500000002</v>
       </c>
       <c r="O457" t="s">
         <v>24</v>
       </c>
       <c r="P457" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="458" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A458" t="s">
         <v>16</v>
       </c>
       <c r="B458" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C458" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="D458" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="E458">
-        <v>43003</v>
+        <v>431480000</v>
       </c>
       <c r="F458" t="s">
         <v>27</v>
       </c>
       <c r="G458" t="s">
         <v>21</v>
       </c>
       <c r="H458" t="s">
         <v>21</v>
       </c>
       <c r="I458" t="s">
         <v>21</v>
       </c>
       <c r="J458" t="s">
         <v>22</v>
       </c>
       <c r="K458" t="s">
         <v>22</v>
       </c>
       <c r="L458" t="s">
         <v>45</v>
       </c>
       <c r="M458">
         <v>0</v>
       </c>
       <c r="N458">
         <v>0</v>
       </c>
       <c r="O458" t="s">
         <v>24</v>
       </c>
       <c r="P458" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="459" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A459" t="s">
         <v>16</v>
       </c>
       <c r="B459" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C459" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="D459" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="E459">
-        <v>43005</v>
+        <v>431480000</v>
       </c>
       <c r="F459" t="s">
         <v>26</v>
       </c>
       <c r="G459" t="s">
         <v>21</v>
       </c>
       <c r="H459" t="s">
         <v>22</v>
       </c>
       <c r="I459" t="s">
         <v>22</v>
       </c>
       <c r="J459" t="s">
         <v>22</v>
       </c>
       <c r="K459" t="s">
         <v>22</v>
       </c>
       <c r="L459" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="M459">
         <v>1.2428945300000001</v>
       </c>
       <c r="N459">
         <v>41.118463390000002</v>
       </c>
       <c r="O459" t="s">
         <v>24</v>
       </c>
       <c r="P459" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="460" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A460" t="s">
         <v>16</v>
       </c>
       <c r="B460" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C460" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="D460" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="E460">
-        <v>43005</v>
+        <v>431480000</v>
       </c>
       <c r="F460" t="s">
         <v>20</v>
       </c>
       <c r="G460" t="s">
         <v>21</v>
       </c>
       <c r="H460" t="s">
         <v>21</v>
       </c>
       <c r="I460" t="s">
         <v>21</v>
       </c>
       <c r="J460" t="s">
         <v>22</v>
       </c>
       <c r="K460" t="s">
         <v>22</v>
       </c>
       <c r="L460" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="M460">
         <v>1.24582674</v>
       </c>
       <c r="N460">
         <v>41.11611302</v>
       </c>
       <c r="O460" t="s">
         <v>24</v>
       </c>
       <c r="P460" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="461" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A461" t="s">
         <v>16</v>
       </c>
       <c r="B461" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C461" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="D461" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="E461">
-        <v>43202</v>
+        <v>431230000</v>
       </c>
       <c r="F461" t="s">
         <v>20</v>
       </c>
       <c r="G461" t="s">
         <v>21</v>
       </c>
       <c r="H461" t="s">
         <v>21</v>
       </c>
       <c r="I461" t="s">
         <v>21</v>
       </c>
       <c r="J461" t="s">
         <v>22</v>
       </c>
       <c r="K461" t="s">
         <v>22</v>
       </c>
       <c r="L461" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="M461">
         <v>1.10962501</v>
       </c>
       <c r="N461">
         <v>41.163752539999997</v>
       </c>
       <c r="O461" t="s">
         <v>24</v>
       </c>
       <c r="P461" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="462" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A462" t="s">
         <v>16</v>
       </c>
       <c r="B462" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C462" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="D462" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="E462">
-        <v>43202</v>
+        <v>431230000</v>
       </c>
       <c r="F462" t="s">
         <v>26</v>
       </c>
       <c r="G462" t="s">
         <v>21</v>
       </c>
       <c r="H462" t="s">
         <v>22</v>
       </c>
       <c r="I462" t="s">
         <v>22</v>
       </c>
       <c r="J462" t="s">
         <v>22</v>
       </c>
       <c r="K462" t="s">
         <v>22</v>
       </c>
       <c r="L462" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="M462">
         <v>1.10962501</v>
       </c>
       <c r="N462">
         <v>41.163752539999997</v>
       </c>
       <c r="O462" t="s">
         <v>24</v>
       </c>
       <c r="P462" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="463" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A463" t="s">
         <v>16</v>
       </c>
       <c r="B463" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C463" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="D463" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
       <c r="E463">
-        <v>43500</v>
+        <v>431550000</v>
       </c>
       <c r="F463" t="s">
         <v>20</v>
       </c>
       <c r="G463" t="s">
         <v>21</v>
       </c>
       <c r="H463" t="s">
         <v>21</v>
       </c>
       <c r="I463" t="s">
         <v>21</v>
       </c>
       <c r="J463" t="s">
         <v>22</v>
       </c>
       <c r="K463" t="s">
         <v>22</v>
       </c>
       <c r="L463" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="M463">
         <v>0.52230010999999998</v>
       </c>
       <c r="N463">
         <v>40.804656319999999</v>
       </c>
       <c r="O463" t="s">
         <v>24</v>
       </c>
       <c r="P463" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="464" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A464" t="s">
         <v>16</v>
       </c>
       <c r="B464" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C464" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="D464" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
       <c r="E464">
-        <v>43500</v>
+        <v>431550000</v>
       </c>
       <c r="F464" t="s">
         <v>26</v>
       </c>
       <c r="G464" t="s">
         <v>21</v>
       </c>
       <c r="H464" t="s">
         <v>22</v>
       </c>
       <c r="I464" t="s">
         <v>22</v>
       </c>
       <c r="J464" t="s">
         <v>22</v>
       </c>
       <c r="K464" t="s">
         <v>22</v>
       </c>
       <c r="L464" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="M464">
         <v>0.52230010999999998</v>
       </c>
       <c r="N464">
         <v>40.804656319999999</v>
       </c>
       <c r="O464" t="s">
         <v>24</v>
       </c>
       <c r="P464" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="465" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A465" t="s">
         <v>16</v>
       </c>
       <c r="B465" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C465" t="s">
+        <v>499</v>
+      </c>
+      <c r="D465" t="s">
         <v>507</v>
       </c>
-      <c r="D465" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E465">
-        <v>43700</v>
+        <v>431630000</v>
       </c>
       <c r="F465" t="s">
         <v>20</v>
       </c>
       <c r="G465" t="s">
         <v>21</v>
       </c>
       <c r="H465" t="s">
         <v>21</v>
       </c>
       <c r="I465" t="s">
         <v>21</v>
       </c>
       <c r="J465" t="s">
         <v>22</v>
       </c>
       <c r="K465" t="s">
         <v>22</v>
       </c>
       <c r="L465" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
       <c r="M465">
         <v>1.5312935700000001</v>
       </c>
       <c r="N465">
         <v>41.22463922</v>
       </c>
       <c r="O465" t="s">
         <v>24</v>
       </c>
       <c r="P465" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="466" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A466" t="s">
         <v>16</v>
       </c>
       <c r="B466" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C466" t="s">
+        <v>499</v>
+      </c>
+      <c r="D466" t="s">
         <v>507</v>
       </c>
-      <c r="D466" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E466">
-        <v>43700</v>
+        <v>431630000</v>
       </c>
       <c r="F466" t="s">
         <v>26</v>
       </c>
       <c r="G466" t="s">
         <v>21</v>
       </c>
       <c r="H466" t="s">
         <v>22</v>
       </c>
       <c r="I466" t="s">
         <v>22</v>
       </c>
       <c r="J466" t="s">
         <v>22</v>
       </c>
       <c r="K466" t="s">
         <v>22</v>
       </c>
       <c r="L466" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
       <c r="M466">
         <v>1.5312935700000001</v>
       </c>
       <c r="N466">
         <v>41.22463922</v>
       </c>
       <c r="O466" t="s">
         <v>24</v>
       </c>
       <c r="P466" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="467" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A467" t="s">
         <v>16</v>
       </c>
       <c r="B467" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C467" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="D467" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="E467">
-        <v>44001</v>
+        <v>442160000</v>
       </c>
       <c r="F467" t="s">
         <v>27</v>
       </c>
       <c r="G467" t="s">
         <v>21</v>
       </c>
       <c r="H467" t="s">
         <v>21</v>
       </c>
       <c r="I467" t="s">
         <v>21</v>
       </c>
       <c r="J467" t="s">
         <v>22</v>
       </c>
       <c r="K467" t="s">
         <v>21</v>
       </c>
       <c r="L467" t="s">
         <v>45</v>
       </c>
       <c r="M467">
         <v>0</v>
       </c>
       <c r="N467">
         <v>0</v>
       </c>
       <c r="O467" t="s">
         <v>24</v>
       </c>
       <c r="P467" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="468" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A468" t="s">
         <v>16</v>
       </c>
       <c r="B468" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C468" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="D468" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="E468">
-        <v>44002</v>
+        <v>442160000</v>
       </c>
       <c r="F468" t="s">
         <v>28</v>
       </c>
       <c r="G468" t="s">
         <v>21</v>
       </c>
       <c r="H468" t="s">
         <v>21</v>
       </c>
       <c r="I468" t="s">
         <v>22</v>
       </c>
       <c r="J468" t="s">
         <v>22</v>
       </c>
       <c r="K468" t="s">
         <v>22</v>
       </c>
       <c r="L468" t="s">
-        <v>518</v>
+        <v>510</v>
       </c>
       <c r="M468">
         <v>-1.0884197499999999</v>
       </c>
       <c r="N468">
         <v>40.330576270000002</v>
       </c>
       <c r="O468" t="s">
         <v>24</v>
       </c>
       <c r="P468" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="469" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A469" t="s">
         <v>16</v>
       </c>
       <c r="B469" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C469" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="D469" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="E469">
-        <v>44002</v>
+        <v>442160000</v>
       </c>
       <c r="F469" t="s">
         <v>26</v>
       </c>
       <c r="G469" t="s">
         <v>21</v>
       </c>
       <c r="H469" t="s">
         <v>22</v>
       </c>
       <c r="I469" t="s">
         <v>22</v>
       </c>
       <c r="J469" t="s">
         <v>22</v>
       </c>
       <c r="K469" t="s">
         <v>22</v>
       </c>
       <c r="L469" t="s">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="M469">
         <v>-1.0884197499999999</v>
       </c>
       <c r="N469">
         <v>40.330576270000002</v>
       </c>
       <c r="O469" t="s">
         <v>24</v>
       </c>
       <c r="P469" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="470" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A470" t="s">
         <v>16</v>
       </c>
       <c r="B470" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C470" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="D470" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="E470">
-        <v>44002</v>
+        <v>442160000</v>
       </c>
       <c r="F470" t="s">
         <v>20</v>
       </c>
       <c r="G470" t="s">
         <v>21</v>
       </c>
       <c r="H470" t="s">
         <v>21</v>
       </c>
       <c r="I470" t="s">
         <v>21</v>
       </c>
       <c r="J470" t="s">
         <v>22</v>
       </c>
       <c r="K470" t="s">
         <v>22</v>
       </c>
       <c r="L470" t="s">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="M470">
         <v>-1.0884197499999999</v>
       </c>
       <c r="N470">
         <v>40.330576270000002</v>
       </c>
       <c r="O470" t="s">
         <v>24</v>
       </c>
       <c r="P470" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="471" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A471" t="s">
         <v>16</v>
       </c>
       <c r="B471" t="s">
         <v>31</v>
       </c>
       <c r="C471" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="D471" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="E471">
-        <v>45001</v>
+        <v>451680000</v>
       </c>
       <c r="F471" t="s">
         <v>28</v>
       </c>
       <c r="G471" t="s">
         <v>21</v>
       </c>
       <c r="H471" t="s">
         <v>21</v>
       </c>
       <c r="I471" t="s">
         <v>22</v>
       </c>
       <c r="J471" t="s">
         <v>22</v>
       </c>
       <c r="K471" t="s">
         <v>22</v>
       </c>
       <c r="L471" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="M471">
         <v>-4.0218073199999997</v>
       </c>
       <c r="N471">
         <v>39.86038696</v>
       </c>
       <c r="O471" t="s">
         <v>24</v>
       </c>
       <c r="P471" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="472" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A472" t="s">
         <v>16</v>
       </c>
       <c r="B472" t="s">
         <v>31</v>
       </c>
       <c r="C472" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="D472" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="E472">
-        <v>45001</v>
+        <v>451680000</v>
       </c>
       <c r="F472" t="s">
         <v>26</v>
       </c>
       <c r="G472" t="s">
         <v>21</v>
       </c>
       <c r="H472" t="s">
         <v>22</v>
       </c>
       <c r="I472" t="s">
         <v>22</v>
       </c>
       <c r="J472" t="s">
         <v>22</v>
       </c>
       <c r="K472" t="s">
         <v>22</v>
       </c>
       <c r="L472" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="M472">
         <v>-4.0218073199999997</v>
       </c>
       <c r="N472">
         <v>39.86038696</v>
       </c>
       <c r="O472" t="s">
         <v>24</v>
       </c>
       <c r="P472" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="473" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A473" t="s">
         <v>16</v>
       </c>
       <c r="B473" t="s">
         <v>31</v>
       </c>
       <c r="C473" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="D473" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="E473">
-        <v>45001</v>
+        <v>451680000</v>
       </c>
       <c r="F473" t="s">
         <v>27</v>
       </c>
       <c r="G473" t="s">
         <v>21</v>
       </c>
       <c r="H473" t="s">
         <v>21</v>
       </c>
       <c r="I473" t="s">
         <v>21</v>
       </c>
       <c r="J473" t="s">
         <v>22</v>
       </c>
       <c r="K473" t="s">
         <v>22</v>
       </c>
       <c r="L473" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="M473">
         <v>-4.0218073199999997</v>
       </c>
       <c r="N473">
         <v>39.86038696</v>
       </c>
       <c r="O473" t="s">
         <v>24</v>
       </c>
       <c r="P473" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="474" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A474" t="s">
         <v>16</v>
       </c>
       <c r="B474" t="s">
         <v>31</v>
       </c>
       <c r="C474" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="D474" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="E474">
-        <v>45001</v>
+        <v>451680000</v>
       </c>
       <c r="F474" t="s">
         <v>20</v>
       </c>
       <c r="G474" t="s">
         <v>21</v>
       </c>
       <c r="H474" t="s">
         <v>21</v>
       </c>
       <c r="I474" t="s">
         <v>21</v>
       </c>
       <c r="J474" t="s">
         <v>22</v>
       </c>
       <c r="K474" t="s">
         <v>22</v>
       </c>
       <c r="L474" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="M474">
         <v>-4.0218073199999997</v>
       </c>
       <c r="N474">
         <v>39.86038696</v>
       </c>
       <c r="O474" t="s">
         <v>24</v>
       </c>
       <c r="P474" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="475" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A475" t="s">
         <v>16</v>
       </c>
       <c r="B475" t="s">
         <v>31</v>
       </c>
       <c r="C475" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="D475" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="E475">
-        <v>45600</v>
+        <v>451650000</v>
       </c>
       <c r="F475" t="s">
         <v>26</v>
       </c>
       <c r="G475" t="s">
         <v>21</v>
       </c>
       <c r="H475" t="s">
         <v>22</v>
       </c>
       <c r="I475" t="s">
         <v>22</v>
       </c>
       <c r="J475" t="s">
         <v>22</v>
       </c>
       <c r="K475" t="s">
         <v>22</v>
       </c>
       <c r="L475" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
       <c r="M475">
         <v>-4.8293074899999997</v>
       </c>
       <c r="N475">
         <v>39.962776689999998</v>
       </c>
       <c r="O475" t="s">
         <v>24</v>
       </c>
       <c r="P475" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="476" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A476" t="s">
         <v>16</v>
       </c>
       <c r="B476" t="s">
         <v>31</v>
       </c>
       <c r="C476" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="D476" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="E476">
-        <v>45600</v>
+        <v>451650000</v>
       </c>
       <c r="F476" t="s">
         <v>20</v>
       </c>
       <c r="G476" t="s">
         <v>21</v>
       </c>
       <c r="H476" t="s">
         <v>21</v>
       </c>
       <c r="I476" t="s">
         <v>21</v>
       </c>
       <c r="J476" t="s">
         <v>22</v>
       </c>
       <c r="K476" t="s">
         <v>22</v>
       </c>
       <c r="L476" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="M476">
         <v>-4.8280000000000003</v>
       </c>
       <c r="N476">
         <v>39.968864410000002</v>
       </c>
       <c r="O476" t="s">
         <v>24</v>
       </c>
       <c r="P476" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="477" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A477" t="s">
         <v>16</v>
       </c>
       <c r="B477" t="s">
         <v>31</v>
       </c>
       <c r="C477" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="D477" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="E477">
-        <v>45710</v>
+        <v>450870000</v>
       </c>
       <c r="F477" t="s">
         <v>20</v>
       </c>
       <c r="G477" t="s">
         <v>21</v>
       </c>
       <c r="H477" t="s">
         <v>21</v>
       </c>
       <c r="I477" t="s">
         <v>21</v>
       </c>
       <c r="J477" t="s">
         <v>22</v>
       </c>
       <c r="K477" t="s">
         <v>22</v>
       </c>
       <c r="L477" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
       <c r="M477">
         <v>-3.5330157099999999</v>
       </c>
       <c r="N477">
         <v>39.46869435</v>
       </c>
       <c r="O477" t="s">
         <v>24</v>
       </c>
       <c r="P477" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="478" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A478" t="s">
         <v>16</v>
       </c>
       <c r="B478" t="s">
         <v>39</v>
       </c>
       <c r="C478" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D478" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="E478">
-        <v>46002</v>
+        <v>462500000</v>
       </c>
       <c r="F478" t="s">
         <v>27</v>
       </c>
       <c r="G478" t="s">
         <v>21</v>
       </c>
       <c r="H478" t="s">
         <v>21</v>
       </c>
       <c r="I478" t="s">
         <v>21</v>
       </c>
       <c r="J478" t="s">
         <v>22</v>
       </c>
       <c r="K478" t="s">
         <v>22</v>
       </c>
       <c r="L478" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="M478">
         <v>-0.37695065</v>
       </c>
       <c r="N478">
         <v>39.468576929999998</v>
       </c>
       <c r="O478" t="s">
         <v>24</v>
       </c>
       <c r="P478" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="479" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A479" t="s">
         <v>16</v>
       </c>
       <c r="B479" t="s">
         <v>39</v>
       </c>
       <c r="C479" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D479" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="E479">
-        <v>46002</v>
+        <v>462500000</v>
       </c>
       <c r="F479" t="s">
         <v>26</v>
       </c>
       <c r="G479" t="s">
         <v>21</v>
       </c>
       <c r="H479" t="s">
         <v>22</v>
       </c>
       <c r="I479" t="s">
         <v>22</v>
       </c>
       <c r="J479" t="s">
         <v>22</v>
       </c>
       <c r="K479" t="s">
         <v>22</v>
       </c>
       <c r="L479" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="M479">
         <v>-0.37708043000000002</v>
       </c>
       <c r="N479">
         <v>39.468525810000003</v>
       </c>
       <c r="O479" t="s">
         <v>24</v>
       </c>
       <c r="P479" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="480" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A480" t="s">
         <v>16</v>
       </c>
       <c r="B480" t="s">
         <v>39</v>
       </c>
       <c r="C480" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D480" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="E480">
-        <v>46004</v>
+        <v>462500000</v>
       </c>
       <c r="F480" t="s">
         <v>20</v>
       </c>
       <c r="G480" t="s">
         <v>21</v>
       </c>
       <c r="H480" t="s">
         <v>21</v>
       </c>
       <c r="I480" t="s">
         <v>21</v>
       </c>
       <c r="J480" t="s">
         <v>22</v>
       </c>
       <c r="K480" t="s">
         <v>22</v>
       </c>
       <c r="L480" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="M480">
         <v>-0.37469424000000001</v>
       </c>
       <c r="N480">
         <v>39.467381869999997</v>
       </c>
       <c r="O480" t="s">
         <v>24</v>
       </c>
       <c r="P480" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="481" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A481" t="s">
         <v>16</v>
       </c>
       <c r="B481" t="s">
         <v>39</v>
       </c>
       <c r="C481" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D481" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="E481">
-        <v>46004</v>
+        <v>462500000</v>
       </c>
       <c r="F481" t="s">
         <v>20</v>
       </c>
       <c r="G481" t="s">
         <v>21</v>
       </c>
       <c r="H481" t="s">
         <v>21</v>
       </c>
       <c r="I481" t="s">
         <v>21</v>
       </c>
       <c r="J481" t="s">
         <v>22</v>
       </c>
       <c r="K481" t="s">
         <v>22</v>
       </c>
       <c r="L481" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="M481">
         <v>-0.37058000000000002</v>
       </c>
       <c r="N481">
         <v>39.469978300000001</v>
       </c>
       <c r="O481" t="s">
         <v>24</v>
       </c>
       <c r="P481" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="482" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A482" t="s">
         <v>16</v>
       </c>
       <c r="B482" t="s">
         <v>39</v>
       </c>
       <c r="C482" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D482" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="E482">
-        <v>46004</v>
+        <v>462500000</v>
       </c>
       <c r="F482" t="s">
         <v>26</v>
       </c>
       <c r="G482" t="s">
         <v>21</v>
       </c>
       <c r="H482" t="s">
         <v>21</v>
       </c>
       <c r="I482" t="s">
         <v>21</v>
       </c>
       <c r="J482" t="s">
         <v>22</v>
       </c>
       <c r="K482" t="s">
         <v>22</v>
       </c>
       <c r="L482" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="M482">
         <v>-0.37122947000000001</v>
       </c>
       <c r="N482">
         <v>39.469573740000001</v>
       </c>
       <c r="O482" t="s">
         <v>24</v>
       </c>
       <c r="P482" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="483" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A483" t="s">
         <v>16</v>
       </c>
       <c r="B483" t="s">
         <v>39</v>
       </c>
       <c r="C483" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D483" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="E483">
-        <v>46007</v>
+        <v>462500000</v>
       </c>
       <c r="F483" t="s">
         <v>20</v>
       </c>
       <c r="G483" t="s">
         <v>21</v>
       </c>
       <c r="H483" t="s">
         <v>21</v>
       </c>
       <c r="I483" t="s">
         <v>21</v>
       </c>
       <c r="J483" t="s">
         <v>22</v>
       </c>
       <c r="K483" t="s">
         <v>22</v>
       </c>
       <c r="L483" t="s">
-        <v>532</v>
+        <v>524</v>
       </c>
       <c r="M483">
         <v>-0.38606000000000001</v>
       </c>
       <c r="N483">
         <v>39.463340799999997</v>
       </c>
       <c r="O483" t="s">
         <v>24</v>
       </c>
       <c r="P483" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="484" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A484" t="s">
         <v>16</v>
       </c>
       <c r="B484" t="s">
         <v>39</v>
       </c>
       <c r="C484" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D484" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="E484">
-        <v>46015</v>
+        <v>462500000</v>
       </c>
       <c r="F484" t="s">
         <v>26</v>
       </c>
       <c r="G484" t="s">
         <v>21</v>
       </c>
       <c r="H484" t="s">
         <v>21</v>
       </c>
       <c r="I484" t="s">
         <v>21</v>
       </c>
       <c r="J484" t="s">
         <v>22</v>
       </c>
       <c r="K484" t="s">
         <v>22</v>
       </c>
       <c r="L484" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="M484">
         <v>-0.39299633</v>
       </c>
       <c r="N484">
         <v>39.487090539999997</v>
       </c>
       <c r="O484" t="s">
         <v>24</v>
       </c>
       <c r="P484" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="485" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A485" t="s">
         <v>16</v>
       </c>
       <c r="B485" t="s">
         <v>39</v>
       </c>
       <c r="C485" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D485" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="E485">
-        <v>46015</v>
+        <v>462500000</v>
       </c>
       <c r="F485" t="s">
         <v>20</v>
       </c>
       <c r="G485" t="s">
         <v>21</v>
       </c>
       <c r="H485" t="s">
         <v>21</v>
       </c>
       <c r="I485" t="s">
         <v>21</v>
       </c>
       <c r="J485" t="s">
         <v>22</v>
       </c>
       <c r="K485" t="s">
         <v>22</v>
       </c>
       <c r="L485" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="M485">
         <v>-0.39299633</v>
       </c>
       <c r="N485">
         <v>39.487090539999997</v>
       </c>
       <c r="O485" t="s">
         <v>24</v>
       </c>
       <c r="P485" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="486" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A486" t="s">
         <v>16</v>
       </c>
       <c r="B486" t="s">
         <v>39</v>
       </c>
       <c r="C486" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D486" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="E486">
-        <v>46340</v>
+        <v>462130000</v>
       </c>
       <c r="F486" t="s">
         <v>26</v>
       </c>
       <c r="G486" t="s">
         <v>21</v>
       </c>
       <c r="H486" t="s">
         <v>22</v>
       </c>
       <c r="I486" t="s">
         <v>22</v>
       </c>
       <c r="J486" t="s">
         <v>22</v>
       </c>
       <c r="K486" t="s">
         <v>22</v>
       </c>
       <c r="L486" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
       <c r="M486">
         <v>-1.1018251299999999</v>
       </c>
       <c r="N486">
         <v>39.489415280000003</v>
       </c>
       <c r="O486" t="s">
         <v>24</v>
       </c>
       <c r="P486" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="487" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A487" t="s">
         <v>16</v>
       </c>
       <c r="B487" t="s">
         <v>39</v>
       </c>
       <c r="C487" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D487" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="E487">
-        <v>46340</v>
+        <v>462130000</v>
       </c>
       <c r="F487" t="s">
         <v>20</v>
       </c>
       <c r="G487" t="s">
         <v>21</v>
       </c>
       <c r="H487" t="s">
         <v>21</v>
       </c>
       <c r="I487" t="s">
         <v>21</v>
       </c>
       <c r="J487" t="s">
         <v>22</v>
       </c>
       <c r="K487" t="s">
         <v>22</v>
       </c>
       <c r="L487" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
       <c r="M487">
         <v>-1.1018251299999999</v>
       </c>
       <c r="N487">
         <v>39.489415280000003</v>
       </c>
       <c r="O487" t="s">
         <v>24</v>
       </c>
       <c r="P487" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="488" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A488" t="s">
         <v>16</v>
       </c>
       <c r="B488" t="s">
         <v>39</v>
       </c>
       <c r="C488" t="s">
+        <v>520</v>
+      </c>
+      <c r="D488" t="s">
         <v>528</v>
       </c>
-      <c r="D488" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E488">
-        <v>46410</v>
+        <v>462350000</v>
       </c>
       <c r="F488" t="s">
         <v>26</v>
       </c>
       <c r="G488" t="s">
         <v>21</v>
       </c>
       <c r="H488" t="s">
         <v>22</v>
       </c>
       <c r="I488" t="s">
         <v>22</v>
       </c>
       <c r="J488" t="s">
         <v>22</v>
       </c>
       <c r="K488" t="s">
         <v>22</v>
       </c>
       <c r="L488" t="s">
-        <v>537</v>
+        <v>529</v>
       </c>
       <c r="M488">
         <v>-0.30175664000000002</v>
       </c>
       <c r="N488">
         <v>39.202430460000002</v>
       </c>
       <c r="O488" t="s">
         <v>24</v>
       </c>
       <c r="P488" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="489" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A489" t="s">
         <v>16</v>
       </c>
       <c r="B489" t="s">
         <v>39</v>
       </c>
       <c r="C489" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D489" t="s">
-        <v>538</v>
+        <v>530</v>
       </c>
       <c r="E489">
-        <v>46470</v>
+        <v>460940000</v>
       </c>
       <c r="F489" t="s">
         <v>26</v>
       </c>
       <c r="G489" t="s">
         <v>21</v>
       </c>
       <c r="H489" t="s">
         <v>22</v>
       </c>
       <c r="I489" t="s">
         <v>22</v>
       </c>
       <c r="J489" t="s">
         <v>22</v>
       </c>
       <c r="K489" t="s">
         <v>22</v>
       </c>
       <c r="L489" t="s">
-        <v>539</v>
+        <v>531</v>
       </c>
       <c r="M489">
         <v>-0.40831889999999998</v>
       </c>
       <c r="N489">
         <v>39.403471600000003</v>
       </c>
       <c r="O489" t="s">
         <v>24</v>
       </c>
       <c r="P489" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="490" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A490" t="s">
         <v>16</v>
       </c>
       <c r="B490" t="s">
         <v>39</v>
       </c>
       <c r="C490" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D490" t="s">
-        <v>540</v>
+        <v>532</v>
       </c>
       <c r="E490">
-        <v>46500</v>
+        <v>462200000</v>
       </c>
       <c r="F490" t="s">
         <v>26</v>
       </c>
       <c r="G490" t="s">
         <v>21</v>
       </c>
       <c r="H490" t="s">
         <v>22</v>
       </c>
       <c r="I490" t="s">
         <v>22</v>
       </c>
       <c r="J490" t="s">
         <v>22</v>
       </c>
       <c r="K490" t="s">
         <v>22</v>
       </c>
       <c r="L490" t="s">
-        <v>541</v>
+        <v>533</v>
       </c>
       <c r="M490">
         <v>-0.27456999999999998</v>
       </c>
       <c r="N490">
         <v>39.680889000000001</v>
       </c>
       <c r="O490" t="s">
         <v>24</v>
       </c>
       <c r="P490" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="491" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A491" t="s">
         <v>16</v>
       </c>
       <c r="B491" t="s">
         <v>39</v>
       </c>
       <c r="C491" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D491" t="s">
-        <v>542</v>
+        <v>534</v>
       </c>
       <c r="E491">
-        <v>46600</v>
+        <v>460170000</v>
       </c>
       <c r="F491" t="s">
         <v>20</v>
       </c>
       <c r="G491" t="s">
         <v>21</v>
       </c>
       <c r="H491" t="s">
         <v>21</v>
       </c>
       <c r="I491" t="s">
         <v>21</v>
       </c>
       <c r="J491" t="s">
         <v>22</v>
       </c>
       <c r="K491" t="s">
         <v>22</v>
       </c>
       <c r="L491" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
       <c r="M491">
         <v>-0.43409535999999999</v>
       </c>
       <c r="N491">
         <v>39.150782020000001</v>
       </c>
       <c r="O491" t="s">
         <v>24</v>
       </c>
       <c r="P491" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="492" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A492" t="s">
         <v>16</v>
       </c>
       <c r="B492" t="s">
         <v>39</v>
       </c>
       <c r="C492" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D492" t="s">
-        <v>542</v>
+        <v>534</v>
       </c>
       <c r="E492">
-        <v>46600</v>
+        <v>460170000</v>
       </c>
       <c r="F492" t="s">
         <v>26</v>
       </c>
       <c r="G492" t="s">
         <v>21</v>
       </c>
       <c r="H492" t="s">
         <v>22</v>
       </c>
       <c r="I492" t="s">
         <v>22</v>
       </c>
       <c r="J492" t="s">
         <v>22</v>
       </c>
       <c r="K492" t="s">
         <v>22</v>
       </c>
       <c r="L492" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
       <c r="M492">
         <v>-0.43409535999999999</v>
       </c>
       <c r="N492">
         <v>39.150782020000001</v>
       </c>
       <c r="O492" t="s">
         <v>24</v>
       </c>
       <c r="P492" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="493" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A493" t="s">
         <v>16</v>
       </c>
       <c r="B493" t="s">
         <v>39</v>
       </c>
       <c r="C493" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D493" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="E493">
-        <v>46701</v>
+        <v>461310000</v>
       </c>
       <c r="F493" t="s">
         <v>20</v>
       </c>
       <c r="G493" t="s">
         <v>21</v>
       </c>
       <c r="H493" t="s">
         <v>21</v>
       </c>
       <c r="I493" t="s">
         <v>21</v>
       </c>
       <c r="J493" t="s">
         <v>22</v>
       </c>
       <c r="K493" t="s">
         <v>22</v>
       </c>
       <c r="L493" t="s">
-        <v>545</v>
+        <v>537</v>
       </c>
       <c r="M493">
         <v>-0.18418967999999999</v>
       </c>
       <c r="N493">
         <v>38.973163249999999</v>
       </c>
       <c r="O493" t="s">
         <v>24</v>
       </c>
       <c r="P493" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="494" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A494" t="s">
         <v>16</v>
       </c>
       <c r="B494" t="s">
         <v>39</v>
       </c>
       <c r="C494" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D494" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="E494">
-        <v>46701</v>
+        <v>461310000</v>
       </c>
       <c r="F494" t="s">
         <v>26</v>
       </c>
       <c r="G494" t="s">
         <v>21</v>
       </c>
       <c r="H494" t="s">
         <v>22</v>
       </c>
       <c r="I494" t="s">
         <v>22</v>
       </c>
       <c r="J494" t="s">
         <v>22</v>
       </c>
       <c r="K494" t="s">
         <v>22</v>
       </c>
       <c r="L494" t="s">
-        <v>545</v>
+        <v>537</v>
       </c>
       <c r="M494">
         <v>-0.18418967999999999</v>
       </c>
       <c r="N494">
         <v>38.973163249999999</v>
       </c>
       <c r="O494" t="s">
         <v>24</v>
       </c>
       <c r="P494" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="495" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A495" t="s">
         <v>16</v>
       </c>
       <c r="B495" t="s">
         <v>39</v>
       </c>
       <c r="C495" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D495" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="E495">
-        <v>46800</v>
+        <v>461450000</v>
       </c>
       <c r="F495" t="s">
         <v>26</v>
       </c>
       <c r="G495" t="s">
         <v>21</v>
       </c>
       <c r="H495" t="s">
         <v>22</v>
       </c>
       <c r="I495" t="s">
         <v>22</v>
       </c>
       <c r="J495" t="s">
         <v>22</v>
       </c>
       <c r="K495" t="s">
         <v>22</v>
       </c>
       <c r="L495" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="M495">
         <v>-0.52273009000000004</v>
       </c>
       <c r="N495">
         <v>38.991757190000001</v>
       </c>
       <c r="O495" t="s">
         <v>24</v>
       </c>
       <c r="P495" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="496" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A496" t="s">
         <v>16</v>
       </c>
       <c r="B496" t="s">
         <v>39</v>
       </c>
       <c r="C496" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D496" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="E496">
-        <v>46800</v>
+        <v>461450000</v>
       </c>
       <c r="F496" t="s">
         <v>20</v>
       </c>
       <c r="G496" t="s">
         <v>21</v>
       </c>
       <c r="H496" t="s">
         <v>21</v>
       </c>
       <c r="I496" t="s">
         <v>21</v>
       </c>
       <c r="J496" t="s">
         <v>22</v>
       </c>
       <c r="K496" t="s">
         <v>22</v>
       </c>
       <c r="L496" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="M496">
         <v>-0.52273009000000004</v>
       </c>
       <c r="N496">
         <v>38.991757190000001</v>
       </c>
       <c r="O496" t="s">
         <v>24</v>
       </c>
       <c r="P496" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="497" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A497" t="s">
         <v>16</v>
       </c>
       <c r="B497" t="s">
         <v>39</v>
       </c>
       <c r="C497" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D497" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
       <c r="E497">
-        <v>46900</v>
+        <v>462440000</v>
       </c>
       <c r="F497" t="s">
         <v>26</v>
       </c>
       <c r="G497" t="s">
         <v>21</v>
       </c>
       <c r="H497" t="s">
         <v>22</v>
       </c>
       <c r="I497" t="s">
         <v>22</v>
       </c>
       <c r="J497" t="s">
         <v>22</v>
       </c>
       <c r="K497" t="s">
         <v>22</v>
       </c>
       <c r="L497" t="s">
-        <v>549</v>
+        <v>541</v>
       </c>
       <c r="M497">
         <v>-0.47557644999999998</v>
       </c>
       <c r="N497">
         <v>39.431491610000002</v>
       </c>
       <c r="O497" t="s">
         <v>24</v>
       </c>
       <c r="P497" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="498" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A498" t="s">
         <v>16</v>
       </c>
       <c r="B498" t="s">
         <v>39</v>
       </c>
       <c r="C498" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D498" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
       <c r="E498">
-        <v>46900</v>
+        <v>462440000</v>
       </c>
       <c r="F498" t="s">
         <v>20</v>
       </c>
       <c r="G498" t="s">
         <v>21</v>
       </c>
       <c r="H498" t="s">
         <v>21</v>
       </c>
       <c r="I498" t="s">
         <v>21</v>
       </c>
       <c r="J498" t="s">
         <v>22</v>
       </c>
       <c r="K498" t="s">
         <v>22</v>
       </c>
       <c r="L498" t="s">
-        <v>549</v>
+        <v>541</v>
       </c>
       <c r="M498">
         <v>-0.47557644999999998</v>
       </c>
       <c r="N498">
         <v>39.431491610000002</v>
       </c>
       <c r="O498" t="s">
         <v>24</v>
       </c>
       <c r="P498" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="499" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A499" t="s">
         <v>16</v>
       </c>
       <c r="B499" t="s">
         <v>39</v>
       </c>
       <c r="C499" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D499" t="s">
-        <v>550</v>
+        <v>542</v>
       </c>
       <c r="E499">
-        <v>46980</v>
+        <v>461900000</v>
       </c>
       <c r="F499" t="s">
         <v>26</v>
       </c>
       <c r="G499" t="s">
         <v>21</v>
       </c>
       <c r="H499" t="s">
         <v>22</v>
       </c>
       <c r="I499" t="s">
         <v>22</v>
       </c>
       <c r="J499" t="s">
         <v>22</v>
       </c>
       <c r="K499" t="s">
         <v>22</v>
       </c>
       <c r="L499" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
       <c r="M499">
         <v>-0.44664999999999999</v>
       </c>
       <c r="N499">
         <v>39.505560000000003</v>
       </c>
       <c r="O499" t="s">
         <v>24</v>
       </c>
       <c r="P499" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="500" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A500" t="s">
         <v>16</v>
       </c>
       <c r="B500" t="s">
         <v>39</v>
       </c>
       <c r="C500" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="D500" t="s">
-        <v>550</v>
+        <v>542</v>
       </c>
       <c r="E500">
-        <v>46980</v>
+        <v>461900000</v>
       </c>
       <c r="F500" t="s">
         <v>20</v>
       </c>
       <c r="G500" t="s">
         <v>21</v>
       </c>
       <c r="H500" t="s">
         <v>21</v>
       </c>
       <c r="I500" t="s">
         <v>21</v>
       </c>
       <c r="J500" t="s">
         <v>22</v>
       </c>
       <c r="K500" t="s">
         <v>22</v>
       </c>
       <c r="L500" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
       <c r="M500">
         <v>-0.44664999999999999</v>
       </c>
       <c r="N500">
         <v>39.505560000000003</v>
       </c>
       <c r="O500" t="s">
         <v>24</v>
       </c>
       <c r="P500" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="501" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A501" t="s">
         <v>16</v>
       </c>
       <c r="B501" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C501" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="D501" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="E501">
-        <v>47007</v>
+        <v>471860000</v>
       </c>
       <c r="F501" t="s">
         <v>28</v>
       </c>
       <c r="G501" t="s">
         <v>21</v>
       </c>
       <c r="H501" t="s">
         <v>21</v>
       </c>
       <c r="I501" t="s">
         <v>21</v>
       </c>
       <c r="J501" t="s">
         <v>22</v>
       </c>
       <c r="K501" t="s">
         <v>22</v>
       </c>
       <c r="L501" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="M501">
         <v>-4.7324299999999999</v>
       </c>
       <c r="N501">
         <v>41.637279900000003</v>
       </c>
       <c r="O501" t="s">
         <v>24</v>
       </c>
       <c r="P501" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="502" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A502" t="s">
         <v>16</v>
       </c>
       <c r="B502" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C502" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="D502" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="E502">
-        <v>47007</v>
+        <v>471860000</v>
       </c>
       <c r="F502" t="s">
         <v>20</v>
       </c>
       <c r="G502" t="s">
         <v>21</v>
       </c>
       <c r="H502" t="s">
         <v>21</v>
       </c>
       <c r="I502" t="s">
         <v>21</v>
       </c>
       <c r="J502" t="s">
         <v>22</v>
       </c>
       <c r="K502" t="s">
         <v>22</v>
       </c>
       <c r="L502" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="M502">
         <v>-4.7327300000000001</v>
       </c>
       <c r="N502">
         <v>41.638568999999997</v>
       </c>
       <c r="O502" t="s">
         <v>24</v>
       </c>
       <c r="P502" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="503" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A503" t="s">
         <v>16</v>
       </c>
       <c r="B503" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C503" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="D503" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="E503">
-        <v>47007</v>
+        <v>471860000</v>
       </c>
       <c r="F503" t="s">
         <v>26</v>
       </c>
       <c r="G503" t="s">
         <v>21</v>
       </c>
       <c r="H503" t="s">
         <v>22</v>
       </c>
       <c r="I503" t="s">
         <v>22</v>
       </c>
       <c r="J503" t="s">
         <v>22</v>
       </c>
       <c r="K503" t="s">
         <v>22</v>
       </c>
       <c r="L503" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="M503">
         <v>-4.7327300000000001</v>
       </c>
       <c r="N503">
         <v>41.638568999999997</v>
       </c>
       <c r="O503" t="s">
         <v>24</v>
       </c>
       <c r="P503" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="504" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A504" t="s">
         <v>16</v>
       </c>
       <c r="B504" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C504" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="D504" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="E504">
-        <v>47007</v>
+        <v>471860000</v>
       </c>
       <c r="F504" t="s">
         <v>20</v>
       </c>
       <c r="G504" t="s">
         <v>21</v>
       </c>
       <c r="H504" t="s">
         <v>21</v>
       </c>
       <c r="I504" t="s">
         <v>21</v>
       </c>
       <c r="J504" t="s">
         <v>22</v>
       </c>
       <c r="K504" t="s">
         <v>22</v>
       </c>
       <c r="L504" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="M504">
         <v>-4.7327300000000001</v>
       </c>
       <c r="N504">
         <v>41.638568999999997</v>
       </c>
       <c r="O504" t="s">
         <v>24</v>
       </c>
       <c r="P504" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="505" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A505" t="s">
         <v>16</v>
       </c>
       <c r="B505" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C505" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="D505" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="E505">
-        <v>47007</v>
+        <v>471860000</v>
       </c>
       <c r="F505" t="s">
         <v>26</v>
       </c>
       <c r="G505" t="s">
         <v>21</v>
       </c>
       <c r="H505" t="s">
         <v>22</v>
       </c>
       <c r="I505" t="s">
         <v>22</v>
       </c>
       <c r="J505" t="s">
         <v>22</v>
       </c>
       <c r="K505" t="s">
         <v>22</v>
       </c>
       <c r="L505" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="M505">
         <v>-4.7327300000000001</v>
       </c>
       <c r="N505">
         <v>41.638568999999997</v>
       </c>
       <c r="O505" t="s">
         <v>24</v>
       </c>
       <c r="P505" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="506" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A506" t="s">
         <v>16</v>
       </c>
       <c r="B506" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C506" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="D506" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="E506">
-        <v>47007</v>
+        <v>471860000</v>
       </c>
       <c r="F506" t="s">
         <v>27</v>
       </c>
       <c r="G506" t="s">
         <v>21</v>
       </c>
       <c r="H506" t="s">
         <v>21</v>
       </c>
       <c r="I506" t="s">
         <v>21</v>
       </c>
       <c r="J506" t="s">
         <v>22</v>
       </c>
       <c r="K506" t="s">
         <v>22</v>
       </c>
       <c r="L506" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="M506">
         <v>-4.7321999999999997</v>
       </c>
       <c r="N506">
         <v>41.636879</v>
       </c>
       <c r="O506" t="s">
         <v>24</v>
       </c>
       <c r="P506" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="507" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A507" t="s">
         <v>16</v>
       </c>
       <c r="B507" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C507" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="D507" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="E507">
-        <v>47008</v>
+        <v>471860000</v>
       </c>
       <c r="F507" t="s">
         <v>20</v>
       </c>
       <c r="G507" t="s">
         <v>21</v>
       </c>
       <c r="H507" t="s">
         <v>21</v>
       </c>
       <c r="I507" t="s">
         <v>21</v>
       </c>
       <c r="J507" t="s">
         <v>22</v>
       </c>
       <c r="K507" t="s">
         <v>22</v>
       </c>
       <c r="L507" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="M507">
         <v>-4.7413729399999998</v>
       </c>
       <c r="N507">
         <v>41.626717730000003</v>
       </c>
       <c r="O507" t="s">
         <v>24</v>
       </c>
       <c r="P507" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="508" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A508" t="s">
         <v>16</v>
       </c>
       <c r="B508" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C508" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="D508" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="E508">
-        <v>47008</v>
+        <v>471860000</v>
       </c>
       <c r="F508" t="s">
         <v>26</v>
       </c>
       <c r="G508" t="s">
         <v>21</v>
       </c>
       <c r="H508" t="s">
         <v>22</v>
       </c>
       <c r="I508" t="s">
         <v>22</v>
       </c>
       <c r="J508" t="s">
         <v>22</v>
       </c>
       <c r="K508" t="s">
         <v>22</v>
       </c>
       <c r="L508" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="M508">
         <v>-4.7521357999999996</v>
       </c>
       <c r="N508">
         <v>41.620262709999999</v>
       </c>
       <c r="O508" t="s">
         <v>24</v>
       </c>
       <c r="P508" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="509" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A509" t="s">
         <v>16</v>
       </c>
       <c r="B509" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C509" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="D509" t="s">
-        <v>555</v>
+        <v>547</v>
       </c>
       <c r="E509">
-        <v>47400</v>
+        <v>470850000</v>
       </c>
       <c r="F509" t="s">
         <v>26</v>
       </c>
       <c r="G509" t="s">
         <v>21</v>
       </c>
       <c r="H509" t="s">
         <v>22</v>
       </c>
       <c r="I509" t="s">
         <v>22</v>
       </c>
       <c r="J509" t="s">
         <v>22</v>
       </c>
       <c r="K509" t="s">
         <v>22</v>
       </c>
       <c r="L509" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="M509">
         <v>-4.9172045999999998</v>
       </c>
       <c r="N509">
         <v>41.308492360000002</v>
       </c>
       <c r="O509" t="s">
         <v>24</v>
       </c>
       <c r="P509" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="510" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A510" t="s">
         <v>16</v>
       </c>
       <c r="B510" t="s">
         <v>17</v>
       </c>
       <c r="C510" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="D510" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="E510">
-        <v>48004</v>
+        <v>480200000</v>
       </c>
       <c r="F510" t="s">
         <v>26</v>
       </c>
       <c r="G510" t="s">
         <v>21</v>
       </c>
       <c r="H510" t="s">
         <v>22</v>
       </c>
       <c r="I510" t="s">
         <v>22</v>
       </c>
       <c r="J510" t="s">
         <v>22</v>
       </c>
       <c r="K510" t="s">
         <v>22</v>
       </c>
       <c r="L510" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
       <c r="M510">
         <v>-2.90899646</v>
       </c>
       <c r="N510">
         <v>43.257110529999999</v>
       </c>
       <c r="O510" t="s">
         <v>24</v>
       </c>
       <c r="P510" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="511" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A511" t="s">
         <v>16</v>
       </c>
       <c r="B511" t="s">
         <v>17</v>
       </c>
       <c r="C511" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="D511" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="E511">
-        <v>48005</v>
+        <v>480200000</v>
       </c>
       <c r="F511" t="s">
         <v>20</v>
       </c>
       <c r="G511" t="s">
         <v>21</v>
       </c>
       <c r="H511" t="s">
         <v>21</v>
       </c>
       <c r="I511" t="s">
         <v>21</v>
       </c>
       <c r="J511" t="s">
         <v>22</v>
       </c>
       <c r="K511" t="s">
         <v>22</v>
       </c>
       <c r="L511" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="M511">
         <v>-2.9228643399999998</v>
       </c>
       <c r="N511">
         <v>43.260668529999997</v>
       </c>
       <c r="O511" t="s">
         <v>24</v>
       </c>
       <c r="P511" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="512" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A512" t="s">
         <v>16</v>
       </c>
       <c r="B512" t="s">
         <v>17</v>
       </c>
       <c r="C512" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="D512" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="E512">
-        <v>48005</v>
+        <v>480200000</v>
       </c>
       <c r="F512" t="s">
         <v>26</v>
       </c>
       <c r="G512" t="s">
         <v>21</v>
       </c>
       <c r="H512" t="s">
         <v>22</v>
       </c>
       <c r="I512" t="s">
         <v>22</v>
       </c>
       <c r="J512" t="s">
         <v>22</v>
       </c>
       <c r="K512" t="s">
         <v>22</v>
       </c>
       <c r="L512" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="M512">
         <v>-2.9228643399999998</v>
       </c>
       <c r="N512">
         <v>43.260668529999997</v>
       </c>
       <c r="O512" t="s">
         <v>24</v>
       </c>
       <c r="P512" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="513" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A513" t="s">
         <v>16</v>
       </c>
       <c r="B513" t="s">
         <v>17</v>
       </c>
       <c r="C513" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="D513" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="E513">
-        <v>48011</v>
+        <v>480200000</v>
       </c>
       <c r="F513" t="s">
         <v>28</v>
       </c>
       <c r="G513" t="s">
         <v>21</v>
       </c>
       <c r="H513" t="s">
         <v>21</v>
       </c>
       <c r="I513" t="s">
         <v>22</v>
       </c>
       <c r="J513" t="s">
         <v>22</v>
       </c>
       <c r="K513" t="s">
         <v>22</v>
       </c>
       <c r="L513" t="s">
-        <v>561</v>
+        <v>553</v>
       </c>
       <c r="M513">
         <v>-2.9446928200000002</v>
       </c>
       <c r="N513">
         <v>43.264994360000003</v>
       </c>
       <c r="O513" t="s">
         <v>24</v>
       </c>
       <c r="P513" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="514" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A514" t="s">
         <v>16</v>
       </c>
       <c r="B514" t="s">
         <v>17</v>
       </c>
       <c r="C514" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="D514" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="E514">
-        <v>48011</v>
+        <v>480200000</v>
       </c>
       <c r="F514" t="s">
         <v>27</v>
       </c>
       <c r="G514" t="s">
         <v>21</v>
       </c>
       <c r="H514" t="s">
         <v>21</v>
       </c>
       <c r="I514" t="s">
         <v>21</v>
       </c>
       <c r="J514" t="s">
         <v>22</v>
       </c>
       <c r="K514" t="s">
         <v>22</v>
       </c>
       <c r="L514" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="M514">
         <v>-2.9446928200000002</v>
       </c>
       <c r="N514">
         <v>43.264994360000003</v>
       </c>
       <c r="O514" t="s">
         <v>24</v>
       </c>
       <c r="P514" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="515" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A515" t="s">
         <v>16</v>
       </c>
       <c r="B515" t="s">
         <v>17</v>
       </c>
       <c r="C515" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="D515" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="E515">
-        <v>48011</v>
+        <v>480200000</v>
       </c>
       <c r="F515" t="s">
         <v>26</v>
       </c>
       <c r="G515" t="s">
         <v>21</v>
       </c>
       <c r="H515" t="s">
         <v>22</v>
       </c>
       <c r="I515" t="s">
         <v>22</v>
       </c>
       <c r="J515" t="s">
         <v>22</v>
       </c>
       <c r="K515" t="s">
         <v>22</v>
       </c>
       <c r="L515" t="s">
-        <v>563</v>
+        <v>555</v>
       </c>
       <c r="M515">
         <v>-2.9446928200000002</v>
       </c>
       <c r="N515">
         <v>43.264994360000003</v>
       </c>
       <c r="O515" t="s">
         <v>24</v>
       </c>
       <c r="P515" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="516" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A516" t="s">
         <v>16</v>
       </c>
       <c r="B516" t="s">
         <v>17</v>
       </c>
       <c r="C516" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="D516" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="E516">
-        <v>48011</v>
+        <v>480200000</v>
       </c>
       <c r="F516" t="s">
         <v>26</v>
       </c>
       <c r="G516" t="s">
         <v>21</v>
       </c>
       <c r="H516" t="s">
         <v>22</v>
       </c>
       <c r="I516" t="s">
         <v>22</v>
       </c>
       <c r="J516" t="s">
         <v>22</v>
       </c>
       <c r="K516" t="s">
         <v>22</v>
       </c>
       <c r="L516" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="M516">
         <v>-2.94442</v>
       </c>
       <c r="N516">
         <v>43.26493</v>
       </c>
       <c r="O516" t="s">
         <v>24</v>
       </c>
       <c r="P516" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="517" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A517" t="s">
         <v>16</v>
       </c>
       <c r="B517" t="s">
         <v>17</v>
       </c>
       <c r="C517" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="D517" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="E517">
-        <v>48011</v>
+        <v>480200000</v>
       </c>
       <c r="F517" t="s">
         <v>20</v>
       </c>
       <c r="G517" t="s">
         <v>21</v>
       </c>
       <c r="H517" t="s">
         <v>21</v>
       </c>
       <c r="I517" t="s">
         <v>21</v>
       </c>
       <c r="J517" t="s">
         <v>22</v>
       </c>
       <c r="K517" t="s">
         <v>22</v>
       </c>
       <c r="L517" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="M517">
         <v>-2.9446928200000002</v>
       </c>
       <c r="N517">
         <v>43.264994360000003</v>
       </c>
       <c r="O517" t="s">
         <v>24</v>
       </c>
       <c r="P517" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="518" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A518" t="s">
         <v>16</v>
       </c>
       <c r="B518" t="s">
         <v>17</v>
       </c>
       <c r="C518" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="D518" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="E518">
-        <v>48200</v>
+        <v>480270000</v>
       </c>
       <c r="F518" t="s">
         <v>26</v>
       </c>
       <c r="G518" t="s">
         <v>21</v>
       </c>
       <c r="H518" t="s">
         <v>22</v>
       </c>
       <c r="I518" t="s">
         <v>22</v>
       </c>
       <c r="J518" t="s">
         <v>22</v>
       </c>
       <c r="K518" t="s">
         <v>22</v>
       </c>
       <c r="L518" t="s">
-        <v>567</v>
+        <v>559</v>
       </c>
       <c r="M518">
         <v>-2.6340280900000002</v>
       </c>
       <c r="N518">
         <v>43.170197719999997</v>
       </c>
       <c r="O518" t="s">
         <v>24</v>
       </c>
       <c r="P518" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="519" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A519" t="s">
         <v>16</v>
       </c>
       <c r="B519" t="s">
         <v>17</v>
       </c>
       <c r="C519" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="D519" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="E519">
-        <v>48200</v>
+        <v>480270000</v>
       </c>
       <c r="F519" t="s">
         <v>20</v>
       </c>
       <c r="G519" t="s">
         <v>21</v>
       </c>
       <c r="H519" t="s">
         <v>21</v>
       </c>
       <c r="I519" t="s">
         <v>21</v>
       </c>
       <c r="J519" t="s">
         <v>22</v>
       </c>
       <c r="K519" t="s">
         <v>22</v>
       </c>
       <c r="L519" t="s">
-        <v>567</v>
+        <v>559</v>
       </c>
       <c r="M519">
         <v>-2.6340280900000002</v>
       </c>
       <c r="N519">
         <v>43.170197719999997</v>
       </c>
       <c r="O519" t="s">
         <v>24</v>
       </c>
       <c r="P519" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="520" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A520" t="s">
         <v>16</v>
       </c>
       <c r="B520" t="s">
         <v>17</v>
       </c>
       <c r="C520" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="D520" t="s">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="E520">
-        <v>48910</v>
+        <v>480840000</v>
       </c>
       <c r="F520" t="s">
         <v>26</v>
       </c>
       <c r="G520" t="s">
         <v>21</v>
       </c>
       <c r="H520" t="s">
         <v>22</v>
       </c>
       <c r="I520" t="s">
         <v>22</v>
       </c>
       <c r="J520" t="s">
         <v>22</v>
       </c>
       <c r="K520" t="s">
         <v>22</v>
       </c>
       <c r="L520" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="M520">
         <v>-3.0096223599999998</v>
       </c>
       <c r="N520">
         <v>43.308301180000001</v>
       </c>
       <c r="O520" t="s">
         <v>24</v>
       </c>
       <c r="P520" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="521" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A521" t="s">
         <v>16</v>
       </c>
       <c r="B521" t="s">
         <v>17</v>
       </c>
       <c r="C521" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="D521" t="s">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="E521">
-        <v>48910</v>
+        <v>480840000</v>
       </c>
       <c r="F521" t="s">
         <v>20</v>
       </c>
       <c r="G521" t="s">
         <v>21</v>
       </c>
       <c r="H521" t="s">
         <v>21</v>
       </c>
       <c r="I521" t="s">
         <v>21</v>
       </c>
       <c r="J521" t="s">
         <v>22</v>
       </c>
       <c r="K521" t="s">
         <v>22</v>
       </c>
       <c r="L521" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="M521">
         <v>-3.0096223599999998</v>
       </c>
       <c r="N521">
         <v>43.308301180000001</v>
       </c>
       <c r="O521" t="s">
         <v>24</v>
       </c>
       <c r="P521" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="522" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A522" t="s">
         <v>16</v>
       </c>
       <c r="B522" t="s">
         <v>17</v>
       </c>
       <c r="C522" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="D522" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="E522">
-        <v>48990</v>
+        <v>480440000</v>
       </c>
       <c r="F522" t="s">
         <v>26</v>
       </c>
       <c r="G522" t="s">
         <v>21</v>
       </c>
       <c r="H522" t="s">
         <v>22</v>
       </c>
       <c r="I522" t="s">
         <v>22</v>
       </c>
       <c r="J522" t="s">
         <v>22</v>
       </c>
       <c r="K522" t="s">
         <v>22</v>
       </c>
       <c r="L522" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="M522">
         <v>-3.0049265100000002</v>
       </c>
       <c r="N522">
         <v>43.333378979999999</v>
       </c>
       <c r="O522" t="s">
         <v>24</v>
       </c>
       <c r="P522" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="523" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A523" t="s">
         <v>16</v>
       </c>
       <c r="B523" t="s">
         <v>17</v>
       </c>
       <c r="C523" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="D523" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="E523">
-        <v>48990</v>
+        <v>480440000</v>
       </c>
       <c r="F523" t="s">
         <v>20</v>
       </c>
       <c r="G523" t="s">
         <v>21</v>
       </c>
       <c r="H523" t="s">
         <v>21</v>
       </c>
       <c r="I523" t="s">
         <v>21</v>
       </c>
       <c r="J523" t="s">
         <v>22</v>
       </c>
       <c r="K523" t="s">
         <v>22</v>
       </c>
       <c r="L523" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="M523">
         <v>-3.0049265100000002</v>
       </c>
       <c r="N523">
         <v>43.333378979999999</v>
       </c>
       <c r="O523" t="s">
         <v>24</v>
       </c>
       <c r="P523" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="524" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A524" t="s">
         <v>16</v>
       </c>
       <c r="B524" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C524" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="D524" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="E524">
-        <v>49003</v>
+        <v>492750000</v>
       </c>
       <c r="F524" t="s">
         <v>27</v>
       </c>
       <c r="G524" t="s">
         <v>21</v>
       </c>
       <c r="H524" t="s">
         <v>21</v>
       </c>
       <c r="I524" t="s">
         <v>21</v>
       </c>
       <c r="J524" t="s">
         <v>22</v>
       </c>
       <c r="K524" t="s">
         <v>21</v>
       </c>
       <c r="L524" t="s">
-        <v>573</v>
+        <v>565</v>
       </c>
       <c r="M524">
         <v>-5.7369385599999996</v>
       </c>
       <c r="N524">
         <v>41.51004193</v>
       </c>
       <c r="O524" t="s">
         <v>24</v>
       </c>
       <c r="P524" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="525" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A525" t="s">
         <v>16</v>
       </c>
       <c r="B525" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C525" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="D525" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="E525">
-        <v>49012</v>
+        <v>492750000</v>
       </c>
       <c r="F525" t="s">
         <v>26</v>
       </c>
       <c r="G525" t="s">
         <v>21</v>
       </c>
       <c r="H525" t="s">
         <v>22</v>
       </c>
       <c r="I525" t="s">
         <v>22</v>
       </c>
       <c r="J525" t="s">
         <v>22</v>
       </c>
       <c r="K525" t="s">
         <v>22</v>
       </c>
       <c r="L525" t="s">
-        <v>573</v>
+        <v>565</v>
       </c>
       <c r="M525">
         <v>-5.7369385599999996</v>
       </c>
       <c r="N525">
         <v>41.51004193</v>
       </c>
       <c r="O525" t="s">
         <v>24</v>
       </c>
       <c r="P525" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="526" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A526" t="s">
         <v>16</v>
       </c>
       <c r="B526" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C526" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="D526" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="E526">
-        <v>49012</v>
+        <v>492750000</v>
       </c>
       <c r="F526" t="s">
         <v>28</v>
       </c>
       <c r="G526" t="s">
         <v>21</v>
       </c>
       <c r="H526" t="s">
         <v>21</v>
       </c>
       <c r="I526" t="s">
         <v>22</v>
       </c>
       <c r="J526" t="s">
         <v>22</v>
       </c>
       <c r="K526" t="s">
         <v>22</v>
       </c>
       <c r="L526" t="s">
-        <v>573</v>
+        <v>565</v>
       </c>
       <c r="M526">
         <v>-5.7369385599999996</v>
       </c>
       <c r="N526">
         <v>41.51004193</v>
       </c>
       <c r="O526" t="s">
         <v>24</v>
       </c>
       <c r="P526" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="527" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A527" t="s">
         <v>16</v>
       </c>
       <c r="B527" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C527" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="D527" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="E527">
-        <v>49012</v>
+        <v>492750000</v>
       </c>
       <c r="F527" t="s">
         <v>20</v>
       </c>
       <c r="G527" t="s">
         <v>21</v>
       </c>
       <c r="H527" t="s">
         <v>21</v>
       </c>
       <c r="I527" t="s">
         <v>21</v>
       </c>
       <c r="J527" t="s">
         <v>22</v>
       </c>
       <c r="K527" t="s">
         <v>22</v>
       </c>
       <c r="L527" t="s">
-        <v>573</v>
+        <v>565</v>
       </c>
       <c r="M527">
         <v>-5.7369385599999996</v>
       </c>
       <c r="N527">
         <v>41.51004193</v>
       </c>
       <c r="O527" t="s">
         <v>24</v>
       </c>
       <c r="P527" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="528" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A528" t="s">
         <v>16</v>
       </c>
       <c r="B528" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C528" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="D528" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="E528">
-        <v>50006</v>
+        <v>502970000</v>
       </c>
       <c r="F528" t="s">
         <v>26</v>
       </c>
       <c r="G528" t="s">
         <v>21</v>
       </c>
       <c r="H528" t="s">
         <v>22</v>
       </c>
       <c r="I528" t="s">
         <v>22</v>
       </c>
       <c r="J528" t="s">
         <v>22</v>
       </c>
       <c r="K528" t="s">
         <v>22</v>
       </c>
       <c r="L528" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
       <c r="M528">
         <v>-0.89321167999999995</v>
       </c>
       <c r="N528">
         <v>41.636738790000003</v>
       </c>
       <c r="O528" t="s">
         <v>24</v>
       </c>
       <c r="P528" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="529" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A529" t="s">
         <v>16</v>
       </c>
       <c r="B529" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C529" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="D529" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="E529">
-        <v>50008</v>
+        <v>502970000</v>
       </c>
       <c r="F529" t="s">
         <v>28</v>
       </c>
       <c r="G529" t="s">
         <v>21</v>
       </c>
       <c r="H529" t="s">
         <v>21</v>
       </c>
       <c r="I529" t="s">
         <v>22</v>
       </c>
       <c r="J529" t="s">
         <v>22</v>
       </c>
       <c r="K529" t="s">
         <v>22</v>
       </c>
       <c r="L529" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="M529">
         <v>-0.87615198999999999</v>
       </c>
       <c r="N529">
         <v>41.645503169999998</v>
       </c>
       <c r="O529" t="s">
         <v>24</v>
       </c>
       <c r="P529" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="530" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A530" t="s">
         <v>16</v>
       </c>
       <c r="B530" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C530" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="D530" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="E530">
-        <v>50010</v>
+        <v>502970000</v>
       </c>
       <c r="F530" t="s">
         <v>20</v>
       </c>
       <c r="G530" t="s">
         <v>21</v>
       </c>
       <c r="H530" t="s">
         <v>21</v>
       </c>
       <c r="I530" t="s">
         <v>21</v>
       </c>
       <c r="J530" t="s">
         <v>22</v>
       </c>
       <c r="K530" t="s">
         <v>22</v>
       </c>
       <c r="L530" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="M530">
         <v>-0.90033236999999999</v>
       </c>
       <c r="N530">
         <v>41.654809899999997</v>
       </c>
       <c r="O530" t="s">
         <v>24</v>
       </c>
       <c r="P530" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="531" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A531" t="s">
         <v>16</v>
       </c>
       <c r="B531" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C531" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="D531" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="E531">
-        <v>50010</v>
+        <v>502970000</v>
       </c>
       <c r="F531" t="s">
         <v>26</v>
       </c>
       <c r="G531" t="s">
         <v>21</v>
       </c>
       <c r="H531" t="s">
         <v>22</v>
       </c>
       <c r="I531" t="s">
         <v>22</v>
       </c>
       <c r="J531" t="s">
         <v>22</v>
       </c>
       <c r="K531" t="s">
         <v>22</v>
       </c>
       <c r="L531" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="M531">
         <v>-0.90033236999999999</v>
       </c>
       <c r="N531">
         <v>41.654809899999997</v>
       </c>
       <c r="O531" t="s">
         <v>24</v>
       </c>
       <c r="P531" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="532" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A532" t="s">
         <v>16</v>
       </c>
       <c r="B532" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C532" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="D532" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="E532">
-        <v>50013</v>
+        <v>502970000</v>
       </c>
       <c r="F532" t="s">
         <v>20</v>
       </c>
       <c r="G532" t="s">
         <v>21</v>
       </c>
       <c r="H532" t="s">
         <v>21</v>
       </c>
       <c r="I532" t="s">
         <v>21</v>
       </c>
       <c r="J532" t="s">
         <v>22</v>
       </c>
       <c r="K532" t="s">
         <v>22</v>
       </c>
       <c r="L532" t="s">
-        <v>578</v>
+        <v>570</v>
       </c>
       <c r="M532">
         <v>-0.87160967</v>
       </c>
       <c r="N532">
         <v>41.644518470000001</v>
       </c>
       <c r="O532" t="s">
         <v>24</v>
       </c>
       <c r="P532" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="533" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A533" t="s">
         <v>16</v>
       </c>
       <c r="B533" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C533" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="D533" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="E533">
-        <v>50013</v>
+        <v>502970000</v>
       </c>
       <c r="F533" t="s">
         <v>26</v>
       </c>
       <c r="G533" t="s">
         <v>21</v>
       </c>
       <c r="H533" t="s">
         <v>22</v>
       </c>
       <c r="I533" t="s">
         <v>22</v>
       </c>
       <c r="J533" t="s">
         <v>22</v>
       </c>
       <c r="K533" t="s">
         <v>22</v>
       </c>
       <c r="L533" t="s">
-        <v>578</v>
+        <v>570</v>
       </c>
       <c r="M533">
         <v>-0.87160967</v>
       </c>
       <c r="N533">
         <v>41.644518470000001</v>
       </c>
       <c r="O533" t="s">
         <v>24</v>
       </c>
       <c r="P533" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="534" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A534" t="s">
         <v>16</v>
       </c>
       <c r="B534" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C534" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="D534" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="E534">
-        <v>50018</v>
+        <v>502970000</v>
       </c>
       <c r="F534" t="s">
         <v>26</v>
       </c>
       <c r="G534" t="s">
         <v>21</v>
       </c>
       <c r="H534" t="s">
         <v>22</v>
       </c>
       <c r="I534" t="s">
         <v>22</v>
       </c>
       <c r="J534" t="s">
         <v>22</v>
       </c>
       <c r="K534" t="s">
         <v>22</v>
       </c>
       <c r="L534" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
       <c r="M534">
         <v>-0.88824320999999995</v>
       </c>
       <c r="N534">
         <v>41.646239399999999</v>
       </c>
       <c r="O534" t="s">
         <v>24</v>
       </c>
       <c r="P534" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="535" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A535" t="s">
         <v>16</v>
       </c>
       <c r="B535" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C535" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="D535" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="E535">
-        <v>50018</v>
+        <v>502970000</v>
       </c>
       <c r="F535" t="s">
         <v>20</v>
       </c>
       <c r="G535" t="s">
         <v>21</v>
       </c>
       <c r="H535" t="s">
         <v>21</v>
       </c>
       <c r="I535" t="s">
         <v>21</v>
       </c>
       <c r="J535" t="s">
         <v>22</v>
       </c>
       <c r="K535" t="s">
         <v>22</v>
       </c>
       <c r="L535" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="M535">
         <v>-0.89913710000000002</v>
       </c>
       <c r="N535">
         <v>41.6707927</v>
       </c>
       <c r="O535" t="s">
         <v>24</v>
       </c>
       <c r="P535" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="536" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A536" t="s">
         <v>16</v>
       </c>
       <c r="B536" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C536" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="D536" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="E536">
-        <v>50300</v>
+        <v>500670000</v>
       </c>
       <c r="F536" t="s">
         <v>26</v>
       </c>
       <c r="G536" t="s">
         <v>21</v>
       </c>
       <c r="H536" t="s">
         <v>22</v>
       </c>
       <c r="I536" t="s">
         <v>22</v>
       </c>
       <c r="J536" t="s">
         <v>22</v>
       </c>
       <c r="K536" t="s">
         <v>22</v>
       </c>
       <c r="L536" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="M536">
         <v>-1.64516795</v>
       </c>
       <c r="N536">
         <v>41.350318989999998</v>
       </c>
       <c r="O536" t="s">
         <v>24</v>
       </c>
       <c r="P536" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="537" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A537" t="s">
         <v>16</v>
       </c>
       <c r="B537" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="C537" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="D537" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="E537">
-        <v>51001</v>
+        <v>510010000</v>
       </c>
       <c r="F537" t="s">
         <v>28</v>
       </c>
       <c r="G537" t="s">
         <v>21</v>
       </c>
       <c r="H537" t="s">
         <v>21</v>
       </c>
       <c r="I537" t="s">
         <v>22</v>
       </c>
       <c r="J537" t="s">
         <v>22</v>
       </c>
       <c r="K537" t="s">
         <v>22</v>
       </c>
       <c r="L537" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="M537">
         <v>-5.3066259799999997</v>
       </c>
       <c r="N537">
         <v>35.886214529999997</v>
       </c>
       <c r="O537" t="s">
         <v>24</v>
       </c>
       <c r="P537" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="538" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A538" t="s">
         <v>16</v>
       </c>
       <c r="B538" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="C538" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="D538" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="E538">
-        <v>51001</v>
+        <v>510010000</v>
       </c>
       <c r="F538" t="s">
         <v>20</v>
       </c>
       <c r="G538" t="s">
         <v>21</v>
       </c>
       <c r="H538" t="s">
         <v>21</v>
       </c>
       <c r="I538" t="s">
         <v>21</v>
       </c>
       <c r="J538" t="s">
         <v>22</v>
       </c>
       <c r="K538" t="s">
         <v>22</v>
       </c>
       <c r="L538" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="M538">
         <v>-5.3066259799999997</v>
       </c>
       <c r="N538">
         <v>35.886214529999997</v>
       </c>
       <c r="O538" t="s">
         <v>24</v>
       </c>
       <c r="P538" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="539" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A539" t="s">
         <v>16</v>
       </c>
       <c r="B539" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="C539" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="D539" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="E539">
-        <v>51001</v>
+        <v>510010000</v>
       </c>
       <c r="F539" t="s">
         <v>26</v>
       </c>
       <c r="G539" t="s">
         <v>21</v>
       </c>
       <c r="H539" t="s">
         <v>22</v>
       </c>
       <c r="I539" t="s">
         <v>22</v>
       </c>
       <c r="J539" t="s">
         <v>22</v>
       </c>
       <c r="K539" t="s">
         <v>22</v>
       </c>
       <c r="L539" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="M539">
         <v>-5.3063700000000003</v>
       </c>
       <c r="N539">
         <v>35.88644</v>
       </c>
       <c r="O539" t="s">
         <v>24</v>
       </c>
       <c r="P539" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="540" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A540" t="s">
         <v>16</v>
       </c>
       <c r="B540" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="C540" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="D540" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="E540">
-        <v>51001</v>
+        <v>510010000</v>
       </c>
       <c r="F540" t="s">
         <v>27</v>
       </c>
       <c r="G540" t="s">
         <v>21</v>
       </c>
       <c r="H540" t="s">
         <v>21</v>
       </c>
       <c r="I540" t="s">
         <v>21</v>
       </c>
       <c r="J540" t="s">
         <v>22</v>
       </c>
       <c r="K540" t="s">
         <v>22</v>
       </c>
       <c r="L540" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="M540">
         <v>-5.306</v>
       </c>
       <c r="N540">
         <v>35.886737289999999</v>
       </c>
       <c r="O540" t="s">
         <v>24</v>
       </c>
       <c r="P540" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="541" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A541" t="s">
         <v>16</v>
       </c>
       <c r="B541" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="C541" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="D541" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="E541">
-        <v>52001</v>
+        <v>520010000</v>
       </c>
       <c r="F541" t="s">
         <v>28</v>
       </c>
       <c r="G541" t="s">
         <v>21</v>
       </c>
       <c r="H541" t="s">
         <v>21</v>
       </c>
       <c r="I541" t="s">
         <v>22</v>
       </c>
       <c r="J541" t="s">
         <v>22</v>
       </c>
       <c r="K541" t="s">
         <v>22</v>
       </c>
       <c r="L541" t="s">
-        <v>588</v>
+        <v>580</v>
       </c>
       <c r="M541">
         <v>0</v>
       </c>
       <c r="N541">
         <v>0</v>
       </c>
       <c r="O541" t="s">
         <v>24</v>
       </c>
       <c r="P541" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="542" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A542" t="s">
         <v>16</v>
       </c>
       <c r="B542" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="C542" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="D542" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="E542">
-        <v>52004</v>
+        <v>520010000</v>
       </c>
       <c r="F542" t="s">
         <v>27</v>
       </c>
       <c r="G542" t="s">
         <v>21</v>
       </c>
       <c r="H542" t="s">
         <v>21</v>
       </c>
       <c r="I542" t="s">
         <v>21</v>
       </c>
       <c r="J542" t="s">
         <v>22</v>
       </c>
       <c r="K542" t="s">
         <v>22</v>
       </c>
       <c r="L542" t="s">
-        <v>589</v>
+        <v>581</v>
       </c>
       <c r="M542">
         <v>-2.9422857800000002</v>
       </c>
       <c r="N542">
         <v>35.29491659</v>
       </c>
       <c r="O542" t="s">
         <v>24</v>
       </c>
       <c r="P542" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="543" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A543" t="s">
         <v>16</v>
       </c>
       <c r="B543" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="C543" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="D543" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="E543">
-        <v>52004</v>
+        <v>520010000</v>
       </c>
       <c r="F543" t="s">
         <v>20</v>
       </c>
       <c r="G543" t="s">
         <v>21</v>
       </c>
       <c r="H543" t="s">
         <v>21</v>
       </c>
       <c r="I543" t="s">
         <v>21</v>
       </c>
       <c r="J543" t="s">
         <v>22</v>
       </c>
       <c r="K543" t="s">
         <v>22</v>
       </c>
       <c r="L543" t="s">
-        <v>590</v>
+        <v>582</v>
       </c>
       <c r="M543">
         <v>-2.93641</v>
       </c>
       <c r="N543">
         <v>35.289669000000004</v>
       </c>
       <c r="O543" t="s">
         <v>24</v>
       </c>
       <c r="P543" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="544" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A544" t="s">
         <v>16</v>
       </c>
       <c r="B544" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="C544" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="D544" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="E544">
-        <v>52004</v>
+        <v>520010000</v>
       </c>
       <c r="F544" t="s">
         <v>26</v>
       </c>
       <c r="G544" t="s">
         <v>21</v>
       </c>
       <c r="H544" t="s">
         <v>22</v>
       </c>
       <c r="I544" t="s">
         <v>22</v>
       </c>
       <c r="J544" t="s">
         <v>22</v>
       </c>
       <c r="K544" t="s">
         <v>22</v>
       </c>
       <c r="L544" t="s">
-        <v>590</v>
+        <v>582</v>
       </c>
       <c r="M544">
         <v>-2.9422857800000002</v>
       </c>
       <c r="N544">
         <v>35.29491659</v>
       </c>
       <c r="O544" t="s">
         <v>24</v>
       </c>
       <c r="P544" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Directorio de oficinas 04112025</vt:lpstr>
+      <vt:lpstr>Directorio de oficinas01122025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ARRANZ ALVAREZ, MARIA JESUS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>